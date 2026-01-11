--- v0 (2025-10-28)
+++ v1 (2026-01-11)
@@ -1,100 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Human Resources\Benefits\Deferred Comp\TSA-403b\Contributions\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{23E88172-10B5-4310-9253-674376123809}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{D951AF91-049D-4BBE-9ED0-166BE0F0AAB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="21165" yWindow="-105" windowWidth="21465" windowHeight="11445" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G18" i="1" l="1"/>
-[...14 lines deleted...]
-  <c r="G14" i="1"/>
+  <c r="P39" i="1" l="1"/>
+  <c r="O39" i="1"/>
   <c r="E3" i="1" l="1"/>
   <c r="L39" i="1" l="1"/>
   <c r="F39" i="1"/>
   <c r="D39" i="1"/>
   <c r="I39" i="1" s="1"/>
   <c r="B7" i="1"/>
   <c r="M39" i="1" s="1"/>
   <c r="U39" i="1"/>
   <c r="R39" i="1" s="1"/>
   <c r="M38" i="1" l="1"/>
   <c r="E5" i="1"/>
   <c r="F14" i="1" l="1"/>
   <c r="B5" i="1" l="1"/>
-  <c r="P39" i="1" l="1"/>
-  <c r="U14" i="1"/>
+  <c r="U14" i="1" l="1"/>
   <c r="U15" i="1"/>
   <c r="U16" i="1"/>
   <c r="U17" i="1"/>
   <c r="U18" i="1"/>
   <c r="U19" i="1"/>
   <c r="U20" i="1"/>
   <c r="U21" i="1"/>
   <c r="U22" i="1"/>
   <c r="U23" i="1"/>
   <c r="U24" i="1"/>
   <c r="U25" i="1"/>
   <c r="U26" i="1"/>
   <c r="U27" i="1"/>
   <c r="U28" i="1"/>
   <c r="U29" i="1"/>
   <c r="U30" i="1"/>
   <c r="U31" i="1"/>
   <c r="U32" i="1"/>
   <c r="U33" i="1"/>
   <c r="U34" i="1"/>
   <c r="U35" i="1"/>
   <c r="U36" i="1"/>
   <c r="U37" i="1"/>
   <c r="U38" i="1"/>
   <c r="R38" i="1" s="1"/>
@@ -156,116 +157,126 @@
   <c r="L31" i="1"/>
   <c r="D31" i="1"/>
   <c r="I31" i="1" s="1"/>
   <c r="L30" i="1" l="1"/>
   <c r="L29" i="1"/>
   <c r="L28" i="1"/>
   <c r="L27" i="1"/>
   <c r="L26" i="1"/>
   <c r="L25" i="1"/>
   <c r="L24" i="1"/>
   <c r="L23" i="1"/>
   <c r="L22" i="1"/>
   <c r="L21" i="1"/>
   <c r="L20" i="1"/>
   <c r="L19" i="1"/>
   <c r="L18" i="1"/>
   <c r="L17" i="1"/>
   <c r="L16" i="1"/>
   <c r="L15" i="1"/>
   <c r="L14" i="1"/>
   <c r="L13" i="1"/>
   <c r="D30" i="1" l="1"/>
   <c r="I30" i="1" s="1"/>
   <c r="M31" i="1" l="1"/>
   <c r="D29" i="1"/>
-  <c r="G36" i="1" l="1"/>
-[...12 lines deleted...]
-  <c r="I29" i="1"/>
+  <c r="I29" i="1" l="1"/>
   <c r="M30" i="1"/>
   <c r="M25" i="1"/>
   <c r="M21" i="1"/>
   <c r="M17" i="1"/>
   <c r="M28" i="1"/>
   <c r="M29" i="1"/>
   <c r="M24" i="1"/>
   <c r="M20" i="1"/>
   <c r="M16" i="1"/>
   <c r="M13" i="1"/>
   <c r="M27" i="1"/>
   <c r="M23" i="1"/>
   <c r="M19" i="1"/>
   <c r="M15" i="1"/>
   <c r="M26" i="1"/>
   <c r="M22" i="1"/>
   <c r="M18" i="1"/>
   <c r="M14" i="1"/>
   <c r="D28" i="1"/>
   <c r="I28" i="1" s="1"/>
-  <c r="N39" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="I27" i="1"/>
+  <c r="D27" i="1" l="1"/>
+  <c r="I27" i="1" l="1"/>
   <c r="D20" i="1"/>
   <c r="D21" i="1"/>
   <c r="D22" i="1"/>
   <c r="D23" i="1"/>
   <c r="D24" i="1"/>
   <c r="I24" i="1" s="1"/>
   <c r="D25" i="1"/>
   <c r="I25" i="1" s="1"/>
   <c r="D26" i="1"/>
   <c r="I26" i="1" s="1"/>
   <c r="D14" i="1"/>
-  <c r="I14" i="1" s="1"/>
   <c r="D15" i="1"/>
   <c r="I15" i="1" s="1"/>
   <c r="D16" i="1"/>
   <c r="I16" i="1" s="1"/>
   <c r="D17" i="1"/>
   <c r="I17" i="1" s="1"/>
   <c r="D18" i="1"/>
   <c r="I18" i="1" s="1"/>
   <c r="D19" i="1"/>
   <c r="I19" i="1" s="1"/>
   <c r="D13" i="1"/>
-  <c r="S39" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="E6" i="1"/>
+  <c r="I14" i="1" l="1"/>
+  <c r="G15" i="1"/>
+  <c r="G18" i="1"/>
+  <c r="G19" i="1"/>
+  <c r="G20" i="1"/>
+  <c r="G21" i="1"/>
+  <c r="G22" i="1"/>
+  <c r="G25" i="1"/>
+  <c r="G27" i="1"/>
+  <c r="G28" i="1"/>
+  <c r="G29" i="1"/>
+  <c r="G14" i="1"/>
+  <c r="G23" i="1"/>
+  <c r="G26" i="1"/>
+  <c r="G24" i="1"/>
+  <c r="G17" i="1"/>
+  <c r="G16" i="1"/>
+  <c r="G36" i="1"/>
+  <c r="G30" i="1"/>
+  <c r="G31" i="1"/>
+  <c r="G32" i="1"/>
+  <c r="G34" i="1"/>
+  <c r="G37" i="1"/>
+  <c r="G39" i="1"/>
+  <c r="G33" i="1"/>
+  <c r="G38" i="1"/>
+  <c r="D40" i="1"/>
+  <c r="E4" i="1" s="1"/>
+  <c r="E6" i="1" s="1"/>
+  <c r="G35" i="1"/>
+  <c r="K39" i="1"/>
   <c r="I22" i="1"/>
   <c r="K38" i="1"/>
   <c r="P38" i="1"/>
   <c r="I13" i="1"/>
   <c r="K17" i="1"/>
   <c r="K21" i="1"/>
   <c r="G13" i="1"/>
   <c r="N13" i="1" s="1"/>
   <c r="K18" i="1"/>
   <c r="K22" i="1"/>
   <c r="K16" i="1"/>
   <c r="K19" i="1"/>
   <c r="K20" i="1"/>
   <c r="K15" i="1"/>
   <c r="K25" i="1"/>
   <c r="K33" i="1"/>
   <c r="K36" i="1"/>
   <c r="I23" i="1"/>
   <c r="K26" i="1"/>
   <c r="K34" i="1"/>
   <c r="K28" i="1"/>
   <c r="K27" i="1"/>
   <c r="K35" i="1"/>
   <c r="K29" i="1"/>
   <c r="K37" i="1"/>
@@ -279,51 +290,53 @@
   <c r="P35" i="1"/>
   <c r="P37" i="1"/>
   <c r="P36" i="1"/>
   <c r="I21" i="1"/>
   <c r="P34" i="1"/>
   <c r="P33" i="1"/>
   <c r="P32" i="1"/>
   <c r="P30" i="1"/>
   <c r="P31" i="1"/>
   <c r="K13" i="1"/>
   <c r="P29" i="1"/>
   <c r="P22" i="1"/>
   <c r="P25" i="1"/>
   <c r="P28" i="1"/>
   <c r="P23" i="1"/>
   <c r="P21" i="1"/>
   <c r="P26" i="1"/>
   <c r="P27" i="1"/>
   <c r="P24" i="1"/>
   <c r="P20" i="1"/>
   <c r="P15" i="1"/>
   <c r="P17" i="1"/>
   <c r="P16" i="1"/>
   <c r="P19" i="1"/>
   <c r="P18" i="1"/>
-  <c r="N38" i="1" l="1"/>
+  <c r="N39" i="1" l="1"/>
+  <c r="J39" i="1"/>
+  <c r="N38" i="1"/>
   <c r="J38" i="1"/>
   <c r="N26" i="1"/>
   <c r="N36" i="1"/>
   <c r="N31" i="1"/>
   <c r="N33" i="1"/>
   <c r="N23" i="1"/>
   <c r="N25" i="1"/>
   <c r="N30" i="1"/>
   <c r="N17" i="1"/>
   <c r="N34" i="1"/>
   <c r="N22" i="1"/>
   <c r="N15" i="1"/>
   <c r="N16" i="1"/>
   <c r="N18" i="1"/>
   <c r="N37" i="1"/>
   <c r="N29" i="1"/>
   <c r="N32" i="1"/>
   <c r="N21" i="1"/>
   <c r="N24" i="1"/>
   <c r="N20" i="1"/>
   <c r="N19" i="1"/>
   <c r="N35" i="1"/>
   <c r="J27" i="1"/>
   <c r="Q27" i="1" s="1"/>
   <c r="N27" i="1"/>
@@ -351,66 +364,69 @@
   <c r="Q32" i="1" s="1"/>
   <c r="J16" i="1"/>
   <c r="Q16" i="1" s="1"/>
   <c r="J30" i="1"/>
   <c r="Q30" i="1" s="1"/>
   <c r="J34" i="1"/>
   <c r="J33" i="1"/>
   <c r="Q33" i="1" s="1"/>
   <c r="J21" i="1"/>
   <c r="Q21" i="1" s="1"/>
   <c r="J25" i="1"/>
   <c r="Q25" i="1" s="1"/>
   <c r="S25" i="1" s="1"/>
   <c r="J24" i="1"/>
   <c r="Q24" i="1" s="1"/>
   <c r="J18" i="1"/>
   <c r="Q18" i="1" s="1"/>
   <c r="J20" i="1"/>
   <c r="Q20" i="1" s="1"/>
   <c r="J19" i="1"/>
   <c r="Q19" i="1" s="1"/>
   <c r="J17" i="1"/>
   <c r="Q17" i="1" s="1"/>
   <c r="J35" i="1"/>
   <c r="Q35" i="1" s="1"/>
-  <c r="Q34" i="1" l="1"/>
+  <c r="Q39" i="1" l="1"/>
+  <c r="Q34" i="1"/>
   <c r="T34" i="1" s="1"/>
   <c r="T35" i="1"/>
   <c r="T33" i="1"/>
   <c r="S37" i="1"/>
   <c r="T36" i="1"/>
   <c r="O38" i="1"/>
   <c r="Q38" i="1"/>
   <c r="S38" i="1" s="1"/>
   <c r="S36" i="1"/>
   <c r="T37" i="1"/>
   <c r="S35" i="1"/>
   <c r="S31" i="1"/>
   <c r="S33" i="1"/>
   <c r="T32" i="1"/>
-  <c r="S34" i="1" l="1"/>
+  <c r="T39" i="1" l="1"/>
+  <c r="S39" i="1"/>
+  <c r="S34" i="1"/>
   <c r="T38" i="1"/>
   <c r="T31" i="1"/>
   <c r="S32" i="1"/>
   <c r="Q14" i="1"/>
   <c r="S14" i="1" l="1"/>
   <c r="T14" i="1"/>
   <c r="S15" i="1" l="1"/>
   <c r="T15" i="1"/>
   <c r="O15" i="1"/>
   <c r="S16" i="1" l="1"/>
   <c r="T16" i="1"/>
   <c r="O16" i="1"/>
   <c r="S17" i="1" l="1"/>
   <c r="T17" i="1" l="1"/>
   <c r="O17" i="1"/>
   <c r="O18" i="1" l="1"/>
   <c r="T18" i="1"/>
   <c r="S18" i="1"/>
   <c r="T19" i="1" l="1"/>
   <c r="S19" i="1"/>
   <c r="O19" i="1"/>
   <c r="S20" i="1" l="1"/>
   <c r="T20" i="1"/>
   <c r="O20" i="1"/>
   <c r="T21" i="1" l="1"/>
@@ -866,103 +882,97 @@
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.14993743705557422"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1108,222 +1118,185 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="23" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="164" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1461,59 +1434,59 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Y69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="12" topLeftCell="A20" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="Y25" sqref="Y25"/>
+      <selection pane="bottomLeft" activeCell="U1" sqref="U1:U1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.5703125" style="3" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" style="43" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13" style="2" customWidth="1"/>
-    <col min="4" max="4" width="21.140625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="21.42578125" style="2" customWidth="1"/>
     <col min="5" max="5" width="12" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.140625" style="2" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="15.7109375" style="2" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="2" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="21.5703125" style="2" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="14.85546875" style="3" customWidth="1"/>
     <col min="11" max="14" width="11.42578125" style="3" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="11.42578125" style="4" hidden="1" customWidth="1"/>
     <col min="16" max="19" width="11.42578125" style="4" customWidth="1"/>
     <col min="20" max="20" width="12.85546875" style="4" customWidth="1"/>
     <col min="21" max="21" width="11.42578125" style="59" hidden="1" customWidth="1"/>
     <col min="22" max="23" width="11.42578125" style="4" customWidth="1"/>
     <col min="24" max="24" width="9.140625" style="4"/>
     <col min="25" max="26" width="9.140625" style="3"/>
     <col min="27" max="27" width="22.7109375" style="3" customWidth="1"/>
     <col min="28" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
@@ -3822,100 +3795,100 @@
       </c>
       <c r="S38" s="4" t="str">
         <f>IF(D38&gt;Q38,"yes","no")</f>
         <v>no</v>
       </c>
       <c r="T38" s="4">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="U38" s="41">
         <f t="shared" si="5"/>
         <v>2025</v>
       </c>
       <c r="Y38" s="4"/>
     </row>
     <row r="39" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A39" s="3">
         <v>2026</v>
       </c>
       <c r="B39" s="49"/>
       <c r="C39" s="49"/>
       <c r="D39" s="4">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
-      <c r="E39" s="67">
-        <v>23500</v>
+      <c r="E39" s="57">
+        <v>24500</v>
       </c>
       <c r="F39" s="4">
         <f>IF(A39-B6&lt;15,0,15000)</f>
         <v>15000</v>
       </c>
       <c r="G39" s="4" t="str">
         <f>IF((SUM($D$13:D38)&gt;=((A38-$B$6)*5000)),"Yes","No")</f>
         <v>No</v>
       </c>
       <c r="H39" s="4">
         <f t="shared" si="6"/>
         <v>15000</v>
       </c>
       <c r="I39" s="4">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J39" s="4">
         <f>IF(G39="Yes",0,IF(B8&gt;A39,0,IF(I39=0,0,IF(I39&lt;F39,I39,F39))))</f>
         <v>0</v>
       </c>
       <c r="K39" s="4">
         <f>SUM($D$13:D39)</f>
         <v>0</v>
       </c>
       <c r="L39" s="41">
         <f>A39-B6</f>
         <v>2026</v>
       </c>
       <c r="M39" s="4">
         <f>IF(B7&lt;=A39,3000,0)</f>
         <v>0</v>
       </c>
       <c r="N39" s="4">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="O39" s="4">
-        <f>IF(D39-E39-J39&lt;0,0,IF(D39-E39-J39&gt;7500,7500,D39-E39-J39))</f>
+        <f>IF(D39-E39-J39&lt;0,0,IF(D39-E39-J39&gt;8000,8000,D39-E39-J39))</f>
         <v>0</v>
       </c>
       <c r="P39" s="4">
-        <f>IF(B5&lt;=A39,7500,0)</f>
+        <f>IF(B5&lt;=A39,8000,0)</f>
         <v>0</v>
       </c>
       <c r="Q39" s="2">
         <f>IF($B$5&lt;=A39,E39+J39+P39+R39,E39+J39)</f>
-        <v>23500</v>
+        <v>24500</v>
       </c>
       <c r="R39" s="4">
         <f>IF(OR(U39=60,U39=61,U39=62,U39=63),3750,0)</f>
         <v>0</v>
       </c>
       <c r="S39" s="4" t="str">
         <f>IF(D39&gt;Q39,"yes","no")</f>
         <v>no</v>
       </c>
       <c r="T39" s="4">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="U39" s="41">
         <f t="shared" si="5"/>
         <v>2026</v>
       </c>
       <c r="Y39" s="4"/>
     </row>
     <row r="40" spans="1:25" x14ac:dyDescent="0.25">
       <c r="B40" s="50"/>
       <c r="C40" s="34"/>
       <c r="D40" s="36">
         <f>SUM(D13:D39)</f>
         <v>0</v>