--- v0 (2026-02-09)
+++ v1 (2026-03-02)
@@ -23,54 +23,54 @@
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MM FY26 0017-061T Historical Shelving\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\WebMaster\Financials\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{338DBE18-402A-40A5-943D-43CC98074ED5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB6194DA-AA76-4F95-A4C6-D226D820B9B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-135" windowWidth="29040" windowHeight="15720" tabRatio="928" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Language" sheetId="7" r:id="rId1"/>
     <sheet name="FINANCIAL" sheetId="6" r:id="rId2"/>
     <sheet name="RECAP #9485.00" sheetId="2" r:id="rId3"/>
     <sheet name="#9485.00 Neumann Monson" sheetId="3" r:id="rId4"/>
     <sheet name="#9485.00 PM TIME" sheetId="4" r:id="rId5"/>
     <sheet name="#9485.00 Misc" sheetId="5" r:id="rId6"/>
     <sheet name="#9485.00 DCI Group" sheetId="8" r:id="rId7"/>
     <sheet name="#9485.00 Midwest Storage " sheetId="13" r:id="rId8"/>
     <sheet name="#9485.00 GTG Construction" sheetId="14" r:id="rId9"/>
     <sheet name="#9485.00 Waldinger Corp" sheetId="15" r:id="rId10"/>
     <sheet name="#9485.00 JF Ahern" sheetId="16" r:id="rId11"/>
     <sheet name="#9485.00 DCI Group (2)" sheetId="17" r:id="rId12"/>
     <sheet name="RECAP #XXXX.XX" sheetId="9" r:id="rId13"/>
     <sheet name="#XXXX.XX Vendor A" sheetId="10" r:id="rId14"/>
     <sheet name="#XXXX.XX PM TIME" sheetId="11" r:id="rId15"/>
     <sheet name="#XXXX.XX Misc" sheetId="12" r:id="rId16"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId17"/>
   </externalReferences>
   <definedNames>
@@ -84,51 +84,65 @@
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F18" i="2" l="1"/>
+  <c r="H25" i="5" l="1"/>
+  <c r="H26" i="5" s="1"/>
+  <c r="H27" i="5" s="1"/>
+  <c r="I22" i="4"/>
+  <c r="I23" i="4" s="1"/>
+  <c r="I24" i="4" s="1"/>
+  <c r="H22" i="4"/>
+  <c r="H23" i="4" s="1"/>
+  <c r="H24" i="4" s="1"/>
+  <c r="F22" i="4"/>
+  <c r="F23" i="4" s="1"/>
+  <c r="F24" i="4" s="1"/>
+  <c r="G21" i="4"/>
+  <c r="G20" i="4"/>
+  <c r="F18" i="2"/>
   <c r="E18" i="2"/>
   <c r="D18" i="2"/>
   <c r="F29" i="17"/>
   <c r="D29" i="17"/>
   <c r="H28" i="17"/>
   <c r="H27" i="17"/>
   <c r="H26" i="17"/>
   <c r="F23" i="17"/>
   <c r="D23" i="17"/>
   <c r="G10" i="17"/>
   <c r="G11" i="17" s="1"/>
   <c r="G12" i="17" s="1"/>
   <c r="G13" i="17" s="1"/>
   <c r="G14" i="17" s="1"/>
   <c r="G15" i="17" s="1"/>
   <c r="G16" i="17" s="1"/>
   <c r="G17" i="17" s="1"/>
   <c r="G18" i="17" s="1"/>
   <c r="G19" i="17" s="1"/>
   <c r="G20" i="17" s="1"/>
   <c r="G21" i="17" s="1"/>
   <c r="E9" i="17"/>
   <c r="E10" i="17" s="1"/>
   <c r="E11" i="17" s="1"/>
   <c r="E12" i="17" s="1"/>
@@ -563,72 +577,74 @@
   <c r="E6" i="6" s="1"/>
   <c r="J44" i="6" s="1"/>
   <c r="G37" i="6"/>
   <c r="G36" i="6"/>
   <c r="G35" i="6"/>
   <c r="G34" i="6"/>
   <c r="G33" i="6"/>
   <c r="G32" i="6"/>
   <c r="G31" i="6"/>
   <c r="G30" i="6"/>
   <c r="G29" i="6"/>
   <c r="G28" i="6"/>
   <c r="G27" i="6"/>
   <c r="G26" i="6"/>
   <c r="G25" i="6"/>
   <c r="G24" i="6"/>
   <c r="G23" i="6"/>
   <c r="G22" i="6"/>
   <c r="G21" i="6"/>
   <c r="G20" i="6"/>
   <c r="G19" i="6"/>
   <c r="G18" i="6"/>
   <c r="G17" i="6"/>
   <c r="E40" i="6"/>
   <c r="G15" i="6"/>
-  <c r="G24" i="5"/>
+  <c r="G29" i="5"/>
   <c r="H9" i="5"/>
   <c r="H10" i="5" s="1"/>
   <c r="H11" i="5" s="1"/>
   <c r="H12" i="5" s="1"/>
   <c r="H13" i="5" s="1"/>
   <c r="H14" i="5" s="1"/>
   <c r="H15" i="5" s="1"/>
   <c r="H16" i="5" s="1"/>
   <c r="H17" i="5" s="1"/>
   <c r="H18" i="5" s="1"/>
   <c r="H19" i="5" s="1"/>
   <c r="H20" i="5" s="1"/>
   <c r="H21" i="5" s="1"/>
   <c r="H22" i="5" s="1"/>
+  <c r="H23" i="5" s="1"/>
+  <c r="H24" i="5" s="1"/>
   <c r="A7" i="5"/>
   <c r="E3" i="5"/>
   <c r="A3" i="5"/>
   <c r="A2" i="5"/>
-  <c r="G23" i="4"/>
+  <c r="G26" i="4"/>
   <c r="E11" i="2" s="1"/>
-  <c r="E23" i="4"/>
+  <c r="E26" i="4"/>
   <c r="H10" i="4"/>
   <c r="H11" i="4" s="1"/>
   <c r="H12" i="4" s="1"/>
   <c r="H13" i="4" s="1"/>
   <c r="H14" i="4" s="1"/>
   <c r="H15" i="4" s="1"/>
   <c r="H16" i="4" s="1"/>
   <c r="H17" i="4" s="1"/>
   <c r="H18" i="4" s="1"/>
   <c r="H19" i="4" s="1"/>
   <c r="H20" i="4" s="1"/>
   <c r="H21" i="4" s="1"/>
   <c r="F9" i="4"/>
   <c r="I9" i="4" s="1"/>
   <c r="I10" i="4" s="1"/>
   <c r="I11" i="4" s="1"/>
   <c r="I12" i="4" s="1"/>
   <c r="I13" i="4" s="1"/>
   <c r="I14" i="4" s="1"/>
   <c r="I15" i="4" s="1"/>
   <c r="I16" i="4" s="1"/>
   <c r="I17" i="4" s="1"/>
   <c r="I18" i="4" s="1"/>
   <c r="I19" i="4" s="1"/>
   <c r="I20" i="4" s="1"/>
@@ -656,51 +672,51 @@
   <c r="G21" i="3" s="1"/>
   <c r="E9" i="3"/>
   <c r="E10" i="3" s="1"/>
   <c r="E11" i="3" s="1"/>
   <c r="E12" i="3" s="1"/>
   <c r="E13" i="3" s="1"/>
   <c r="E14" i="3" s="1"/>
   <c r="E15" i="3" s="1"/>
   <c r="E16" i="3" s="1"/>
   <c r="E17" i="3" s="1"/>
   <c r="E18" i="3" s="1"/>
   <c r="E19" i="3" s="1"/>
   <c r="E20" i="3" s="1"/>
   <c r="E21" i="3" s="1"/>
   <c r="A6" i="3"/>
   <c r="D3" i="3"/>
   <c r="A3" i="3"/>
   <c r="A2" i="3"/>
   <c r="A1" i="3"/>
   <c r="C20" i="2"/>
   <c r="D12" i="2" l="1"/>
   <c r="E12" i="2"/>
   <c r="E20" i="2" s="1"/>
   <c r="I15" i="6" s="1"/>
   <c r="I40" i="6" s="1"/>
-  <c r="I23" i="4"/>
+  <c r="I26" i="4"/>
   <c r="F11" i="2" s="1"/>
   <c r="D11" i="2"/>
   <c r="G16" i="6"/>
   <c r="G40" i="6" s="1"/>
   <c r="E7" i="6" s="1"/>
   <c r="E8" i="6" s="1"/>
   <c r="K42" i="6" s="1"/>
   <c r="H9" i="3"/>
   <c r="H10" i="3" s="1"/>
   <c r="H11" i="3" s="1"/>
   <c r="H12" i="3" s="1"/>
   <c r="H13" i="3" s="1"/>
   <c r="H14" i="3" s="1"/>
   <c r="H15" i="3" s="1"/>
   <c r="H16" i="3" s="1"/>
   <c r="H17" i="3" s="1"/>
   <c r="H18" i="3" s="1"/>
   <c r="H19" i="3" s="1"/>
   <c r="H20" i="3" s="1"/>
   <c r="H21" i="3" s="1"/>
   <c r="H23" i="3"/>
   <c r="F10" i="2" s="1"/>
   <c r="F10" i="4"/>
   <c r="F11" i="4" s="1"/>
   <c r="F12" i="4" s="1"/>
@@ -753,51 +769,51 @@
             <sz val="11"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 PM Time
 $Joni
 Adams, Brandon
 1:58 PM (25 minutes ago)
 to me
 Finance,
 Can you please set my budget for PM Time for the following projects:
 DA26 9481.00 - $35,000
 061T 9485.00 - $60,000
 Regards,
 Brandon Adams</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="396" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="201">
   <si>
     <t>Recap</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TRANSFERS</t>
   </si>
   <si>
     <t>CONTRACTED</t>
   </si>
   <si>
     <t>EXPENDED</t>
   </si>
   <si>
     <t>CONTRACTED,  NOT EXPENDED</t>
   </si>
   <si>
     <t>UNDER(OVER)
 Budget</t>
   </si>
   <si>
     <t>Budget</t>
   </si>
@@ -1315,63 +1331,123 @@
   </si>
   <si>
     <t>PRC 3352622PD4900</t>
   </si>
   <si>
     <t>Inv. 25-026 PC 04 Final</t>
   </si>
   <si>
     <t>FINAL</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>DCI Group (2)</t>
   </si>
   <si>
     <t>PO 33526365901</t>
   </si>
   <si>
     <t>CM Services</t>
   </si>
   <si>
     <t>Fee</t>
   </si>
+  <si>
+    <t>GAX 33526002901</t>
+  </si>
+  <si>
+    <t>Inv. 9485.00-03</t>
+  </si>
+  <si>
+    <t>GAX 33526009900</t>
+  </si>
+  <si>
+    <t>9500</t>
+  </si>
+  <si>
+    <t>Uline V#(00002100517)</t>
+  </si>
+  <si>
+    <t>Inv. 202140593</t>
+  </si>
+  <si>
+    <t>IET DAS202606115300001</t>
+  </si>
+  <si>
+    <t>Finance Support for December 1-31, 2025</t>
+  </si>
+  <si>
+    <t>DAS Support for December 1-31, 2025</t>
+  </si>
+  <si>
+    <t>Inv. DAS2026061153</t>
+  </si>
+  <si>
+    <t>Space Planning December 1-31,2025</t>
+  </si>
+  <si>
+    <t>PRC 3352633PA8906</t>
+  </si>
+  <si>
+    <t>Inv. 9485.00 01</t>
+  </si>
+  <si>
+    <t>Retainage</t>
+  </si>
+  <si>
+    <t>3% Retainage</t>
+  </si>
+  <si>
+    <t>Inv. 163278176 &amp; 163277934</t>
+  </si>
+  <si>
+    <t>Crown Equipment V#(00003010134)</t>
+  </si>
+  <si>
+    <t>GAX 33526029900</t>
+  </si>
+  <si>
+    <t>GAX 33526029901</t>
+  </si>
+  <si>
+    <t>Inv. 9485.00-04</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mm/dd/yy"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="36" x14ac:knownFonts="1">
+  <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1566,50 +1642,57 @@
       <color rgb="FF0000CC"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color indexed="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -2117,53 +2200,50 @@
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="40" fontId="6" fillId="0" borderId="0" xfId="4" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="40" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="40" fontId="3" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="32" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
@@ -2411,50 +2491,53 @@
     </xf>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="14" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="40" fontId="14" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="36" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Currency 2" xfId="6" xr:uid="{22775A5C-E89F-44D4-9A80-E39CF55AD25A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{27F19638-7D44-43C8-A204-F964AC5CBA9B}"/>
     <cellStyle name="Normal_CLARINDA" xfId="5" xr:uid="{8AAD15FC-EC67-45EF-94E6-501FBD44E13D}"/>
     <cellStyle name="Normal_LUCAS REMODEL FOR Dept of Comm." xfId="3" xr:uid="{2B0244D6-5D10-4DFF-B673-9140ACE28B5F}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
@@ -3129,346 +3212,346 @@
         <v>12</v>
       </c>
       <c r="C8" s="52" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="53" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="53" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="162" t="s">
+      <c r="A9" s="161" t="s">
         <v>164</v>
       </c>
       <c r="B9" s="158">
         <v>46006</v>
       </c>
-      <c r="C9" s="163" t="s">
+      <c r="C9" s="162" t="s">
         <v>73</v>
       </c>
-      <c r="D9" s="164">
+      <c r="D9" s="163">
         <v>256545</v>
       </c>
-      <c r="E9" s="165">
+      <c r="E9" s="164">
         <f>D9</f>
         <v>256545</v>
       </c>
-      <c r="F9" s="166"/>
-[...1 lines deleted...]
-      <c r="H9" s="166">
+      <c r="F9" s="165"/>
+      <c r="G9" s="165"/>
+      <c r="H9" s="165">
         <f>E9</f>
         <v>256545</v>
       </c>
-      <c r="I9" s="167"/>
+      <c r="I9" s="166"/>
     </row>
     <row r="10" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="162"/>
-[...3 lines deleted...]
-      <c r="E10" s="165">
+      <c r="A10" s="161"/>
+      <c r="B10" s="167"/>
+      <c r="C10" s="162"/>
+      <c r="D10" s="164"/>
+      <c r="E10" s="164">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
         <v>256545</v>
       </c>
       <c r="F10" s="150"/>
-      <c r="G10" s="166">
+      <c r="G10" s="165">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="166">
+      <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
         <v>256545</v>
       </c>
-      <c r="I10" s="167"/>
+      <c r="I10" s="166"/>
     </row>
     <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="162"/>
+      <c r="A11" s="161"/>
       <c r="B11" s="158"/>
-      <c r="C11" s="163"/>
-[...1 lines deleted...]
-      <c r="E11" s="165">
+      <c r="C11" s="162"/>
+      <c r="D11" s="164"/>
+      <c r="E11" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F11" s="150"/>
-      <c r="G11" s="166">
+      <c r="G11" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H11" s="166">
+      <c r="H11" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I11" s="167"/>
+      <c r="I11" s="166"/>
     </row>
     <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="162"/>
+      <c r="A12" s="161"/>
       <c r="B12" s="158"/>
-      <c r="C12" s="163"/>
-[...1 lines deleted...]
-      <c r="E12" s="165">
+      <c r="C12" s="162"/>
+      <c r="D12" s="164"/>
+      <c r="E12" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
-      <c r="F12" s="169"/>
-      <c r="G12" s="166">
+      <c r="F12" s="168"/>
+      <c r="G12" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H12" s="166">
+      <c r="H12" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I12" s="167"/>
+      <c r="I12" s="166"/>
     </row>
     <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="162"/>
+      <c r="A13" s="161"/>
       <c r="B13" s="158"/>
-      <c r="C13" s="163"/>
-[...1 lines deleted...]
-      <c r="E13" s="165">
+      <c r="C13" s="162"/>
+      <c r="D13" s="164"/>
+      <c r="E13" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
-      <c r="F13" s="169"/>
-      <c r="G13" s="166">
+      <c r="F13" s="168"/>
+      <c r="G13" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H13" s="166">
+      <c r="H13" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I13" s="167"/>
+      <c r="I13" s="166"/>
     </row>
     <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="162"/>
+      <c r="A14" s="161"/>
       <c r="B14" s="158"/>
-      <c r="C14" s="163"/>
-[...1 lines deleted...]
-      <c r="E14" s="165">
+      <c r="C14" s="162"/>
+      <c r="D14" s="164"/>
+      <c r="E14" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
-      <c r="F14" s="166"/>
-      <c r="G14" s="166">
+      <c r="F14" s="165"/>
+      <c r="G14" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H14" s="166">
+      <c r="H14" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I14" s="167"/>
+      <c r="I14" s="166"/>
     </row>
     <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="162"/>
+      <c r="A15" s="161"/>
       <c r="B15" s="158"/>
-      <c r="C15" s="163"/>
-[...1 lines deleted...]
-      <c r="E15" s="165">
+      <c r="C15" s="162"/>
+      <c r="D15" s="164"/>
+      <c r="E15" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
-      <c r="F15" s="169"/>
-      <c r="G15" s="166">
+      <c r="F15" s="168"/>
+      <c r="G15" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H15" s="166">
+      <c r="H15" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I15" s="167"/>
+      <c r="I15" s="166"/>
     </row>
     <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="162"/>
+      <c r="A16" s="161"/>
       <c r="B16" s="158"/>
-      <c r="C16" s="163"/>
-[...1 lines deleted...]
-      <c r="E16" s="165">
+      <c r="C16" s="162"/>
+      <c r="D16" s="164"/>
+      <c r="E16" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
-      <c r="F16" s="169"/>
-      <c r="G16" s="166">
+      <c r="F16" s="168"/>
+      <c r="G16" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H16" s="166">
+      <c r="H16" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I16" s="167"/>
+      <c r="I16" s="166"/>
     </row>
     <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="162"/>
+      <c r="A17" s="161"/>
       <c r="B17" s="158"/>
-      <c r="C17" s="163"/>
-[...1 lines deleted...]
-      <c r="E17" s="165">
+      <c r="C17" s="162"/>
+      <c r="D17" s="164"/>
+      <c r="E17" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
-      <c r="F17" s="169"/>
-      <c r="G17" s="166">
+      <c r="F17" s="168"/>
+      <c r="G17" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H17" s="166">
+      <c r="H17" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I17" s="167"/>
+      <c r="I17" s="166"/>
     </row>
     <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="162"/>
+      <c r="A18" s="161"/>
       <c r="B18" s="158"/>
-      <c r="C18" s="163"/>
-[...1 lines deleted...]
-      <c r="E18" s="165">
+      <c r="C18" s="162"/>
+      <c r="D18" s="164"/>
+      <c r="E18" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
-      <c r="F18" s="169"/>
-      <c r="G18" s="166">
+      <c r="F18" s="168"/>
+      <c r="G18" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H18" s="166">
+      <c r="H18" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I18" s="167"/>
+      <c r="I18" s="166"/>
     </row>
     <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="162"/>
+      <c r="A19" s="161"/>
       <c r="B19" s="158"/>
-      <c r="C19" s="163"/>
-[...1 lines deleted...]
-      <c r="E19" s="165">
+      <c r="C19" s="162"/>
+      <c r="D19" s="164"/>
+      <c r="E19" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
-      <c r="F19" s="166"/>
-      <c r="G19" s="166">
+      <c r="F19" s="165"/>
+      <c r="G19" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H19" s="166">
+      <c r="H19" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I19" s="167"/>
+      <c r="I19" s="166"/>
     </row>
     <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="162"/>
+      <c r="A20" s="161"/>
       <c r="B20" s="158"/>
-      <c r="C20" s="163"/>
-[...1 lines deleted...]
-      <c r="E20" s="165">
+      <c r="C20" s="162"/>
+      <c r="D20" s="164"/>
+      <c r="E20" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
-      <c r="F20" s="166"/>
-      <c r="G20" s="166">
+      <c r="F20" s="165"/>
+      <c r="G20" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H20" s="166">
+      <c r="H20" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I20" s="167"/>
+      <c r="I20" s="166"/>
     </row>
     <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="162"/>
+      <c r="A21" s="161"/>
       <c r="B21" s="158"/>
-      <c r="C21" s="170"/>
-[...1 lines deleted...]
-      <c r="E21" s="165">
+      <c r="C21" s="169"/>
+      <c r="D21" s="164"/>
+      <c r="E21" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
-      <c r="F21" s="166"/>
-      <c r="G21" s="166">
+      <c r="F21" s="165"/>
+      <c r="G21" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H21" s="166">
+      <c r="H21" s="165">
         <f t="shared" si="2"/>
         <v>256545</v>
       </c>
-      <c r="I21" s="167"/>
+      <c r="I21" s="166"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="162"/>
-[...7 lines deleted...]
-      <c r="I22" s="167"/>
+      <c r="A22" s="161"/>
+      <c r="B22" s="162"/>
+      <c r="C22" s="197"/>
+      <c r="D22" s="165"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="165"/>
+      <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="162"/>
-[...1 lines deleted...]
-      <c r="C23" s="200" t="s">
+      <c r="A23" s="161"/>
+      <c r="B23" s="198"/>
+      <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
-      <c r="D23" s="201">
+      <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
         <v>256545</v>
       </c>
-      <c r="E23" s="201"/>
-      <c r="F23" s="201">
+      <c r="E23" s="200"/>
+      <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="201"/>
-      <c r="H23" s="201">
+      <c r="G23" s="200"/>
+      <c r="H23" s="200">
         <f>D23-F23</f>
         <v>256545</v>
       </c>
-      <c r="I23" s="167"/>
+      <c r="I23" s="166"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D3025F3-5717-4804-AF76-665BA091B5C1}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I59"/>
@@ -3664,346 +3747,346 @@
         <v>12</v>
       </c>
       <c r="C8" s="52" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="53" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="53" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="162" t="s">
+      <c r="A9" s="161" t="s">
         <v>172</v>
       </c>
       <c r="B9" s="158">
         <v>46013</v>
       </c>
-      <c r="C9" s="163" t="s">
+      <c r="C9" s="162" t="s">
         <v>73</v>
       </c>
-      <c r="D9" s="164">
+      <c r="D9" s="163">
         <v>8158</v>
       </c>
-      <c r="E9" s="165">
+      <c r="E9" s="164">
         <f>D9</f>
         <v>8158</v>
       </c>
-      <c r="F9" s="166"/>
-[...1 lines deleted...]
-      <c r="H9" s="166">
+      <c r="F9" s="165"/>
+      <c r="G9" s="165"/>
+      <c r="H9" s="165">
         <f>E9</f>
         <v>8158</v>
       </c>
-      <c r="I9" s="167"/>
+      <c r="I9" s="166"/>
     </row>
     <row r="10" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="162"/>
-[...3 lines deleted...]
-      <c r="E10" s="165">
+      <c r="A10" s="161"/>
+      <c r="B10" s="167"/>
+      <c r="C10" s="162"/>
+      <c r="D10" s="164"/>
+      <c r="E10" s="164">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
         <v>8158</v>
       </c>
       <c r="F10" s="150"/>
-      <c r="G10" s="166">
+      <c r="G10" s="165">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="166">
+      <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
         <v>8158</v>
       </c>
-      <c r="I10" s="167"/>
+      <c r="I10" s="166"/>
     </row>
     <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="162"/>
+      <c r="A11" s="161"/>
       <c r="B11" s="158"/>
-      <c r="C11" s="163"/>
-[...1 lines deleted...]
-      <c r="E11" s="165">
+      <c r="C11" s="162"/>
+      <c r="D11" s="164"/>
+      <c r="E11" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
       <c r="F11" s="150"/>
-      <c r="G11" s="166">
+      <c r="G11" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H11" s="166">
+      <c r="H11" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I11" s="167"/>
+      <c r="I11" s="166"/>
     </row>
     <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="162"/>
+      <c r="A12" s="161"/>
       <c r="B12" s="158"/>
-      <c r="C12" s="163"/>
-[...1 lines deleted...]
-      <c r="E12" s="165">
+      <c r="C12" s="162"/>
+      <c r="D12" s="164"/>
+      <c r="E12" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
-      <c r="F12" s="169"/>
-      <c r="G12" s="166">
+      <c r="F12" s="168"/>
+      <c r="G12" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H12" s="166">
+      <c r="H12" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I12" s="167"/>
+      <c r="I12" s="166"/>
     </row>
     <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="162"/>
+      <c r="A13" s="161"/>
       <c r="B13" s="158"/>
-      <c r="C13" s="163"/>
-[...1 lines deleted...]
-      <c r="E13" s="165">
+      <c r="C13" s="162"/>
+      <c r="D13" s="164"/>
+      <c r="E13" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
-      <c r="F13" s="169"/>
-      <c r="G13" s="166">
+      <c r="F13" s="168"/>
+      <c r="G13" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H13" s="166">
+      <c r="H13" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I13" s="167"/>
+      <c r="I13" s="166"/>
     </row>
     <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="162"/>
+      <c r="A14" s="161"/>
       <c r="B14" s="158"/>
-      <c r="C14" s="163"/>
-[...1 lines deleted...]
-      <c r="E14" s="165">
+      <c r="C14" s="162"/>
+      <c r="D14" s="164"/>
+      <c r="E14" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
-      <c r="F14" s="166"/>
-      <c r="G14" s="166">
+      <c r="F14" s="165"/>
+      <c r="G14" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H14" s="166">
+      <c r="H14" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I14" s="167"/>
+      <c r="I14" s="166"/>
     </row>
     <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="162"/>
+      <c r="A15" s="161"/>
       <c r="B15" s="158"/>
-      <c r="C15" s="163"/>
-[...1 lines deleted...]
-      <c r="E15" s="165">
+      <c r="C15" s="162"/>
+      <c r="D15" s="164"/>
+      <c r="E15" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
-      <c r="F15" s="169"/>
-      <c r="G15" s="166">
+      <c r="F15" s="168"/>
+      <c r="G15" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H15" s="166">
+      <c r="H15" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I15" s="167"/>
+      <c r="I15" s="166"/>
     </row>
     <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="162"/>
+      <c r="A16" s="161"/>
       <c r="B16" s="158"/>
-      <c r="C16" s="163"/>
-[...1 lines deleted...]
-      <c r="E16" s="165">
+      <c r="C16" s="162"/>
+      <c r="D16" s="164"/>
+      <c r="E16" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
-      <c r="F16" s="169"/>
-      <c r="G16" s="166">
+      <c r="F16" s="168"/>
+      <c r="G16" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H16" s="166">
+      <c r="H16" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I16" s="167"/>
+      <c r="I16" s="166"/>
     </row>
     <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="162"/>
+      <c r="A17" s="161"/>
       <c r="B17" s="158"/>
-      <c r="C17" s="163"/>
-[...1 lines deleted...]
-      <c r="E17" s="165">
+      <c r="C17" s="162"/>
+      <c r="D17" s="164"/>
+      <c r="E17" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
-      <c r="F17" s="169"/>
-      <c r="G17" s="166">
+      <c r="F17" s="168"/>
+      <c r="G17" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H17" s="166">
+      <c r="H17" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I17" s="167"/>
+      <c r="I17" s="166"/>
     </row>
     <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="162"/>
+      <c r="A18" s="161"/>
       <c r="B18" s="158"/>
-      <c r="C18" s="163"/>
-[...1 lines deleted...]
-      <c r="E18" s="165">
+      <c r="C18" s="162"/>
+      <c r="D18" s="164"/>
+      <c r="E18" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
-      <c r="F18" s="169"/>
-      <c r="G18" s="166">
+      <c r="F18" s="168"/>
+      <c r="G18" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H18" s="166">
+      <c r="H18" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I18" s="167"/>
+      <c r="I18" s="166"/>
     </row>
     <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="162"/>
+      <c r="A19" s="161"/>
       <c r="B19" s="158"/>
-      <c r="C19" s="163"/>
-[...1 lines deleted...]
-      <c r="E19" s="165">
+      <c r="C19" s="162"/>
+      <c r="D19" s="164"/>
+      <c r="E19" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
-      <c r="F19" s="166"/>
-      <c r="G19" s="166">
+      <c r="F19" s="165"/>
+      <c r="G19" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H19" s="166">
+      <c r="H19" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I19" s="167"/>
+      <c r="I19" s="166"/>
     </row>
     <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="162"/>
+      <c r="A20" s="161"/>
       <c r="B20" s="158"/>
-      <c r="C20" s="163"/>
-[...1 lines deleted...]
-      <c r="E20" s="165">
+      <c r="C20" s="162"/>
+      <c r="D20" s="164"/>
+      <c r="E20" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
-      <c r="F20" s="166"/>
-      <c r="G20" s="166">
+      <c r="F20" s="165"/>
+      <c r="G20" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H20" s="166">
+      <c r="H20" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I20" s="167"/>
+      <c r="I20" s="166"/>
     </row>
     <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="162"/>
+      <c r="A21" s="161"/>
       <c r="B21" s="158"/>
-      <c r="C21" s="170"/>
-[...1 lines deleted...]
-      <c r="E21" s="165">
+      <c r="C21" s="169"/>
+      <c r="D21" s="164"/>
+      <c r="E21" s="164">
         <f t="shared" si="0"/>
         <v>8158</v>
       </c>
-      <c r="F21" s="166"/>
-      <c r="G21" s="166">
+      <c r="F21" s="165"/>
+      <c r="G21" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H21" s="166">
+      <c r="H21" s="165">
         <f t="shared" si="2"/>
         <v>8158</v>
       </c>
-      <c r="I21" s="167"/>
+      <c r="I21" s="166"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="162"/>
-[...7 lines deleted...]
-      <c r="I22" s="167"/>
+      <c r="A22" s="161"/>
+      <c r="B22" s="162"/>
+      <c r="C22" s="197"/>
+      <c r="D22" s="165"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="165"/>
+      <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="162"/>
-[...1 lines deleted...]
-      <c r="C23" s="200" t="s">
+      <c r="A23" s="161"/>
+      <c r="B23" s="198"/>
+      <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
-      <c r="D23" s="201">
+      <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
         <v>8158</v>
       </c>
-      <c r="E23" s="201"/>
-      <c r="F23" s="201">
+      <c r="E23" s="200"/>
+      <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="201"/>
-      <c r="H23" s="201">
+      <c r="G23" s="200"/>
+      <c r="H23" s="200">
         <f>D23-F23</f>
         <v>8158</v>
       </c>
-      <c r="I23" s="167"/>
+      <c r="I23" s="166"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="48" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="49" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="54" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -4226,411 +4309,411 @@
         <v>12</v>
       </c>
       <c r="C8" s="52" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="53" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="53" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="162" t="s">
+      <c r="A9" s="161" t="s">
         <v>178</v>
       </c>
       <c r="B9" s="158">
         <v>46022</v>
       </c>
-      <c r="C9" s="163" t="s">
+      <c r="C9" s="162" t="s">
         <v>73</v>
       </c>
-      <c r="D9" s="164">
+      <c r="D9" s="163">
         <v>31084.47</v>
       </c>
-      <c r="E9" s="165">
+      <c r="E9" s="164">
         <f>D9</f>
         <v>31084.47</v>
       </c>
-      <c r="F9" s="166"/>
-[...1 lines deleted...]
-      <c r="H9" s="166">
+      <c r="F9" s="165"/>
+      <c r="G9" s="165"/>
+      <c r="H9" s="165">
         <f>E9</f>
         <v>31084.47</v>
       </c>
-      <c r="I9" s="167"/>
+      <c r="I9" s="166"/>
     </row>
     <row r="10" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="162"/>
-[...3 lines deleted...]
-      <c r="E10" s="165">
+      <c r="A10" s="161"/>
+      <c r="B10" s="167"/>
+      <c r="C10" s="162"/>
+      <c r="D10" s="164"/>
+      <c r="E10" s="164">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
         <v>31084.47</v>
       </c>
       <c r="F10" s="150"/>
-      <c r="G10" s="166">
+      <c r="G10" s="165">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="166">
+      <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
         <v>31084.47</v>
       </c>
-      <c r="I10" s="167"/>
+      <c r="I10" s="166"/>
     </row>
     <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="162"/>
+      <c r="A11" s="161"/>
       <c r="B11" s="158"/>
-      <c r="C11" s="163"/>
-[...1 lines deleted...]
-      <c r="E11" s="165">
+      <c r="C11" s="162"/>
+      <c r="D11" s="164"/>
+      <c r="E11" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
       <c r="F11" s="150"/>
-      <c r="G11" s="166">
+      <c r="G11" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H11" s="166">
+      <c r="H11" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I11" s="167"/>
+      <c r="I11" s="166"/>
     </row>
     <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="162"/>
+      <c r="A12" s="161"/>
       <c r="B12" s="158"/>
-      <c r="C12" s="163"/>
-[...1 lines deleted...]
-      <c r="E12" s="165">
+      <c r="C12" s="162"/>
+      <c r="D12" s="164"/>
+      <c r="E12" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
-      <c r="F12" s="169"/>
-      <c r="G12" s="166">
+      <c r="F12" s="168"/>
+      <c r="G12" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H12" s="166">
+      <c r="H12" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I12" s="167"/>
+      <c r="I12" s="166"/>
     </row>
     <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="162"/>
+      <c r="A13" s="161"/>
       <c r="B13" s="158"/>
-      <c r="C13" s="163"/>
-[...1 lines deleted...]
-      <c r="E13" s="165">
+      <c r="C13" s="162"/>
+      <c r="D13" s="164"/>
+      <c r="E13" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
-      <c r="F13" s="169"/>
-      <c r="G13" s="166">
+      <c r="F13" s="168"/>
+      <c r="G13" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H13" s="166">
+      <c r="H13" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I13" s="167"/>
+      <c r="I13" s="166"/>
     </row>
     <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="162"/>
+      <c r="A14" s="161"/>
       <c r="B14" s="158"/>
-      <c r="C14" s="163"/>
-[...1 lines deleted...]
-      <c r="E14" s="165">
+      <c r="C14" s="162"/>
+      <c r="D14" s="164"/>
+      <c r="E14" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
-      <c r="F14" s="166"/>
-      <c r="G14" s="166">
+      <c r="F14" s="165"/>
+      <c r="G14" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H14" s="166">
+      <c r="H14" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I14" s="167"/>
+      <c r="I14" s="166"/>
     </row>
     <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="162"/>
+      <c r="A15" s="161"/>
       <c r="B15" s="158"/>
-      <c r="C15" s="163"/>
-[...1 lines deleted...]
-      <c r="E15" s="165">
+      <c r="C15" s="162"/>
+      <c r="D15" s="164"/>
+      <c r="E15" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
-      <c r="F15" s="169"/>
-      <c r="G15" s="166">
+      <c r="F15" s="168"/>
+      <c r="G15" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H15" s="166">
+      <c r="H15" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I15" s="167"/>
+      <c r="I15" s="166"/>
     </row>
     <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="162"/>
+      <c r="A16" s="161"/>
       <c r="B16" s="158"/>
-      <c r="C16" s="163"/>
-[...1 lines deleted...]
-      <c r="E16" s="165">
+      <c r="C16" s="162"/>
+      <c r="D16" s="164"/>
+      <c r="E16" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
-      <c r="F16" s="169"/>
-      <c r="G16" s="166">
+      <c r="F16" s="168"/>
+      <c r="G16" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H16" s="166">
+      <c r="H16" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I16" s="167"/>
+      <c r="I16" s="166"/>
     </row>
     <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="162"/>
+      <c r="A17" s="161"/>
       <c r="B17" s="158"/>
-      <c r="C17" s="163"/>
-[...1 lines deleted...]
-      <c r="E17" s="165">
+      <c r="C17" s="162"/>
+      <c r="D17" s="164"/>
+      <c r="E17" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
-      <c r="F17" s="169"/>
-      <c r="G17" s="166">
+      <c r="F17" s="168"/>
+      <c r="G17" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H17" s="166">
+      <c r="H17" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I17" s="167"/>
+      <c r="I17" s="166"/>
     </row>
     <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="162"/>
+      <c r="A18" s="161"/>
       <c r="B18" s="158"/>
-      <c r="C18" s="163"/>
-[...1 lines deleted...]
-      <c r="E18" s="165">
+      <c r="C18" s="162"/>
+      <c r="D18" s="164"/>
+      <c r="E18" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
-      <c r="F18" s="169"/>
-      <c r="G18" s="166">
+      <c r="F18" s="168"/>
+      <c r="G18" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H18" s="166">
+      <c r="H18" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I18" s="167"/>
+      <c r="I18" s="166"/>
     </row>
     <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="162"/>
+      <c r="A19" s="161"/>
       <c r="B19" s="158"/>
-      <c r="C19" s="163"/>
-[...1 lines deleted...]
-      <c r="E19" s="165">
+      <c r="C19" s="162"/>
+      <c r="D19" s="164"/>
+      <c r="E19" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
-      <c r="F19" s="166"/>
-      <c r="G19" s="166">
+      <c r="F19" s="165"/>
+      <c r="G19" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H19" s="166">
+      <c r="H19" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I19" s="167"/>
+      <c r="I19" s="166"/>
     </row>
     <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="162"/>
+      <c r="A20" s="161"/>
       <c r="B20" s="158"/>
-      <c r="C20" s="163"/>
-[...1 lines deleted...]
-      <c r="E20" s="165">
+      <c r="C20" s="162"/>
+      <c r="D20" s="164"/>
+      <c r="E20" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
-      <c r="F20" s="166"/>
-      <c r="G20" s="166">
+      <c r="F20" s="165"/>
+      <c r="G20" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H20" s="166">
+      <c r="H20" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I20" s="167"/>
+      <c r="I20" s="166"/>
     </row>
     <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="162"/>
+      <c r="A21" s="161"/>
       <c r="B21" s="158"/>
-      <c r="C21" s="170"/>
-[...1 lines deleted...]
-      <c r="E21" s="165">
+      <c r="C21" s="169"/>
+      <c r="D21" s="164"/>
+      <c r="E21" s="164">
         <f t="shared" si="0"/>
         <v>31084.47</v>
       </c>
-      <c r="F21" s="166"/>
-      <c r="G21" s="166">
+      <c r="F21" s="165"/>
+      <c r="G21" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H21" s="166">
+      <c r="H21" s="165">
         <f t="shared" si="2"/>
         <v>31084.47</v>
       </c>
-      <c r="I21" s="167"/>
+      <c r="I21" s="166"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="162"/>
-[...7 lines deleted...]
-      <c r="I22" s="167"/>
+      <c r="A22" s="161"/>
+      <c r="B22" s="162"/>
+      <c r="C22" s="197"/>
+      <c r="D22" s="165"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="165"/>
+      <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="162"/>
-[...1 lines deleted...]
-      <c r="C23" s="200" t="s">
+      <c r="A23" s="161"/>
+      <c r="B23" s="198"/>
+      <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
-      <c r="D23" s="201">
+      <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
         <v>31084.47</v>
       </c>
-      <c r="E23" s="201"/>
-      <c r="F23" s="201">
+      <c r="E23" s="200"/>
+      <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="201"/>
-      <c r="H23" s="201">
+      <c r="G23" s="200"/>
+      <c r="H23" s="200">
         <f>D23-F23</f>
         <v>31084.47</v>
       </c>
-      <c r="I23" s="167"/>
+      <c r="I23" s="166"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C25" s="163"/>
+      <c r="C25" s="162"/>
     </row>
     <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C26" s="163" t="s">
+      <c r="C26" s="162" t="s">
         <v>179</v>
       </c>
-      <c r="D26" s="166">
+      <c r="D26" s="165">
         <v>178522.14</v>
       </c>
-      <c r="E26" s="166"/>
-[...2 lines deleted...]
-      <c r="H26" s="166">
+      <c r="E26" s="165"/>
+      <c r="F26" s="165"/>
+      <c r="G26" s="165"/>
+      <c r="H26" s="165">
         <f t="shared" ref="H26:H28" si="3">D26-F26</f>
         <v>178522.14</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C27" s="163" t="s">
+      <c r="C27" s="162" t="s">
         <v>89</v>
       </c>
-      <c r="D27" s="166">
+      <c r="D27" s="165">
         <v>25000</v>
       </c>
-      <c r="E27" s="166"/>
-[...2 lines deleted...]
-      <c r="H27" s="166">
+      <c r="E27" s="165"/>
+      <c r="F27" s="165"/>
+      <c r="G27" s="165"/>
+      <c r="H27" s="165">
         <f t="shared" si="3"/>
         <v>25000</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C28" s="163" t="s">
+      <c r="C28" s="162" t="s">
         <v>180</v>
       </c>
-      <c r="D28" s="202">
+      <c r="D28" s="201">
         <v>107325.33</v>
       </c>
-      <c r="E28" s="166"/>
-[...2 lines deleted...]
-      <c r="H28" s="202">
+      <c r="E28" s="165"/>
+      <c r="F28" s="165"/>
+      <c r="G28" s="165"/>
+      <c r="H28" s="201">
         <f t="shared" si="3"/>
         <v>107325.33</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="C29" s="203" t="s">
+      <c r="C29" s="202" t="s">
         <v>74</v>
       </c>
-      <c r="D29" s="201">
+      <c r="D29" s="200">
         <f>SUM(D26:D28)</f>
         <v>310847.47000000003</v>
       </c>
-      <c r="E29" s="204"/>
-      <c r="F29" s="201">
+      <c r="E29" s="203"/>
+      <c r="F29" s="200">
         <f>SUM(F26:F28)</f>
         <v>0</v>
       </c>
-      <c r="G29" s="204"/>
-      <c r="H29" s="201">
+      <c r="G29" s="203"/>
+      <c r="H29" s="200">
         <f>SUM(H26:H28)</f>
         <v>310847.47000000003</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="C30" s="152"/>
       <c r="D30" s="152"/>
       <c r="E30" s="152"/>
       <c r="F30" s="152"/>
       <c r="G30" s="152"/>
       <c r="H30" s="152"/>
     </row>
     <row r="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -4834,126 +4917,126 @@
       </c>
       <c r="E7" s="21" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="22" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="28.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="23">
         <v>0</v>
       </c>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
       <c r="G8" s="25"/>
     </row>
     <row r="9" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="189"/>
-[...5 lines deleted...]
-      <c r="G9" s="193"/>
+      <c r="A9" s="188"/>
+      <c r="B9" s="189"/>
+      <c r="C9" s="190"/>
+      <c r="D9" s="191"/>
+      <c r="E9" s="191"/>
+      <c r="F9" s="191"/>
+      <c r="G9" s="192"/>
     </row>
     <row r="10" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="189"/>
-      <c r="B10" s="190" t="s">
+      <c r="A10" s="188"/>
+      <c r="B10" s="189" t="s">
         <v>95</v>
       </c>
-      <c r="C10" s="191"/>
-      <c r="D10" s="194">
+      <c r="C10" s="190"/>
+      <c r="D10" s="193">
         <f>'#XXXX.XX Vendor A'!D23</f>
         <v>0</v>
       </c>
-      <c r="E10" s="194">
+      <c r="E10" s="193">
         <f>'#XXXX.XX Vendor A'!F23</f>
         <v>0</v>
       </c>
-      <c r="F10" s="194">
+      <c r="F10" s="193">
         <f>'#XXXX.XX Vendor A'!H23</f>
         <v>0</v>
       </c>
-      <c r="G10" s="193"/>
+      <c r="G10" s="192"/>
     </row>
     <row r="11" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="189"/>
-      <c r="B11" s="190" t="s">
+      <c r="A11" s="188"/>
+      <c r="B11" s="189" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="191"/>
-      <c r="D11" s="194">
+      <c r="C11" s="190"/>
+      <c r="D11" s="193">
         <f>'#XXXX.XX PM TIME'!E23</f>
         <v>0</v>
       </c>
-      <c r="E11" s="194">
+      <c r="E11" s="193">
         <f>'#XXXX.XX PM TIME'!G23</f>
         <v>0</v>
       </c>
-      <c r="F11" s="194">
+      <c r="F11" s="193">
         <f>'#XXXX.XX PM TIME'!I23</f>
         <v>0</v>
       </c>
-      <c r="G11" s="193"/>
+      <c r="G11" s="192"/>
     </row>
     <row r="12" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="189"/>
-      <c r="B12" s="190" t="s">
+      <c r="A12" s="188"/>
+      <c r="B12" s="189" t="s">
         <v>9</v>
       </c>
-      <c r="C12" s="192"/>
-      <c r="D12" s="195">
+      <c r="C12" s="191"/>
+      <c r="D12" s="194">
         <f>'#XXXX.XX Misc'!G22</f>
         <v>0</v>
       </c>
-      <c r="E12" s="195">
+      <c r="E12" s="194">
         <f>'#XXXX.XX Misc'!H22</f>
         <v>0</v>
       </c>
-      <c r="F12" s="194">
+      <c r="F12" s="193">
         <f>D12-E12</f>
         <v>0</v>
       </c>
-      <c r="G12" s="193"/>
+      <c r="G12" s="192"/>
     </row>
     <row r="13" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="196"/>
-[...5 lines deleted...]
-      <c r="G13" s="197"/>
+      <c r="A13" s="195"/>
+      <c r="B13" s="189"/>
+      <c r="C13" s="191"/>
+      <c r="D13" s="194"/>
+      <c r="E13" s="194"/>
+      <c r="F13" s="193"/>
+      <c r="G13" s="196"/>
     </row>
     <row r="14" spans="1:7" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="26"/>
       <c r="B14" s="27" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="28">
         <f>SUM(C8:C13)</f>
         <v>0</v>
       </c>
       <c r="D14" s="28">
         <f>SUM(D8:D13)</f>
         <v>0</v>
       </c>
       <c r="E14" s="28">
         <f>SUM(E8:E13)</f>
         <v>0</v>
       </c>
       <c r="F14" s="28">
         <f>SUM(D14-E14)</f>
         <v>0</v>
       </c>
       <c r="G14" s="28">
         <f>C8-D14</f>
         <v>0</v>
@@ -5171,418 +5254,418 @@
       </c>
       <c r="B8" s="51" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="52" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="53" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="53" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="30"/>
     </row>
     <row r="9" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="162"/>
+      <c r="A9" s="161"/>
       <c r="B9" s="158"/>
-      <c r="C9" s="163"/>
-[...1 lines deleted...]
-      <c r="E9" s="165">
+      <c r="C9" s="162"/>
+      <c r="D9" s="209"/>
+      <c r="E9" s="164">
         <f>D9</f>
         <v>0</v>
       </c>
-      <c r="F9" s="166"/>
-[...1 lines deleted...]
-      <c r="H9" s="166">
+      <c r="F9" s="165"/>
+      <c r="G9" s="165"/>
+      <c r="H9" s="165">
         <f>E9</f>
         <v>0</v>
       </c>
-      <c r="I9" s="167"/>
+      <c r="I9" s="166"/>
     </row>
     <row r="10" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="162"/>
-[...3 lines deleted...]
-      <c r="E10" s="165">
+      <c r="A10" s="161"/>
+      <c r="B10" s="167"/>
+      <c r="C10" s="162"/>
+      <c r="D10" s="164"/>
+      <c r="E10" s="164">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
         <v>0</v>
       </c>
-      <c r="F10" s="169"/>
-      <c r="G10" s="166">
+      <c r="F10" s="168"/>
+      <c r="G10" s="165">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="166">
+      <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
         <v>0</v>
       </c>
-      <c r="I10" s="167"/>
+      <c r="I10" s="166"/>
     </row>
     <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="162"/>
+      <c r="A11" s="161"/>
       <c r="B11" s="158"/>
-      <c r="C11" s="163"/>
-[...6 lines deleted...]
-      <c r="G11" s="166">
+      <c r="C11" s="162"/>
+      <c r="D11" s="164"/>
+      <c r="E11" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F11" s="168"/>
+      <c r="G11" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H11" s="166">
+      <c r="H11" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I11" s="167"/>
+      <c r="I11" s="166"/>
     </row>
     <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="162"/>
+      <c r="A12" s="161"/>
       <c r="B12" s="158"/>
-      <c r="C12" s="163"/>
-[...6 lines deleted...]
-      <c r="G12" s="166">
+      <c r="C12" s="162"/>
+      <c r="D12" s="164"/>
+      <c r="E12" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F12" s="168"/>
+      <c r="G12" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H12" s="166">
+      <c r="H12" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I12" s="167"/>
+      <c r="I12" s="166"/>
     </row>
     <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="162"/>
+      <c r="A13" s="161"/>
       <c r="B13" s="158"/>
-      <c r="C13" s="163"/>
-[...6 lines deleted...]
-      <c r="G13" s="166">
+      <c r="C13" s="162"/>
+      <c r="D13" s="164"/>
+      <c r="E13" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F13" s="168"/>
+      <c r="G13" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H13" s="166">
+      <c r="H13" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I13" s="167"/>
+      <c r="I13" s="166"/>
     </row>
     <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="162"/>
+      <c r="A14" s="161"/>
       <c r="B14" s="158"/>
-      <c r="C14" s="163"/>
-[...6 lines deleted...]
-      <c r="G14" s="166">
+      <c r="C14" s="162"/>
+      <c r="D14" s="164"/>
+      <c r="E14" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F14" s="165"/>
+      <c r="G14" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H14" s="166">
+      <c r="H14" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I14" s="167"/>
+      <c r="I14" s="166"/>
     </row>
     <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="162"/>
+      <c r="A15" s="161"/>
       <c r="B15" s="158"/>
-      <c r="C15" s="163"/>
-[...6 lines deleted...]
-      <c r="G15" s="166">
+      <c r="C15" s="162"/>
+      <c r="D15" s="164"/>
+      <c r="E15" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F15" s="168"/>
+      <c r="G15" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H15" s="166">
+      <c r="H15" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I15" s="167"/>
+      <c r="I15" s="166"/>
     </row>
     <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="162"/>
+      <c r="A16" s="161"/>
       <c r="B16" s="158"/>
-      <c r="C16" s="163"/>
-[...6 lines deleted...]
-      <c r="G16" s="166">
+      <c r="C16" s="162"/>
+      <c r="D16" s="164"/>
+      <c r="E16" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F16" s="168"/>
+      <c r="G16" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H16" s="166">
+      <c r="H16" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I16" s="167"/>
+      <c r="I16" s="166"/>
     </row>
     <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="162"/>
+      <c r="A17" s="161"/>
       <c r="B17" s="158"/>
-      <c r="C17" s="163"/>
-[...6 lines deleted...]
-      <c r="G17" s="166">
+      <c r="C17" s="162"/>
+      <c r="D17" s="164"/>
+      <c r="E17" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F17" s="168"/>
+      <c r="G17" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H17" s="166">
+      <c r="H17" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I17" s="167"/>
+      <c r="I17" s="166"/>
     </row>
     <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="162"/>
+      <c r="A18" s="161"/>
       <c r="B18" s="158"/>
-      <c r="C18" s="163"/>
-[...6 lines deleted...]
-      <c r="G18" s="166">
+      <c r="C18" s="162"/>
+      <c r="D18" s="164"/>
+      <c r="E18" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F18" s="168"/>
+      <c r="G18" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H18" s="166">
+      <c r="H18" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I18" s="167"/>
+      <c r="I18" s="166"/>
     </row>
     <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="162"/>
+      <c r="A19" s="161"/>
       <c r="B19" s="158"/>
-      <c r="C19" s="163"/>
-[...6 lines deleted...]
-      <c r="G19" s="166">
+      <c r="C19" s="162"/>
+      <c r="D19" s="164"/>
+      <c r="E19" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F19" s="165"/>
+      <c r="G19" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H19" s="166">
+      <c r="H19" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I19" s="167"/>
+      <c r="I19" s="166"/>
     </row>
     <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="162"/>
+      <c r="A20" s="161"/>
       <c r="B20" s="158"/>
-      <c r="C20" s="163"/>
-[...6 lines deleted...]
-      <c r="G20" s="166">
+      <c r="C20" s="162"/>
+      <c r="D20" s="164"/>
+      <c r="E20" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F20" s="165"/>
+      <c r="G20" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H20" s="166">
+      <c r="H20" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I20" s="167"/>
+      <c r="I20" s="166"/>
     </row>
     <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="162"/>
+      <c r="A21" s="161"/>
       <c r="B21" s="158"/>
-      <c r="C21" s="170"/>
-[...6 lines deleted...]
-      <c r="G21" s="166">
+      <c r="C21" s="169"/>
+      <c r="D21" s="164"/>
+      <c r="E21" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F21" s="165"/>
+      <c r="G21" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H21" s="166">
+      <c r="H21" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I21" s="167"/>
+      <c r="I21" s="166"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="162"/>
-[...7 lines deleted...]
-      <c r="I22" s="167"/>
+      <c r="A22" s="161"/>
+      <c r="B22" s="162"/>
+      <c r="C22" s="197"/>
+      <c r="D22" s="165"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="165"/>
+      <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="162"/>
-[...1 lines deleted...]
-      <c r="C23" s="200" t="s">
+      <c r="A23" s="161"/>
+      <c r="B23" s="198"/>
+      <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
-      <c r="D23" s="201">
+      <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
         <v>0</v>
       </c>
-      <c r="E23" s="201"/>
-      <c r="F23" s="201">
+      <c r="E23" s="200"/>
+      <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="201"/>
-      <c r="H23" s="201">
+      <c r="G23" s="200"/>
+      <c r="H23" s="200">
         <f>D23-F23</f>
         <v>0</v>
       </c>
-      <c r="I23" s="167"/>
+      <c r="I23" s="166"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="162"/>
-[...7 lines deleted...]
-      <c r="I24" s="167"/>
+      <c r="A24" s="161"/>
+      <c r="B24" s="162"/>
+      <c r="C24" s="197"/>
+      <c r="D24" s="165"/>
+      <c r="E24" s="165"/>
+      <c r="F24" s="165"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="165"/>
+      <c r="I24" s="166"/>
     </row>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="162"/>
-[...7 lines deleted...]
-      <c r="I25" s="167"/>
+      <c r="A25" s="161"/>
+      <c r="B25" s="162"/>
+      <c r="C25" s="197"/>
+      <c r="D25" s="165"/>
+      <c r="E25" s="165"/>
+      <c r="F25" s="165"/>
+      <c r="G25" s="165"/>
+      <c r="H25" s="165"/>
+      <c r="I25" s="166"/>
     </row>
     <row r="26" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="162"/>
-[...1 lines deleted...]
-      <c r="C26" s="211" t="s">
+      <c r="A26" s="161"/>
+      <c r="B26" s="162"/>
+      <c r="C26" s="210" t="s">
         <v>99</v>
       </c>
-      <c r="D26" s="212">
-[...5 lines deleted...]
-      <c r="H26" s="212">
+      <c r="D26" s="211">
+        <v>0</v>
+      </c>
+      <c r="E26" s="211"/>
+      <c r="F26" s="211"/>
+      <c r="G26" s="211"/>
+      <c r="H26" s="211">
         <f>D26-F26</f>
         <v>0</v>
       </c>
-      <c r="I26" s="167"/>
+      <c r="I26" s="166"/>
     </row>
     <row r="27" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="162"/>
-[...1 lines deleted...]
-      <c r="C27" s="211" t="s">
+      <c r="A27" s="161"/>
+      <c r="B27" s="162"/>
+      <c r="C27" s="210" t="s">
         <v>100</v>
       </c>
-      <c r="D27" s="212">
-[...5 lines deleted...]
-      <c r="H27" s="212">
+      <c r="D27" s="211">
+        <v>0</v>
+      </c>
+      <c r="E27" s="211"/>
+      <c r="F27" s="211"/>
+      <c r="G27" s="211"/>
+      <c r="H27" s="211">
         <f>D27-F27</f>
         <v>0</v>
       </c>
-      <c r="I27" s="167"/>
+      <c r="I27" s="166"/>
     </row>
     <row r="28" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="162"/>
-[...1 lines deleted...]
-      <c r="C28" s="213" t="s">
+      <c r="A28" s="161"/>
+      <c r="B28" s="162"/>
+      <c r="C28" s="212" t="s">
         <v>74</v>
       </c>
-      <c r="D28" s="214">
+      <c r="D28" s="213">
         <f>SUM(D26:D27)</f>
         <v>0</v>
       </c>
-      <c r="E28" s="215"/>
-      <c r="F28" s="214">
+      <c r="E28" s="214"/>
+      <c r="F28" s="213">
         <f>SUM(F26:F27)</f>
         <v>0</v>
       </c>
-      <c r="G28" s="215"/>
-      <c r="H28" s="214">
+      <c r="G28" s="214"/>
+      <c r="H28" s="213">
         <f>SUM(H26:H27)</f>
         <v>0</v>
       </c>
-      <c r="I28" s="167"/>
+      <c r="I28" s="166"/>
     </row>
     <row r="29" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <conditionalFormatting sqref="I8:I23">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="greaterThan">
       <formula>$H$23</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;CDepartment of Administrative Services
 Major Maintenance 
 001S
 &amp;A
 &amp;D
 </oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-001S
 Reversion 6/30/2028
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -5795,355 +5878,355 @@
         <v>22</v>
       </c>
       <c r="D8" s="52" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="53" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="53" t="s">
         <v>18</v>
       </c>
       <c r="J8" s="30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="205"/>
+      <c r="A9" s="204"/>
       <c r="B9" s="158"/>
       <c r="C9" s="158"/>
-      <c r="D9" s="198" t="s">
+      <c r="D9" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E9" s="210"/>
-      <c r="F9" s="165">
+      <c r="E9" s="209"/>
+      <c r="F9" s="164">
         <f>E9</f>
         <v>0</v>
       </c>
-      <c r="G9" s="166"/>
-[...1 lines deleted...]
-      <c r="I9" s="166">
+      <c r="G9" s="165"/>
+      <c r="H9" s="165"/>
+      <c r="I9" s="165">
         <f>F9</f>
         <v>0</v>
       </c>
-      <c r="J9" s="167"/>
+      <c r="J9" s="166"/>
     </row>
     <row r="10" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="208"/>
-[...4 lines deleted...]
-      <c r="F10" s="165">
+      <c r="A10" s="207"/>
+      <c r="B10" s="167"/>
+      <c r="C10" s="167"/>
+      <c r="D10" s="197"/>
+      <c r="E10" s="164"/>
+      <c r="F10" s="164">
         <f t="shared" ref="F10:F21" si="0">F9+E10</f>
         <v>0</v>
       </c>
-      <c r="G10" s="169"/>
-      <c r="H10" s="166">
+      <c r="G10" s="168"/>
+      <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="1">H9+G10</f>
         <v>0</v>
       </c>
-      <c r="I10" s="166">
+      <c r="I10" s="165">
         <f t="shared" ref="I10:I21" si="2">I9-G10+E10</f>
         <v>0</v>
       </c>
-      <c r="J10" s="167"/>
+      <c r="J10" s="166"/>
     </row>
     <row r="11" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="209"/>
+      <c r="A11" s="208"/>
       <c r="B11" s="158"/>
       <c r="C11" s="158"/>
-      <c r="D11" s="198"/>
-[...6 lines deleted...]
-      <c r="H11" s="166">
+      <c r="D11" s="197"/>
+      <c r="E11" s="164"/>
+      <c r="F11" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G11" s="168"/>
+      <c r="H11" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I11" s="166">
+      <c r="I11" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J11" s="167"/>
+      <c r="J11" s="166"/>
     </row>
     <row r="12" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="209"/>
+      <c r="A12" s="208"/>
       <c r="B12" s="158"/>
       <c r="C12" s="158"/>
-      <c r="D12" s="198"/>
-[...6 lines deleted...]
-      <c r="H12" s="166">
+      <c r="D12" s="197"/>
+      <c r="E12" s="164"/>
+      <c r="F12" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G12" s="168"/>
+      <c r="H12" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I12" s="166">
+      <c r="I12" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J12" s="167"/>
+      <c r="J12" s="166"/>
     </row>
     <row r="13" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="209"/>
+      <c r="A13" s="208"/>
       <c r="B13" s="158"/>
       <c r="C13" s="158"/>
-      <c r="D13" s="198"/>
-[...6 lines deleted...]
-      <c r="H13" s="166">
+      <c r="D13" s="197"/>
+      <c r="E13" s="164"/>
+      <c r="F13" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G13" s="168"/>
+      <c r="H13" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I13" s="166">
+      <c r="I13" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J13" s="167"/>
+      <c r="J13" s="166"/>
     </row>
     <row r="14" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="209"/>
+      <c r="A14" s="208"/>
       <c r="B14" s="158"/>
       <c r="C14" s="158"/>
-      <c r="D14" s="198"/>
-[...6 lines deleted...]
-      <c r="H14" s="166">
+      <c r="D14" s="197"/>
+      <c r="E14" s="164"/>
+      <c r="F14" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G14" s="165"/>
+      <c r="H14" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I14" s="166">
+      <c r="I14" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J14" s="167"/>
+      <c r="J14" s="166"/>
     </row>
     <row r="15" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="209"/>
+      <c r="A15" s="208"/>
       <c r="B15" s="158"/>
       <c r="C15" s="158"/>
-      <c r="D15" s="198"/>
-[...6 lines deleted...]
-      <c r="H15" s="166">
+      <c r="D15" s="197"/>
+      <c r="E15" s="164"/>
+      <c r="F15" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G15" s="168"/>
+      <c r="H15" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I15" s="166">
+      <c r="I15" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J15" s="167"/>
+      <c r="J15" s="166"/>
     </row>
     <row r="16" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="209"/>
+      <c r="A16" s="208"/>
       <c r="B16" s="158"/>
       <c r="C16" s="158"/>
-      <c r="D16" s="198"/>
-[...6 lines deleted...]
-      <c r="H16" s="166">
+      <c r="D16" s="197"/>
+      <c r="E16" s="164"/>
+      <c r="F16" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G16" s="168"/>
+      <c r="H16" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I16" s="166">
+      <c r="I16" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J16" s="167"/>
+      <c r="J16" s="166"/>
     </row>
     <row r="17" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="209"/>
+      <c r="A17" s="208"/>
       <c r="B17" s="158"/>
       <c r="C17" s="158"/>
-      <c r="D17" s="198"/>
-[...6 lines deleted...]
-      <c r="H17" s="166">
+      <c r="D17" s="197"/>
+      <c r="E17" s="164"/>
+      <c r="F17" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G17" s="168"/>
+      <c r="H17" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I17" s="166">
+      <c r="I17" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J17" s="167"/>
+      <c r="J17" s="166"/>
     </row>
     <row r="18" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="209"/>
+      <c r="A18" s="208"/>
       <c r="B18" s="158"/>
       <c r="C18" s="158"/>
-      <c r="D18" s="198"/>
-[...6 lines deleted...]
-      <c r="H18" s="166">
+      <c r="D18" s="197"/>
+      <c r="E18" s="164"/>
+      <c r="F18" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G18" s="168"/>
+      <c r="H18" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I18" s="166">
+      <c r="I18" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J18" s="167"/>
+      <c r="J18" s="166"/>
     </row>
     <row r="19" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="205"/>
+      <c r="A19" s="204"/>
       <c r="B19" s="158"/>
       <c r="C19" s="158"/>
-      <c r="D19" s="198"/>
-[...6 lines deleted...]
-      <c r="H19" s="166">
+      <c r="D19" s="197"/>
+      <c r="E19" s="164"/>
+      <c r="F19" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G19" s="165"/>
+      <c r="H19" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I19" s="166">
+      <c r="I19" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J19" s="167"/>
+      <c r="J19" s="166"/>
     </row>
     <row r="20" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="205"/>
+      <c r="A20" s="204"/>
       <c r="B20" s="158"/>
       <c r="C20" s="158"/>
-      <c r="D20" s="198"/>
-[...6 lines deleted...]
-      <c r="H20" s="166">
+      <c r="D20" s="197"/>
+      <c r="E20" s="164"/>
+      <c r="F20" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G20" s="165"/>
+      <c r="H20" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I20" s="166">
+      <c r="I20" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J20" s="167"/>
+      <c r="J20" s="166"/>
     </row>
     <row r="21" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="205"/>
+      <c r="A21" s="204"/>
       <c r="B21" s="158"/>
       <c r="C21" s="158"/>
       <c r="D21" s="159"/>
-      <c r="E21" s="165"/>
-[...5 lines deleted...]
-      <c r="H21" s="166">
+      <c r="E21" s="164"/>
+      <c r="F21" s="164">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G21" s="165"/>
+      <c r="H21" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="I21" s="166">
+      <c r="I21" s="165">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="J21" s="167"/>
+      <c r="J21" s="166"/>
     </row>
     <row r="22" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="162"/>
-[...8 lines deleted...]
-      <c r="J22" s="167"/>
+      <c r="A22" s="161"/>
+      <c r="B22" s="162"/>
+      <c r="C22" s="162"/>
+      <c r="D22" s="197"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="165"/>
+      <c r="I22" s="165"/>
+      <c r="J22" s="166"/>
     </row>
     <row r="23" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="162"/>
-[...2 lines deleted...]
-      <c r="D23" s="200" t="s">
+      <c r="A23" s="161"/>
+      <c r="B23" s="198"/>
+      <c r="C23" s="198"/>
+      <c r="D23" s="199" t="s">
         <v>19</v>
       </c>
-      <c r="E23" s="201">
+      <c r="E23" s="200">
         <f>SUM(E9:E22)</f>
         <v>0</v>
       </c>
-      <c r="F23" s="201"/>
-      <c r="G23" s="201">
+      <c r="F23" s="200"/>
+      <c r="G23" s="200">
         <f>SUM(G9:G22)</f>
         <v>0</v>
       </c>
-      <c r="H23" s="201"/>
-      <c r="I23" s="201">
+      <c r="H23" s="200"/>
+      <c r="I23" s="200">
         <f>E23-G23</f>
         <v>0</v>
       </c>
-      <c r="J23" s="167"/>
+      <c r="J23" s="166"/>
     </row>
     <row r="24" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;CDepartment of Administrative Services
 Major Maintenance 
 001S
 &amp;A
 &amp;D
 </oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-001S
 Reversion 6/30/2028
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B19B79C-7C42-4B10-BBF3-09008ADE1F60}">
   <sheetPr>
     <tabColor indexed="30"/>
   </sheetPr>
@@ -6389,241 +6472,241 @@
         <v>27</v>
       </c>
       <c r="B8" s="51" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="62" t="s">
         <v>22</v>
       </c>
       <c r="D8" s="62" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="52" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>28</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="170"/>
+      <c r="A9" s="169"/>
       <c r="B9" s="158"/>
       <c r="C9" s="147"/>
       <c r="D9" s="147"/>
       <c r="E9" s="148"/>
       <c r="F9" s="149"/>
       <c r="G9" s="151"/>
       <c r="H9" s="151">
         <f>G9</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="216"/>
+      <c r="A10" s="215"/>
       <c r="B10" s="158"/>
-      <c r="C10" s="198"/>
-      <c r="D10" s="198"/>
+      <c r="C10" s="197"/>
+      <c r="D10" s="197"/>
       <c r="E10" s="159"/>
-      <c r="F10" s="195"/>
+      <c r="F10" s="194"/>
       <c r="G10" s="151"/>
       <c r="H10" s="151">
         <f>H9+G10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="216"/>
+      <c r="A11" s="215"/>
       <c r="B11" s="158"/>
       <c r="C11" s="158"/>
       <c r="D11" s="158"/>
       <c r="E11" s="159"/>
-      <c r="F11" s="195"/>
+      <c r="F11" s="194"/>
       <c r="G11" s="151"/>
       <c r="H11" s="151">
         <f t="shared" ref="H11:H20" si="0">H10+G11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="216" t="s">
+      <c r="A12" s="215" t="s">
         <v>1</v>
       </c>
       <c r="B12" s="158" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="158"/>
       <c r="D12" s="158"/>
       <c r="E12" s="159" t="s">
         <v>1</v>
       </c>
-      <c r="F12" s="195"/>
+      <c r="F12" s="194"/>
       <c r="G12" s="151"/>
       <c r="H12" s="151">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="216" t="s">
+      <c r="A13" s="215" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="158" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="158"/>
       <c r="D13" s="158"/>
       <c r="E13" s="159" t="s">
         <v>1</v>
       </c>
-      <c r="F13" s="195"/>
+      <c r="F13" s="194"/>
       <c r="G13" s="151"/>
       <c r="H13" s="151">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="216"/>
+      <c r="A14" s="215"/>
       <c r="B14" s="158"/>
       <c r="C14" s="158"/>
       <c r="D14" s="158"/>
       <c r="E14" s="159"/>
-      <c r="F14" s="195"/>
+      <c r="F14" s="194"/>
       <c r="G14" s="151"/>
       <c r="H14" s="151">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="216"/>
+      <c r="A15" s="215"/>
       <c r="B15" s="158"/>
       <c r="C15" s="158"/>
       <c r="D15" s="158"/>
-      <c r="E15" s="217"/>
-      <c r="F15" s="195"/>
+      <c r="E15" s="216"/>
+      <c r="F15" s="194"/>
       <c r="G15" s="151"/>
       <c r="H15" s="151">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="216"/>
+      <c r="A16" s="215"/>
       <c r="B16" s="158"/>
       <c r="C16" s="158"/>
       <c r="D16" s="158"/>
       <c r="E16" s="159"/>
-      <c r="F16" s="195"/>
+      <c r="F16" s="194"/>
       <c r="G16" s="151"/>
       <c r="H16" s="151">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="147"/>
       <c r="B17" s="158"/>
       <c r="C17" s="158"/>
       <c r="D17" s="158"/>
       <c r="E17" s="159"/>
-      <c r="F17" s="195"/>
+      <c r="F17" s="194"/>
       <c r="G17" s="151"/>
       <c r="H17" s="151">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="147"/>
       <c r="B18" s="158"/>
       <c r="C18" s="158"/>
       <c r="D18" s="158"/>
       <c r="E18" s="159"/>
-      <c r="F18" s="195"/>
+      <c r="F18" s="194"/>
       <c r="G18" s="151"/>
       <c r="H18" s="151">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="147"/>
       <c r="B19" s="158"/>
       <c r="C19" s="158"/>
       <c r="D19" s="158"/>
       <c r="E19" s="159"/>
-      <c r="F19" s="195"/>
+      <c r="F19" s="194"/>
       <c r="G19" s="151"/>
       <c r="H19" s="151">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="147"/>
       <c r="B20" s="158"/>
       <c r="C20" s="158"/>
       <c r="D20" s="158"/>
       <c r="E20" s="159"/>
-      <c r="F20" s="195"/>
+      <c r="F20" s="194"/>
       <c r="G20" s="151"/>
       <c r="H20" s="151">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="147"/>
-      <c r="B21" s="198"/>
-[...1 lines deleted...]
-      <c r="D21" s="198"/>
+      <c r="B21" s="197"/>
+      <c r="C21" s="197"/>
+      <c r="D21" s="197"/>
       <c r="E21" s="159"/>
       <c r="F21" s="151"/>
       <c r="G21" s="159"/>
       <c r="H21" s="151"/>
     </row>
     <row r="22" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="218"/>
-[...3 lines deleted...]
-      <c r="E22" s="219" t="s">
+      <c r="A22" s="217"/>
+      <c r="B22" s="202"/>
+      <c r="C22" s="202"/>
+      <c r="D22" s="202"/>
+      <c r="E22" s="218" t="s">
         <v>19</v>
       </c>
-      <c r="F22" s="220"/>
-      <c r="G22" s="201">
+      <c r="F22" s="219"/>
+      <c r="G22" s="200">
         <f>SUM(G9:G21)</f>
         <v>0</v>
       </c>
-      <c r="H22" s="220"/>
+      <c r="H22" s="219"/>
     </row>
     <row r="23" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="24" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="27" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;CDepartment of Administrative Services
 Major Maintenance 
 001S
 &amp;A
 &amp;D
 </oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-001S
 Reversion 6/30/2028
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5D39CD2-D880-4FB3-B34B-0B4B732DD131}">
@@ -6749,51 +6832,51 @@
       <c r="F2" s="83" t="s">
         <v>34</v>
       </c>
       <c r="G2" s="84" t="s">
         <v>35</v>
       </c>
       <c r="H2" s="82" t="s">
         <v>36</v>
       </c>
       <c r="I2" s="82" t="s">
         <v>37</v>
       </c>
       <c r="J2" s="84" t="s">
         <v>38</v>
       </c>
       <c r="K2" s="82" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A3" s="85"/>
       <c r="B3" s="86"/>
       <c r="C3" s="87" t="s">
         <v>59</v>
       </c>
-      <c r="D3" s="269">
+      <c r="D3" s="268">
         <f>'[1]Appr 60 Capitol Stairs'!$D$3</f>
         <v>5000000</v>
       </c>
       <c r="E3" s="88"/>
       <c r="F3" s="88"/>
       <c r="G3" s="88"/>
       <c r="H3" s="88"/>
       <c r="I3" s="76"/>
       <c r="J3" s="77"/>
       <c r="K3" s="77"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A4" s="85"/>
       <c r="B4" s="86"/>
       <c r="C4" s="87" t="s">
         <v>34</v>
       </c>
       <c r="D4" s="89">
         <f>F40</f>
         <v>0</v>
       </c>
       <c r="E4" s="88"/>
       <c r="F4" s="88"/>
       <c r="G4" s="88"/>
       <c r="H4" s="88"/>
@@ -6934,650 +7017,650 @@
       <c r="C13" s="103"/>
       <c r="D13" s="104"/>
       <c r="E13" s="105" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="106" t="s">
         <v>47</v>
       </c>
       <c r="G13" s="106" t="s">
         <v>48</v>
       </c>
       <c r="H13" s="106" t="s">
         <v>47</v>
       </c>
       <c r="I13" s="106" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="106" t="s">
         <v>47</v>
       </c>
       <c r="K13" s="106" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="171"/>
-[...1 lines deleted...]
-      <c r="C14" s="173" t="s">
+      <c r="A14" s="170"/>
+      <c r="B14" s="171"/>
+      <c r="C14" s="172" t="s">
         <v>49</v>
       </c>
-      <c r="D14" s="174"/>
+      <c r="D14" s="173"/>
       <c r="E14" s="105"/>
-      <c r="F14" s="175"/>
-[...4 lines deleted...]
-      <c r="K14" s="176"/>
+      <c r="F14" s="174"/>
+      <c r="G14" s="175"/>
+      <c r="H14" s="175"/>
+      <c r="I14" s="175"/>
+      <c r="J14" s="175"/>
+      <c r="K14" s="175"/>
     </row>
     <row r="15" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="171"/>
-      <c r="B15" s="172" t="s">
+      <c r="A15" s="170"/>
+      <c r="B15" s="171" t="s">
         <v>60</v>
       </c>
-      <c r="C15" s="177" t="s">
+      <c r="C15" s="176" t="s">
         <v>57</v>
       </c>
-      <c r="D15" s="174" t="s">
+      <c r="D15" s="173" t="s">
         <v>58</v>
       </c>
-      <c r="E15" s="178">
+      <c r="E15" s="177">
         <v>5000000</v>
       </c>
-      <c r="F15" s="174"/>
-      <c r="G15" s="178">
+      <c r="F15" s="173"/>
+      <c r="G15" s="177">
         <f t="shared" ref="G15:G37" si="0">E15+F15</f>
         <v>5000000</v>
       </c>
-      <c r="H15" s="174">
+      <c r="H15" s="173">
         <f>'RECAP #9485.00'!D20</f>
-        <v>2897474.23</v>
-[...1 lines deleted...]
-      <c r="I15" s="174">
+        <v>2908138.1999999997</v>
+      </c>
+      <c r="I15" s="173">
         <f>'RECAP #9485.00'!E20</f>
-        <v>80221.01999999999</v>
-[...1 lines deleted...]
-      <c r="J15" s="174">
+        <v>99983.34</v>
+      </c>
+      <c r="J15" s="173">
         <f>'RECAP #9485.00'!F20</f>
-        <v>2817253.21</v>
-[...1 lines deleted...]
-      <c r="K15" s="174">
+        <v>2808154.86</v>
+      </c>
+      <c r="K15" s="173">
         <f>'RECAP #9485.00'!G20</f>
-        <v>2102525.77</v>
+        <v>2091861.8000000003</v>
       </c>
     </row>
     <row r="16" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="171"/>
-[...12 lines deleted...]
-      <c r="K16" s="174"/>
+      <c r="A16" s="170"/>
+      <c r="B16" s="171"/>
+      <c r="C16" s="176"/>
+      <c r="D16" s="173"/>
+      <c r="E16" s="177"/>
+      <c r="F16" s="173"/>
+      <c r="G16" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H16" s="173"/>
+      <c r="I16" s="173"/>
+      <c r="J16" s="173"/>
+      <c r="K16" s="173"/>
     </row>
     <row r="17" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="171"/>
-[...12 lines deleted...]
-      <c r="K17" s="174"/>
+      <c r="A17" s="170"/>
+      <c r="B17" s="171"/>
+      <c r="C17" s="176"/>
+      <c r="D17" s="173"/>
+      <c r="E17" s="177"/>
+      <c r="F17" s="173"/>
+      <c r="G17" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H17" s="173"/>
+      <c r="I17" s="173"/>
+      <c r="J17" s="173"/>
+      <c r="K17" s="173"/>
     </row>
     <row r="18" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="171"/>
-[...12 lines deleted...]
-      <c r="K18" s="174"/>
+      <c r="A18" s="170"/>
+      <c r="B18" s="171"/>
+      <c r="C18" s="178"/>
+      <c r="D18" s="173"/>
+      <c r="E18" s="177"/>
+      <c r="F18" s="173"/>
+      <c r="G18" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H18" s="173"/>
+      <c r="I18" s="173"/>
+      <c r="J18" s="173"/>
+      <c r="K18" s="173"/>
     </row>
     <row r="19" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="171"/>
-[...12 lines deleted...]
-      <c r="K19" s="174"/>
+      <c r="A19" s="170"/>
+      <c r="B19" s="171"/>
+      <c r="C19" s="176"/>
+      <c r="D19" s="173"/>
+      <c r="E19" s="177"/>
+      <c r="F19" s="173"/>
+      <c r="G19" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H19" s="173"/>
+      <c r="I19" s="173"/>
+      <c r="J19" s="173"/>
+      <c r="K19" s="173"/>
     </row>
     <row r="20" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="171"/>
-[...12 lines deleted...]
-      <c r="K20" s="174"/>
+      <c r="A20" s="170"/>
+      <c r="B20" s="171"/>
+      <c r="C20" s="176"/>
+      <c r="D20" s="173"/>
+      <c r="E20" s="177"/>
+      <c r="F20" s="173"/>
+      <c r="G20" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H20" s="173"/>
+      <c r="I20" s="173"/>
+      <c r="J20" s="173"/>
+      <c r="K20" s="173"/>
     </row>
     <row r="21" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="171"/>
-[...12 lines deleted...]
-      <c r="K21" s="174"/>
+      <c r="A21" s="170"/>
+      <c r="B21" s="171"/>
+      <c r="C21" s="179"/>
+      <c r="D21" s="173"/>
+      <c r="E21" s="177"/>
+      <c r="F21" s="173"/>
+      <c r="G21" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H21" s="173"/>
+      <c r="I21" s="173"/>
+      <c r="J21" s="173"/>
+      <c r="K21" s="173"/>
     </row>
     <row r="22" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="171"/>
-[...12 lines deleted...]
-      <c r="K22" s="174"/>
+      <c r="A22" s="170"/>
+      <c r="B22" s="171"/>
+      <c r="C22" s="180"/>
+      <c r="D22" s="173"/>
+      <c r="E22" s="177"/>
+      <c r="F22" s="173"/>
+      <c r="G22" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H22" s="173"/>
+      <c r="I22" s="173"/>
+      <c r="J22" s="173"/>
+      <c r="K22" s="173"/>
     </row>
     <row r="23" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="171"/>
-[...12 lines deleted...]
-      <c r="K23" s="174"/>
+      <c r="A23" s="170"/>
+      <c r="B23" s="171"/>
+      <c r="C23" s="181"/>
+      <c r="D23" s="170"/>
+      <c r="E23" s="177"/>
+      <c r="F23" s="173"/>
+      <c r="G23" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H23" s="173"/>
+      <c r="I23" s="173"/>
+      <c r="J23" s="173"/>
+      <c r="K23" s="173"/>
     </row>
     <row r="24" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="171"/>
-[...12 lines deleted...]
-      <c r="K24" s="174"/>
+      <c r="A24" s="170"/>
+      <c r="B24" s="171"/>
+      <c r="C24" s="176"/>
+      <c r="D24" s="173"/>
+      <c r="E24" s="177"/>
+      <c r="F24" s="173"/>
+      <c r="G24" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H24" s="173"/>
+      <c r="I24" s="173"/>
+      <c r="J24" s="173"/>
+      <c r="K24" s="173"/>
     </row>
     <row r="25" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="183"/>
-[...12 lines deleted...]
-      <c r="K25" s="174"/>
+      <c r="A25" s="182"/>
+      <c r="B25" s="171"/>
+      <c r="C25" s="176"/>
+      <c r="D25" s="173"/>
+      <c r="E25" s="177"/>
+      <c r="F25" s="173"/>
+      <c r="G25" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H25" s="173"/>
+      <c r="I25" s="173"/>
+      <c r="J25" s="173"/>
+      <c r="K25" s="173"/>
     </row>
     <row r="26" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="171"/>
-[...12 lines deleted...]
-      <c r="K26" s="174"/>
+      <c r="A26" s="170"/>
+      <c r="B26" s="171"/>
+      <c r="C26" s="176"/>
+      <c r="D26" s="173"/>
+      <c r="E26" s="177"/>
+      <c r="F26" s="173"/>
+      <c r="G26" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H26" s="173"/>
+      <c r="I26" s="173"/>
+      <c r="J26" s="173"/>
+      <c r="K26" s="173"/>
     </row>
     <row r="27" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="184"/>
-[...12 lines deleted...]
-      <c r="K27" s="174"/>
+      <c r="A27" s="183"/>
+      <c r="B27" s="171"/>
+      <c r="C27" s="180"/>
+      <c r="D27" s="170"/>
+      <c r="E27" s="177"/>
+      <c r="F27" s="173"/>
+      <c r="G27" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H27" s="173"/>
+      <c r="I27" s="173"/>
+      <c r="J27" s="173"/>
+      <c r="K27" s="173"/>
     </row>
     <row r="28" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="184"/>
-      <c r="B28" s="172"/>
+      <c r="A28" s="183"/>
+      <c r="B28" s="171"/>
       <c r="C28" s="109"/>
-      <c r="D28" s="171"/>
-[...9 lines deleted...]
-      <c r="K28" s="174"/>
+      <c r="D28" s="170"/>
+      <c r="E28" s="177"/>
+      <c r="F28" s="173"/>
+      <c r="G28" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H28" s="173"/>
+      <c r="I28" s="173"/>
+      <c r="J28" s="173"/>
+      <c r="K28" s="173"/>
     </row>
     <row r="29" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="184"/>
-[...12 lines deleted...]
-      <c r="K29" s="174"/>
+      <c r="A29" s="183"/>
+      <c r="B29" s="171"/>
+      <c r="C29" s="179"/>
+      <c r="D29" s="170"/>
+      <c r="E29" s="177"/>
+      <c r="F29" s="173"/>
+      <c r="G29" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H29" s="173"/>
+      <c r="I29" s="173"/>
+      <c r="J29" s="173"/>
+      <c r="K29" s="173"/>
     </row>
     <row r="30" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="184"/>
-[...12 lines deleted...]
-      <c r="K30" s="174"/>
+      <c r="A30" s="183"/>
+      <c r="B30" s="171"/>
+      <c r="C30" s="184"/>
+      <c r="D30" s="170"/>
+      <c r="E30" s="177"/>
+      <c r="F30" s="173"/>
+      <c r="G30" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H30" s="173"/>
+      <c r="I30" s="173"/>
+      <c r="J30" s="173"/>
+      <c r="K30" s="173"/>
     </row>
     <row r="31" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="184"/>
-[...12 lines deleted...]
-      <c r="K31" s="174"/>
+      <c r="A31" s="183"/>
+      <c r="B31" s="171"/>
+      <c r="C31" s="184"/>
+      <c r="D31" s="170"/>
+      <c r="E31" s="177"/>
+      <c r="F31" s="173"/>
+      <c r="G31" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H31" s="173"/>
+      <c r="I31" s="173"/>
+      <c r="J31" s="173"/>
+      <c r="K31" s="173"/>
     </row>
     <row r="32" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="184"/>
-[...12 lines deleted...]
-      <c r="K32" s="174"/>
+      <c r="A32" s="183"/>
+      <c r="B32" s="171"/>
+      <c r="C32" s="185"/>
+      <c r="D32" s="170"/>
+      <c r="E32" s="177"/>
+      <c r="F32" s="173"/>
+      <c r="G32" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H32" s="173"/>
+      <c r="I32" s="173"/>
+      <c r="J32" s="173"/>
+      <c r="K32" s="173"/>
     </row>
     <row r="33" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="184"/>
-[...12 lines deleted...]
-      <c r="K33" s="174"/>
+      <c r="A33" s="183"/>
+      <c r="B33" s="171"/>
+      <c r="C33" s="184"/>
+      <c r="D33" s="170"/>
+      <c r="E33" s="177"/>
+      <c r="F33" s="173"/>
+      <c r="G33" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H33" s="173"/>
+      <c r="I33" s="173"/>
+      <c r="J33" s="173"/>
+      <c r="K33" s="173"/>
     </row>
     <row r="34" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="187"/>
-[...12 lines deleted...]
-      <c r="K34" s="174"/>
+      <c r="A34" s="186"/>
+      <c r="B34" s="171"/>
+      <c r="C34" s="184"/>
+      <c r="D34" s="170"/>
+      <c r="E34" s="177"/>
+      <c r="F34" s="173"/>
+      <c r="G34" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H34" s="173"/>
+      <c r="I34" s="173"/>
+      <c r="J34" s="187"/>
+      <c r="K34" s="173"/>
     </row>
     <row r="35" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="184"/>
-[...12 lines deleted...]
-      <c r="K35" s="174"/>
+      <c r="A35" s="183"/>
+      <c r="B35" s="171"/>
+      <c r="C35" s="184"/>
+      <c r="D35" s="170"/>
+      <c r="E35" s="177"/>
+      <c r="F35" s="173"/>
+      <c r="G35" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H35" s="173"/>
+      <c r="I35" s="173"/>
+      <c r="J35" s="173"/>
+      <c r="K35" s="173"/>
     </row>
     <row r="36" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="184"/>
-[...12 lines deleted...]
-      <c r="K36" s="174"/>
+      <c r="A36" s="183"/>
+      <c r="B36" s="171"/>
+      <c r="C36" s="184"/>
+      <c r="D36" s="170"/>
+      <c r="E36" s="177"/>
+      <c r="F36" s="173"/>
+      <c r="G36" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H36" s="173"/>
+      <c r="I36" s="173"/>
+      <c r="J36" s="173"/>
+      <c r="K36" s="173"/>
     </row>
     <row r="37" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="184"/>
-[...12 lines deleted...]
-      <c r="K37" s="174"/>
+      <c r="A37" s="183"/>
+      <c r="B37" s="171"/>
+      <c r="C37" s="184"/>
+      <c r="D37" s="170"/>
+      <c r="E37" s="177"/>
+      <c r="F37" s="173"/>
+      <c r="G37" s="177">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H37" s="173"/>
+      <c r="I37" s="173"/>
+      <c r="J37" s="173"/>
+      <c r="K37" s="173"/>
     </row>
     <row r="38" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="184"/>
-[...9 lines deleted...]
-      <c r="K38" s="174"/>
+      <c r="A38" s="183"/>
+      <c r="B38" s="171"/>
+      <c r="C38" s="184"/>
+      <c r="D38" s="170"/>
+      <c r="E38" s="177"/>
+      <c r="F38" s="177"/>
+      <c r="G38" s="177"/>
+      <c r="H38" s="173"/>
+      <c r="I38" s="173"/>
+      <c r="J38" s="173"/>
+      <c r="K38" s="173"/>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A39" s="108"/>
       <c r="B39" s="110"/>
       <c r="C39" s="111"/>
       <c r="D39" s="112"/>
       <c r="E39" s="107"/>
       <c r="F39" s="107"/>
       <c r="G39" s="107"/>
       <c r="H39" s="107"/>
       <c r="I39" s="107"/>
       <c r="J39" s="107"/>
       <c r="K39" s="107"/>
     </row>
     <row r="40" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="113"/>
       <c r="B40" s="114"/>
       <c r="C40" s="115" t="s">
         <v>50</v>
       </c>
       <c r="D40" s="116"/>
       <c r="E40" s="117">
         <f>SUM(E13:E39)</f>
         <v>5000000</v>
       </c>
       <c r="F40" s="117">
         <f t="shared" ref="F40:K40" si="1">SUM(F13:F39)</f>
         <v>0</v>
       </c>
       <c r="G40" s="117">
         <f t="shared" si="1"/>
         <v>5000000</v>
       </c>
       <c r="H40" s="117">
         <f t="shared" si="1"/>
-        <v>2897474.23</v>
+        <v>2908138.1999999997</v>
       </c>
       <c r="I40" s="117">
         <f t="shared" si="1"/>
-        <v>80221.01999999999</v>
+        <v>99983.34</v>
       </c>
       <c r="J40" s="117">
         <f t="shared" si="1"/>
-        <v>2817253.21</v>
+        <v>2808154.86</v>
       </c>
       <c r="K40" s="117">
         <f t="shared" si="1"/>
-        <v>2102525.77</v>
+        <v>2091861.8000000003</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="118"/>
       <c r="B41" s="119"/>
       <c r="C41" s="120"/>
       <c r="D41" s="121"/>
       <c r="E41" s="122"/>
       <c r="F41" s="122"/>
       <c r="G41" s="122"/>
       <c r="H41" s="122"/>
       <c r="I41" s="122"/>
       <c r="J41" s="123"/>
       <c r="K41" s="124"/>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A42" s="85"/>
       <c r="B42" s="125"/>
       <c r="C42" s="126"/>
       <c r="D42" s="89"/>
       <c r="E42" s="127"/>
       <c r="F42" s="127"/>
       <c r="G42" s="128" t="s">
         <v>51</v>
       </c>
       <c r="H42" s="127"/>
       <c r="I42" s="129"/>
       <c r="J42" s="130"/>
       <c r="K42" s="131">
         <f>E8</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="27" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="85"/>
       <c r="B43" s="132"/>
       <c r="C43" s="133" t="s">
         <v>52</v>
       </c>
       <c r="D43" s="134"/>
       <c r="E43" s="135"/>
       <c r="F43" s="135"/>
       <c r="G43" s="136" t="s">
         <v>53</v>
       </c>
       <c r="H43" s="135"/>
       <c r="I43" s="129"/>
       <c r="J43" s="130"/>
       <c r="K43" s="137">
         <f>SUM(K40:K42)</f>
-        <v>2102525.77</v>
+        <v>2091861.8000000003</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A44" s="85"/>
       <c r="B44" s="125"/>
       <c r="C44" s="138" t="s">
         <v>1</v>
       </c>
       <c r="D44" s="89"/>
       <c r="E44" s="94"/>
       <c r="F44" s="94"/>
       <c r="G44" s="139" t="s">
         <v>54</v>
       </c>
       <c r="H44" s="94"/>
       <c r="I44" s="76"/>
       <c r="J44" s="131">
         <f>E6</f>
         <v>5000000</v>
       </c>
       <c r="K44" s="77"/>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A45" s="85"/>
       <c r="B45" s="125"/>
       <c r="C45" s="126"/>
       <c r="D45" s="89"/>
       <c r="E45" s="94"/>
       <c r="F45" s="94"/>
       <c r="G45" s="140" t="s">
         <v>55</v>
       </c>
       <c r="H45" s="94"/>
       <c r="I45" s="76"/>
       <c r="J45" s="141">
         <f>H40*-1</f>
-        <v>-2897474.23</v>
+        <v>-2908138.1999999997</v>
       </c>
       <c r="K45" s="131">
         <f>SUM(J44:J45)</f>
-        <v>2102525.77</v>
+        <v>2091861.8000000003</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="85"/>
       <c r="B46" s="71"/>
       <c r="C46" s="126"/>
       <c r="D46" s="89"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="139" t="s">
         <v>56</v>
       </c>
       <c r="H46" s="94"/>
       <c r="I46" s="76"/>
       <c r="J46" s="77"/>
       <c r="K46" s="142">
         <f>K43-K45</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D
 </oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF966213-09BD-4D31-84F8-D965BC19C2CF}">
   <sheetPr codeName="Sheet175">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" customWidth="1"/>
     <col min="2" max="2" width="30.42578125" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
     <col min="4" max="4" width="17" customWidth="1"/>
     <col min="5" max="5" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="257" max="263" width="11.42578125" customWidth="1"/>
     <col min="513" max="519" width="11.42578125" customWidth="1"/>
     <col min="769" max="775" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1031" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1287" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1543" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1799" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2055" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2311" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2567" width="11.42578125" customWidth="1"/>
     <col min="2817" max="2823" width="11.42578125" customWidth="1"/>
     <col min="3073" max="3079" width="11.42578125" customWidth="1"/>
     <col min="3329" max="3335" width="11.42578125" customWidth="1"/>
@@ -7719,273 +7802,273 @@
       <c r="E7" s="21" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="22" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="28.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="23">
         <f>FINANCIAL!E15</f>
         <v>5000000</v>
       </c>
       <c r="D8" s="24"/>
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
       <c r="G8" s="25"/>
     </row>
     <row r="9" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="189"/>
-[...5 lines deleted...]
-      <c r="G9" s="193"/>
+      <c r="A9" s="188"/>
+      <c r="B9" s="189"/>
+      <c r="C9" s="190"/>
+      <c r="D9" s="191"/>
+      <c r="E9" s="191"/>
+      <c r="F9" s="191"/>
+      <c r="G9" s="192"/>
     </row>
     <row r="10" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="189"/>
-      <c r="B10" s="190" t="s">
+      <c r="A10" s="188"/>
+      <c r="B10" s="189" t="s">
         <v>68</v>
       </c>
-      <c r="C10" s="191"/>
-      <c r="D10" s="194">
+      <c r="C10" s="190"/>
+      <c r="D10" s="193">
         <f>'#9485.00 Neumann Monson'!D23</f>
         <v>54560</v>
       </c>
-      <c r="E10" s="194">
+      <c r="E10" s="193">
         <f>'#9485.00 Neumann Monson'!F23</f>
         <v>22506</v>
       </c>
-      <c r="F10" s="194">
+      <c r="F10" s="193">
         <f>'#9485.00 Neumann Monson'!H23</f>
         <v>32054</v>
       </c>
-      <c r="G10" s="193"/>
+      <c r="G10" s="192"/>
     </row>
     <row r="11" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="189"/>
-      <c r="B11" s="190" t="s">
+      <c r="A11" s="188"/>
+      <c r="B11" s="189" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="191"/>
-[...1 lines deleted...]
-        <f>'#9485.00 PM TIME'!E23</f>
+      <c r="C11" s="190"/>
+      <c r="D11" s="193">
+        <f>'#9485.00 PM TIME'!E26</f>
         <v>60000</v>
       </c>
-      <c r="E11" s="194">
-[...7 lines deleted...]
-      <c r="G11" s="193"/>
+      <c r="E11" s="193">
+        <f>'#9485.00 PM TIME'!G26</f>
+        <v>18127.830000000002</v>
+      </c>
+      <c r="F11" s="193">
+        <f>'#9485.00 PM TIME'!I26</f>
+        <v>41872.17</v>
+      </c>
+      <c r="G11" s="192"/>
     </row>
     <row r="12" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="189"/>
-      <c r="B12" s="190" t="s">
+      <c r="A12" s="188"/>
+      <c r="B12" s="189" t="s">
         <v>9</v>
       </c>
-      <c r="C12" s="192"/>
-[...8 lines deleted...]
-      <c r="F12" s="194">
+      <c r="C12" s="191"/>
+      <c r="D12" s="194">
+        <f>'#9485.00 Misc'!G29</f>
+        <v>32086.09</v>
+      </c>
+      <c r="E12" s="194">
+        <f>'#9485.00 Misc'!G29</f>
+        <v>32086.09</v>
+      </c>
+      <c r="F12" s="193">
         <f>D12-E12</f>
         <v>0</v>
       </c>
-      <c r="G12" s="193"/>
+      <c r="G12" s="192"/>
     </row>
     <row r="13" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="227" t="s">
+      <c r="A13" s="226" t="s">
         <v>176</v>
       </c>
-      <c r="B13" s="190" t="s">
+      <c r="B13" s="189" t="s">
         <v>82</v>
       </c>
-      <c r="C13" s="192"/>
-      <c r="D13" s="195">
+      <c r="C13" s="191"/>
+      <c r="D13" s="194">
         <f>'#9485.00 DCI Group'!D23</f>
         <v>20570.419999999998</v>
       </c>
-      <c r="E13" s="195">
+      <c r="E13" s="194">
         <f>'#9485.00 DCI Group'!F23</f>
         <v>20570.419999999998</v>
       </c>
-      <c r="F13" s="194">
+      <c r="F13" s="193">
         <f>'#9485.00 DCI Group'!H23</f>
         <v>0</v>
       </c>
-      <c r="G13" s="193"/>
+      <c r="G13" s="192"/>
     </row>
     <row r="14" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="189"/>
-      <c r="B14" s="190" t="s">
+      <c r="A14" s="188"/>
+      <c r="B14" s="189" t="s">
         <v>124</v>
       </c>
-      <c r="C14" s="192"/>
-      <c r="D14" s="195">
+      <c r="C14" s="191"/>
+      <c r="D14" s="194">
         <f>'#9485.00 Midwest Storage '!D23</f>
         <v>2201964.9699999997</v>
       </c>
-      <c r="E14" s="195">
+      <c r="E14" s="194">
         <f>'#9485.00 Midwest Storage '!F23</f>
         <v>0</v>
       </c>
-      <c r="F14" s="194">
+      <c r="F14" s="193">
         <f>'#9485.00 Midwest Storage '!H23</f>
         <v>2201964.9699999997</v>
       </c>
-      <c r="G14" s="193"/>
+      <c r="G14" s="192"/>
     </row>
     <row r="15" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="189"/>
-      <c r="B15" s="190" t="s">
+      <c r="A15" s="188"/>
+      <c r="B15" s="189" t="s">
         <v>156</v>
       </c>
-      <c r="C15" s="192"/>
-      <c r="D15" s="195">
+      <c r="C15" s="191"/>
+      <c r="D15" s="194">
         <f>'#9485.00 GTG Construction'!D23</f>
         <v>243169.25</v>
       </c>
-      <c r="E15" s="195">
+      <c r="E15" s="194">
         <f>'#9485.00 GTG Construction'!F23</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F15" s="194">
+        <v>6693</v>
+      </c>
+      <c r="F15" s="193">
         <f>'#9485.00 GTG Construction'!H23</f>
-        <v>243169.25</v>
-[...1 lines deleted...]
-      <c r="G15" s="193"/>
+        <v>236476.25</v>
+      </c>
+      <c r="G15" s="192"/>
     </row>
     <row r="16" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="189"/>
-      <c r="B16" s="190" t="s">
+      <c r="A16" s="188"/>
+      <c r="B16" s="189" t="s">
         <v>162</v>
       </c>
-      <c r="C16" s="192"/>
-      <c r="D16" s="195">
+      <c r="C16" s="191"/>
+      <c r="D16" s="194">
         <f>'#9485.00 Waldinger Corp'!D23</f>
         <v>256545</v>
       </c>
-      <c r="E16" s="195">
+      <c r="E16" s="194">
         <f>'#9485.00 Waldinger Corp'!F23</f>
         <v>0</v>
       </c>
-      <c r="F16" s="194">
+      <c r="F16" s="193">
         <f>'#9485.00 Waldinger Corp'!H23</f>
         <v>256545</v>
       </c>
-      <c r="G16" s="193"/>
+      <c r="G16" s="192"/>
     </row>
     <row r="17" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="189"/>
-      <c r="B17" s="190" t="s">
+      <c r="A17" s="188"/>
+      <c r="B17" s="189" t="s">
         <v>169</v>
       </c>
-      <c r="C17" s="192"/>
-      <c r="D17" s="195">
+      <c r="C17" s="191"/>
+      <c r="D17" s="194">
         <f>'#9485.00 JF Ahern'!D23</f>
         <v>8158</v>
       </c>
-      <c r="E17" s="195">
+      <c r="E17" s="194">
         <f>'#9485.00 JF Ahern'!F23</f>
         <v>0</v>
       </c>
-      <c r="F17" s="194">
+      <c r="F17" s="193">
         <f>'#9485.00 JF Ahern'!H23</f>
         <v>8158</v>
       </c>
-      <c r="G17" s="193"/>
+      <c r="G17" s="192"/>
     </row>
     <row r="18" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="189"/>
-      <c r="B18" s="190" t="s">
+      <c r="A18" s="188"/>
+      <c r="B18" s="189" t="s">
         <v>177</v>
       </c>
-      <c r="C18" s="192"/>
-      <c r="D18" s="195">
+      <c r="C18" s="191"/>
+      <c r="D18" s="194">
         <f>'#9485.00 DCI Group (2)'!D23</f>
         <v>31084.47</v>
       </c>
-      <c r="E18" s="195">
+      <c r="E18" s="194">
         <f>'#9485.00 DCI Group (2)'!F23</f>
         <v>0</v>
       </c>
-      <c r="F18" s="194">
+      <c r="F18" s="193">
         <f>'#9485.00 DCI Group (2)'!H23</f>
         <v>31084.47</v>
       </c>
-      <c r="G18" s="193"/>
+      <c r="G18" s="192"/>
     </row>
     <row r="19" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="196"/>
-[...5 lines deleted...]
-      <c r="G19" s="197"/>
+      <c r="A19" s="195"/>
+      <c r="B19" s="189"/>
+      <c r="C19" s="191"/>
+      <c r="D19" s="194"/>
+      <c r="E19" s="194"/>
+      <c r="F19" s="193"/>
+      <c r="G19" s="196"/>
     </row>
     <row r="20" spans="1:7" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="26"/>
       <c r="B20" s="27" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="28">
         <f>SUM(C8:C19)</f>
         <v>5000000</v>
       </c>
       <c r="D20" s="28">
         <f>SUM(D8:D19)</f>
-        <v>2897474.23</v>
+        <v>2908138.1999999997</v>
       </c>
       <c r="E20" s="28">
         <f>SUM(E8:E19)</f>
-        <v>80221.01999999999</v>
+        <v>99983.34</v>
       </c>
       <c r="F20" s="28">
         <f>SUM(D20-E20)</f>
-        <v>2817253.21</v>
+        <v>2808154.86</v>
       </c>
       <c r="G20" s="28">
         <f>C8-D20</f>
-        <v>2102525.77</v>
+        <v>2091861.8000000003</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="1.1334375000000001" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="88" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9F71C09-B22E-424F-8DDE-193BE8E67B71}">
   <sheetPr codeName="Sheet176">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I30"/>
@@ -8181,483 +8264,481 @@
         <v>12</v>
       </c>
       <c r="C8" s="52" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="53" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="53" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="162" t="s">
+      <c r="A9" s="161" t="s">
         <v>78</v>
       </c>
       <c r="B9" s="158">
         <v>45874</v>
       </c>
-      <c r="C9" s="163" t="s">
+      <c r="C9" s="162" t="s">
         <v>73</v>
       </c>
-      <c r="D9" s="164">
+      <c r="D9" s="163">
         <v>54560</v>
       </c>
-      <c r="E9" s="165">
+      <c r="E9" s="164">
         <f>D9</f>
         <v>54560</v>
       </c>
-      <c r="F9" s="166"/>
-[...1 lines deleted...]
-      <c r="H9" s="166">
+      <c r="F9" s="165"/>
+      <c r="G9" s="165"/>
+      <c r="H9" s="165">
         <f>E9</f>
         <v>54560</v>
       </c>
-      <c r="I9" s="167"/>
+      <c r="I9" s="166"/>
     </row>
     <row r="10" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="162" t="s">
+      <c r="A10" s="161" t="s">
         <v>101</v>
       </c>
-      <c r="B10" s="168">
+      <c r="B10" s="167">
         <v>45913</v>
       </c>
-      <c r="C10" s="163" t="s">
+      <c r="C10" s="162" t="s">
         <v>102</v>
       </c>
-      <c r="D10" s="165"/>
-      <c r="E10" s="165">
+      <c r="D10" s="164"/>
+      <c r="E10" s="164">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
         <v>54560</v>
       </c>
       <c r="F10" s="150">
         <v>22506</v>
       </c>
-      <c r="G10" s="166">
+      <c r="G10" s="165">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
         <v>22506</v>
       </c>
-      <c r="H10" s="166">
+      <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
         <v>32054</v>
       </c>
-      <c r="I10" s="167"/>
+      <c r="I10" s="166"/>
     </row>
     <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="162"/>
+      <c r="A11" s="161"/>
       <c r="B11" s="158"/>
-      <c r="C11" s="163"/>
-[...1 lines deleted...]
-      <c r="E11" s="165">
+      <c r="C11" s="162"/>
+      <c r="D11" s="164"/>
+      <c r="E11" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F11" s="169"/>
-      <c r="G11" s="166">
+      <c r="F11" s="168"/>
+      <c r="G11" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H11" s="166">
+      <c r="H11" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I11" s="167"/>
+      <c r="I11" s="166"/>
     </row>
     <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="162"/>
+      <c r="A12" s="161"/>
       <c r="B12" s="158"/>
-      <c r="C12" s="163"/>
-[...1 lines deleted...]
-      <c r="E12" s="165">
+      <c r="C12" s="162"/>
+      <c r="D12" s="164"/>
+      <c r="E12" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F12" s="169"/>
-      <c r="G12" s="166">
+      <c r="F12" s="168"/>
+      <c r="G12" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H12" s="166">
+      <c r="H12" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I12" s="167"/>
+      <c r="I12" s="166"/>
     </row>
     <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="162"/>
+      <c r="A13" s="161"/>
       <c r="B13" s="158"/>
-      <c r="C13" s="163"/>
-[...1 lines deleted...]
-      <c r="E13" s="165">
+      <c r="C13" s="162"/>
+      <c r="D13" s="164"/>
+      <c r="E13" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F13" s="169"/>
-      <c r="G13" s="166">
+      <c r="F13" s="168"/>
+      <c r="G13" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H13" s="166">
+      <c r="H13" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I13" s="167"/>
+      <c r="I13" s="166"/>
     </row>
     <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="162"/>
+      <c r="A14" s="161"/>
       <c r="B14" s="158"/>
-      <c r="C14" s="163"/>
-[...1 lines deleted...]
-      <c r="E14" s="165">
+      <c r="C14" s="162"/>
+      <c r="D14" s="164"/>
+      <c r="E14" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F14" s="166"/>
-      <c r="G14" s="166">
+      <c r="F14" s="165"/>
+      <c r="G14" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H14" s="166">
+      <c r="H14" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I14" s="167"/>
+      <c r="I14" s="166"/>
     </row>
     <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="162"/>
+      <c r="A15" s="161"/>
       <c r="B15" s="158"/>
-      <c r="C15" s="163"/>
-[...1 lines deleted...]
-      <c r="E15" s="165">
+      <c r="C15" s="162"/>
+      <c r="D15" s="164"/>
+      <c r="E15" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F15" s="169"/>
-      <c r="G15" s="166">
+      <c r="F15" s="168"/>
+      <c r="G15" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H15" s="166">
+      <c r="H15" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I15" s="167"/>
+      <c r="I15" s="166"/>
     </row>
     <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="162"/>
+      <c r="A16" s="161"/>
       <c r="B16" s="158"/>
-      <c r="C16" s="163"/>
-[...1 lines deleted...]
-      <c r="E16" s="165">
+      <c r="C16" s="162"/>
+      <c r="D16" s="164"/>
+      <c r="E16" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F16" s="169"/>
-      <c r="G16" s="166">
+      <c r="F16" s="168"/>
+      <c r="G16" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H16" s="166">
+      <c r="H16" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I16" s="167"/>
+      <c r="I16" s="166"/>
     </row>
     <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="162"/>
+      <c r="A17" s="161"/>
       <c r="B17" s="158"/>
-      <c r="C17" s="163"/>
-[...1 lines deleted...]
-      <c r="E17" s="165">
+      <c r="C17" s="162"/>
+      <c r="D17" s="164"/>
+      <c r="E17" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F17" s="169"/>
-      <c r="G17" s="166">
+      <c r="F17" s="168"/>
+      <c r="G17" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H17" s="166">
+      <c r="H17" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I17" s="167"/>
+      <c r="I17" s="166"/>
     </row>
     <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="162"/>
+      <c r="A18" s="161"/>
       <c r="B18" s="158"/>
-      <c r="C18" s="163"/>
-[...1 lines deleted...]
-      <c r="E18" s="165">
+      <c r="C18" s="162"/>
+      <c r="D18" s="164"/>
+      <c r="E18" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F18" s="169"/>
-      <c r="G18" s="166">
+      <c r="F18" s="168"/>
+      <c r="G18" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H18" s="166">
+      <c r="H18" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I18" s="167"/>
+      <c r="I18" s="166"/>
     </row>
     <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="162"/>
+      <c r="A19" s="161"/>
       <c r="B19" s="158"/>
-      <c r="C19" s="163"/>
-[...1 lines deleted...]
-      <c r="E19" s="165">
+      <c r="C19" s="162"/>
+      <c r="D19" s="164"/>
+      <c r="E19" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F19" s="166"/>
-      <c r="G19" s="166">
+      <c r="F19" s="165"/>
+      <c r="G19" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H19" s="166">
+      <c r="H19" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I19" s="167"/>
+      <c r="I19" s="166"/>
     </row>
     <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="162"/>
+      <c r="A20" s="161"/>
       <c r="B20" s="158"/>
-      <c r="C20" s="163"/>
-[...1 lines deleted...]
-      <c r="E20" s="165">
+      <c r="C20" s="162"/>
+      <c r="D20" s="164"/>
+      <c r="E20" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F20" s="166"/>
-      <c r="G20" s="166">
+      <c r="F20" s="165"/>
+      <c r="G20" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H20" s="166">
+      <c r="H20" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I20" s="167"/>
+      <c r="I20" s="166"/>
     </row>
     <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="162"/>
+      <c r="A21" s="161"/>
       <c r="B21" s="158"/>
-      <c r="C21" s="170"/>
-[...1 lines deleted...]
-      <c r="E21" s="165">
+      <c r="C21" s="169"/>
+      <c r="D21" s="164"/>
+      <c r="E21" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F21" s="166"/>
-      <c r="G21" s="166">
+      <c r="F21" s="165"/>
+      <c r="G21" s="165">
         <f t="shared" si="1"/>
         <v>22506</v>
       </c>
-      <c r="H21" s="166">
+      <c r="H21" s="165">
         <f t="shared" si="2"/>
         <v>32054</v>
       </c>
-      <c r="I21" s="167"/>
+      <c r="I21" s="166"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="162"/>
-[...7 lines deleted...]
-      <c r="I22" s="167"/>
+      <c r="A22" s="161"/>
+      <c r="B22" s="162"/>
+      <c r="C22" s="197"/>
+      <c r="D22" s="165"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="165"/>
+      <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="162"/>
-[...1 lines deleted...]
-      <c r="C23" s="200" t="s">
+      <c r="A23" s="161"/>
+      <c r="B23" s="198"/>
+      <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
-      <c r="D23" s="201">
+      <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
         <v>54560</v>
       </c>
-      <c r="E23" s="201"/>
-      <c r="F23" s="201">
+      <c r="E23" s="200"/>
+      <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
         <v>22506</v>
       </c>
-      <c r="G23" s="201"/>
-      <c r="H23" s="201">
+      <c r="G23" s="200"/>
+      <c r="H23" s="200">
         <f>D23-F23</f>
         <v>32054</v>
       </c>
-      <c r="I23" s="167"/>
+      <c r="I23" s="166"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="162"/>
-[...7 lines deleted...]
-      <c r="I24" s="167"/>
+      <c r="A24" s="161"/>
+      <c r="B24" s="162"/>
+      <c r="C24" s="197"/>
+      <c r="D24" s="165"/>
+      <c r="E24" s="165"/>
+      <c r="F24" s="165"/>
+      <c r="G24" s="165"/>
+      <c r="H24" s="165"/>
+      <c r="I24" s="166"/>
     </row>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="162"/>
-[...7 lines deleted...]
-      <c r="I25" s="167"/>
+      <c r="A25" s="161"/>
+      <c r="B25" s="162"/>
+      <c r="C25" s="197"/>
+      <c r="D25" s="165"/>
+      <c r="E25" s="165"/>
+      <c r="F25" s="165"/>
+      <c r="G25" s="165"/>
+      <c r="H25" s="165"/>
+      <c r="I25" s="166"/>
     </row>
     <row r="26" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="162"/>
-[...1 lines deleted...]
-      <c r="C26" s="198" t="s">
+      <c r="A26" s="161"/>
+      <c r="B26" s="162"/>
+      <c r="C26" s="197" t="s">
         <v>75</v>
       </c>
-      <c r="D26" s="166">
+      <c r="D26" s="165">
         <v>30008</v>
       </c>
-      <c r="E26" s="166"/>
-      <c r="F26" s="166">
+      <c r="E26" s="165"/>
+      <c r="F26" s="165">
         <f>22506</f>
         <v>22506</v>
       </c>
-      <c r="G26" s="166"/>
-      <c r="H26" s="166">
+      <c r="G26" s="165"/>
+      <c r="H26" s="165">
         <f t="shared" ref="H26:H28" si="3">D26-F26</f>
         <v>7502</v>
       </c>
-      <c r="I26" s="167"/>
+      <c r="I26" s="166"/>
     </row>
     <row r="27" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="162"/>
-[...1 lines deleted...]
-      <c r="C27" s="198" t="s">
+      <c r="A27" s="161"/>
+      <c r="B27" s="162"/>
+      <c r="C27" s="197" t="s">
         <v>76</v>
       </c>
-      <c r="D27" s="166">
+      <c r="D27" s="165">
         <v>8184</v>
       </c>
-      <c r="E27" s="166"/>
-[...2 lines deleted...]
-      <c r="H27" s="166">
+      <c r="E27" s="165"/>
+      <c r="F27" s="165"/>
+      <c r="G27" s="165"/>
+      <c r="H27" s="165">
         <f t="shared" si="3"/>
         <v>8184</v>
       </c>
-      <c r="I27" s="167"/>
+      <c r="I27" s="166"/>
     </row>
     <row r="28" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="162"/>
-[...1 lines deleted...]
-      <c r="C28" s="198" t="s">
+      <c r="A28" s="161"/>
+      <c r="B28" s="162"/>
+      <c r="C28" s="197" t="s">
         <v>77</v>
       </c>
-      <c r="D28" s="202">
+      <c r="D28" s="201">
         <v>16368</v>
       </c>
-      <c r="E28" s="166"/>
-[...2 lines deleted...]
-      <c r="H28" s="202">
+      <c r="E28" s="165"/>
+      <c r="F28" s="165"/>
+      <c r="G28" s="165"/>
+      <c r="H28" s="201">
         <f t="shared" si="3"/>
         <v>16368</v>
       </c>
-      <c r="I28" s="167"/>
+      <c r="I28" s="166"/>
     </row>
     <row r="29" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="162"/>
-[...1 lines deleted...]
-      <c r="C29" s="203" t="s">
+      <c r="A29" s="161"/>
+      <c r="B29" s="162"/>
+      <c r="C29" s="202" t="s">
         <v>74</v>
       </c>
-      <c r="D29" s="201">
+      <c r="D29" s="200">
         <f>SUM(D26:D28)</f>
         <v>54560</v>
       </c>
-      <c r="E29" s="204"/>
-      <c r="F29" s="201">
+      <c r="E29" s="203"/>
+      <c r="F29" s="200">
         <f>SUM(F26:F28)</f>
         <v>22506</v>
       </c>
-      <c r="G29" s="204"/>
-      <c r="H29" s="201">
+      <c r="G29" s="203"/>
+      <c r="H29" s="200">
         <f>SUM(H26:H28)</f>
         <v>32054</v>
       </c>
-      <c r="I29" s="167"/>
+      <c r="I29" s="166"/>
     </row>
     <row r="30" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E2702786-6298-4399-BB48-5E5531EFC162}">
   <sheetPr codeName="Sheet177">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J24"/>
+  <dimension ref="A1:J27"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="3" width="9.42578125" customWidth="1"/>
     <col min="4" max="4" width="37.140625" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" customWidth="1"/>
     <col min="6" max="6" width="13.5703125" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" customWidth="1"/>
     <col min="8" max="8" width="10.5703125" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
     <col min="257" max="265" width="11.42578125" customWidth="1"/>
     <col min="513" max="521" width="11.42578125" customWidth="1"/>
     <col min="769" max="777" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1033" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1289" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1545" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1801" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2057" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2313" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2569" width="11.42578125" customWidth="1"/>
     <col min="2817" max="2825" width="11.42578125" customWidth="1"/>
     <col min="3073" max="3081" width="11.42578125" customWidth="1"/>
     <col min="3329" max="3337" width="11.42578125" customWidth="1"/>
     <col min="3585" max="3593" width="11.42578125" customWidth="1"/>
@@ -8834,487 +8915,572 @@
         <v>22</v>
       </c>
       <c r="D8" s="52" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="53" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="53" t="s">
         <v>18</v>
       </c>
       <c r="J8" s="30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="205"/>
+      <c r="A9" s="204"/>
       <c r="B9" s="158"/>
       <c r="C9" s="158"/>
-      <c r="D9" s="198" t="s">
+      <c r="D9" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E9" s="164">
+      <c r="E9" s="163">
         <v>60000</v>
       </c>
-      <c r="F9" s="165">
+      <c r="F9" s="164">
         <f>E9</f>
         <v>60000</v>
       </c>
-      <c r="G9" s="166"/>
-[...1 lines deleted...]
-      <c r="I9" s="166">
+      <c r="G9" s="165"/>
+      <c r="H9" s="165"/>
+      <c r="I9" s="165">
         <f>F9</f>
         <v>60000</v>
       </c>
-      <c r="J9" s="167"/>
+      <c r="J9" s="166"/>
     </row>
     <row r="10" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="144" t="s">
         <v>79</v>
       </c>
       <c r="B10" s="145">
         <v>45876</v>
       </c>
       <c r="C10" s="146">
         <v>2507</v>
       </c>
-      <c r="D10" s="206" t="s">
+      <c r="D10" s="205" t="s">
         <v>80</v>
       </c>
-      <c r="E10" s="165"/>
-[...1 lines deleted...]
-        <f t="shared" ref="F10:F21" si="0">F9+E10</f>
+      <c r="E10" s="164"/>
+      <c r="F10" s="164">
+        <f t="shared" ref="F10:F24" si="0">F9+E10</f>
         <v>60000</v>
       </c>
       <c r="G10" s="150">
         <f>53.86+77.29</f>
         <v>131.15</v>
       </c>
-      <c r="H10" s="166">
-        <f t="shared" ref="H10:H21" si="1">H9+G10</f>
+      <c r="H10" s="165">
+        <f t="shared" ref="H10:H24" si="1">H9+G10</f>
         <v>131.15</v>
       </c>
-      <c r="I10" s="166">
-        <f t="shared" ref="I10:I21" si="2">I9-G10+E10</f>
+      <c r="I10" s="165">
+        <f t="shared" ref="I10:I24" si="2">I9-G10+E10</f>
         <v>59868.85</v>
       </c>
-      <c r="J10" s="167"/>
+      <c r="J10" s="166"/>
     </row>
     <row r="11" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="144" t="s">
         <v>79</v>
       </c>
       <c r="B11" s="145">
         <v>45876</v>
       </c>
       <c r="C11" s="146">
         <v>9500</v>
       </c>
-      <c r="D11" s="207" t="s">
+      <c r="D11" s="206" t="s">
         <v>81</v>
       </c>
-      <c r="E11" s="165"/>
-      <c r="F11" s="165">
+      <c r="E11" s="164"/>
+      <c r="F11" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G11" s="150">
         <f>91.5+1348.6</f>
         <v>1440.1</v>
       </c>
-      <c r="H11" s="166">
+      <c r="H11" s="165">
         <f t="shared" si="1"/>
         <v>1571.25</v>
       </c>
-      <c r="I11" s="166">
+      <c r="I11" s="165">
         <f t="shared" si="2"/>
         <v>58428.75</v>
       </c>
-      <c r="J11" s="167"/>
+      <c r="J11" s="166"/>
     </row>
     <row r="12" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="144" t="s">
         <v>103</v>
       </c>
       <c r="B12" s="145">
         <v>45908</v>
       </c>
       <c r="C12" s="146">
         <v>2507</v>
       </c>
-      <c r="D12" s="206" t="s">
+      <c r="D12" s="205" t="s">
         <v>104</v>
       </c>
-      <c r="F12" s="165">
+      <c r="F12" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G12" s="150">
         <f>157.12+226.5</f>
         <v>383.62</v>
       </c>
-      <c r="H12" s="166">
+      <c r="H12" s="165">
         <f t="shared" si="1"/>
         <v>1954.87</v>
       </c>
-      <c r="I12" s="166">
+      <c r="I12" s="165">
         <f t="shared" si="2"/>
         <v>58045.13</v>
       </c>
-      <c r="J12" s="167"/>
+      <c r="J12" s="166"/>
     </row>
     <row r="13" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="144" t="s">
         <v>103</v>
       </c>
       <c r="B13" s="145">
         <v>45908</v>
       </c>
       <c r="C13" s="146">
         <v>9500</v>
       </c>
-      <c r="D13" s="207" t="s">
+      <c r="D13" s="206" t="s">
         <v>105</v>
       </c>
-      <c r="F13" s="165">
+      <c r="F13" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G13" s="150">
         <f>179+2774.2</f>
         <v>2953.2</v>
       </c>
-      <c r="H13" s="166">
+      <c r="H13" s="165">
         <f t="shared" si="1"/>
         <v>4908.07</v>
       </c>
-      <c r="I13" s="166">
+      <c r="I13" s="165">
         <f t="shared" si="2"/>
         <v>55091.93</v>
       </c>
-      <c r="J13" s="167"/>
+      <c r="J13" s="166"/>
     </row>
     <row r="14" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="153" t="s">
         <v>111</v>
       </c>
       <c r="B14" s="154">
         <v>45937</v>
       </c>
       <c r="C14" s="146" t="s">
         <v>112</v>
       </c>
-      <c r="D14" s="206" t="s">
+      <c r="D14" s="205" t="s">
         <v>113</v>
       </c>
-      <c r="E14" s="165"/>
-      <c r="F14" s="165">
+      <c r="E14" s="164"/>
+      <c r="F14" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G14" s="150">
         <v>793.19</v>
       </c>
-      <c r="H14" s="166">
+      <c r="H14" s="165">
         <f t="shared" si="1"/>
         <v>5701.26</v>
       </c>
-      <c r="I14" s="166">
+      <c r="I14" s="165">
         <f t="shared" si="2"/>
         <v>54298.74</v>
       </c>
-      <c r="J14" s="167"/>
+      <c r="J14" s="166"/>
     </row>
     <row r="15" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="153" t="s">
         <v>111</v>
       </c>
       <c r="B15" s="154">
         <v>45937</v>
       </c>
       <c r="C15" s="146">
         <v>9500</v>
       </c>
-      <c r="D15" s="208" t="s">
+      <c r="D15" s="207" t="s">
         <v>114</v>
       </c>
-      <c r="E15" s="165"/>
-      <c r="F15" s="165">
+      <c r="E15" s="164"/>
+      <c r="F15" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G15" s="150">
         <v>4075.6</v>
       </c>
-      <c r="H15" s="166">
+      <c r="H15" s="165">
         <f t="shared" si="1"/>
         <v>9776.86</v>
       </c>
-      <c r="I15" s="166">
+      <c r="I15" s="165">
         <f t="shared" si="2"/>
         <v>50223.14</v>
       </c>
-      <c r="J15" s="167"/>
+      <c r="J15" s="166"/>
     </row>
     <row r="16" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="153" t="s">
         <v>131</v>
       </c>
       <c r="B16" s="154">
         <v>45968</v>
       </c>
       <c r="C16" s="146" t="s">
         <v>112</v>
       </c>
-      <c r="D16" s="206" t="s">
+      <c r="D16" s="205" t="s">
         <v>132</v>
       </c>
-      <c r="E16" s="165"/>
-      <c r="F16" s="165">
+      <c r="E16" s="164"/>
+      <c r="F16" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G16" s="150">
         <v>55.09</v>
       </c>
-      <c r="H16" s="166">
+      <c r="H16" s="165">
         <f t="shared" si="1"/>
         <v>9831.9500000000007</v>
       </c>
-      <c r="I16" s="166">
+      <c r="I16" s="165">
         <f t="shared" si="2"/>
         <v>50168.05</v>
       </c>
-      <c r="J16" s="167"/>
+      <c r="J16" s="166"/>
     </row>
     <row r="17" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="153" t="s">
         <v>131</v>
       </c>
       <c r="B17" s="154">
         <v>45968</v>
       </c>
       <c r="C17" s="146">
         <v>9500</v>
       </c>
-      <c r="D17" s="208" t="s">
+      <c r="D17" s="207" t="s">
         <v>133</v>
       </c>
-      <c r="E17" s="165"/>
-      <c r="F17" s="165">
+      <c r="E17" s="164"/>
+      <c r="F17" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G17" s="150">
         <v>2513.1999999999998</v>
       </c>
-      <c r="H17" s="166">
+      <c r="H17" s="165">
         <f t="shared" si="1"/>
         <v>12345.150000000001</v>
       </c>
-      <c r="I17" s="166">
+      <c r="I17" s="165">
         <f t="shared" si="2"/>
         <v>47654.850000000006</v>
       </c>
-      <c r="J17" s="167"/>
+      <c r="J17" s="166"/>
     </row>
     <row r="18" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="221" t="s">
+      <c r="A18" s="220" t="s">
         <v>166</v>
       </c>
-      <c r="B18" s="222">
+      <c r="B18" s="221">
         <v>45996</v>
       </c>
-      <c r="C18" s="223" t="s">
+      <c r="C18" s="222" t="s">
         <v>112</v>
       </c>
-      <c r="D18" s="224" t="s">
+      <c r="D18" s="223" t="s">
         <v>167</v>
       </c>
-      <c r="E18" s="165"/>
-      <c r="F18" s="165">
+      <c r="E18" s="164"/>
+      <c r="F18" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G18" s="150">
         <v>607.13</v>
       </c>
-      <c r="H18" s="166">
+      <c r="H18" s="165">
         <f t="shared" si="1"/>
         <v>12952.28</v>
       </c>
-      <c r="I18" s="166">
+      <c r="I18" s="165">
         <f t="shared" si="2"/>
         <v>47047.720000000008</v>
       </c>
-      <c r="J18" s="167"/>
+      <c r="J18" s="166"/>
     </row>
     <row r="19" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="221" t="s">
+      <c r="A19" s="220" t="s">
         <v>166</v>
       </c>
-      <c r="B19" s="222">
+      <c r="B19" s="221">
         <v>45996</v>
       </c>
-      <c r="C19" s="225">
+      <c r="C19" s="224">
         <v>9500</v>
       </c>
-      <c r="D19" s="226" t="s">
+      <c r="D19" s="225" t="s">
         <v>168</v>
       </c>
-      <c r="E19" s="165"/>
-      <c r="F19" s="165">
+      <c r="E19" s="164"/>
+      <c r="F19" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G19" s="150">
         <v>2770.2</v>
       </c>
-      <c r="H19" s="166">
+      <c r="H19" s="165">
         <f t="shared" si="1"/>
         <v>15722.48</v>
       </c>
-      <c r="I19" s="166">
+      <c r="I19" s="165">
         <f t="shared" si="2"/>
         <v>44277.520000000011</v>
       </c>
-      <c r="J19" s="167"/>
-[...7 lines deleted...]
-      <c r="F20" s="165">
+      <c r="J19" s="166"/>
+    </row>
+    <row r="20" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="220" t="s">
+        <v>187</v>
+      </c>
+      <c r="B20" s="221">
+        <v>46030</v>
+      </c>
+      <c r="C20" s="222" t="s">
+        <v>112</v>
+      </c>
+      <c r="D20" s="223" t="s">
+        <v>188</v>
+      </c>
+      <c r="E20" s="164"/>
+      <c r="F20" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
-      <c r="G20" s="166"/>
-      <c r="H20" s="166">
+      <c r="G20" s="150">
+        <f>96.14+98.71</f>
+        <v>194.85</v>
+      </c>
+      <c r="H20" s="165">
         <f t="shared" si="1"/>
-        <v>15722.48</v>
-[...1 lines deleted...]
-      <c r="I20" s="166">
+        <v>15917.33</v>
+      </c>
+      <c r="I20" s="165">
         <f t="shared" si="2"/>
-        <v>44277.520000000011</v>
-[...9 lines deleted...]
-      <c r="F21" s="165">
+        <v>44082.670000000013</v>
+      </c>
+      <c r="J20" s="166"/>
+    </row>
+    <row r="21" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="220" t="s">
+        <v>187</v>
+      </c>
+      <c r="B21" s="221">
+        <v>46030</v>
+      </c>
+      <c r="C21" s="224">
+        <v>9500</v>
+      </c>
+      <c r="D21" s="225" t="s">
+        <v>189</v>
+      </c>
+      <c r="E21" s="164"/>
+      <c r="F21" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
-      <c r="G21" s="166"/>
-      <c r="H21" s="166">
+      <c r="G21" s="150">
+        <f>131.5+2079</f>
+        <v>2210.5</v>
+      </c>
+      <c r="H21" s="165">
         <f t="shared" si="1"/>
-        <v>15722.48</v>
-[...1 lines deleted...]
-      <c r="I21" s="166">
+        <v>18127.830000000002</v>
+      </c>
+      <c r="I21" s="165">
         <f t="shared" si="2"/>
-        <v>44277.520000000011</v>
-[...19 lines deleted...]
-      <c r="D23" s="57" t="s">
+        <v>41872.170000000013</v>
+      </c>
+      <c r="J21" s="166"/>
+    </row>
+    <row r="22" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="220"/>
+      <c r="B22" s="221"/>
+      <c r="C22" s="224"/>
+      <c r="D22" s="225"/>
+      <c r="E22" s="164"/>
+      <c r="F22" s="164">
+        <f t="shared" si="0"/>
+        <v>60000</v>
+      </c>
+      <c r="G22" s="150"/>
+      <c r="H22" s="165">
+        <f t="shared" si="1"/>
+        <v>18127.830000000002</v>
+      </c>
+      <c r="I22" s="165">
+        <f t="shared" si="2"/>
+        <v>41872.170000000013</v>
+      </c>
+      <c r="J22" s="166"/>
+    </row>
+    <row r="23" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="220"/>
+      <c r="B23" s="221"/>
+      <c r="C23" s="224"/>
+      <c r="D23" s="225"/>
+      <c r="E23" s="164"/>
+      <c r="F23" s="164">
+        <f t="shared" si="0"/>
+        <v>60000</v>
+      </c>
+      <c r="G23" s="150"/>
+      <c r="H23" s="165">
+        <f t="shared" si="1"/>
+        <v>18127.830000000002</v>
+      </c>
+      <c r="I23" s="165">
+        <f t="shared" si="2"/>
+        <v>41872.170000000013</v>
+      </c>
+      <c r="J23" s="166"/>
+    </row>
+    <row r="24" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="220"/>
+      <c r="B24" s="221"/>
+      <c r="C24" s="224"/>
+      <c r="D24" s="225"/>
+      <c r="E24" s="164"/>
+      <c r="F24" s="164">
+        <f t="shared" si="0"/>
+        <v>60000</v>
+      </c>
+      <c r="G24" s="150"/>
+      <c r="H24" s="165">
+        <f t="shared" si="1"/>
+        <v>18127.830000000002</v>
+      </c>
+      <c r="I24" s="165">
+        <f t="shared" si="2"/>
+        <v>41872.170000000013</v>
+      </c>
+      <c r="J24" s="166"/>
+    </row>
+    <row r="25" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="161"/>
+      <c r="B25" s="162"/>
+      <c r="C25" s="146"/>
+      <c r="D25" s="197"/>
+      <c r="E25" s="165"/>
+      <c r="F25" s="165"/>
+      <c r="G25" s="165"/>
+      <c r="H25" s="165"/>
+      <c r="I25" s="165"/>
+      <c r="J25" s="166"/>
+    </row>
+    <row r="26" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="59"/>
+      <c r="B26" s="56"/>
+      <c r="C26" s="143"/>
+      <c r="D26" s="57" t="s">
         <v>19</v>
       </c>
-      <c r="E23" s="58">
-        <f>SUM(E9:E22)</f>
+      <c r="E26" s="58">
+        <f>SUM(E9:E25)</f>
         <v>60000</v>
       </c>
-      <c r="F23" s="58"/>
-[...11 lines deleted...]
-    <row r="24" spans="1:10" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
+      <c r="F26" s="58"/>
+      <c r="G26" s="58">
+        <f>SUM(G9:G25)</f>
+        <v>18127.830000000002</v>
+      </c>
+      <c r="H26" s="58"/>
+      <c r="I26" s="58">
+        <f>E26-G26</f>
+        <v>41872.17</v>
+      </c>
+      <c r="J26" s="54"/>
+    </row>
+    <row r="27" spans="1:10" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="65" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0EB4597A-6E53-47D4-9CE4-09E4FB820458}">
   <sheetPr codeName="Sheet178">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F27" sqref="F27"/>
+      <selection activeCell="G25" sqref="G25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="8.5703125" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" customWidth="1"/>
     <col min="5" max="5" width="38.42578125" customWidth="1"/>
     <col min="6" max="6" width="28" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" customWidth="1"/>
     <col min="8" max="8" width="15.42578125" customWidth="1"/>
     <col min="257" max="259" width="11.42578125" customWidth="1"/>
     <col min="261" max="264" width="11.42578125" customWidth="1"/>
     <col min="513" max="515" width="11.42578125" customWidth="1"/>
     <col min="517" max="520" width="11.42578125" customWidth="1"/>
     <col min="769" max="771" width="11.42578125" customWidth="1"/>
     <col min="773" max="776" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1027" width="11.42578125" customWidth="1"/>
     <col min="1029" max="1032" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1283" width="11.42578125" customWidth="1"/>
     <col min="1285" max="1288" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1539" width="11.42578125" customWidth="1"/>
     <col min="1541" max="1544" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1795" width="11.42578125" customWidth="1"/>
@@ -9603,51 +9769,51 @@
       </c>
     </row>
     <row r="11" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="148" t="s">
         <v>117</v>
       </c>
       <c r="B11" s="158">
         <v>45939</v>
       </c>
       <c r="C11" s="155">
         <v>9255</v>
       </c>
       <c r="D11" s="158" t="s">
         <v>120</v>
       </c>
       <c r="E11" s="159" t="s">
         <v>115</v>
       </c>
       <c r="F11" s="160" t="s">
         <v>116</v>
       </c>
       <c r="G11" s="150">
         <v>236.1</v>
       </c>
       <c r="H11" s="151">
-        <f t="shared" ref="H11:H22" si="0">H10+G11</f>
+        <f t="shared" ref="H11:H27" si="0">H10+G11</f>
         <v>1257.3499999999999</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="148" t="s">
         <v>145</v>
       </c>
       <c r="B12" s="158">
         <v>45968</v>
       </c>
       <c r="C12" s="155">
         <v>9500</v>
       </c>
       <c r="D12" s="158" t="s">
         <v>120</v>
       </c>
       <c r="E12" s="159" t="s">
         <v>130</v>
       </c>
       <c r="F12" s="160" t="s">
         <v>102</v>
       </c>
       <c r="G12" s="150">
         <v>3750</v>
       </c>
@@ -9847,855 +10013,988 @@
       </c>
       <c r="B20" s="158">
         <v>46003</v>
       </c>
       <c r="C20" s="155">
         <v>9500</v>
       </c>
       <c r="D20" s="158" t="s">
         <v>120</v>
       </c>
       <c r="E20" s="159" t="s">
         <v>161</v>
       </c>
       <c r="F20" s="160" t="s">
         <v>154</v>
       </c>
       <c r="G20" s="150">
         <v>1000</v>
       </c>
       <c r="H20" s="151">
         <f t="shared" si="0"/>
         <v>21422.12</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="147"/>
-[...5 lines deleted...]
-      <c r="G21" s="161"/>
+      <c r="A21" s="147" t="s">
+        <v>181</v>
+      </c>
+      <c r="B21" s="158">
+        <v>46024</v>
+      </c>
+      <c r="C21" s="155">
+        <v>9500</v>
+      </c>
+      <c r="D21" s="158" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" s="159" t="s">
+        <v>130</v>
+      </c>
+      <c r="F21" s="160" t="s">
+        <v>182</v>
+      </c>
+      <c r="G21" s="150">
+        <v>3750</v>
+      </c>
       <c r="H21" s="151">
         <f t="shared" si="0"/>
-        <v>21422.12</v>
+        <v>25172.12</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="147"/>
-[...5 lines deleted...]
-      <c r="G22" s="151"/>
+      <c r="A22" s="147" t="s">
+        <v>183</v>
+      </c>
+      <c r="B22" s="158">
+        <v>46031</v>
+      </c>
+      <c r="C22" s="155" t="s">
+        <v>184</v>
+      </c>
+      <c r="D22" s="158" t="s">
+        <v>120</v>
+      </c>
+      <c r="E22" s="159" t="s">
+        <v>185</v>
+      </c>
+      <c r="F22" s="160" t="s">
+        <v>186</v>
+      </c>
+      <c r="G22" s="150">
+        <v>503.22</v>
+      </c>
       <c r="H22" s="151">
         <f t="shared" si="0"/>
-        <v>21422.12</v>
-[...17 lines deleted...]
-      <c r="E24" s="69" t="s">
+        <v>25675.34</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="220" t="s">
+        <v>187</v>
+      </c>
+      <c r="B23" s="221">
+        <v>46030</v>
+      </c>
+      <c r="C23" s="222" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" s="158"/>
+      <c r="E23" s="159" t="s">
+        <v>191</v>
+      </c>
+      <c r="F23" s="160" t="s">
+        <v>190</v>
+      </c>
+      <c r="G23" s="150">
+        <v>1068.75</v>
+      </c>
+      <c r="H23" s="151">
+        <f t="shared" si="0"/>
+        <v>26744.09</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="147" t="s">
+        <v>198</v>
+      </c>
+      <c r="B24" s="158">
+        <v>46051</v>
+      </c>
+      <c r="C24" s="155" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" s="158" t="s">
+        <v>120</v>
+      </c>
+      <c r="E24" s="156" t="s">
+        <v>197</v>
+      </c>
+      <c r="F24" s="160" t="s">
+        <v>196</v>
+      </c>
+      <c r="G24" s="150">
+        <v>1592</v>
+      </c>
+      <c r="H24" s="151">
+        <f t="shared" si="0"/>
+        <v>28336.09</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="147" t="s">
+        <v>199</v>
+      </c>
+      <c r="B25" s="158">
+        <v>46051</v>
+      </c>
+      <c r="C25" s="155">
+        <v>9500</v>
+      </c>
+      <c r="D25" s="158" t="s">
+        <v>120</v>
+      </c>
+      <c r="E25" s="159" t="s">
+        <v>130</v>
+      </c>
+      <c r="F25" s="160" t="s">
+        <v>200</v>
+      </c>
+      <c r="G25" s="150">
+        <v>3750</v>
+      </c>
+      <c r="H25" s="151">
+        <f t="shared" si="0"/>
+        <v>32086.09</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="147"/>
+      <c r="B26" s="158"/>
+      <c r="C26" s="155"/>
+      <c r="D26" s="158"/>
+      <c r="E26" s="156"/>
+      <c r="F26" s="160"/>
+      <c r="G26" s="150"/>
+      <c r="H26" s="151">
+        <f t="shared" si="0"/>
+        <v>32086.09</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="147"/>
+      <c r="B27" s="158"/>
+      <c r="C27" s="155"/>
+      <c r="D27" s="158"/>
+      <c r="E27" s="156"/>
+      <c r="F27" s="160"/>
+      <c r="G27" s="150"/>
+      <c r="H27" s="151">
+        <f t="shared" si="0"/>
+        <v>32086.09</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="60"/>
+      <c r="B28" s="55"/>
+      <c r="C28" s="55"/>
+      <c r="D28" s="55"/>
+      <c r="E28" s="40"/>
+      <c r="F28" s="61"/>
+      <c r="G28" s="40"/>
+      <c r="H28" s="61"/>
+    </row>
+    <row r="29" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="67"/>
+      <c r="B29" s="68"/>
+      <c r="C29" s="68"/>
+      <c r="D29" s="68"/>
+      <c r="E29" s="69" t="s">
         <v>19</v>
       </c>
-      <c r="F24" s="70"/>
-[...6 lines deleted...]
-    <row r="25" spans="1:8" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
+      <c r="F29" s="70"/>
+      <c r="G29" s="58">
+        <f>SUM(G9:G28)</f>
+        <v>32086.09</v>
+      </c>
+      <c r="H29" s="70"/>
+    </row>
+    <row r="30" spans="1:8" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="68" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8CEF917-E3D0-4A67-8499-DDC660757D8E}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I59"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A33" sqref="A33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.5703125" style="231" customWidth="1"/>
-[...134 lines deleted...]
-    <col min="16137" max="16384" width="11.42578125" style="231"/>
+    <col min="1" max="1" width="24.5703125" style="230" customWidth="1"/>
+    <col min="2" max="2" width="9.42578125" style="230" customWidth="1"/>
+    <col min="3" max="3" width="25" style="230" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.42578125" style="230" customWidth="1"/>
+    <col min="5" max="5" width="13.5703125" style="230" customWidth="1"/>
+    <col min="6" max="6" width="12.42578125" style="230" customWidth="1"/>
+    <col min="7" max="7" width="10.5703125" style="230" customWidth="1"/>
+    <col min="8" max="8" width="14.42578125" style="230" customWidth="1"/>
+    <col min="9" max="9" width="7" style="230" customWidth="1"/>
+    <col min="10" max="256" width="11.42578125" style="230"/>
+    <col min="257" max="264" width="11.42578125" style="230" customWidth="1"/>
+    <col min="265" max="512" width="11.42578125" style="230"/>
+    <col min="513" max="520" width="11.42578125" style="230" customWidth="1"/>
+    <col min="521" max="768" width="11.42578125" style="230"/>
+    <col min="769" max="776" width="11.42578125" style="230" customWidth="1"/>
+    <col min="777" max="1024" width="11.42578125" style="230"/>
+    <col min="1025" max="1032" width="11.42578125" style="230" customWidth="1"/>
+    <col min="1033" max="1280" width="11.42578125" style="230"/>
+    <col min="1281" max="1288" width="11.42578125" style="230" customWidth="1"/>
+    <col min="1289" max="1536" width="11.42578125" style="230"/>
+    <col min="1537" max="1544" width="11.42578125" style="230" customWidth="1"/>
+    <col min="1545" max="1792" width="11.42578125" style="230"/>
+    <col min="1793" max="1800" width="11.42578125" style="230" customWidth="1"/>
+    <col min="1801" max="2048" width="11.42578125" style="230"/>
+    <col min="2049" max="2056" width="11.42578125" style="230" customWidth="1"/>
+    <col min="2057" max="2304" width="11.42578125" style="230"/>
+    <col min="2305" max="2312" width="11.42578125" style="230" customWidth="1"/>
+    <col min="2313" max="2560" width="11.42578125" style="230"/>
+    <col min="2561" max="2568" width="11.42578125" style="230" customWidth="1"/>
+    <col min="2569" max="2816" width="11.42578125" style="230"/>
+    <col min="2817" max="2824" width="11.42578125" style="230" customWidth="1"/>
+    <col min="2825" max="3072" width="11.42578125" style="230"/>
+    <col min="3073" max="3080" width="11.42578125" style="230" customWidth="1"/>
+    <col min="3081" max="3328" width="11.42578125" style="230"/>
+    <col min="3329" max="3336" width="11.42578125" style="230" customWidth="1"/>
+    <col min="3337" max="3584" width="11.42578125" style="230"/>
+    <col min="3585" max="3592" width="11.42578125" style="230" customWidth="1"/>
+    <col min="3593" max="3840" width="11.42578125" style="230"/>
+    <col min="3841" max="3848" width="11.42578125" style="230" customWidth="1"/>
+    <col min="3849" max="4096" width="11.42578125" style="230"/>
+    <col min="4097" max="4104" width="11.42578125" style="230" customWidth="1"/>
+    <col min="4105" max="4352" width="11.42578125" style="230"/>
+    <col min="4353" max="4360" width="11.42578125" style="230" customWidth="1"/>
+    <col min="4361" max="4608" width="11.42578125" style="230"/>
+    <col min="4609" max="4616" width="11.42578125" style="230" customWidth="1"/>
+    <col min="4617" max="4864" width="11.42578125" style="230"/>
+    <col min="4865" max="4872" width="11.42578125" style="230" customWidth="1"/>
+    <col min="4873" max="5120" width="11.42578125" style="230"/>
+    <col min="5121" max="5128" width="11.42578125" style="230" customWidth="1"/>
+    <col min="5129" max="5376" width="11.42578125" style="230"/>
+    <col min="5377" max="5384" width="11.42578125" style="230" customWidth="1"/>
+    <col min="5385" max="5632" width="11.42578125" style="230"/>
+    <col min="5633" max="5640" width="11.42578125" style="230" customWidth="1"/>
+    <col min="5641" max="5888" width="11.42578125" style="230"/>
+    <col min="5889" max="5896" width="11.42578125" style="230" customWidth="1"/>
+    <col min="5897" max="6144" width="11.42578125" style="230"/>
+    <col min="6145" max="6152" width="11.42578125" style="230" customWidth="1"/>
+    <col min="6153" max="6400" width="11.42578125" style="230"/>
+    <col min="6401" max="6408" width="11.42578125" style="230" customWidth="1"/>
+    <col min="6409" max="6656" width="11.42578125" style="230"/>
+    <col min="6657" max="6664" width="11.42578125" style="230" customWidth="1"/>
+    <col min="6665" max="6912" width="11.42578125" style="230"/>
+    <col min="6913" max="6920" width="11.42578125" style="230" customWidth="1"/>
+    <col min="6921" max="7168" width="11.42578125" style="230"/>
+    <col min="7169" max="7176" width="11.42578125" style="230" customWidth="1"/>
+    <col min="7177" max="7424" width="11.42578125" style="230"/>
+    <col min="7425" max="7432" width="11.42578125" style="230" customWidth="1"/>
+    <col min="7433" max="7680" width="11.42578125" style="230"/>
+    <col min="7681" max="7688" width="11.42578125" style="230" customWidth="1"/>
+    <col min="7689" max="7936" width="11.42578125" style="230"/>
+    <col min="7937" max="7944" width="11.42578125" style="230" customWidth="1"/>
+    <col min="7945" max="8192" width="11.42578125" style="230"/>
+    <col min="8193" max="8200" width="11.42578125" style="230" customWidth="1"/>
+    <col min="8201" max="8448" width="11.42578125" style="230"/>
+    <col min="8449" max="8456" width="11.42578125" style="230" customWidth="1"/>
+    <col min="8457" max="8704" width="11.42578125" style="230"/>
+    <col min="8705" max="8712" width="11.42578125" style="230" customWidth="1"/>
+    <col min="8713" max="8960" width="11.42578125" style="230"/>
+    <col min="8961" max="8968" width="11.42578125" style="230" customWidth="1"/>
+    <col min="8969" max="9216" width="11.42578125" style="230"/>
+    <col min="9217" max="9224" width="11.42578125" style="230" customWidth="1"/>
+    <col min="9225" max="9472" width="11.42578125" style="230"/>
+    <col min="9473" max="9480" width="11.42578125" style="230" customWidth="1"/>
+    <col min="9481" max="9728" width="11.42578125" style="230"/>
+    <col min="9729" max="9736" width="11.42578125" style="230" customWidth="1"/>
+    <col min="9737" max="9984" width="11.42578125" style="230"/>
+    <col min="9985" max="9992" width="11.42578125" style="230" customWidth="1"/>
+    <col min="9993" max="10240" width="11.42578125" style="230"/>
+    <col min="10241" max="10248" width="11.42578125" style="230" customWidth="1"/>
+    <col min="10249" max="10496" width="11.42578125" style="230"/>
+    <col min="10497" max="10504" width="11.42578125" style="230" customWidth="1"/>
+    <col min="10505" max="10752" width="11.42578125" style="230"/>
+    <col min="10753" max="10760" width="11.42578125" style="230" customWidth="1"/>
+    <col min="10761" max="11008" width="11.42578125" style="230"/>
+    <col min="11009" max="11016" width="11.42578125" style="230" customWidth="1"/>
+    <col min="11017" max="11264" width="11.42578125" style="230"/>
+    <col min="11265" max="11272" width="11.42578125" style="230" customWidth="1"/>
+    <col min="11273" max="11520" width="11.42578125" style="230"/>
+    <col min="11521" max="11528" width="11.42578125" style="230" customWidth="1"/>
+    <col min="11529" max="11776" width="11.42578125" style="230"/>
+    <col min="11777" max="11784" width="11.42578125" style="230" customWidth="1"/>
+    <col min="11785" max="12032" width="11.42578125" style="230"/>
+    <col min="12033" max="12040" width="11.42578125" style="230" customWidth="1"/>
+    <col min="12041" max="12288" width="11.42578125" style="230"/>
+    <col min="12289" max="12296" width="11.42578125" style="230" customWidth="1"/>
+    <col min="12297" max="12544" width="11.42578125" style="230"/>
+    <col min="12545" max="12552" width="11.42578125" style="230" customWidth="1"/>
+    <col min="12553" max="12800" width="11.42578125" style="230"/>
+    <col min="12801" max="12808" width="11.42578125" style="230" customWidth="1"/>
+    <col min="12809" max="13056" width="11.42578125" style="230"/>
+    <col min="13057" max="13064" width="11.42578125" style="230" customWidth="1"/>
+    <col min="13065" max="13312" width="11.42578125" style="230"/>
+    <col min="13313" max="13320" width="11.42578125" style="230" customWidth="1"/>
+    <col min="13321" max="13568" width="11.42578125" style="230"/>
+    <col min="13569" max="13576" width="11.42578125" style="230" customWidth="1"/>
+    <col min="13577" max="13824" width="11.42578125" style="230"/>
+    <col min="13825" max="13832" width="11.42578125" style="230" customWidth="1"/>
+    <col min="13833" max="14080" width="11.42578125" style="230"/>
+    <col min="14081" max="14088" width="11.42578125" style="230" customWidth="1"/>
+    <col min="14089" max="14336" width="11.42578125" style="230"/>
+    <col min="14337" max="14344" width="11.42578125" style="230" customWidth="1"/>
+    <col min="14345" max="14592" width="11.42578125" style="230"/>
+    <col min="14593" max="14600" width="11.42578125" style="230" customWidth="1"/>
+    <col min="14601" max="14848" width="11.42578125" style="230"/>
+    <col min="14849" max="14856" width="11.42578125" style="230" customWidth="1"/>
+    <col min="14857" max="15104" width="11.42578125" style="230"/>
+    <col min="15105" max="15112" width="11.42578125" style="230" customWidth="1"/>
+    <col min="15113" max="15360" width="11.42578125" style="230"/>
+    <col min="15361" max="15368" width="11.42578125" style="230" customWidth="1"/>
+    <col min="15369" max="15616" width="11.42578125" style="230"/>
+    <col min="15617" max="15624" width="11.42578125" style="230" customWidth="1"/>
+    <col min="15625" max="15872" width="11.42578125" style="230"/>
+    <col min="15873" max="15880" width="11.42578125" style="230" customWidth="1"/>
+    <col min="15881" max="16128" width="11.42578125" style="230"/>
+    <col min="16129" max="16136" width="11.42578125" style="230" customWidth="1"/>
+    <col min="16137" max="16384" width="11.42578125" style="230"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="str">
         <f>'RECAP #9485.00'!B1</f>
         <v>DAS SHB Archives Storage Renovation</v>
       </c>
       <c r="B1" s="31"/>
-      <c r="C1" s="228"/>
-[...5 lines deleted...]
-      <c r="I1" s="230"/>
+      <c r="C1" s="227"/>
+      <c r="D1" s="227"/>
+      <c r="E1" s="227"/>
+      <c r="F1" s="228"/>
+      <c r="G1" s="228"/>
+      <c r="H1" s="229"/>
+      <c r="I1" s="229"/>
     </row>
     <row r="2" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="232" t="str">
+      <c r="A2" s="231" t="str">
         <f>'RECAP #9485.00'!B2</f>
         <v>Project # 9485.00</v>
       </c>
-      <c r="B2" s="233"/>
-[...6 lines deleted...]
-      <c r="I2" s="230"/>
+      <c r="B2" s="232"/>
+      <c r="C2" s="227"/>
+      <c r="D2" s="227"/>
+      <c r="E2" s="227"/>
+      <c r="F2" s="228"/>
+      <c r="G2" s="228"/>
+      <c r="H2" s="229"/>
+      <c r="I2" s="229"/>
     </row>
     <row r="3" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="234" t="str">
+      <c r="A3" s="233" t="str">
         <f>'RECAP #9485.00'!B3</f>
         <v>Program code 948500</v>
       </c>
-      <c r="B3" s="233"/>
-[...1 lines deleted...]
-      <c r="D3" s="235" t="str">
+      <c r="B3" s="232"/>
+      <c r="C3" s="227"/>
+      <c r="D3" s="234" t="str">
         <f>'RECAP #9485.00'!E3</f>
         <v>Major Program 3E01</v>
       </c>
-      <c r="E3" s="228"/>
-[...3 lines deleted...]
-      <c r="I3" s="230"/>
+      <c r="E3" s="227"/>
+      <c r="F3" s="228"/>
+      <c r="G3" s="228"/>
+      <c r="H3" s="229"/>
+      <c r="I3" s="229"/>
     </row>
     <row r="4" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="31" t="s">
         <v>82</v>
       </c>
       <c r="B4" s="32"/>
-      <c r="C4" s="230"/>
-      <c r="D4" s="236" t="s">
+      <c r="C4" s="229"/>
+      <c r="D4" s="235" t="s">
         <v>86</v>
       </c>
-      <c r="E4" s="237"/>
-[...3 lines deleted...]
-      <c r="I4" s="230"/>
+      <c r="E4" s="236"/>
+      <c r="F4" s="228"/>
+      <c r="G4" s="228"/>
+      <c r="H4" s="229"/>
+      <c r="I4" s="229"/>
     </row>
     <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A5" s="238" t="s">
+      <c r="A5" s="237" t="s">
         <v>83</v>
       </c>
-      <c r="B5" s="230"/>
-      <c r="C5" s="239"/>
+      <c r="B5" s="229"/>
+      <c r="C5" s="238"/>
       <c r="D5" s="39" t="s">
         <v>84</v>
       </c>
       <c r="E5" s="45"/>
-      <c r="F5" s="240"/>
-[...2 lines deleted...]
-      <c r="I5" s="230"/>
+      <c r="F5" s="239"/>
+      <c r="G5" s="228"/>
+      <c r="H5" s="229"/>
+      <c r="I5" s="229"/>
     </row>
     <row r="6" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A6" s="241" t="str">
+      <c r="A6" s="240" t="str">
         <f>'RECAP #9485.00'!B6</f>
         <v>Project Manager - Brandon A.</v>
       </c>
       <c r="B6" s="32"/>
-      <c r="C6" s="242"/>
-      <c r="D6" s="243" t="s">
+      <c r="C6" s="241"/>
+      <c r="D6" s="242" t="s">
         <v>85</v>
       </c>
       <c r="E6" s="45"/>
       <c r="F6" s="46"/>
-      <c r="G6" s="229"/>
-[...1 lines deleted...]
-      <c r="I6" s="230"/>
+      <c r="G6" s="228"/>
+      <c r="H6" s="229"/>
+      <c r="I6" s="229"/>
     </row>
     <row r="7" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A7" s="230"/>
-[...2 lines deleted...]
-      <c r="D7" s="230"/>
+      <c r="A7" s="229"/>
+      <c r="B7" s="243"/>
+      <c r="C7" s="243"/>
+      <c r="D7" s="229"/>
       <c r="E7" s="48"/>
       <c r="F7" s="49"/>
-      <c r="G7" s="229"/>
-[...1 lines deleted...]
-      <c r="I7" s="230" t="s">
+      <c r="G7" s="228"/>
+      <c r="H7" s="229"/>
+      <c r="I7" s="229" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="245" t="s">
+      <c r="A8" s="244" t="s">
         <v>11</v>
       </c>
-      <c r="B8" s="246" t="s">
+      <c r="B8" s="245" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="247" t="s">
+      <c r="C8" s="246" t="s">
         <v>13</v>
       </c>
-      <c r="D8" s="248" t="s">
+      <c r="D8" s="247" t="s">
         <v>14</v>
       </c>
-      <c r="E8" s="248" t="s">
+      <c r="E8" s="247" t="s">
         <v>15</v>
       </c>
-      <c r="F8" s="248" t="s">
+      <c r="F8" s="247" t="s">
         <v>16</v>
       </c>
-      <c r="G8" s="248" t="s">
+      <c r="G8" s="247" t="s">
         <v>17</v>
       </c>
-      <c r="H8" s="248" t="s">
+      <c r="H8" s="247" t="s">
         <v>18</v>
       </c>
-      <c r="I8" s="230" t="s">
+      <c r="I8" s="229" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:9" s="256" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="249" t="s">
+    <row r="9" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="248" t="s">
         <v>87</v>
       </c>
-      <c r="B9" s="250">
+      <c r="B9" s="249">
         <v>45881</v>
       </c>
-      <c r="C9" s="251" t="s">
+      <c r="C9" s="250" t="s">
         <v>73</v>
       </c>
-      <c r="D9" s="252">
+      <c r="D9" s="251">
         <v>24141.07</v>
       </c>
-      <c r="E9" s="253">
+      <c r="E9" s="252">
         <f>D9</f>
         <v>24141.07</v>
       </c>
-      <c r="F9" s="254"/>
-[...1 lines deleted...]
-      <c r="H9" s="254">
+      <c r="F9" s="253"/>
+      <c r="G9" s="253"/>
+      <c r="H9" s="253">
         <f>E9</f>
         <v>24141.07</v>
       </c>
-      <c r="I9" s="255"/>
-[...2 lines deleted...]
-      <c r="A10" s="249" t="s">
+      <c r="I9" s="254"/>
+    </row>
+    <row r="10" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="248" t="s">
         <v>108</v>
       </c>
-      <c r="B10" s="257" t="s">
+      <c r="B10" s="256" t="s">
         <v>109</v>
       </c>
-      <c r="C10" s="251" t="s">
+      <c r="C10" s="250" t="s">
         <v>110</v>
       </c>
-      <c r="D10" s="253"/>
-      <c r="E10" s="253">
+      <c r="D10" s="252"/>
+      <c r="E10" s="252">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
         <v>24141.07</v>
       </c>
-      <c r="F10" s="258">
+      <c r="F10" s="257">
         <v>2821.53</v>
       </c>
-      <c r="G10" s="254">
+      <c r="G10" s="253">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
         <v>2821.53</v>
       </c>
-      <c r="H10" s="254">
+      <c r="H10" s="253">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
         <v>21319.54</v>
       </c>
-      <c r="I10" s="255"/>
-[...2 lines deleted...]
-      <c r="A11" s="249" t="s">
+      <c r="I10" s="254"/>
+    </row>
+    <row r="11" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="248" t="s">
         <v>118</v>
       </c>
-      <c r="B11" s="250">
+      <c r="B11" s="249">
         <v>45938</v>
       </c>
-      <c r="C11" s="251" t="s">
+      <c r="C11" s="250" t="s">
         <v>119</v>
       </c>
-      <c r="D11" s="253"/>
-      <c r="E11" s="253">
+      <c r="D11" s="252"/>
+      <c r="E11" s="252">
         <f t="shared" si="0"/>
         <v>24141.07</v>
       </c>
-      <c r="F11" s="258">
+      <c r="F11" s="257">
         <v>6365.8</v>
       </c>
-      <c r="G11" s="254">
+      <c r="G11" s="253">
         <f t="shared" si="1"/>
         <v>9187.33</v>
       </c>
-      <c r="H11" s="254">
+      <c r="H11" s="253">
         <f t="shared" si="2"/>
         <v>14953.740000000002</v>
       </c>
-      <c r="I11" s="255"/>
-[...2 lines deleted...]
-      <c r="A12" s="249" t="s">
+      <c r="I11" s="254"/>
+    </row>
+    <row r="12" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="248" t="s">
         <v>149</v>
       </c>
-      <c r="B12" s="250">
+      <c r="B12" s="249">
         <v>45979</v>
       </c>
-      <c r="C12" s="251" t="s">
+      <c r="C12" s="250" t="s">
         <v>150</v>
       </c>
-      <c r="D12" s="253"/>
-      <c r="E12" s="253">
+      <c r="D12" s="252"/>
+      <c r="E12" s="252">
         <f t="shared" si="0"/>
         <v>24141.07</v>
       </c>
-      <c r="F12" s="258">
+      <c r="F12" s="257">
         <v>5960.6</v>
       </c>
-      <c r="G12" s="254">
+      <c r="G12" s="253">
         <f t="shared" si="1"/>
         <v>15147.93</v>
       </c>
-      <c r="H12" s="254">
+      <c r="H12" s="253">
         <f t="shared" si="2"/>
         <v>8993.1400000000012</v>
       </c>
-      <c r="I12" s="255"/>
-[...2 lines deleted...]
-      <c r="A13" s="249" t="s">
+      <c r="I12" s="254"/>
+    </row>
+    <row r="13" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="248" t="s">
         <v>173</v>
       </c>
-      <c r="B13" s="250">
+      <c r="B13" s="249">
         <v>46013</v>
       </c>
-      <c r="C13" s="251" t="s">
+      <c r="C13" s="250" t="s">
         <v>174</v>
       </c>
-      <c r="D13" s="259">
+      <c r="D13" s="258">
         <v>-3570.65</v>
       </c>
-      <c r="E13" s="253">
+      <c r="E13" s="252">
         <f t="shared" si="0"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="F13" s="258">
+      <c r="F13" s="257">
         <v>5422.49</v>
       </c>
-      <c r="G13" s="254">
+      <c r="G13" s="253">
         <f t="shared" si="1"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="H13" s="254">
+      <c r="H13" s="253">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I13" s="255"/>
-[...6 lines deleted...]
-      <c r="E14" s="253">
+      <c r="I13" s="254"/>
+    </row>
+    <row r="14" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="248"/>
+      <c r="B14" s="249"/>
+      <c r="C14" s="250"/>
+      <c r="D14" s="252"/>
+      <c r="E14" s="252">
         <f t="shared" si="0"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="F14" s="254"/>
-      <c r="G14" s="254">
+      <c r="F14" s="253"/>
+      <c r="G14" s="253">
         <f t="shared" si="1"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="H14" s="254">
+      <c r="H14" s="253">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I14" s="255"/>
-[...6 lines deleted...]
-      <c r="E15" s="253">
+      <c r="I14" s="254"/>
+    </row>
+    <row r="15" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="248"/>
+      <c r="B15" s="249"/>
+      <c r="C15" s="250"/>
+      <c r="D15" s="252"/>
+      <c r="E15" s="252">
         <f t="shared" si="0"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="F15" s="258"/>
-      <c r="G15" s="254">
+      <c r="F15" s="257"/>
+      <c r="G15" s="253">
         <f t="shared" si="1"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="H15" s="254">
+      <c r="H15" s="253">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I15" s="255"/>
-[...6 lines deleted...]
-      <c r="E16" s="253">
+      <c r="I15" s="254"/>
+    </row>
+    <row r="16" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="248"/>
+      <c r="B16" s="249"/>
+      <c r="C16" s="250"/>
+      <c r="D16" s="252"/>
+      <c r="E16" s="252">
         <f t="shared" si="0"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="F16" s="258"/>
-      <c r="G16" s="254">
+      <c r="F16" s="257"/>
+      <c r="G16" s="253">
         <f t="shared" si="1"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="H16" s="254">
+      <c r="H16" s="253">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I16" s="255"/>
-[...6 lines deleted...]
-      <c r="E17" s="253">
+      <c r="I16" s="254"/>
+    </row>
+    <row r="17" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="248"/>
+      <c r="B17" s="249"/>
+      <c r="C17" s="250"/>
+      <c r="D17" s="252"/>
+      <c r="E17" s="252">
         <f t="shared" si="0"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="F17" s="258"/>
-      <c r="G17" s="254">
+      <c r="F17" s="257"/>
+      <c r="G17" s="253">
         <f t="shared" si="1"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="H17" s="254">
+      <c r="H17" s="253">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I17" s="255"/>
-[...6 lines deleted...]
-      <c r="E18" s="253">
+      <c r="I17" s="254"/>
+    </row>
+    <row r="18" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="248"/>
+      <c r="B18" s="249"/>
+      <c r="C18" s="250"/>
+      <c r="D18" s="252"/>
+      <c r="E18" s="252">
         <f t="shared" si="0"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="F18" s="258"/>
-      <c r="G18" s="254">
+      <c r="F18" s="257"/>
+      <c r="G18" s="253">
         <f t="shared" si="1"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="H18" s="254">
+      <c r="H18" s="253">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I18" s="255"/>
-[...6 lines deleted...]
-      <c r="E19" s="253">
+      <c r="I18" s="254"/>
+    </row>
+    <row r="19" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="248"/>
+      <c r="B19" s="249"/>
+      <c r="C19" s="250"/>
+      <c r="D19" s="252"/>
+      <c r="E19" s="252">
         <f t="shared" si="0"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="F19" s="254"/>
-      <c r="G19" s="254">
+      <c r="F19" s="253"/>
+      <c r="G19" s="253">
         <f t="shared" si="1"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="H19" s="254">
+      <c r="H19" s="253">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I19" s="255"/>
-[...6 lines deleted...]
-      <c r="E20" s="253">
+      <c r="I19" s="254"/>
+    </row>
+    <row r="20" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="248"/>
+      <c r="B20" s="249"/>
+      <c r="C20" s="250"/>
+      <c r="D20" s="252"/>
+      <c r="E20" s="252">
         <f t="shared" si="0"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="F20" s="254"/>
-      <c r="G20" s="254">
+      <c r="F20" s="253"/>
+      <c r="G20" s="253">
         <f t="shared" si="1"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="H20" s="254">
+      <c r="H20" s="253">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I20" s="255"/>
-[...6 lines deleted...]
-      <c r="E21" s="253">
+      <c r="I20" s="254"/>
+    </row>
+    <row r="21" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="248"/>
+      <c r="B21" s="249"/>
+      <c r="C21" s="259"/>
+      <c r="D21" s="252"/>
+      <c r="E21" s="252">
         <f t="shared" si="0"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="F21" s="254"/>
-      <c r="G21" s="254">
+      <c r="F21" s="253"/>
+      <c r="G21" s="253">
         <f t="shared" si="1"/>
         <v>20570.419999999998</v>
       </c>
-      <c r="H21" s="254">
+      <c r="H21" s="253">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="I21" s="255"/>
-[...15 lines deleted...]
-      <c r="C23" s="263" t="s">
+      <c r="I21" s="254"/>
+    </row>
+    <row r="22" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="248"/>
+      <c r="B22" s="250"/>
+      <c r="C22" s="260"/>
+      <c r="D22" s="253"/>
+      <c r="E22" s="253"/>
+      <c r="F22" s="253"/>
+      <c r="G22" s="253"/>
+      <c r="H22" s="253"/>
+      <c r="I22" s="254"/>
+    </row>
+    <row r="23" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="248"/>
+      <c r="B23" s="261"/>
+      <c r="C23" s="262" t="s">
         <v>19</v>
       </c>
-      <c r="D23" s="264">
+      <c r="D23" s="263">
         <f>SUM(D9:D22)</f>
         <v>20570.419999999998</v>
       </c>
-      <c r="E23" s="264"/>
-      <c r="F23" s="264">
+      <c r="E23" s="263"/>
+      <c r="F23" s="263">
         <f>SUM(F9:F22)</f>
         <v>20570.419999999998</v>
       </c>
-      <c r="G23" s="264"/>
-      <c r="H23" s="264">
+      <c r="G23" s="263"/>
+      <c r="H23" s="263">
         <f>D23-F23</f>
         <v>0</v>
       </c>
-      <c r="I23" s="265" t="s">
+      <c r="I23" s="264" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="24" spans="1:9" s="256" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="C26" s="261" t="s">
+    <row r="24" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="248"/>
+      <c r="B24" s="250"/>
+      <c r="C24" s="260"/>
+      <c r="D24" s="253"/>
+      <c r="E24" s="253"/>
+      <c r="F24" s="253"/>
+      <c r="G24" s="253"/>
+      <c r="H24" s="253"/>
+      <c r="I24" s="254"/>
+    </row>
+    <row r="25" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="248"/>
+      <c r="B25" s="250"/>
+      <c r="C25" s="260"/>
+      <c r="D25" s="253"/>
+      <c r="E25" s="253"/>
+      <c r="F25" s="253"/>
+      <c r="G25" s="253"/>
+      <c r="H25" s="253"/>
+      <c r="I25" s="254"/>
+    </row>
+    <row r="26" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="248"/>
+      <c r="B26" s="250"/>
+      <c r="C26" s="260" t="s">
         <v>88</v>
       </c>
-      <c r="D26" s="254">
+      <c r="D26" s="253">
         <f>19141.07-22.65</f>
         <v>19118.419999999998</v>
       </c>
-      <c r="E26" s="254"/>
-      <c r="F26" s="254">
+      <c r="E26" s="253"/>
+      <c r="F26" s="253">
         <f>2821.53+6365.8+4508.6+5422.49</f>
         <v>19118.419999999998</v>
       </c>
-      <c r="G26" s="254"/>
-      <c r="H26" s="254">
+      <c r="G26" s="253"/>
+      <c r="H26" s="253">
         <f t="shared" ref="H26:H27" si="3">D26-F26</f>
         <v>0</v>
       </c>
-      <c r="I26" s="255"/>
-[...4 lines deleted...]
-      <c r="C27" s="261" t="s">
+      <c r="I26" s="254"/>
+    </row>
+    <row r="27" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="248"/>
+      <c r="B27" s="250"/>
+      <c r="C27" s="260" t="s">
         <v>89</v>
       </c>
-      <c r="D27" s="254">
+      <c r="D27" s="253">
         <f>5000-3548</f>
         <v>1452</v>
       </c>
-      <c r="E27" s="254"/>
-      <c r="F27" s="254">
+      <c r="E27" s="253"/>
+      <c r="F27" s="253">
         <f>1452</f>
         <v>1452</v>
       </c>
-      <c r="G27" s="254"/>
-      <c r="H27" s="254">
+      <c r="G27" s="253"/>
+      <c r="H27" s="253">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="I27" s="255"/>
-[...4 lines deleted...]
-      <c r="C28" s="266" t="s">
+      <c r="I27" s="254"/>
+    </row>
+    <row r="28" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="248"/>
+      <c r="B28" s="250"/>
+      <c r="C28" s="265" t="s">
         <v>74</v>
       </c>
-      <c r="D28" s="264">
+      <c r="D28" s="263">
         <f>SUM(D26:D27)</f>
         <v>20570.419999999998</v>
       </c>
-      <c r="E28" s="267"/>
-      <c r="F28" s="264">
+      <c r="E28" s="266"/>
+      <c r="F28" s="263">
         <f>SUM(F26:F27)</f>
         <v>20570.419999999998</v>
       </c>
-      <c r="G28" s="267"/>
-      <c r="H28" s="264">
+      <c r="G28" s="266"/>
+      <c r="H28" s="263">
         <f>SUM(H26:H27)</f>
         <v>0</v>
       </c>
-      <c r="I28" s="255"/>
-[...31 lines deleted...]
-    <row r="59" s="268" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="I28" s="254"/>
+    </row>
+    <row r="29" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="30" spans="1:9" s="255" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="31" spans="1:9" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:9" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="37" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="38" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="39" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="40" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="41" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="42" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="43" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="45" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="46" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="50" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="55" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="56" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" s="267" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="77" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B9AA9D0-2EAF-4C20-A2D2-346A18F9FF0A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C30" sqref="C30"/>
@@ -10888,394 +11187,395 @@
         <v>12</v>
       </c>
       <c r="C8" s="52" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="53" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="53" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="162" t="s">
+      <c r="A9" s="161" t="s">
         <v>128</v>
       </c>
       <c r="B9" s="158">
         <v>45960</v>
       </c>
-      <c r="C9" s="163" t="s">
+      <c r="C9" s="162" t="s">
         <v>73</v>
       </c>
-      <c r="D9" s="164">
+      <c r="D9" s="163">
         <v>2185430.2999999998</v>
       </c>
-      <c r="E9" s="165">
+      <c r="E9" s="164">
         <f>D9</f>
         <v>2185430.2999999998</v>
       </c>
-      <c r="F9" s="166"/>
-[...1 lines deleted...]
-      <c r="H9" s="166">
+      <c r="F9" s="165"/>
+      <c r="G9" s="165"/>
+      <c r="H9" s="165">
         <f>E9</f>
         <v>2185430.2999999998</v>
       </c>
-      <c r="I9" s="167"/>
+      <c r="I9" s="166"/>
     </row>
     <row r="10" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="162" t="s">
+      <c r="A10" s="161" t="s">
         <v>128</v>
       </c>
-      <c r="B10" s="168">
+      <c r="B10" s="167">
         <v>46006</v>
       </c>
-      <c r="C10" s="163" t="s">
+      <c r="C10" s="162" t="s">
         <v>165</v>
       </c>
-      <c r="D10" s="164">
+      <c r="D10" s="163">
         <v>16534.669999999998</v>
       </c>
-      <c r="E10" s="165">
+      <c r="E10" s="164">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
         <v>2201964.9699999997</v>
       </c>
       <c r="F10" s="150"/>
-      <c r="G10" s="166">
+      <c r="G10" s="165">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="166">
+      <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I10" s="167"/>
+      <c r="I10" s="166"/>
     </row>
     <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="162"/>
+      <c r="A11" s="161"/>
       <c r="B11" s="158"/>
-      <c r="C11" s="163"/>
-[...1 lines deleted...]
-      <c r="E11" s="165">
+      <c r="C11" s="162"/>
+      <c r="D11" s="164"/>
+      <c r="E11" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
       <c r="F11" s="150"/>
-      <c r="G11" s="166">
+      <c r="G11" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H11" s="166">
+      <c r="H11" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I11" s="167"/>
+      <c r="I11" s="166"/>
     </row>
     <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="162"/>
+      <c r="A12" s="161"/>
       <c r="B12" s="158"/>
-      <c r="C12" s="163"/>
-[...1 lines deleted...]
-      <c r="E12" s="165">
+      <c r="C12" s="162"/>
+      <c r="D12" s="164"/>
+      <c r="E12" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="F12" s="169"/>
-      <c r="G12" s="166">
+      <c r="F12" s="168"/>
+      <c r="G12" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H12" s="166">
+      <c r="H12" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I12" s="167"/>
+      <c r="I12" s="166"/>
     </row>
     <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="162"/>
+      <c r="A13" s="161"/>
       <c r="B13" s="158"/>
-      <c r="C13" s="163"/>
-[...1 lines deleted...]
-      <c r="E13" s="165">
+      <c r="C13" s="162"/>
+      <c r="D13" s="164"/>
+      <c r="E13" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="F13" s="169"/>
-      <c r="G13" s="166">
+      <c r="F13" s="168"/>
+      <c r="G13" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H13" s="166">
+      <c r="H13" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I13" s="167"/>
+      <c r="I13" s="166"/>
     </row>
     <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="162"/>
+      <c r="A14" s="161"/>
       <c r="B14" s="158"/>
-      <c r="C14" s="163"/>
-[...1 lines deleted...]
-      <c r="E14" s="165">
+      <c r="C14" s="162"/>
+      <c r="D14" s="164"/>
+      <c r="E14" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="F14" s="166"/>
-      <c r="G14" s="166">
+      <c r="F14" s="165"/>
+      <c r="G14" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H14" s="166">
+      <c r="H14" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I14" s="167"/>
+      <c r="I14" s="166"/>
     </row>
     <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="162"/>
+      <c r="A15" s="161"/>
       <c r="B15" s="158"/>
-      <c r="C15" s="163"/>
-[...1 lines deleted...]
-      <c r="E15" s="165">
+      <c r="C15" s="162"/>
+      <c r="D15" s="164"/>
+      <c r="E15" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="F15" s="169"/>
-      <c r="G15" s="166">
+      <c r="F15" s="168"/>
+      <c r="G15" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H15" s="166">
+      <c r="H15" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I15" s="167"/>
+      <c r="I15" s="166"/>
     </row>
     <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="162"/>
+      <c r="A16" s="161"/>
       <c r="B16" s="158"/>
-      <c r="C16" s="163"/>
-[...1 lines deleted...]
-      <c r="E16" s="165">
+      <c r="C16" s="162"/>
+      <c r="D16" s="164"/>
+      <c r="E16" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="F16" s="169"/>
-      <c r="G16" s="166">
+      <c r="F16" s="168"/>
+      <c r="G16" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H16" s="166">
+      <c r="H16" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I16" s="167"/>
+      <c r="I16" s="166"/>
     </row>
     <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="162"/>
+      <c r="A17" s="161"/>
       <c r="B17" s="158"/>
-      <c r="C17" s="163"/>
-[...1 lines deleted...]
-      <c r="E17" s="165">
+      <c r="C17" s="162"/>
+      <c r="D17" s="164"/>
+      <c r="E17" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="F17" s="169"/>
-      <c r="G17" s="166">
+      <c r="F17" s="168"/>
+      <c r="G17" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H17" s="166">
+      <c r="H17" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I17" s="167"/>
+      <c r="I17" s="166"/>
     </row>
     <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="162"/>
+      <c r="A18" s="161"/>
       <c r="B18" s="158"/>
-      <c r="C18" s="163"/>
-[...1 lines deleted...]
-      <c r="E18" s="165">
+      <c r="C18" s="162"/>
+      <c r="D18" s="164"/>
+      <c r="E18" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="F18" s="169"/>
-      <c r="G18" s="166">
+      <c r="F18" s="168"/>
+      <c r="G18" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H18" s="166">
+      <c r="H18" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I18" s="167"/>
+      <c r="I18" s="166"/>
     </row>
     <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="162"/>
+      <c r="A19" s="161"/>
       <c r="B19" s="158"/>
-      <c r="C19" s="163"/>
-[...1 lines deleted...]
-      <c r="E19" s="165">
+      <c r="C19" s="162"/>
+      <c r="D19" s="164"/>
+      <c r="E19" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="F19" s="166"/>
-      <c r="G19" s="166">
+      <c r="F19" s="165"/>
+      <c r="G19" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H19" s="166">
+      <c r="H19" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I19" s="167"/>
+      <c r="I19" s="166"/>
     </row>
     <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="162"/>
+      <c r="A20" s="161"/>
       <c r="B20" s="158"/>
-      <c r="C20" s="163"/>
-[...1 lines deleted...]
-      <c r="E20" s="165">
+      <c r="C20" s="162"/>
+      <c r="D20" s="164"/>
+      <c r="E20" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="F20" s="166"/>
-      <c r="G20" s="166">
+      <c r="F20" s="165"/>
+      <c r="G20" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H20" s="166">
+      <c r="H20" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I20" s="167"/>
+      <c r="I20" s="166"/>
     </row>
     <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="162"/>
+      <c r="A21" s="161"/>
       <c r="B21" s="158"/>
-      <c r="C21" s="170"/>
-[...1 lines deleted...]
-      <c r="E21" s="165">
+      <c r="C21" s="169"/>
+      <c r="D21" s="164"/>
+      <c r="E21" s="164">
         <f t="shared" si="0"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="F21" s="166"/>
-      <c r="G21" s="166">
+      <c r="F21" s="165"/>
+      <c r="G21" s="165">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="H21" s="166">
+      <c r="H21" s="165">
         <f t="shared" si="2"/>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I21" s="167"/>
+      <c r="I21" s="166"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="162"/>
-[...7 lines deleted...]
-      <c r="I22" s="167"/>
+      <c r="A22" s="161"/>
+      <c r="B22" s="162"/>
+      <c r="C22" s="197"/>
+      <c r="D22" s="165"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="165"/>
+      <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="162"/>
-[...1 lines deleted...]
-      <c r="C23" s="200" t="s">
+      <c r="A23" s="161"/>
+      <c r="B23" s="198"/>
+      <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
-      <c r="D23" s="201">
+      <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
         <v>2201964.9699999997</v>
       </c>
-      <c r="E23" s="201"/>
-      <c r="F23" s="201">
+      <c r="E23" s="200"/>
+      <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
         <v>0</v>
       </c>
-      <c r="G23" s="201"/>
-      <c r="H23" s="201">
+      <c r="G23" s="200"/>
+      <c r="H23" s="200">
         <f>D23-F23</f>
         <v>2201964.9699999997</v>
       </c>
-      <c r="I23" s="167"/>
+      <c r="I23" s="166"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DDDB3B50-001B-4B0A-BCF0-5ACBC513D93A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I25"/>
+  <dimension ref="A1:I26"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L13" sqref="L13"/>
+      <selection activeCell="O24" sqref="O24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" customWidth="1"/>
     <col min="3" max="3" width="25" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="10.5703125" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" customWidth="1"/>
+    <col min="9" max="9" width="12.42578125" customWidth="1"/>
     <col min="257" max="264" width="11.42578125" customWidth="1"/>
     <col min="513" max="520" width="11.42578125" customWidth="1"/>
     <col min="769" max="776" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1032" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1288" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1544" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1800" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2056" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2312" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2568" width="11.42578125" customWidth="1"/>
     <col min="2817" max="2824" width="11.42578125" customWidth="1"/>
     <col min="3073" max="3080" width="11.42578125" customWidth="1"/>
     <col min="3329" max="3336" width="11.42578125" customWidth="1"/>
     <col min="3585" max="3592" width="11.42578125" customWidth="1"/>
     <col min="3841" max="3848" width="11.42578125" customWidth="1"/>
     <col min="4097" max="4104" width="11.42578125" customWidth="1"/>
     <col min="4353" max="4360" width="11.42578125" customWidth="1"/>
     <col min="4609" max="4616" width="11.42578125" customWidth="1"/>
     <col min="4865" max="4872" width="11.42578125" customWidth="1"/>
     <col min="5121" max="5128" width="11.42578125" customWidth="1"/>
     <col min="5377" max="5384" width="11.42578125" customWidth="1"/>
     <col min="5633" max="5640" width="11.42578125" customWidth="1"/>
     <col min="5889" max="5896" width="11.42578125" customWidth="1"/>
     <col min="6145" max="6152" width="11.42578125" customWidth="1"/>
     <col min="6401" max="6408" width="11.42578125" customWidth="1"/>
@@ -11426,365 +11726,380 @@
     <row r="8" spans="1:9" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="50" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="51" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="52" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="53" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="53" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="I8" s="30" t="s">
-        <v>1</v>
+      <c r="I8" s="247" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="162" t="s">
+      <c r="A9" s="161" t="s">
         <v>159</v>
       </c>
       <c r="B9" s="158">
         <v>45995</v>
       </c>
-      <c r="C9" s="163" t="s">
+      <c r="C9" s="162" t="s">
         <v>73</v>
       </c>
-      <c r="D9" s="164">
+      <c r="D9" s="163">
         <v>233000</v>
       </c>
-      <c r="E9" s="165">
+      <c r="E9" s="164">
         <f>D9</f>
         <v>233000</v>
       </c>
-      <c r="F9" s="166"/>
-[...1 lines deleted...]
-      <c r="H9" s="166">
+      <c r="F9" s="165"/>
+      <c r="G9" s="165"/>
+      <c r="H9" s="165">
         <f>E9</f>
         <v>233000</v>
       </c>
-      <c r="I9" s="167"/>
+      <c r="I9" s="166"/>
     </row>
     <row r="10" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="162" t="s">
+      <c r="A10" s="161" t="s">
         <v>159</v>
       </c>
-      <c r="B10" s="168">
+      <c r="B10" s="167">
         <v>46020</v>
       </c>
-      <c r="C10" s="163" t="s">
+      <c r="C10" s="162" t="s">
         <v>165</v>
       </c>
-      <c r="D10" s="164">
+      <c r="D10" s="163">
         <v>10169.25</v>
       </c>
-      <c r="E10" s="165">
+      <c r="E10" s="164">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
         <v>243169.25</v>
       </c>
       <c r="F10" s="150"/>
-      <c r="G10" s="166">
+      <c r="G10" s="165">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
         <v>0</v>
       </c>
-      <c r="H10" s="166">
+      <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
         <v>243169.25</v>
       </c>
-      <c r="I10" s="167"/>
+      <c r="I10" s="166"/>
     </row>
     <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="162"/>
-[...3 lines deleted...]
-      <c r="E11" s="165">
+      <c r="A11" s="161" t="s">
+        <v>192</v>
+      </c>
+      <c r="B11" s="158">
+        <v>46045</v>
+      </c>
+      <c r="C11" s="162" t="s">
+        <v>193</v>
+      </c>
+      <c r="D11" s="164"/>
+      <c r="E11" s="164">
         <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="F11" s="150"/>
-      <c r="G11" s="166">
+      <c r="F11" s="150">
+        <v>6693</v>
+      </c>
+      <c r="G11" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="H11" s="166">
+        <v>6693</v>
+      </c>
+      <c r="H11" s="165">
         <f t="shared" si="2"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I11" s="269">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="161"/>
+      <c r="B12" s="158"/>
+      <c r="C12" s="162"/>
+      <c r="D12" s="164"/>
+      <c r="E12" s="164">
+        <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="I11" s="167"/>
-[...6 lines deleted...]
-      <c r="E12" s="165">
+      <c r="F12" s="168"/>
+      <c r="G12" s="165">
+        <f t="shared" si="1"/>
+        <v>6693</v>
+      </c>
+      <c r="H12" s="165">
+        <f t="shared" si="2"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I12" s="269"/>
+    </row>
+    <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="161"/>
+      <c r="B13" s="158"/>
+      <c r="C13" s="162"/>
+      <c r="D13" s="164"/>
+      <c r="E13" s="164">
         <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="F12" s="169"/>
-      <c r="G12" s="166">
+      <c r="F13" s="168"/>
+      <c r="G13" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="H12" s="166">
+        <v>6693</v>
+      </c>
+      <c r="H13" s="165">
         <f t="shared" si="2"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I13" s="269"/>
+    </row>
+    <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="161"/>
+      <c r="B14" s="158"/>
+      <c r="C14" s="162"/>
+      <c r="D14" s="164"/>
+      <c r="E14" s="164">
+        <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="I12" s="167"/>
-[...6 lines deleted...]
-      <c r="E13" s="165">
+      <c r="F14" s="165"/>
+      <c r="G14" s="165">
+        <f t="shared" si="1"/>
+        <v>6693</v>
+      </c>
+      <c r="H14" s="165">
+        <f t="shared" si="2"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I14" s="269"/>
+    </row>
+    <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="161"/>
+      <c r="B15" s="158"/>
+      <c r="C15" s="162"/>
+      <c r="D15" s="164"/>
+      <c r="E15" s="164">
         <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="F13" s="169"/>
-      <c r="G13" s="166">
+      <c r="F15" s="168"/>
+      <c r="G15" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="H13" s="166">
+        <v>6693</v>
+      </c>
+      <c r="H15" s="165">
         <f t="shared" si="2"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I15" s="269"/>
+    </row>
+    <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="161"/>
+      <c r="B16" s="158"/>
+      <c r="C16" s="162"/>
+      <c r="D16" s="164"/>
+      <c r="E16" s="164">
+        <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="I13" s="167"/>
-[...6 lines deleted...]
-      <c r="E14" s="165">
+      <c r="F16" s="168"/>
+      <c r="G16" s="165">
+        <f t="shared" si="1"/>
+        <v>6693</v>
+      </c>
+      <c r="H16" s="165">
+        <f t="shared" si="2"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I16" s="269"/>
+    </row>
+    <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="161"/>
+      <c r="B17" s="158"/>
+      <c r="C17" s="162"/>
+      <c r="D17" s="164"/>
+      <c r="E17" s="164">
         <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="F14" s="166"/>
-      <c r="G14" s="166">
+      <c r="F17" s="168"/>
+      <c r="G17" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="H14" s="166">
+        <v>6693</v>
+      </c>
+      <c r="H17" s="165">
         <f t="shared" si="2"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I17" s="269"/>
+    </row>
+    <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="161"/>
+      <c r="B18" s="158"/>
+      <c r="C18" s="162"/>
+      <c r="D18" s="164"/>
+      <c r="E18" s="164">
+        <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="I14" s="167"/>
-[...6 lines deleted...]
-      <c r="E15" s="165">
+      <c r="F18" s="168"/>
+      <c r="G18" s="165">
+        <f t="shared" si="1"/>
+        <v>6693</v>
+      </c>
+      <c r="H18" s="165">
+        <f t="shared" si="2"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I18" s="269"/>
+    </row>
+    <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="161"/>
+      <c r="B19" s="158"/>
+      <c r="C19" s="162"/>
+      <c r="D19" s="164"/>
+      <c r="E19" s="164">
         <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="F15" s="169"/>
-      <c r="G15" s="166">
+      <c r="F19" s="165"/>
+      <c r="G19" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="H15" s="166">
+        <v>6693</v>
+      </c>
+      <c r="H19" s="165">
         <f t="shared" si="2"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I19" s="269"/>
+    </row>
+    <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="161"/>
+      <c r="B20" s="158"/>
+      <c r="C20" s="162"/>
+      <c r="D20" s="164"/>
+      <c r="E20" s="164">
+        <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="I15" s="167"/>
-[...6 lines deleted...]
-      <c r="E16" s="165">
+      <c r="F20" s="165"/>
+      <c r="G20" s="165">
+        <f t="shared" si="1"/>
+        <v>6693</v>
+      </c>
+      <c r="H20" s="165">
+        <f t="shared" si="2"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I20" s="269"/>
+    </row>
+    <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="161"/>
+      <c r="B21" s="158"/>
+      <c r="C21" s="169"/>
+      <c r="D21" s="164"/>
+      <c r="E21" s="164">
         <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
-      <c r="F16" s="169"/>
-      <c r="G16" s="166">
+      <c r="F21" s="165"/>
+      <c r="G21" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="H16" s="166">
+        <v>6693</v>
+      </c>
+      <c r="H21" s="165">
         <f t="shared" si="2"/>
-        <v>243169.25</v>
-[...101 lines deleted...]
-      <c r="I21" s="167"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I21" s="269"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="162"/>
-[...7 lines deleted...]
-      <c r="I22" s="167"/>
+      <c r="A22" s="161"/>
+      <c r="B22" s="162"/>
+      <c r="C22" s="197"/>
+      <c r="D22" s="165"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="165"/>
+      <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="162"/>
-[...1 lines deleted...]
-      <c r="C23" s="200" t="s">
+      <c r="A23" s="161"/>
+      <c r="B23" s="198"/>
+      <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
-      <c r="D23" s="201">
+      <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
         <v>243169.25</v>
       </c>
-      <c r="E23" s="201"/>
-      <c r="F23" s="201">
+      <c r="E23" s="200"/>
+      <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="H23" s="201">
+        <v>6693</v>
+      </c>
+      <c r="G23" s="200"/>
+      <c r="H23" s="200">
         <f>D23-F23</f>
-        <v>243169.25</v>
-[...1 lines deleted...]
-      <c r="I23" s="167"/>
+        <v>236476.25</v>
+      </c>
+      <c r="I23" s="166"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="230" t="s">
+        <v>195</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
-  <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="74" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>