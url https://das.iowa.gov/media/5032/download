--- v1 (2026-03-02)
+++ v2 (2026-03-23)
@@ -1,223 +1,265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\WebMaster\Financials\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MM FY26 0017-061T Historical Shelving\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB6194DA-AA76-4F95-A4C6-D226D820B9B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{47B0B122-53D7-48F1-AD54-F137821AA7C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-135" windowWidth="29040" windowHeight="15720" tabRatio="928" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Language" sheetId="7" r:id="rId1"/>
     <sheet name="FINANCIAL" sheetId="6" r:id="rId2"/>
     <sheet name="RECAP #9485.00" sheetId="2" r:id="rId3"/>
     <sheet name="#9485.00 Neumann Monson" sheetId="3" r:id="rId4"/>
     <sheet name="#9485.00 PM TIME" sheetId="4" r:id="rId5"/>
     <sheet name="#9485.00 Misc" sheetId="5" r:id="rId6"/>
     <sheet name="#9485.00 DCI Group" sheetId="8" r:id="rId7"/>
     <sheet name="#9485.00 Midwest Storage " sheetId="13" r:id="rId8"/>
     <sheet name="#9485.00 GTG Construction" sheetId="14" r:id="rId9"/>
     <sheet name="#9485.00 Waldinger Corp" sheetId="15" r:id="rId10"/>
     <sheet name="#9485.00 JF Ahern" sheetId="16" r:id="rId11"/>
     <sheet name="#9485.00 DCI Group (2)" sheetId="17" r:id="rId12"/>
-    <sheet name="RECAP #XXXX.XX" sheetId="9" r:id="rId13"/>
-[...2 lines deleted...]
-    <sheet name="#XXXX.XX Misc" sheetId="12" r:id="rId16"/>
+    <sheet name="#9485.00 IA Prison Industries" sheetId="18" r:id="rId13"/>
+    <sheet name="RECAP #XXXX.XX" sheetId="9" r:id="rId14"/>
+    <sheet name="#XXXX.XX Vendor A" sheetId="10" r:id="rId15"/>
+    <sheet name="#XXXX.XX PM TIME" sheetId="11" r:id="rId16"/>
+    <sheet name="#XXXX.XX Misc" sheetId="12" r:id="rId17"/>
   </sheets>
   <externalReferences>
-    <externalReference r:id="rId17"/>
+    <externalReference r:id="rId18"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">FINANCIAL!$A$13:$K$13</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">FINANCIAL!$A$1:$K$47</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">FINANCIAL!$2:$2</definedName>
     <definedName name="Z_B4E4B686_422E_4CA5_83DF_67B3403136B9_.wvu.FilterData" localSheetId="1" hidden="1">FINANCIAL!$A$13:$K$13</definedName>
     <definedName name="Z_B4E4B686_422E_4CA5_83DF_67B3403136B9_.wvu.PrintArea" localSheetId="1" hidden="1">FINANCIAL!$A$1:$K$47</definedName>
     <definedName name="Z_B4E4B686_422E_4CA5_83DF_67B3403136B9_.wvu.PrintTitles" localSheetId="1" hidden="1">FINANCIAL!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H25" i="5" l="1"/>
-[...10 lines deleted...]
-  <c r="F24" i="4" s="1"/>
+  <c r="I13" i="14" l="1"/>
+  <c r="F27" i="17"/>
+  <c r="F26" i="17"/>
+  <c r="F23" i="18" l="1"/>
+  <c r="E19" i="2" s="1"/>
+  <c r="D23" i="18"/>
+  <c r="D19" i="2" s="1"/>
+  <c r="G10" i="18"/>
+  <c r="G11" i="18" s="1"/>
+  <c r="G12" i="18" s="1"/>
+  <c r="G13" i="18" s="1"/>
+  <c r="G14" i="18" s="1"/>
+  <c r="G15" i="18" s="1"/>
+  <c r="G16" i="18" s="1"/>
+  <c r="G17" i="18" s="1"/>
+  <c r="G18" i="18" s="1"/>
+  <c r="G19" i="18" s="1"/>
+  <c r="G20" i="18" s="1"/>
+  <c r="G21" i="18" s="1"/>
+  <c r="E9" i="18"/>
+  <c r="H9" i="18" s="1"/>
+  <c r="H10" i="18" s="1"/>
+  <c r="H11" i="18" s="1"/>
+  <c r="H12" i="18" s="1"/>
+  <c r="H13" i="18" s="1"/>
+  <c r="H14" i="18" s="1"/>
+  <c r="H15" i="18" s="1"/>
+  <c r="H16" i="18" s="1"/>
+  <c r="H17" i="18" s="1"/>
+  <c r="H18" i="18" s="1"/>
+  <c r="H19" i="18" s="1"/>
+  <c r="H20" i="18" s="1"/>
+  <c r="H21" i="18" s="1"/>
+  <c r="A6" i="18"/>
+  <c r="D3" i="18"/>
+  <c r="A3" i="18"/>
+  <c r="A2" i="18"/>
+  <c r="A1" i="18"/>
+  <c r="F28" i="3"/>
+  <c r="F27" i="3"/>
+  <c r="F26" i="3"/>
   <c r="G21" i="4"/>
   <c r="G20" i="4"/>
-  <c r="F18" i="2"/>
-[...1 lines deleted...]
-  <c r="D18" i="2"/>
   <c r="F29" i="17"/>
   <c r="D29" i="17"/>
   <c r="H28" i="17"/>
   <c r="H27" i="17"/>
   <c r="H26" i="17"/>
   <c r="F23" i="17"/>
+  <c r="E18" i="2" s="1"/>
   <c r="D23" i="17"/>
+  <c r="D18" i="2" s="1"/>
   <c r="G10" i="17"/>
   <c r="G11" i="17" s="1"/>
   <c r="G12" i="17" s="1"/>
   <c r="G13" i="17" s="1"/>
   <c r="G14" i="17" s="1"/>
   <c r="G15" i="17" s="1"/>
   <c r="G16" i="17" s="1"/>
   <c r="G17" i="17" s="1"/>
   <c r="G18" i="17" s="1"/>
   <c r="G19" i="17" s="1"/>
   <c r="G20" i="17" s="1"/>
   <c r="G21" i="17" s="1"/>
   <c r="E9" i="17"/>
   <c r="E10" i="17" s="1"/>
   <c r="E11" i="17" s="1"/>
   <c r="E12" i="17" s="1"/>
   <c r="E13" i="17" s="1"/>
   <c r="E14" i="17" s="1"/>
   <c r="E15" i="17" s="1"/>
   <c r="E16" i="17" s="1"/>
   <c r="E17" i="17" s="1"/>
   <c r="E18" i="17" s="1"/>
   <c r="E19" i="17" s="1"/>
   <c r="E20" i="17" s="1"/>
   <c r="E21" i="17" s="1"/>
   <c r="A6" i="17"/>
   <c r="D3" i="17"/>
   <c r="A3" i="17"/>
   <c r="A2" i="17"/>
   <c r="A1" i="17"/>
-  <c r="F17" i="2"/>
-[...1 lines deleted...]
-  <c r="D17" i="2"/>
   <c r="D27" i="8"/>
   <c r="D26" i="8"/>
   <c r="F26" i="8"/>
-  <c r="H29" i="17" l="1"/>
+  <c r="H23" i="18" l="1"/>
+  <c r="F19" i="2" s="1"/>
+  <c r="E10" i="18"/>
+  <c r="E11" i="18" s="1"/>
+  <c r="E12" i="18" s="1"/>
+  <c r="E13" i="18" s="1"/>
+  <c r="E14" i="18" s="1"/>
+  <c r="E15" i="18" s="1"/>
+  <c r="E16" i="18" s="1"/>
+  <c r="E17" i="18" s="1"/>
+  <c r="E18" i="18" s="1"/>
+  <c r="E19" i="18" s="1"/>
+  <c r="E20" i="18" s="1"/>
+  <c r="E21" i="18" s="1"/>
+  <c r="H29" i="17"/>
   <c r="H23" i="17"/>
+  <c r="F18" i="2" s="1"/>
   <c r="H9" i="17"/>
   <c r="H10" i="17" s="1"/>
   <c r="H11" i="17" s="1"/>
   <c r="H12" i="17" s="1"/>
   <c r="H13" i="17" s="1"/>
   <c r="H14" i="17" s="1"/>
   <c r="H15" i="17" s="1"/>
   <c r="H16" i="17" s="1"/>
   <c r="H17" i="17" s="1"/>
   <c r="H18" i="17" s="1"/>
   <c r="H19" i="17" s="1"/>
   <c r="H20" i="17" s="1"/>
   <c r="H21" i="17" s="1"/>
   <c r="F23" i="16"/>
+  <c r="E17" i="2" s="1"/>
   <c r="D23" i="16"/>
-  <c r="H23" i="16" s="1"/>
-  <c r="G11" i="16"/>
+  <c r="G10" i="16"/>
+  <c r="G11" i="16" s="1"/>
   <c r="G12" i="16" s="1"/>
   <c r="G13" i="16" s="1"/>
   <c r="G14" i="16" s="1"/>
   <c r="G15" i="16" s="1"/>
   <c r="G16" i="16" s="1"/>
   <c r="G17" i="16" s="1"/>
   <c r="G18" i="16" s="1"/>
   <c r="G19" i="16" s="1"/>
   <c r="G20" i="16" s="1"/>
   <c r="G21" i="16" s="1"/>
-  <c r="G10" i="16"/>
   <c r="E9" i="16"/>
   <c r="E10" i="16" s="1"/>
   <c r="E11" i="16" s="1"/>
   <c r="E12" i="16" s="1"/>
   <c r="E13" i="16" s="1"/>
   <c r="E14" i="16" s="1"/>
   <c r="E15" i="16" s="1"/>
   <c r="E16" i="16" s="1"/>
   <c r="E17" i="16" s="1"/>
   <c r="E18" i="16" s="1"/>
   <c r="E19" i="16" s="1"/>
   <c r="E20" i="16" s="1"/>
   <c r="E21" i="16" s="1"/>
   <c r="A6" i="16"/>
   <c r="D3" i="16"/>
   <c r="A3" i="16"/>
   <c r="A2" i="16"/>
   <c r="A1" i="16"/>
   <c r="F23" i="15"/>
   <c r="E16" i="2" s="1"/>
   <c r="D23" i="15"/>
   <c r="D16" i="2" s="1"/>
   <c r="G10" i="15"/>
   <c r="G11" i="15" s="1"/>
   <c r="G12" i="15" s="1"/>
@@ -264,83 +306,86 @@
   <c r="G20" i="14" s="1"/>
   <c r="G21" i="14" s="1"/>
   <c r="E9" i="14"/>
   <c r="E10" i="14" s="1"/>
   <c r="E11" i="14" s="1"/>
   <c r="E12" i="14" s="1"/>
   <c r="E13" i="14" s="1"/>
   <c r="E14" i="14" s="1"/>
   <c r="E15" i="14" s="1"/>
   <c r="E16" i="14" s="1"/>
   <c r="E17" i="14" s="1"/>
   <c r="E18" i="14" s="1"/>
   <c r="E19" i="14" s="1"/>
   <c r="E20" i="14" s="1"/>
   <c r="E21" i="14" s="1"/>
   <c r="A6" i="14"/>
   <c r="D3" i="14"/>
   <c r="A3" i="14"/>
   <c r="A2" i="14"/>
   <c r="A1" i="14"/>
   <c r="A1" i="5"/>
   <c r="F27" i="8"/>
   <c r="F23" i="13"/>
   <c r="E14" i="2" s="1"/>
   <c r="D23" i="13"/>
-  <c r="H23" i="13" s="1"/>
-  <c r="F14" i="2" s="1"/>
   <c r="G10" i="13"/>
   <c r="G11" i="13" s="1"/>
   <c r="G12" i="13" s="1"/>
   <c r="G13" i="13" s="1"/>
   <c r="G14" i="13" s="1"/>
   <c r="G15" i="13" s="1"/>
   <c r="G16" i="13" s="1"/>
   <c r="G17" i="13" s="1"/>
   <c r="G18" i="13" s="1"/>
   <c r="G19" i="13" s="1"/>
   <c r="G20" i="13" s="1"/>
   <c r="G21" i="13" s="1"/>
   <c r="E9" i="13"/>
   <c r="E10" i="13" s="1"/>
   <c r="E11" i="13" s="1"/>
   <c r="E12" i="13" s="1"/>
   <c r="E13" i="13" s="1"/>
   <c r="E14" i="13" s="1"/>
   <c r="E15" i="13" s="1"/>
   <c r="E16" i="13" s="1"/>
   <c r="E17" i="13" s="1"/>
   <c r="E18" i="13" s="1"/>
   <c r="E19" i="13" s="1"/>
   <c r="E20" i="13" s="1"/>
   <c r="E21" i="13" s="1"/>
   <c r="A6" i="13"/>
   <c r="D3" i="13"/>
   <c r="A3" i="13"/>
   <c r="A2" i="13"/>
   <c r="A1" i="13"/>
-  <c r="H23" i="14" l="1"/>
+  <c r="H23" i="13" l="1"/>
+  <c r="F14" i="2" s="1"/>
+  <c r="H23" i="16"/>
+  <c r="F17" i="2" s="1"/>
+  <c r="D17" i="2"/>
+  <c r="H23" i="14"/>
   <c r="F15" i="2" s="1"/>
   <c r="D15" i="2"/>
   <c r="H9" i="16"/>
   <c r="H10" i="16" s="1"/>
   <c r="H11" i="16" s="1"/>
   <c r="H12" i="16" s="1"/>
   <c r="H13" i="16" s="1"/>
   <c r="H14" i="16" s="1"/>
   <c r="H15" i="16" s="1"/>
   <c r="H16" i="16" s="1"/>
   <c r="H17" i="16" s="1"/>
   <c r="H18" i="16" s="1"/>
   <c r="H19" i="16" s="1"/>
   <c r="H20" i="16" s="1"/>
   <c r="H21" i="16" s="1"/>
   <c r="D14" i="2"/>
   <c r="H23" i="15"/>
   <c r="F16" i="2" s="1"/>
   <c r="H9" i="15"/>
   <c r="H10" i="15" s="1"/>
   <c r="H11" i="15" s="1"/>
   <c r="H12" i="15" s="1"/>
   <c r="H13" i="15" s="1"/>
   <c r="H14" i="15" s="1"/>
   <c r="H15" i="15" s="1"/>
@@ -356,52 +401,52 @@
   <c r="H12" i="14" s="1"/>
   <c r="H13" i="14" s="1"/>
   <c r="H14" i="14" s="1"/>
   <c r="H15" i="14" s="1"/>
   <c r="H16" i="14" s="1"/>
   <c r="H17" i="14" s="1"/>
   <c r="H18" i="14" s="1"/>
   <c r="H19" i="14" s="1"/>
   <c r="H20" i="14" s="1"/>
   <c r="H21" i="14" s="1"/>
   <c r="H9" i="13"/>
   <c r="H10" i="13" s="1"/>
   <c r="H11" i="13" s="1"/>
   <c r="H12" i="13" s="1"/>
   <c r="H13" i="13" s="1"/>
   <c r="H14" i="13" s="1"/>
   <c r="H15" i="13" s="1"/>
   <c r="H16" i="13" s="1"/>
   <c r="H17" i="13" s="1"/>
   <c r="H18" i="13" s="1"/>
   <c r="H19" i="13" s="1"/>
   <c r="H20" i="13" s="1"/>
   <c r="H21" i="13" s="1"/>
   <c r="G13" i="4"/>
   <c r="G12" i="4"/>
-  <c r="F26" i="3" l="1"/>
   <c r="G22" i="12" l="1"/>
+  <c r="D12" i="9" s="1"/>
   <c r="H9" i="12"/>
   <c r="H10" i="12" s="1"/>
   <c r="H11" i="12" s="1"/>
   <c r="H12" i="12" s="1"/>
   <c r="H13" i="12" s="1"/>
   <c r="H14" i="12" s="1"/>
   <c r="H15" i="12" s="1"/>
   <c r="H16" i="12" s="1"/>
   <c r="H17" i="12" s="1"/>
   <c r="H18" i="12" s="1"/>
   <c r="H19" i="12" s="1"/>
   <c r="H20" i="12" s="1"/>
   <c r="A7" i="12"/>
   <c r="E3" i="12"/>
   <c r="A3" i="12"/>
   <c r="A2" i="12"/>
   <c r="A1" i="12"/>
   <c r="G23" i="11"/>
   <c r="E23" i="11"/>
   <c r="I23" i="11" s="1"/>
   <c r="F11" i="9" s="1"/>
   <c r="H10" i="11"/>
   <c r="H11" i="11" s="1"/>
   <c r="H12" i="11" s="1"/>
   <c r="H13" i="11" s="1"/>
@@ -417,87 +462,86 @@
   <c r="F10" i="11" s="1"/>
   <c r="F11" i="11" s="1"/>
   <c r="F12" i="11" s="1"/>
   <c r="F13" i="11" s="1"/>
   <c r="F14" i="11" s="1"/>
   <c r="F15" i="11" s="1"/>
   <c r="F16" i="11" s="1"/>
   <c r="F17" i="11" s="1"/>
   <c r="F18" i="11" s="1"/>
   <c r="F19" i="11" s="1"/>
   <c r="F20" i="11" s="1"/>
   <c r="F21" i="11" s="1"/>
   <c r="A7" i="11"/>
   <c r="E3" i="11"/>
   <c r="A3" i="11"/>
   <c r="A2" i="11"/>
   <c r="A1" i="11"/>
   <c r="F28" i="10"/>
   <c r="D28" i="10"/>
   <c r="H27" i="10"/>
   <c r="H26" i="10"/>
   <c r="F23" i="10"/>
   <c r="E10" i="9" s="1"/>
   <c r="D23" i="10"/>
   <c r="D10" i="9" s="1"/>
-  <c r="G11" i="10"/>
+  <c r="G10" i="10"/>
+  <c r="G11" i="10" s="1"/>
   <c r="G12" i="10" s="1"/>
   <c r="G13" i="10" s="1"/>
   <c r="G14" i="10" s="1"/>
   <c r="G15" i="10" s="1"/>
   <c r="G16" i="10" s="1"/>
   <c r="G17" i="10" s="1"/>
   <c r="G18" i="10" s="1"/>
   <c r="G19" i="10" s="1"/>
   <c r="G20" i="10" s="1"/>
   <c r="G21" i="10" s="1"/>
-  <c r="G10" i="10"/>
   <c r="E9" i="10"/>
   <c r="E10" i="10" s="1"/>
   <c r="E11" i="10" s="1"/>
   <c r="E12" i="10" s="1"/>
   <c r="E13" i="10" s="1"/>
   <c r="E14" i="10" s="1"/>
   <c r="E15" i="10" s="1"/>
   <c r="E16" i="10" s="1"/>
   <c r="E17" i="10" s="1"/>
   <c r="E18" i="10" s="1"/>
   <c r="E19" i="10" s="1"/>
   <c r="E20" i="10" s="1"/>
   <c r="E21" i="10" s="1"/>
   <c r="A6" i="10"/>
   <c r="D3" i="10"/>
   <c r="A3" i="10"/>
   <c r="A2" i="10"/>
   <c r="A1" i="10"/>
   <c r="C14" i="9"/>
   <c r="E12" i="9"/>
-  <c r="D12" i="9"/>
-  <c r="F12" i="9" s="1"/>
   <c r="E11" i="9"/>
   <c r="D11" i="9"/>
-  <c r="D14" i="9" l="1"/>
+  <c r="F12" i="9" l="1"/>
+  <c r="D14" i="9"/>
   <c r="G14" i="9" s="1"/>
   <c r="E14" i="9"/>
   <c r="H28" i="10"/>
   <c r="H23" i="10"/>
   <c r="F10" i="9" s="1"/>
   <c r="H9" i="10"/>
   <c r="H10" i="10" s="1"/>
   <c r="H11" i="10" s="1"/>
   <c r="H12" i="10" s="1"/>
   <c r="H13" i="10" s="1"/>
   <c r="H14" i="10" s="1"/>
   <c r="H15" i="10" s="1"/>
   <c r="H16" i="10" s="1"/>
   <c r="H17" i="10" s="1"/>
   <c r="H18" i="10" s="1"/>
   <c r="H19" i="10" s="1"/>
   <c r="H20" i="10" s="1"/>
   <c r="H21" i="10" s="1"/>
   <c r="I9" i="11"/>
   <c r="I10" i="11" s="1"/>
   <c r="I11" i="11" s="1"/>
   <c r="I12" i="11" s="1"/>
   <c r="I13" i="11" s="1"/>
   <c r="I14" i="11" s="1"/>
   <c r="I15" i="11" s="1"/>
@@ -577,190 +621,205 @@
   <c r="E6" i="6" s="1"/>
   <c r="J44" i="6" s="1"/>
   <c r="G37" i="6"/>
   <c r="G36" i="6"/>
   <c r="G35" i="6"/>
   <c r="G34" i="6"/>
   <c r="G33" i="6"/>
   <c r="G32" i="6"/>
   <c r="G31" i="6"/>
   <c r="G30" i="6"/>
   <c r="G29" i="6"/>
   <c r="G28" i="6"/>
   <c r="G27" i="6"/>
   <c r="G26" i="6"/>
   <c r="G25" i="6"/>
   <c r="G24" i="6"/>
   <c r="G23" i="6"/>
   <c r="G22" i="6"/>
   <c r="G21" i="6"/>
   <c r="G20" i="6"/>
   <c r="G19" i="6"/>
   <c r="G18" i="6"/>
   <c r="G17" i="6"/>
   <c r="E40" i="6"/>
   <c r="G15" i="6"/>
-  <c r="G29" i="5"/>
+  <c r="G32" i="5"/>
   <c r="H9" i="5"/>
   <c r="H10" i="5" s="1"/>
   <c r="H11" i="5" s="1"/>
   <c r="H12" i="5" s="1"/>
   <c r="H13" i="5" s="1"/>
   <c r="H14" i="5" s="1"/>
   <c r="H15" i="5" s="1"/>
   <c r="H16" i="5" s="1"/>
   <c r="H17" i="5" s="1"/>
   <c r="H18" i="5" s="1"/>
   <c r="H19" i="5" s="1"/>
   <c r="H20" i="5" s="1"/>
   <c r="H21" i="5" s="1"/>
   <c r="H22" i="5" s="1"/>
   <c r="H23" i="5" s="1"/>
   <c r="H24" i="5" s="1"/>
+  <c r="H25" i="5" s="1"/>
+  <c r="H26" i="5" s="1"/>
+  <c r="H27" i="5" s="1"/>
+  <c r="H28" i="5" s="1"/>
+  <c r="H29" i="5" s="1"/>
+  <c r="H30" i="5" s="1"/>
   <c r="A7" i="5"/>
   <c r="E3" i="5"/>
   <c r="A3" i="5"/>
   <c r="A2" i="5"/>
   <c r="G26" i="4"/>
   <c r="E11" i="2" s="1"/>
   <c r="E26" i="4"/>
   <c r="H10" i="4"/>
   <c r="H11" i="4" s="1"/>
   <c r="H12" i="4" s="1"/>
   <c r="H13" i="4" s="1"/>
   <c r="H14" i="4" s="1"/>
   <c r="H15" i="4" s="1"/>
   <c r="H16" i="4" s="1"/>
   <c r="H17" i="4" s="1"/>
   <c r="H18" i="4" s="1"/>
   <c r="H19" i="4" s="1"/>
   <c r="H20" i="4" s="1"/>
   <c r="H21" i="4" s="1"/>
+  <c r="H22" i="4" s="1"/>
+  <c r="H23" i="4" s="1"/>
+  <c r="H24" i="4" s="1"/>
   <c r="F9" i="4"/>
   <c r="I9" i="4" s="1"/>
   <c r="I10" i="4" s="1"/>
   <c r="I11" i="4" s="1"/>
   <c r="I12" i="4" s="1"/>
   <c r="I13" i="4" s="1"/>
   <c r="I14" i="4" s="1"/>
   <c r="I15" i="4" s="1"/>
   <c r="I16" i="4" s="1"/>
   <c r="I17" i="4" s="1"/>
   <c r="I18" i="4" s="1"/>
   <c r="I19" i="4" s="1"/>
   <c r="I20" i="4" s="1"/>
   <c r="I21" i="4" s="1"/>
+  <c r="I22" i="4" s="1"/>
+  <c r="I23" i="4" s="1"/>
+  <c r="I24" i="4" s="1"/>
   <c r="A7" i="4"/>
   <c r="E3" i="4"/>
   <c r="A3" i="4"/>
   <c r="A2" i="4"/>
   <c r="A1" i="4"/>
   <c r="F23" i="3"/>
   <c r="E10" i="2" s="1"/>
   <c r="D23" i="3"/>
   <c r="D10" i="2" s="1"/>
   <c r="G10" i="3"/>
   <c r="G11" i="3" s="1"/>
   <c r="G12" i="3" s="1"/>
   <c r="G13" i="3" s="1"/>
   <c r="G14" i="3" s="1"/>
   <c r="G15" i="3" s="1"/>
   <c r="G16" i="3" s="1"/>
   <c r="G17" i="3" s="1"/>
   <c r="G18" i="3" s="1"/>
   <c r="G19" i="3" s="1"/>
   <c r="G20" i="3" s="1"/>
   <c r="G21" i="3" s="1"/>
   <c r="E9" i="3"/>
   <c r="E10" i="3" s="1"/>
   <c r="E11" i="3" s="1"/>
   <c r="E12" i="3" s="1"/>
   <c r="E13" i="3" s="1"/>
   <c r="E14" i="3" s="1"/>
   <c r="E15" i="3" s="1"/>
   <c r="E16" i="3" s="1"/>
   <c r="E17" i="3" s="1"/>
   <c r="E18" i="3" s="1"/>
   <c r="E19" i="3" s="1"/>
   <c r="E20" i="3" s="1"/>
   <c r="E21" i="3" s="1"/>
   <c r="A6" i="3"/>
   <c r="D3" i="3"/>
   <c r="A3" i="3"/>
   <c r="A2" i="3"/>
   <c r="A1" i="3"/>
-  <c r="C20" i="2"/>
+  <c r="C21" i="2"/>
   <c r="D12" i="2" l="1"/>
   <c r="E12" i="2"/>
-  <c r="E20" i="2" s="1"/>
+  <c r="E21" i="2" s="1"/>
   <c r="I15" i="6" s="1"/>
   <c r="I40" i="6" s="1"/>
   <c r="I26" i="4"/>
   <c r="F11" i="2" s="1"/>
   <c r="D11" i="2"/>
   <c r="G16" i="6"/>
   <c r="G40" i="6" s="1"/>
   <c r="E7" i="6" s="1"/>
   <c r="E8" i="6" s="1"/>
   <c r="K42" i="6" s="1"/>
   <c r="H9" i="3"/>
   <c r="H10" i="3" s="1"/>
   <c r="H11" i="3" s="1"/>
   <c r="H12" i="3" s="1"/>
   <c r="H13" i="3" s="1"/>
   <c r="H14" i="3" s="1"/>
   <c r="H15" i="3" s="1"/>
   <c r="H16" i="3" s="1"/>
   <c r="H17" i="3" s="1"/>
   <c r="H18" i="3" s="1"/>
   <c r="H19" i="3" s="1"/>
   <c r="H20" i="3" s="1"/>
   <c r="H21" i="3" s="1"/>
   <c r="H23" i="3"/>
   <c r="F10" i="2" s="1"/>
   <c r="F10" i="4"/>
   <c r="F11" i="4" s="1"/>
   <c r="F12" i="4" s="1"/>
   <c r="F13" i="4" s="1"/>
   <c r="F14" i="4" s="1"/>
   <c r="F15" i="4" s="1"/>
   <c r="F16" i="4" s="1"/>
   <c r="F17" i="4" s="1"/>
   <c r="F18" i="4" s="1"/>
   <c r="F19" i="4" s="1"/>
   <c r="F20" i="4" s="1"/>
   <c r="F21" i="4" s="1"/>
+  <c r="F22" i="4" s="1"/>
+  <c r="F23" i="4" s="1"/>
+  <c r="F24" i="4" s="1"/>
   <c r="F12" i="2" l="1"/>
-  <c r="D20" i="2"/>
+  <c r="D21" i="2"/>
   <c r="H15" i="6" s="1"/>
   <c r="H40" i="6" s="1"/>
   <c r="J45" i="6" s="1"/>
   <c r="K45" i="6" s="1"/>
-  <c r="F20" i="2" l="1"/>
+  <c r="F21" i="2" l="1"/>
   <c r="J15" i="6" s="1"/>
   <c r="J40" i="6" s="1"/>
-  <c r="G20" i="2"/>
+  <c r="G21" i="2"/>
   <c r="K15" i="6" s="1"/>
   <c r="K40" i="6" s="1"/>
   <c r="K43" i="6" s="1"/>
   <c r="K46" i="6" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Huggins, Joni [DAS]</author>
   </authors>
   <commentList>
     <comment ref="E9" authorId="0" shapeId="0" xr:uid="{DBBC257C-BE38-454E-8957-A91ADD819E68}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="11"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Huggins, Joni [DAS]:</t>
         </r>
@@ -769,51 +828,51 @@
             <sz val="11"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 PM Time
 $Joni
 Adams, Brandon
 1:58 PM (25 minutes ago)
 to me
 Finance,
 Can you please set my budget for PM Time for the following projects:
 DA26 9481.00 - $35,000
 061T 9485.00 - $60,000
 Regards,
 Brandon Adams</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="471" uniqueCount="225">
   <si>
     <t>Recap</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TRANSFERS</t>
   </si>
   <si>
     <t>CONTRACTED</t>
   </si>
   <si>
     <t>EXPENDED</t>
   </si>
   <si>
     <t>CONTRACTED,  NOT EXPENDED</t>
   </si>
   <si>
     <t>UNDER(OVER)
 Budget</t>
   </si>
   <si>
     <t>Budget</t>
   </si>
@@ -1390,50 +1449,122 @@
     <t>PRC 3352633PA8906</t>
   </si>
   <si>
     <t>Inv. 9485.00 01</t>
   </si>
   <si>
     <t>Retainage</t>
   </si>
   <si>
     <t>3% Retainage</t>
   </si>
   <si>
     <t>Inv. 163278176 &amp; 163277934</t>
   </si>
   <si>
     <t>Crown Equipment V#(00003010134)</t>
   </si>
   <si>
     <t>GAX 33526029900</t>
   </si>
   <si>
     <t>GAX 33526029901</t>
   </si>
   <si>
     <t>Inv. 9485.00-04</t>
+  </si>
+  <si>
+    <t>PRC 3352621PB7908</t>
+  </si>
+  <si>
+    <t>Iowa Prison Industries</t>
+  </si>
+  <si>
+    <t>IA Prison Industries</t>
+  </si>
+  <si>
+    <t>9485.00-01</t>
+  </si>
+  <si>
+    <t>Activity code:  CNST</t>
+  </si>
+  <si>
+    <t>PO 33526033916</t>
+  </si>
+  <si>
+    <t>Vendor: 250DOCIPI00</t>
+  </si>
+  <si>
+    <t>Inv. 876858</t>
+  </si>
+  <si>
+    <t>Holmes Murphy V#(00002110543)</t>
+  </si>
+  <si>
+    <t>PRC 33526035900</t>
+  </si>
+  <si>
+    <t>PRC 3352634PA9901</t>
+  </si>
+  <si>
+    <t>Inv. 357305</t>
+  </si>
+  <si>
+    <t>PRCI 3352603PA3916</t>
+  </si>
+  <si>
+    <t>Inv. 93053E-001</t>
+  </si>
+  <si>
+    <t>IET DAS202607115300001</t>
+  </si>
+  <si>
+    <t>Finance Support for January 1-31, 2026</t>
+  </si>
+  <si>
+    <t>DAS Support for January 1-31, 2026</t>
+  </si>
+  <si>
+    <t>Inv. 357329</t>
+  </si>
+  <si>
+    <t>PRCI 33526047912</t>
+  </si>
+  <si>
+    <t>Inv. 25-026 CA 01</t>
+  </si>
+  <si>
+    <t>PRC 3352636PA5901</t>
+  </si>
+  <si>
+    <t>CO #2</t>
+  </si>
+  <si>
+    <t>PRC 3352633PB8906</t>
+  </si>
+  <si>
+    <t>Inv. 9485.00 002</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mm/dd/yy"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1852,51 +1983,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="270">
+  <cellXfs count="275">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="8" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="40" fontId="10" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
@@ -2493,93 +2624,108 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="14" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="40" fontId="14" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="36" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="40" fontId="6" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Currency 2" xfId="6" xr:uid="{22775A5C-E89F-44D4-9A80-E39CF55AD25A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{27F19638-7D44-43C8-A204-F964AC5CBA9B}"/>
     <cellStyle name="Normal_CLARINDA" xfId="5" xr:uid="{8AAD15FC-EC67-45EF-94E6-501FBD44E13D}"/>
     <cellStyle name="Normal_LUCAS REMODEL FOR Dept of Comm." xfId="3" xr:uid="{2B0244D6-5D10-4DFF-B673-9140ACE28B5F}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>582042</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>143666</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
@@ -2910,50 +3056,54 @@
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2997,66 +3147,67 @@
     <row r="18" x14ac:dyDescent="0.25"/>
     <row r="19" x14ac:dyDescent="0.25"/>
     <row r="20" x14ac:dyDescent="0.25"/>
     <row r="21" x14ac:dyDescent="0.25"/>
     <row r="22" x14ac:dyDescent="0.25"/>
     <row r="23" x14ac:dyDescent="0.25"/>
     <row r="24" x14ac:dyDescent="0.25"/>
     <row r="25" x14ac:dyDescent="0.25"/>
     <row r="26" x14ac:dyDescent="0.25"/>
     <row r="27" x14ac:dyDescent="0.25"/>
     <row r="28" x14ac:dyDescent="0.25"/>
     <row r="29" x14ac:dyDescent="0.25"/>
     <row r="30" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DB495F79-9F72-4865-9A1C-2D3F2878977E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I25"/>
+  <dimension ref="A1:I26"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E28" sqref="E28"/>
+      <selection activeCell="F10" sqref="F10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" customWidth="1"/>
     <col min="3" max="3" width="25" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="10.5703125" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" customWidth="1"/>
+    <col min="9" max="9" width="13" customWidth="1"/>
     <col min="257" max="264" width="11.42578125" customWidth="1"/>
     <col min="513" max="520" width="11.42578125" customWidth="1"/>
     <col min="769" max="776" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1032" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1288" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1544" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1800" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2056" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2312" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2568" width="11.42578125" customWidth="1"/>
     <col min="2817" max="2824" width="11.42578125" customWidth="1"/>
     <col min="3073" max="3080" width="11.42578125" customWidth="1"/>
     <col min="3329" max="3336" width="11.42578125" customWidth="1"/>
     <col min="3585" max="3592" width="11.42578125" customWidth="1"/>
     <col min="3841" max="3848" width="11.42578125" customWidth="1"/>
     <col min="4097" max="4104" width="11.42578125" customWidth="1"/>
     <col min="4353" max="4360" width="11.42578125" customWidth="1"/>
     <col min="4609" max="4616" width="11.42578125" customWidth="1"/>
     <col min="4865" max="4872" width="11.42578125" customWidth="1"/>
     <col min="5121" max="5128" width="11.42578125" customWidth="1"/>
     <col min="5377" max="5384" width="11.42578125" customWidth="1"/>
     <col min="5633" max="5640" width="11.42578125" customWidth="1"/>
     <col min="5889" max="5896" width="11.42578125" customWidth="1"/>
     <col min="6145" max="6152" width="11.42578125" customWidth="1"/>
     <col min="6401" max="6408" width="11.42578125" customWidth="1"/>
@@ -3207,357 +3358,372 @@
     <row r="8" spans="1:9" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="50" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="51" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="52" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="53" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="53" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="I8" s="30" t="s">
-        <v>1</v>
+      <c r="I8" s="247" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="161" t="s">
         <v>164</v>
       </c>
       <c r="B9" s="158">
         <v>46006</v>
       </c>
       <c r="C9" s="162" t="s">
         <v>73</v>
       </c>
       <c r="D9" s="163">
         <v>256545</v>
       </c>
       <c r="E9" s="164">
         <f>D9</f>
         <v>256545</v>
       </c>
       <c r="F9" s="165"/>
       <c r="G9" s="165"/>
       <c r="H9" s="165">
         <f>E9</f>
         <v>256545</v>
       </c>
       <c r="I9" s="166"/>
     </row>
     <row r="10" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="161"/>
-[...1 lines deleted...]
-      <c r="C10" s="162"/>
+      <c r="A10" s="161" t="s">
+        <v>211</v>
+      </c>
+      <c r="B10" s="167">
+        <v>46058</v>
+      </c>
+      <c r="C10" s="162" t="s">
+        <v>214</v>
+      </c>
       <c r="D10" s="164"/>
       <c r="E10" s="164">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
         <v>256545</v>
       </c>
-      <c r="F10" s="150"/>
+      <c r="F10" s="150">
+        <v>6035.46</v>
+      </c>
       <c r="G10" s="165">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I10" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I10" s="269">
+        <v>186.66</v>
+      </c>
     </row>
     <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="161"/>
       <c r="B11" s="158"/>
       <c r="C11" s="162"/>
       <c r="D11" s="164"/>
       <c r="E11" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F11" s="150"/>
       <c r="G11" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H11" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I11" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I11" s="269"/>
     </row>
     <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="161"/>
       <c r="B12" s="158"/>
       <c r="C12" s="162"/>
       <c r="D12" s="164"/>
       <c r="E12" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F12" s="168"/>
       <c r="G12" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H12" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I12" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I12" s="269"/>
     </row>
     <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="161"/>
       <c r="B13" s="158"/>
       <c r="C13" s="162"/>
       <c r="D13" s="164"/>
       <c r="E13" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F13" s="168"/>
       <c r="G13" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H13" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I13" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I13" s="269"/>
     </row>
     <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="161"/>
       <c r="B14" s="158"/>
       <c r="C14" s="162"/>
       <c r="D14" s="164"/>
       <c r="E14" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F14" s="165"/>
       <c r="G14" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H14" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I14" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I14" s="269"/>
     </row>
     <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="161"/>
       <c r="B15" s="158"/>
       <c r="C15" s="162"/>
       <c r="D15" s="164"/>
       <c r="E15" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F15" s="168"/>
       <c r="G15" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H15" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I15" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I15" s="269"/>
     </row>
     <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="161"/>
       <c r="B16" s="158"/>
       <c r="C16" s="162"/>
       <c r="D16" s="164"/>
       <c r="E16" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F16" s="168"/>
       <c r="G16" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H16" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I16" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I16" s="269"/>
     </row>
     <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="161"/>
       <c r="B17" s="158"/>
       <c r="C17" s="162"/>
       <c r="D17" s="164"/>
       <c r="E17" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F17" s="168"/>
       <c r="G17" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H17" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I17" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I17" s="269"/>
     </row>
     <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="161"/>
       <c r="B18" s="158"/>
       <c r="C18" s="162"/>
       <c r="D18" s="164"/>
       <c r="E18" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F18" s="168"/>
       <c r="G18" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H18" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I18" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I18" s="269"/>
     </row>
     <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="161"/>
       <c r="B19" s="158"/>
       <c r="C19" s="162"/>
       <c r="D19" s="164"/>
       <c r="E19" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F19" s="165"/>
       <c r="G19" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H19" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I19" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I19" s="269"/>
     </row>
     <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="161"/>
       <c r="B20" s="158"/>
       <c r="C20" s="162"/>
       <c r="D20" s="164"/>
       <c r="E20" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F20" s="165"/>
       <c r="G20" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H20" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I20" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I20" s="269"/>
     </row>
     <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="161"/>
       <c r="B21" s="158"/>
       <c r="C21" s="169"/>
       <c r="D21" s="164"/>
       <c r="E21" s="164">
         <f t="shared" si="0"/>
         <v>256545</v>
       </c>
       <c r="F21" s="165"/>
       <c r="G21" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="H21" s="165">
         <f t="shared" si="2"/>
-        <v>256545</v>
-[...1 lines deleted...]
-      <c r="I21" s="166"/>
+        <v>250509.54</v>
+      </c>
+      <c r="I21" s="269"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="161"/>
       <c r="B22" s="162"/>
       <c r="C22" s="197"/>
       <c r="D22" s="165"/>
       <c r="E22" s="165"/>
       <c r="F22" s="165"/>
       <c r="G22" s="165"/>
       <c r="H22" s="165"/>
       <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="161"/>
       <c r="B23" s="198"/>
       <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
       <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
         <v>256545</v>
       </c>
       <c r="E23" s="200"/>
       <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="G23" s="200"/>
       <c r="H23" s="200">
         <f>D23-F23</f>
-        <v>256545</v>
+        <v>250509.54</v>
       </c>
       <c r="I23" s="166"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="230" t="s">
+        <v>195</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
-  <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="74" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D3025F3-5717-4804-AF76-665BA091B5C1}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I59"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E28" sqref="E28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -4097,51 +4263,51 @@
     <row r="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30E4AF4E-AFE9-4B17-9EF0-B26B9C0F7565}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I59"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D7" sqref="D7"/>
+      <selection activeCell="L27" sqref="L27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" customWidth="1"/>
     <col min="3" max="3" width="25" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="10.5703125" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" customWidth="1"/>
     <col min="257" max="264" width="11.42578125" customWidth="1"/>
     <col min="513" max="520" width="11.42578125" customWidth="1"/>
     <col min="769" max="776" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1032" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1288" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1544" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1800" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2056" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2312" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2568" width="11.42578125" customWidth="1"/>
     <col min="2817" max="2824" width="11.42578125" customWidth="1"/>
     <col min="3073" max="3080" width="11.42578125" customWidth="1"/>
     <col min="3329" max="3336" width="11.42578125" customWidth="1"/>
@@ -4319,403 +4485,417 @@
       </c>
       <c r="F8" s="53" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="53" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="53" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="30" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="161" t="s">
         <v>178</v>
       </c>
       <c r="B9" s="158">
         <v>46022</v>
       </c>
       <c r="C9" s="162" t="s">
         <v>73</v>
       </c>
       <c r="D9" s="163">
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="E9" s="164">
         <f>D9</f>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F9" s="165"/>
       <c r="G9" s="165"/>
       <c r="H9" s="165">
         <f>E9</f>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="I9" s="166"/>
     </row>
     <row r="10" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="161"/>
-[...1 lines deleted...]
-      <c r="C10" s="162"/>
+      <c r="A10" s="161" t="s">
+        <v>221</v>
+      </c>
+      <c r="B10" s="167">
+        <v>46069</v>
+      </c>
+      <c r="C10" s="162" t="s">
+        <v>220</v>
+      </c>
       <c r="D10" s="164"/>
       <c r="E10" s="164">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
-        <v>31084.47</v>
-[...1 lines deleted...]
-      <c r="F10" s="150"/>
+        <v>310847.46999999997</v>
+      </c>
+      <c r="F10" s="150">
+        <v>20666.73</v>
+      </c>
       <c r="G10" s="165">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I10" s="166"/>
     </row>
     <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="161"/>
       <c r="B11" s="158"/>
       <c r="C11" s="162"/>
       <c r="D11" s="164"/>
       <c r="E11" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F11" s="150"/>
       <c r="G11" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H11" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I11" s="166"/>
     </row>
     <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="161"/>
       <c r="B12" s="158"/>
       <c r="C12" s="162"/>
       <c r="D12" s="164"/>
       <c r="E12" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F12" s="168"/>
       <c r="G12" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H12" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I12" s="166"/>
     </row>
     <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="161"/>
       <c r="B13" s="158"/>
       <c r="C13" s="162"/>
       <c r="D13" s="164"/>
       <c r="E13" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F13" s="168"/>
       <c r="G13" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H13" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I13" s="166"/>
     </row>
     <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="161"/>
       <c r="B14" s="158"/>
       <c r="C14" s="162"/>
       <c r="D14" s="164"/>
       <c r="E14" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F14" s="165"/>
       <c r="G14" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H14" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I14" s="166"/>
     </row>
     <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="161"/>
       <c r="B15" s="158"/>
       <c r="C15" s="162"/>
       <c r="D15" s="164"/>
       <c r="E15" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F15" s="168"/>
       <c r="G15" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H15" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I15" s="166"/>
     </row>
     <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="161"/>
       <c r="B16" s="158"/>
       <c r="C16" s="162"/>
       <c r="D16" s="164"/>
       <c r="E16" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F16" s="168"/>
       <c r="G16" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H16" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I16" s="166"/>
     </row>
     <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="161"/>
       <c r="B17" s="158"/>
       <c r="C17" s="162"/>
       <c r="D17" s="164"/>
       <c r="E17" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F17" s="168"/>
       <c r="G17" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H17" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I17" s="166"/>
     </row>
     <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="161"/>
       <c r="B18" s="158"/>
       <c r="C18" s="162"/>
       <c r="D18" s="164"/>
       <c r="E18" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F18" s="168"/>
       <c r="G18" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H18" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I18" s="166"/>
     </row>
     <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="161"/>
       <c r="B19" s="158"/>
       <c r="C19" s="162"/>
       <c r="D19" s="164"/>
       <c r="E19" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F19" s="165"/>
       <c r="G19" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H19" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I19" s="166"/>
     </row>
     <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="161"/>
       <c r="B20" s="158"/>
       <c r="C20" s="162"/>
       <c r="D20" s="164"/>
       <c r="E20" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F20" s="165"/>
       <c r="G20" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H20" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I20" s="166"/>
     </row>
     <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="161"/>
       <c r="B21" s="158"/>
       <c r="C21" s="169"/>
       <c r="D21" s="164"/>
       <c r="E21" s="164">
         <f t="shared" si="0"/>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="F21" s="165"/>
       <c r="G21" s="165">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="H21" s="165">
         <f t="shared" si="2"/>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I21" s="166"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="161"/>
       <c r="B22" s="162"/>
       <c r="C22" s="197"/>
       <c r="D22" s="165"/>
       <c r="E22" s="165"/>
       <c r="F22" s="165"/>
       <c r="G22" s="165"/>
       <c r="H22" s="165"/>
       <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="161"/>
       <c r="B23" s="198"/>
       <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
       <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="E23" s="200"/>
       <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="G23" s="200"/>
       <c r="H23" s="200">
         <f>D23-F23</f>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="I23" s="166"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C25" s="162"/>
     </row>
     <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C26" s="162" t="s">
         <v>179</v>
       </c>
       <c r="D26" s="165">
         <v>178522.14</v>
       </c>
       <c r="E26" s="165"/>
-      <c r="F26" s="165"/>
+      <c r="F26" s="165">
+        <f>14078.96</f>
+        <v>14078.96</v>
+      </c>
       <c r="G26" s="165"/>
       <c r="H26" s="165">
         <f t="shared" ref="H26:H28" si="3">D26-F26</f>
-        <v>178522.14</v>
+        <v>164443.18000000002</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C27" s="162" t="s">
         <v>89</v>
       </c>
       <c r="D27" s="165">
         <v>25000</v>
       </c>
       <c r="E27" s="165"/>
-      <c r="F27" s="165"/>
+      <c r="F27" s="165">
+        <f>6587.77</f>
+        <v>6587.77</v>
+      </c>
       <c r="G27" s="165"/>
       <c r="H27" s="165">
         <f t="shared" si="3"/>
-        <v>25000</v>
+        <v>18412.23</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C28" s="162" t="s">
         <v>180</v>
       </c>
-      <c r="D28" s="201">
+      <c r="D28" s="165">
         <v>107325.33</v>
       </c>
       <c r="E28" s="165"/>
       <c r="F28" s="165"/>
       <c r="G28" s="165"/>
-      <c r="H28" s="201">
+      <c r="H28" s="165">
         <f t="shared" si="3"/>
         <v>107325.33</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C29" s="202" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="200">
         <f>SUM(D26:D28)</f>
         <v>310847.47000000003</v>
       </c>
       <c r="E29" s="203"/>
       <c r="F29" s="200">
         <f>SUM(F26:F28)</f>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="G29" s="203"/>
       <c r="H29" s="200">
         <f>SUM(H26:H28)</f>
-        <v>310847.47000000003</v>
+        <v>290180.74000000005</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="C30" s="152"/>
       <c r="D30" s="152"/>
       <c r="E30" s="152"/>
       <c r="F30" s="152"/>
       <c r="G30" s="152"/>
       <c r="H30" s="152"/>
     </row>
     <row r="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="34" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="36" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="37" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="41" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="46" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -4726,50 +4906,662 @@
     <row r="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="54" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="55" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="56" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="57" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="58" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BE25658-715C-43DE-818D-C98CEF78D541}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I59"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F10" sqref="F10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="24.5703125" customWidth="1"/>
+    <col min="2" max="2" width="9.42578125" customWidth="1"/>
+    <col min="3" max="3" width="25" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.42578125" customWidth="1"/>
+    <col min="5" max="5" width="13.5703125" customWidth="1"/>
+    <col min="6" max="6" width="12.42578125" customWidth="1"/>
+    <col min="7" max="7" width="10.5703125" customWidth="1"/>
+    <col min="8" max="8" width="14.42578125" customWidth="1"/>
+    <col min="257" max="264" width="11.42578125" customWidth="1"/>
+    <col min="513" max="520" width="11.42578125" customWidth="1"/>
+    <col min="769" max="776" width="11.42578125" customWidth="1"/>
+    <col min="1025" max="1032" width="11.42578125" customWidth="1"/>
+    <col min="1281" max="1288" width="11.42578125" customWidth="1"/>
+    <col min="1537" max="1544" width="11.42578125" customWidth="1"/>
+    <col min="1793" max="1800" width="11.42578125" customWidth="1"/>
+    <col min="2049" max="2056" width="11.42578125" customWidth="1"/>
+    <col min="2305" max="2312" width="11.42578125" customWidth="1"/>
+    <col min="2561" max="2568" width="11.42578125" customWidth="1"/>
+    <col min="2817" max="2824" width="11.42578125" customWidth="1"/>
+    <col min="3073" max="3080" width="11.42578125" customWidth="1"/>
+    <col min="3329" max="3336" width="11.42578125" customWidth="1"/>
+    <col min="3585" max="3592" width="11.42578125" customWidth="1"/>
+    <col min="3841" max="3848" width="11.42578125" customWidth="1"/>
+    <col min="4097" max="4104" width="11.42578125" customWidth="1"/>
+    <col min="4353" max="4360" width="11.42578125" customWidth="1"/>
+    <col min="4609" max="4616" width="11.42578125" customWidth="1"/>
+    <col min="4865" max="4872" width="11.42578125" customWidth="1"/>
+    <col min="5121" max="5128" width="11.42578125" customWidth="1"/>
+    <col min="5377" max="5384" width="11.42578125" customWidth="1"/>
+    <col min="5633" max="5640" width="11.42578125" customWidth="1"/>
+    <col min="5889" max="5896" width="11.42578125" customWidth="1"/>
+    <col min="6145" max="6152" width="11.42578125" customWidth="1"/>
+    <col min="6401" max="6408" width="11.42578125" customWidth="1"/>
+    <col min="6657" max="6664" width="11.42578125" customWidth="1"/>
+    <col min="6913" max="6920" width="11.42578125" customWidth="1"/>
+    <col min="7169" max="7176" width="11.42578125" customWidth="1"/>
+    <col min="7425" max="7432" width="11.42578125" customWidth="1"/>
+    <col min="7681" max="7688" width="11.42578125" customWidth="1"/>
+    <col min="7937" max="7944" width="11.42578125" customWidth="1"/>
+    <col min="8193" max="8200" width="11.42578125" customWidth="1"/>
+    <col min="8449" max="8456" width="11.42578125" customWidth="1"/>
+    <col min="8705" max="8712" width="11.42578125" customWidth="1"/>
+    <col min="8961" max="8968" width="11.42578125" customWidth="1"/>
+    <col min="9217" max="9224" width="11.42578125" customWidth="1"/>
+    <col min="9473" max="9480" width="11.42578125" customWidth="1"/>
+    <col min="9729" max="9736" width="11.42578125" customWidth="1"/>
+    <col min="9985" max="9992" width="11.42578125" customWidth="1"/>
+    <col min="10241" max="10248" width="11.42578125" customWidth="1"/>
+    <col min="10497" max="10504" width="11.42578125" customWidth="1"/>
+    <col min="10753" max="10760" width="11.42578125" customWidth="1"/>
+    <col min="11009" max="11016" width="11.42578125" customWidth="1"/>
+    <col min="11265" max="11272" width="11.42578125" customWidth="1"/>
+    <col min="11521" max="11528" width="11.42578125" customWidth="1"/>
+    <col min="11777" max="11784" width="11.42578125" customWidth="1"/>
+    <col min="12033" max="12040" width="11.42578125" customWidth="1"/>
+    <col min="12289" max="12296" width="11.42578125" customWidth="1"/>
+    <col min="12545" max="12552" width="11.42578125" customWidth="1"/>
+    <col min="12801" max="12808" width="11.42578125" customWidth="1"/>
+    <col min="13057" max="13064" width="11.42578125" customWidth="1"/>
+    <col min="13313" max="13320" width="11.42578125" customWidth="1"/>
+    <col min="13569" max="13576" width="11.42578125" customWidth="1"/>
+    <col min="13825" max="13832" width="11.42578125" customWidth="1"/>
+    <col min="14081" max="14088" width="11.42578125" customWidth="1"/>
+    <col min="14337" max="14344" width="11.42578125" customWidth="1"/>
+    <col min="14593" max="14600" width="11.42578125" customWidth="1"/>
+    <col min="14849" max="14856" width="11.42578125" customWidth="1"/>
+    <col min="15105" max="15112" width="11.42578125" customWidth="1"/>
+    <col min="15361" max="15368" width="11.42578125" customWidth="1"/>
+    <col min="15617" max="15624" width="11.42578125" customWidth="1"/>
+    <col min="15873" max="15880" width="11.42578125" customWidth="1"/>
+    <col min="16129" max="16136" width="11.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="2" t="str">
+        <f>'RECAP #9485.00'!B1</f>
+        <v>DAS SHB Archives Storage Renovation</v>
+      </c>
+      <c r="B1" s="3"/>
+      <c r="C1" s="4"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="4"/>
+      <c r="F1" s="29"/>
+      <c r="G1" s="29"/>
+      <c r="H1" s="30"/>
+      <c r="I1" s="30"/>
+    </row>
+    <row r="2" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="6" t="str">
+        <f>'RECAP #9485.00'!B2</f>
+        <v>Project # 9485.00</v>
+      </c>
+      <c r="B2" s="5"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="29"/>
+      <c r="G2" s="29"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+    </row>
+    <row r="3" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="7" t="str">
+        <f>'RECAP #9485.00'!B3</f>
+        <v>Program code 948500</v>
+      </c>
+      <c r="B3" s="5"/>
+      <c r="C3" s="4"/>
+      <c r="D3" s="8" t="str">
+        <f>'RECAP #9485.00'!E3</f>
+        <v>Major Program 3E01</v>
+      </c>
+      <c r="E3" s="4"/>
+      <c r="F3" s="29"/>
+      <c r="G3" s="29"/>
+      <c r="H3" s="30"/>
+      <c r="I3" s="30"/>
+    </row>
+    <row r="4" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="33"/>
+      <c r="D4" s="34" t="s">
+        <v>207</v>
+      </c>
+      <c r="E4" s="35"/>
+      <c r="F4" s="29"/>
+      <c r="G4" s="29"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+    </row>
+    <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="36" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" s="37"/>
+      <c r="C5" s="38"/>
+      <c r="D5" s="39" t="s">
+        <v>204</v>
+      </c>
+      <c r="E5" s="40"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="42"/>
+      <c r="H5" s="37"/>
+      <c r="I5" s="30"/>
+    </row>
+    <row r="6" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="13" t="str">
+        <f>'RECAP #9485.00'!B6</f>
+        <v>Project Manager - Brandon A.</v>
+      </c>
+      <c r="B6" s="11"/>
+      <c r="C6" s="43"/>
+      <c r="D6" s="44" t="s">
+        <v>205</v>
+      </c>
+      <c r="E6" s="45"/>
+      <c r="F6" s="46"/>
+      <c r="G6" s="42"/>
+      <c r="H6" s="37"/>
+      <c r="I6" s="30"/>
+    </row>
+    <row r="7" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="30"/>
+      <c r="B7" s="47"/>
+      <c r="C7" s="47"/>
+      <c r="D7" s="30"/>
+      <c r="E7" s="48"/>
+      <c r="F7" s="49"/>
+      <c r="G7" s="42"/>
+      <c r="H7" s="37"/>
+      <c r="I7" s="30" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" s="51" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="53" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="53" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="53" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" s="53" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="53" t="s">
+        <v>18</v>
+      </c>
+      <c r="I8" s="30" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="161" t="s">
+        <v>206</v>
+      </c>
+      <c r="B9" s="158">
+        <v>46056</v>
+      </c>
+      <c r="C9" s="162" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" s="163">
+        <v>193916.62</v>
+      </c>
+      <c r="E9" s="164">
+        <f>D9</f>
+        <v>193916.62</v>
+      </c>
+      <c r="F9" s="165"/>
+      <c r="G9" s="165"/>
+      <c r="H9" s="165">
+        <f>E9</f>
+        <v>193916.62</v>
+      </c>
+      <c r="I9" s="166"/>
+    </row>
+    <row r="10" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="161" t="s">
+        <v>213</v>
+      </c>
+      <c r="B10" s="167">
+        <v>46058</v>
+      </c>
+      <c r="C10" s="162" t="s">
+        <v>212</v>
+      </c>
+      <c r="D10" s="164"/>
+      <c r="E10" s="164">
+        <f t="shared" ref="E10:E21" si="0">E9+D10</f>
+        <v>193916.62</v>
+      </c>
+      <c r="F10" s="150">
+        <v>2601.25</v>
+      </c>
+      <c r="G10" s="165">
+        <f t="shared" ref="G10:G21" si="1">G9+F10</f>
+        <v>2601.25</v>
+      </c>
+      <c r="H10" s="165">
+        <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
+        <v>191315.37</v>
+      </c>
+      <c r="I10" s="166"/>
+    </row>
+    <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="161"/>
+      <c r="B11" s="158"/>
+      <c r="C11" s="162"/>
+      <c r="D11" s="164"/>
+      <c r="E11" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F11" s="150"/>
+      <c r="G11" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H11" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I11" s="166"/>
+    </row>
+    <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="161"/>
+      <c r="B12" s="158"/>
+      <c r="C12" s="162"/>
+      <c r="D12" s="164"/>
+      <c r="E12" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F12" s="168"/>
+      <c r="G12" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H12" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I12" s="166"/>
+    </row>
+    <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="161"/>
+      <c r="B13" s="158"/>
+      <c r="C13" s="162"/>
+      <c r="D13" s="164"/>
+      <c r="E13" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F13" s="168"/>
+      <c r="G13" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H13" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I13" s="166"/>
+    </row>
+    <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="161"/>
+      <c r="B14" s="158"/>
+      <c r="C14" s="162"/>
+      <c r="D14" s="164"/>
+      <c r="E14" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F14" s="165"/>
+      <c r="G14" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H14" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I14" s="166"/>
+    </row>
+    <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="161"/>
+      <c r="B15" s="158"/>
+      <c r="C15" s="162"/>
+      <c r="D15" s="164"/>
+      <c r="E15" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F15" s="168"/>
+      <c r="G15" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H15" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I15" s="166"/>
+    </row>
+    <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="161"/>
+      <c r="B16" s="158"/>
+      <c r="C16" s="162"/>
+      <c r="D16" s="164"/>
+      <c r="E16" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F16" s="168"/>
+      <c r="G16" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H16" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I16" s="166"/>
+    </row>
+    <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="161"/>
+      <c r="B17" s="158"/>
+      <c r="C17" s="162"/>
+      <c r="D17" s="164"/>
+      <c r="E17" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F17" s="168"/>
+      <c r="G17" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H17" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I17" s="166"/>
+    </row>
+    <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="161"/>
+      <c r="B18" s="158"/>
+      <c r="C18" s="162"/>
+      <c r="D18" s="164"/>
+      <c r="E18" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F18" s="168"/>
+      <c r="G18" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H18" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I18" s="166"/>
+    </row>
+    <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="161"/>
+      <c r="B19" s="158"/>
+      <c r="C19" s="162"/>
+      <c r="D19" s="164"/>
+      <c r="E19" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F19" s="165"/>
+      <c r="G19" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H19" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I19" s="166"/>
+    </row>
+    <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="161"/>
+      <c r="B20" s="158"/>
+      <c r="C20" s="162"/>
+      <c r="D20" s="164"/>
+      <c r="E20" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F20" s="165"/>
+      <c r="G20" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H20" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I20" s="166"/>
+    </row>
+    <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="161"/>
+      <c r="B21" s="158"/>
+      <c r="C21" s="169"/>
+      <c r="D21" s="164"/>
+      <c r="E21" s="164">
+        <f t="shared" si="0"/>
+        <v>193916.62</v>
+      </c>
+      <c r="F21" s="165"/>
+      <c r="G21" s="165">
+        <f t="shared" si="1"/>
+        <v>2601.25</v>
+      </c>
+      <c r="H21" s="165">
+        <f t="shared" si="2"/>
+        <v>191315.37</v>
+      </c>
+      <c r="I21" s="166"/>
+    </row>
+    <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="161"/>
+      <c r="B22" s="162"/>
+      <c r="C22" s="197"/>
+      <c r="D22" s="165"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="165"/>
+      <c r="I22" s="166"/>
+    </row>
+    <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="161"/>
+      <c r="B23" s="198"/>
+      <c r="C23" s="199" t="s">
+        <v>19</v>
+      </c>
+      <c r="D23" s="200">
+        <f>SUM(D9:D22)</f>
+        <v>193916.62</v>
+      </c>
+      <c r="E23" s="200"/>
+      <c r="F23" s="200">
+        <f>SUM(F9:F22)</f>
+        <v>2601.25</v>
+      </c>
+      <c r="G23" s="200"/>
+      <c r="H23" s="200">
+        <f>D23-F23</f>
+        <v>191315.37</v>
+      </c>
+      <c r="I23" s="166"/>
+    </row>
+    <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C25" s="162"/>
+    </row>
+    <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C26" s="270"/>
+      <c r="D26" s="271"/>
+      <c r="E26" s="271"/>
+      <c r="F26" s="271"/>
+      <c r="G26" s="271"/>
+      <c r="H26" s="271"/>
+    </row>
+    <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C27" s="270"/>
+      <c r="D27" s="271"/>
+      <c r="E27" s="271"/>
+      <c r="F27" s="271"/>
+      <c r="G27" s="271"/>
+      <c r="H27" s="271"/>
+    </row>
+    <row r="28" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C28" s="270"/>
+      <c r="D28" s="272"/>
+      <c r="E28" s="271"/>
+      <c r="F28" s="271"/>
+      <c r="G28" s="271"/>
+      <c r="H28" s="272"/>
+    </row>
+    <row r="29" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C29" s="273"/>
+      <c r="D29" s="203"/>
+      <c r="E29" s="203"/>
+      <c r="F29" s="203"/>
+      <c r="G29" s="203"/>
+      <c r="H29" s="203"/>
+    </row>
+    <row r="30" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C30" s="152"/>
+      <c r="D30" s="152"/>
+      <c r="E30" s="152"/>
+      <c r="F30" s="152"/>
+      <c r="G30" s="152"/>
+      <c r="H30" s="152"/>
+    </row>
+    <row r="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="37" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="38" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="41" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="42" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="43" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="44" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="46" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="55" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="56" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
+  <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;CDepartment of Administrative Services
+Major Maintenance 
+061T
+&amp;A
+&amp;D</oddHeader>
+    <oddFooter>&amp;LAcct Codes 0017-335-061T
+Reversion 6/30/2027
+&amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6D1D56C-124A-4848-BC8E-AB4FAF0625C0}">
   <sheetPr>
     <tabColor indexed="30"/>
   </sheetPr>
   <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E20" sqref="E20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" customWidth="1"/>
     <col min="2" max="2" width="25" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
     <col min="4" max="4" width="17" customWidth="1"/>
     <col min="5" max="5" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="257" max="263" width="11.42578125" customWidth="1"/>
     <col min="513" max="519" width="11.42578125" customWidth="1"/>
     <col min="769" max="775" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1031" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1287" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1543" width="11.42578125" customWidth="1"/>
@@ -5038,51 +5830,51 @@
         <v>0</v>
       </c>
       <c r="G14" s="28">
         <f>C8-D14</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;CDepartment of Administrative Services
 Major Maintenance 
 001S
 &amp;A
 &amp;D
 </oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-001S
 Reversion 6/30/2028
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A4408BB5-BD50-4C84-A96F-6CF2FA7ADA46}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:I31"/>
   <sheetViews>
     <sheetView topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="K36" sqref="K36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" customWidth="1"/>
     <col min="3" max="3" width="25" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="10.5703125" customWidth="1"/>
     <col min="8" max="8" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="257" max="264" width="11.42578125" customWidth="1"/>
     <col min="513" max="520" width="11.42578125" customWidth="1"/>
     <col min="769" max="776" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1032" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1288" width="11.42578125" customWidth="1"/>
@@ -5648,51 +6440,51 @@
     <row r="29" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <conditionalFormatting sqref="I8:I23">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="greaterThan">
       <formula>$H$23</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;CDepartment of Administrative Services
 Major Maintenance 
 001S
 &amp;A
 &amp;D
 </oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-001S
 Reversion 6/30/2028
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69B77F4E-75F2-499E-94B5-CAA6E023D49F}">
   <sheetPr>
     <tabColor indexed="30"/>
   </sheetPr>
   <dimension ref="A1:J25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="K30" sqref="K30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="3" width="9.42578125" customWidth="1"/>
     <col min="4" max="4" width="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" customWidth="1"/>
     <col min="6" max="6" width="13.5703125" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" customWidth="1"/>
     <col min="8" max="8" width="10.5703125" customWidth="1"/>
     <col min="9" max="9" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="257" max="265" width="11.42578125" customWidth="1"/>
     <col min="513" max="521" width="11.42578125" customWidth="1"/>
     <col min="769" max="777" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1033" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1289" width="11.42578125" customWidth="1"/>
@@ -6203,51 +6995,51 @@
       <c r="I23" s="200">
         <f>E23-G23</f>
         <v>0</v>
       </c>
       <c r="J23" s="166"/>
     </row>
     <row r="24" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;CDepartment of Administrative Services
 Major Maintenance 
 001S
 &amp;A
 &amp;D
 </oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-001S
 Reversion 6/30/2028
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B19B79C-7C42-4B10-BBF3-09008ADE1F60}">
   <sheetPr>
     <tabColor indexed="30"/>
   </sheetPr>
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H30" sqref="H30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="8.5703125" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" customWidth="1"/>
     <col min="5" max="5" width="19.42578125" customWidth="1"/>
     <col min="6" max="6" width="28" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" customWidth="1"/>
     <col min="8" max="8" width="15.42578125" customWidth="1"/>
     <col min="257" max="259" width="11.42578125" customWidth="1"/>
     <col min="261" max="264" width="11.42578125" customWidth="1"/>
     <col min="513" max="515" width="11.42578125" customWidth="1"/>
     <col min="517" max="520" width="11.42578125" customWidth="1"/>
     <col min="769" max="771" width="11.42578125" customWidth="1"/>
@@ -6694,51 +7486,51 @@
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;CDepartment of Administrative Services
 Major Maintenance 
 001S
 &amp;A
 &amp;D
 </oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-001S
 Reversion 6/30/2028
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5D39CD2-D880-4FB3-B34B-0B4B732DD131}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K47"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A11" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.5703125" customWidth="1"/>
     <col min="3" max="3" width="68" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" customWidth="1"/>
     <col min="6" max="6" width="13.5703125" customWidth="1"/>
     <col min="7" max="7" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.5703125" customWidth="1"/>
     <col min="9" max="10" width="14.42578125" customWidth="1"/>
     <col min="11" max="11" width="17" bestFit="1" customWidth="1"/>
     <col min="12" max="23" width="11.42578125" customWidth="1"/>
     <col min="257" max="267" width="11.42578125" customWidth="1"/>
     <col min="513" max="523" width="11.42578125" customWidth="1"/>
     <col min="769" max="779" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1035" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1291" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1547" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1803" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2059" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2315" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2571" width="11.42578125" customWidth="1"/>
     <col min="2817" max="2827" width="11.42578125" customWidth="1"/>
@@ -7051,64 +7843,64 @@
       <c r="H14" s="175"/>
       <c r="I14" s="175"/>
       <c r="J14" s="175"/>
       <c r="K14" s="175"/>
     </row>
     <row r="15" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="170"/>
       <c r="B15" s="171" t="s">
         <v>60</v>
       </c>
       <c r="C15" s="176" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="173" t="s">
         <v>58</v>
       </c>
       <c r="E15" s="177">
         <v>5000000</v>
       </c>
       <c r="F15" s="173"/>
       <c r="G15" s="177">
         <f t="shared" ref="G15:G37" si="0">E15+F15</f>
         <v>5000000</v>
       </c>
       <c r="H15" s="173">
-        <f>'RECAP #9485.00'!D20</f>
-        <v>2908138.1999999997</v>
+        <f>'RECAP #9485.00'!D21</f>
+        <v>3406143.63</v>
       </c>
       <c r="I15" s="173">
-        <f>'RECAP #9485.00'!E20</f>
-        <v>99983.34</v>
+        <f>'RECAP #9485.00'!E21</f>
+        <v>177669.26</v>
       </c>
       <c r="J15" s="173">
-        <f>'RECAP #9485.00'!F20</f>
-        <v>2808154.86</v>
+        <f>'RECAP #9485.00'!F21</f>
+        <v>3228474.37</v>
       </c>
       <c r="K15" s="173">
-        <f>'RECAP #9485.00'!G20</f>
-        <v>2091861.8000000003</v>
+        <f>'RECAP #9485.00'!G21</f>
+        <v>1593856.37</v>
       </c>
     </row>
     <row r="16" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="170"/>
       <c r="B16" s="171"/>
       <c r="C16" s="176"/>
       <c r="D16" s="173"/>
       <c r="E16" s="177"/>
       <c r="F16" s="173"/>
       <c r="G16" s="177">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H16" s="173"/>
       <c r="I16" s="173"/>
       <c r="J16" s="173"/>
       <c r="K16" s="173"/>
     </row>
     <row r="17" spans="1:11" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="170"/>
       <c r="B17" s="171"/>
       <c r="C17" s="176"/>
       <c r="D17" s="173"/>
       <c r="E17" s="177"/>
       <c r="F17" s="173"/>
@@ -7466,202 +8258,202 @@
       <c r="I39" s="107"/>
       <c r="J39" s="107"/>
       <c r="K39" s="107"/>
     </row>
     <row r="40" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="113"/>
       <c r="B40" s="114"/>
       <c r="C40" s="115" t="s">
         <v>50</v>
       </c>
       <c r="D40" s="116"/>
       <c r="E40" s="117">
         <f>SUM(E13:E39)</f>
         <v>5000000</v>
       </c>
       <c r="F40" s="117">
         <f t="shared" ref="F40:K40" si="1">SUM(F13:F39)</f>
         <v>0</v>
       </c>
       <c r="G40" s="117">
         <f t="shared" si="1"/>
         <v>5000000</v>
       </c>
       <c r="H40" s="117">
         <f t="shared" si="1"/>
-        <v>2908138.1999999997</v>
+        <v>3406143.63</v>
       </c>
       <c r="I40" s="117">
         <f t="shared" si="1"/>
-        <v>99983.34</v>
+        <v>177669.26</v>
       </c>
       <c r="J40" s="117">
         <f t="shared" si="1"/>
-        <v>2808154.86</v>
+        <v>3228474.37</v>
       </c>
       <c r="K40" s="117">
         <f t="shared" si="1"/>
-        <v>2091861.8000000003</v>
+        <v>1593856.37</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="118"/>
       <c r="B41" s="119"/>
       <c r="C41" s="120"/>
       <c r="D41" s="121"/>
       <c r="E41" s="122"/>
       <c r="F41" s="122"/>
       <c r="G41" s="122"/>
       <c r="H41" s="122"/>
       <c r="I41" s="122"/>
       <c r="J41" s="123"/>
       <c r="K41" s="124"/>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A42" s="85"/>
       <c r="B42" s="125"/>
       <c r="C42" s="126"/>
       <c r="D42" s="89"/>
       <c r="E42" s="127"/>
       <c r="F42" s="127"/>
       <c r="G42" s="128" t="s">
         <v>51</v>
       </c>
       <c r="H42" s="127"/>
       <c r="I42" s="129"/>
       <c r="J42" s="130"/>
       <c r="K42" s="131">
         <f>E8</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="27" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="85"/>
       <c r="B43" s="132"/>
       <c r="C43" s="133" t="s">
         <v>52</v>
       </c>
       <c r="D43" s="134"/>
       <c r="E43" s="135"/>
       <c r="F43" s="135"/>
       <c r="G43" s="136" t="s">
         <v>53</v>
       </c>
       <c r="H43" s="135"/>
       <c r="I43" s="129"/>
       <c r="J43" s="130"/>
       <c r="K43" s="137">
         <f>SUM(K40:K42)</f>
-        <v>2091861.8000000003</v>
+        <v>1593856.37</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A44" s="85"/>
       <c r="B44" s="125"/>
       <c r="C44" s="138" t="s">
         <v>1</v>
       </c>
       <c r="D44" s="89"/>
       <c r="E44" s="94"/>
       <c r="F44" s="94"/>
       <c r="G44" s="139" t="s">
         <v>54</v>
       </c>
       <c r="H44" s="94"/>
       <c r="I44" s="76"/>
       <c r="J44" s="131">
         <f>E6</f>
         <v>5000000</v>
       </c>
       <c r="K44" s="77"/>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A45" s="85"/>
       <c r="B45" s="125"/>
       <c r="C45" s="126"/>
       <c r="D45" s="89"/>
       <c r="E45" s="94"/>
       <c r="F45" s="94"/>
       <c r="G45" s="140" t="s">
         <v>55</v>
       </c>
       <c r="H45" s="94"/>
       <c r="I45" s="76"/>
       <c r="J45" s="141">
         <f>H40*-1</f>
-        <v>-2908138.1999999997</v>
+        <v>-3406143.63</v>
       </c>
       <c r="K45" s="131">
         <f>SUM(J44:J45)</f>
-        <v>2091861.8000000003</v>
+        <v>1593856.37</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="85"/>
       <c r="B46" s="71"/>
       <c r="C46" s="126"/>
       <c r="D46" s="89"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="139" t="s">
         <v>56</v>
       </c>
       <c r="H46" s="94"/>
       <c r="I46" s="76"/>
       <c r="J46" s="77"/>
       <c r="K46" s="142">
         <f>K43-K45</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="1.25" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D
 </oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF966213-09BD-4D31-84F8-D965BC19C2CF}">
   <sheetPr codeName="Sheet175">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:G22"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F19" sqref="F19"/>
+    <sheetView topLeftCell="A8" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J12" sqref="J12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" customWidth="1"/>
     <col min="2" max="2" width="30.42578125" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
     <col min="4" max="4" width="17" customWidth="1"/>
     <col min="5" max="5" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="257" max="263" width="11.42578125" customWidth="1"/>
     <col min="513" max="519" width="11.42578125" customWidth="1"/>
     <col min="769" max="775" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1031" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1287" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1543" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1799" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2055" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2311" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2567" width="11.42578125" customWidth="1"/>
     <col min="2817" max="2823" width="11.42578125" customWidth="1"/>
     <col min="3073" max="3079" width="11.42578125" customWidth="1"/>
     <col min="3329" max="3335" width="11.42578125" customWidth="1"/>
     <col min="3585" max="3591" width="11.42578125" customWidth="1"/>
@@ -7766,51 +8558,51 @@
     </row>
     <row r="5" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C5" s="5"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
     </row>
     <row r="6" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="12"/>
       <c r="B6" s="13" t="s">
         <v>63</v>
       </c>
       <c r="C6" s="14"/>
       <c r="D6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="E6" s="16"/>
       <c r="F6" s="16"/>
       <c r="G6" s="16"/>
     </row>
-    <row r="7" spans="1:7" ht="26.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:7" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1"/>
       <c r="B7" s="18" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="20" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="21" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="22" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="28.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1" t="s">
         <v>7</v>
       </c>
@@ -7822,91 +8614,91 @@
       <c r="E8" s="24"/>
       <c r="F8" s="24"/>
       <c r="G8" s="25"/>
     </row>
     <row r="9" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="188"/>
       <c r="B9" s="189"/>
       <c r="C9" s="190"/>
       <c r="D9" s="191"/>
       <c r="E9" s="191"/>
       <c r="F9" s="191"/>
       <c r="G9" s="192"/>
     </row>
     <row r="10" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="188"/>
       <c r="B10" s="189" t="s">
         <v>68</v>
       </c>
       <c r="C10" s="190"/>
       <c r="D10" s="193">
         <f>'#9485.00 Neumann Monson'!D23</f>
         <v>54560</v>
       </c>
       <c r="E10" s="193">
         <f>'#9485.00 Neumann Monson'!F23</f>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="F10" s="193">
         <f>'#9485.00 Neumann Monson'!H23</f>
-        <v>32054</v>
+        <v>13421.759999999995</v>
       </c>
       <c r="G10" s="192"/>
     </row>
     <row r="11" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="188"/>
       <c r="B11" s="189" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="190"/>
       <c r="D11" s="193">
         <f>'#9485.00 PM TIME'!E26</f>
         <v>60000</v>
       </c>
       <c r="E11" s="193">
         <f>'#9485.00 PM TIME'!G26</f>
-        <v>18127.830000000002</v>
+        <v>21865.570000000003</v>
       </c>
       <c r="F11" s="193">
         <f>'#9485.00 PM TIME'!I26</f>
-        <v>41872.17</v>
+        <v>38134.429999999993</v>
       </c>
       <c r="G11" s="192"/>
     </row>
     <row r="12" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="188"/>
       <c r="B12" s="189" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="191"/>
       <c r="D12" s="194">
-        <f>'#9485.00 Misc'!G29</f>
-        <v>32086.09</v>
+        <f>'#9485.00 Misc'!G32</f>
+        <v>56158.59</v>
       </c>
       <c r="E12" s="194">
-        <f>'#9485.00 Misc'!G29</f>
-        <v>32086.09</v>
+        <f>'#9485.00 Misc'!G32</f>
+        <v>56158.59</v>
       </c>
       <c r="F12" s="193">
         <f>D12-E12</f>
         <v>0</v>
       </c>
       <c r="G12" s="192"/>
     </row>
     <row r="13" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="226" t="s">
         <v>176</v>
       </c>
       <c r="B13" s="189" t="s">
         <v>82</v>
       </c>
       <c r="C13" s="191"/>
       <c r="D13" s="194">
         <f>'#9485.00 DCI Group'!D23</f>
         <v>20570.419999999998</v>
       </c>
       <c r="E13" s="194">
         <f>'#9485.00 DCI Group'!F23</f>
         <v>20570.419999999998</v>
       </c>
       <c r="F13" s="193">
         <f>'#9485.00 DCI Group'!H23</f>
@@ -7920,183 +8712,203 @@
         <v>124</v>
       </c>
       <c r="C14" s="191"/>
       <c r="D14" s="194">
         <f>'#9485.00 Midwest Storage '!D23</f>
         <v>2201964.9699999997</v>
       </c>
       <c r="E14" s="194">
         <f>'#9485.00 Midwest Storage '!F23</f>
         <v>0</v>
       </c>
       <c r="F14" s="193">
         <f>'#9485.00 Midwest Storage '!H23</f>
         <v>2201964.9699999997</v>
       </c>
       <c r="G14" s="192"/>
     </row>
     <row r="15" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="188"/>
       <c r="B15" s="189" t="s">
         <v>156</v>
       </c>
       <c r="C15" s="191"/>
       <c r="D15" s="194">
         <f>'#9485.00 GTG Construction'!D23</f>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="E15" s="194">
         <f>'#9485.00 GTG Construction'!F23</f>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="F15" s="193">
         <f>'#9485.00 GTG Construction'!H23</f>
-        <v>236476.25</v>
+        <v>234789.56</v>
       </c>
       <c r="G15" s="192"/>
     </row>
     <row r="16" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="188"/>
       <c r="B16" s="189" t="s">
         <v>162</v>
       </c>
       <c r="C16" s="191"/>
       <c r="D16" s="194">
         <f>'#9485.00 Waldinger Corp'!D23</f>
         <v>256545</v>
       </c>
       <c r="E16" s="194">
         <f>'#9485.00 Waldinger Corp'!F23</f>
-        <v>0</v>
+        <v>6035.46</v>
       </c>
       <c r="F16" s="193">
         <f>'#9485.00 Waldinger Corp'!H23</f>
-        <v>256545</v>
+        <v>250509.54</v>
       </c>
       <c r="G16" s="192"/>
     </row>
     <row r="17" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="188"/>
       <c r="B17" s="189" t="s">
         <v>169</v>
       </c>
       <c r="C17" s="191"/>
       <c r="D17" s="194">
         <f>'#9485.00 JF Ahern'!D23</f>
         <v>8158</v>
       </c>
       <c r="E17" s="194">
         <f>'#9485.00 JF Ahern'!F23</f>
         <v>0</v>
       </c>
       <c r="F17" s="193">
         <f>'#9485.00 JF Ahern'!H23</f>
         <v>8158</v>
       </c>
       <c r="G17" s="192"/>
     </row>
     <row r="18" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="188"/>
       <c r="B18" s="189" t="s">
         <v>177</v>
       </c>
       <c r="C18" s="191"/>
       <c r="D18" s="194">
         <f>'#9485.00 DCI Group (2)'!D23</f>
-        <v>31084.47</v>
+        <v>310847.46999999997</v>
       </c>
       <c r="E18" s="194">
         <f>'#9485.00 DCI Group (2)'!F23</f>
-        <v>0</v>
+        <v>20666.73</v>
       </c>
       <c r="F18" s="193">
         <f>'#9485.00 DCI Group (2)'!H23</f>
-        <v>31084.47</v>
+        <v>290180.74</v>
       </c>
       <c r="G18" s="192"/>
     </row>
     <row r="19" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="195"/>
-      <c r="B19" s="189"/>
+      <c r="A19" s="188"/>
+      <c r="B19" s="189" t="s">
+        <v>202</v>
+      </c>
       <c r="C19" s="191"/>
-      <c r="D19" s="194"/>
-[...6 lines deleted...]
-      <c r="B20" s="27" t="s">
+      <c r="D19" s="194">
+        <f>'#9485.00 IA Prison Industries'!D23</f>
+        <v>193916.62</v>
+      </c>
+      <c r="E19" s="194">
+        <f>'#9485.00 IA Prison Industries'!F23</f>
+        <v>2601.25</v>
+      </c>
+      <c r="F19" s="193">
+        <f>'#9485.00 IA Prison Industries'!H23</f>
+        <v>191315.37</v>
+      </c>
+      <c r="G19" s="192"/>
+    </row>
+    <row r="20" spans="1:7" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="195"/>
+      <c r="B20" s="189"/>
+      <c r="C20" s="191"/>
+      <c r="D20" s="194"/>
+      <c r="E20" s="194"/>
+      <c r="F20" s="193"/>
+      <c r="G20" s="196"/>
+    </row>
+    <row r="21" spans="1:7" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="26"/>
+      <c r="B21" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="C20" s="28">
-        <f>SUM(C8:C19)</f>
+      <c r="C21" s="28">
+        <f>SUM(C8:C20)</f>
         <v>5000000</v>
       </c>
-      <c r="D20" s="28">
-[...16 lines deleted...]
-    <row r="21" spans="1:7" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
+      <c r="D21" s="28">
+        <f>SUM(D8:D20)</f>
+        <v>3406143.63</v>
+      </c>
+      <c r="E21" s="28">
+        <f>SUM(E8:E20)</f>
+        <v>177669.26</v>
+      </c>
+      <c r="F21" s="28">
+        <f>SUM(D21-E21)</f>
+        <v>3228474.37</v>
+      </c>
+      <c r="G21" s="28">
+        <f>C8-D21</f>
+        <v>1593856.37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="1.1334375000000001" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="88" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9F71C09-B22E-424F-8DDE-193BE8E67B71}">
   <sheetPr codeName="Sheet176">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I30"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J36" sqref="J35:J36"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D32" sqref="D32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" customWidth="1"/>
     <col min="3" max="3" width="25" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="10.5703125" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" customWidth="1"/>
     <col min="257" max="264" width="11.42578125" customWidth="1"/>
     <col min="513" max="520" width="11.42578125" customWidth="1"/>
     <col min="769" max="776" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1032" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1288" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1544" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1800" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2056" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2312" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2568" width="11.42578125" customWidth="1"/>
     <col min="2817" max="2824" width="11.42578125" customWidth="1"/>
     <col min="3073" max="3080" width="11.42578125" customWidth="1"/>
     <col min="3329" max="3336" width="11.42578125" customWidth="1"/>
@@ -8317,428 +9129,444 @@
       <c r="B10" s="167">
         <v>45913</v>
       </c>
       <c r="C10" s="162" t="s">
         <v>102</v>
       </c>
       <c r="D10" s="164"/>
       <c r="E10" s="164">
         <f t="shared" ref="E10:E21" si="0">E9+D10</f>
         <v>54560</v>
       </c>
       <c r="F10" s="150">
         <v>22506</v>
       </c>
       <c r="G10" s="165">
         <f t="shared" ref="G10:G21" si="1">G9+F10</f>
         <v>22506</v>
       </c>
       <c r="H10" s="165">
         <f t="shared" ref="H10:H21" si="2">H9-F10+D10</f>
         <v>32054</v>
       </c>
       <c r="I10" s="166"/>
     </row>
     <row r="11" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="161"/>
-[...1 lines deleted...]
-      <c r="C11" s="162"/>
+      <c r="A11" s="161" t="s">
+        <v>201</v>
+      </c>
+      <c r="B11" s="158">
+        <v>46055</v>
+      </c>
+      <c r="C11" s="162" t="s">
+        <v>154</v>
+      </c>
       <c r="D11" s="164"/>
       <c r="E11" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
-      <c r="F11" s="168"/>
+      <c r="F11" s="150">
+        <v>18632.240000000002</v>
+      </c>
       <c r="G11" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H11" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I11" s="166"/>
     </row>
     <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="161"/>
       <c r="B12" s="158"/>
       <c r="C12" s="162"/>
       <c r="D12" s="164"/>
       <c r="E12" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
       <c r="F12" s="168"/>
       <c r="G12" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H12" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I12" s="166"/>
     </row>
     <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="161"/>
       <c r="B13" s="158"/>
       <c r="C13" s="162"/>
       <c r="D13" s="164"/>
       <c r="E13" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
       <c r="F13" s="168"/>
       <c r="G13" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H13" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I13" s="166"/>
     </row>
     <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="161"/>
       <c r="B14" s="158"/>
       <c r="C14" s="162"/>
       <c r="D14" s="164"/>
       <c r="E14" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
       <c r="F14" s="165"/>
       <c r="G14" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H14" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I14" s="166"/>
     </row>
     <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="161"/>
       <c r="B15" s="158"/>
       <c r="C15" s="162"/>
       <c r="D15" s="164"/>
       <c r="E15" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
       <c r="F15" s="168"/>
       <c r="G15" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H15" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I15" s="166"/>
     </row>
     <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="161"/>
       <c r="B16" s="158"/>
       <c r="C16" s="162"/>
       <c r="D16" s="164"/>
       <c r="E16" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
       <c r="F16" s="168"/>
       <c r="G16" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H16" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I16" s="166"/>
     </row>
     <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="161"/>
       <c r="B17" s="158"/>
       <c r="C17" s="162"/>
       <c r="D17" s="164"/>
       <c r="E17" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
       <c r="F17" s="168"/>
       <c r="G17" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H17" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I17" s="166"/>
     </row>
     <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="161"/>
       <c r="B18" s="158"/>
       <c r="C18" s="162"/>
       <c r="D18" s="164"/>
       <c r="E18" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
       <c r="F18" s="168"/>
       <c r="G18" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H18" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I18" s="166"/>
     </row>
     <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="161"/>
       <c r="B19" s="158"/>
       <c r="C19" s="162"/>
       <c r="D19" s="164"/>
       <c r="E19" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
       <c r="F19" s="165"/>
       <c r="G19" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H19" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I19" s="166"/>
     </row>
     <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="161"/>
       <c r="B20" s="158"/>
       <c r="C20" s="162"/>
       <c r="D20" s="164"/>
       <c r="E20" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
       <c r="F20" s="165"/>
       <c r="G20" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H20" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I20" s="166"/>
     </row>
     <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="161"/>
       <c r="B21" s="158"/>
       <c r="C21" s="169"/>
       <c r="D21" s="164"/>
       <c r="E21" s="164">
         <f t="shared" si="0"/>
         <v>54560</v>
       </c>
       <c r="F21" s="165"/>
       <c r="G21" s="165">
         <f t="shared" si="1"/>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="H21" s="165">
         <f t="shared" si="2"/>
-        <v>32054</v>
+        <v>13421.759999999998</v>
       </c>
       <c r="I21" s="166"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="161"/>
       <c r="B22" s="162"/>
       <c r="C22" s="197"/>
       <c r="D22" s="165"/>
       <c r="E22" s="165"/>
       <c r="F22" s="165"/>
       <c r="G22" s="165"/>
       <c r="H22" s="165"/>
       <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="161"/>
       <c r="B23" s="198"/>
       <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
       <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
         <v>54560</v>
       </c>
       <c r="E23" s="200"/>
       <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
-        <v>22506</v>
+        <v>41138.240000000005</v>
       </c>
       <c r="G23" s="200"/>
       <c r="H23" s="200">
         <f>D23-F23</f>
-        <v>32054</v>
+        <v>13421.759999999995</v>
       </c>
       <c r="I23" s="166"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A24" s="161"/>
       <c r="B24" s="162"/>
       <c r="C24" s="197"/>
       <c r="D24" s="165"/>
       <c r="E24" s="165"/>
       <c r="F24" s="165"/>
       <c r="G24" s="165"/>
       <c r="H24" s="165"/>
       <c r="I24" s="166"/>
     </row>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="161"/>
       <c r="B25" s="162"/>
       <c r="C25" s="197"/>
       <c r="D25" s="165"/>
       <c r="E25" s="165"/>
       <c r="F25" s="165"/>
       <c r="G25" s="165"/>
       <c r="H25" s="165"/>
       <c r="I25" s="166"/>
     </row>
     <row r="26" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="161"/>
       <c r="B26" s="162"/>
       <c r="C26" s="197" t="s">
         <v>75</v>
       </c>
       <c r="D26" s="165">
         <v>30008</v>
       </c>
       <c r="E26" s="165"/>
       <c r="F26" s="165">
-        <f>22506</f>
-        <v>22506</v>
+        <f>22506+7502</f>
+        <v>30008</v>
       </c>
       <c r="G26" s="165"/>
       <c r="H26" s="165">
         <f t="shared" ref="H26:H28" si="3">D26-F26</f>
-        <v>7502</v>
+        <v>0</v>
       </c>
       <c r="I26" s="166"/>
     </row>
     <row r="27" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="161"/>
       <c r="B27" s="162"/>
       <c r="C27" s="197" t="s">
         <v>76</v>
       </c>
       <c r="D27" s="165">
         <v>8184</v>
       </c>
       <c r="E27" s="165"/>
-      <c r="F27" s="165"/>
+      <c r="F27" s="165">
+        <f>8184</f>
+        <v>8184</v>
+      </c>
       <c r="G27" s="165"/>
       <c r="H27" s="165">
         <f t="shared" si="3"/>
-        <v>8184</v>
+        <v>0</v>
       </c>
       <c r="I27" s="166"/>
     </row>
     <row r="28" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="161"/>
       <c r="B28" s="162"/>
       <c r="C28" s="197" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="201">
         <v>16368</v>
       </c>
       <c r="E28" s="165"/>
-      <c r="F28" s="165"/>
+      <c r="F28" s="165">
+        <f>2946.24</f>
+        <v>2946.24</v>
+      </c>
       <c r="G28" s="165"/>
       <c r="H28" s="201">
         <f t="shared" si="3"/>
-        <v>16368</v>
+        <v>13421.76</v>
       </c>
       <c r="I28" s="166"/>
     </row>
     <row r="29" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="161"/>
       <c r="B29" s="162"/>
       <c r="C29" s="202" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="200">
         <f>SUM(D26:D28)</f>
         <v>54560</v>
       </c>
       <c r="E29" s="203"/>
       <c r="F29" s="200">
         <f>SUM(F26:F28)</f>
-        <v>22506</v>
+        <v>41138.239999999998</v>
       </c>
       <c r="G29" s="203"/>
       <c r="H29" s="200">
         <f>SUM(H26:H28)</f>
-        <v>32054</v>
+        <v>13421.76</v>
       </c>
       <c r="I29" s="166"/>
     </row>
     <row r="30" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E2702786-6298-4399-BB48-5E5531EFC162}">
   <sheetPr codeName="Sheet177">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J27"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D31" sqref="D31"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="3" width="9.42578125" customWidth="1"/>
     <col min="4" max="4" width="37.140625" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" customWidth="1"/>
     <col min="6" max="6" width="13.5703125" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" customWidth="1"/>
     <col min="8" max="8" width="10.5703125" customWidth="1"/>
     <col min="9" max="9" width="15" customWidth="1"/>
     <col min="257" max="265" width="11.42578125" customWidth="1"/>
     <col min="513" max="521" width="11.42578125" customWidth="1"/>
     <col min="769" max="777" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1033" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1289" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1545" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1801" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2057" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2313" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2569" width="11.42578125" customWidth="1"/>
     <col min="2817" max="2825" width="11.42578125" customWidth="1"/>
     <col min="3073" max="3081" width="11.42578125" customWidth="1"/>
     <col min="3329" max="3337" width="11.42578125" customWidth="1"/>
     <col min="3585" max="3593" width="11.42578125" customWidth="1"/>
@@ -9313,174 +10141,194 @@
         <v>9500</v>
       </c>
       <c r="D21" s="225" t="s">
         <v>189</v>
       </c>
       <c r="E21" s="164"/>
       <c r="F21" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G21" s="150">
         <f>131.5+2079</f>
         <v>2210.5</v>
       </c>
       <c r="H21" s="165">
         <f t="shared" si="1"/>
         <v>18127.830000000002</v>
       </c>
       <c r="I21" s="165">
         <f t="shared" si="2"/>
         <v>41872.170000000013</v>
       </c>
       <c r="J21" s="166"/>
     </row>
     <row r="22" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="220"/>
-[...2 lines deleted...]
-      <c r="D22" s="225"/>
+      <c r="A22" s="220" t="s">
+        <v>215</v>
+      </c>
+      <c r="B22" s="221">
+        <v>46062</v>
+      </c>
+      <c r="C22" s="222" t="s">
+        <v>112</v>
+      </c>
+      <c r="D22" s="223" t="s">
+        <v>216</v>
+      </c>
       <c r="E22" s="164"/>
       <c r="F22" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
-      <c r="G22" s="150"/>
+      <c r="G22" s="150">
+        <v>278.33999999999997</v>
+      </c>
       <c r="H22" s="165">
         <f t="shared" si="1"/>
-        <v>18127.830000000002</v>
+        <v>18406.170000000002</v>
       </c>
       <c r="I22" s="165">
         <f t="shared" si="2"/>
-        <v>41872.170000000013</v>
+        <v>41593.830000000016</v>
       </c>
       <c r="J22" s="166"/>
     </row>
     <row r="23" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="220"/>
-[...2 lines deleted...]
-      <c r="D23" s="225"/>
+      <c r="A23" s="220" t="s">
+        <v>215</v>
+      </c>
+      <c r="B23" s="221">
+        <v>46062</v>
+      </c>
+      <c r="C23" s="224">
+        <v>9500</v>
+      </c>
+      <c r="D23" s="225" t="s">
+        <v>217</v>
+      </c>
       <c r="E23" s="164"/>
       <c r="F23" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
-      <c r="G23" s="150"/>
+      <c r="G23" s="150">
+        <v>3459.4</v>
+      </c>
       <c r="H23" s="165">
         <f t="shared" si="1"/>
-        <v>18127.830000000002</v>
+        <v>21865.570000000003</v>
       </c>
       <c r="I23" s="165">
         <f t="shared" si="2"/>
-        <v>41872.170000000013</v>
+        <v>38134.430000000015</v>
       </c>
       <c r="J23" s="166"/>
     </row>
     <row r="24" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="220"/>
       <c r="B24" s="221"/>
       <c r="C24" s="224"/>
       <c r="D24" s="225"/>
       <c r="E24" s="164"/>
       <c r="F24" s="164">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
       <c r="G24" s="150"/>
       <c r="H24" s="165">
         <f t="shared" si="1"/>
-        <v>18127.830000000002</v>
+        <v>21865.570000000003</v>
       </c>
       <c r="I24" s="165">
         <f t="shared" si="2"/>
-        <v>41872.170000000013</v>
+        <v>38134.430000000015</v>
       </c>
       <c r="J24" s="166"/>
     </row>
     <row r="25" spans="1:10" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="161"/>
       <c r="B25" s="162"/>
       <c r="C25" s="146"/>
       <c r="D25" s="197"/>
       <c r="E25" s="165"/>
       <c r="F25" s="165"/>
       <c r="G25" s="165"/>
       <c r="H25" s="165"/>
       <c r="I25" s="165"/>
       <c r="J25" s="166"/>
     </row>
     <row r="26" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="59"/>
       <c r="B26" s="56"/>
       <c r="C26" s="143"/>
       <c r="D26" s="57" t="s">
         <v>19</v>
       </c>
       <c r="E26" s="58">
         <f>SUM(E9:E25)</f>
         <v>60000</v>
       </c>
       <c r="F26" s="58"/>
       <c r="G26" s="58">
         <f>SUM(G9:G25)</f>
-        <v>18127.830000000002</v>
+        <v>21865.570000000003</v>
       </c>
       <c r="H26" s="58"/>
       <c r="I26" s="58">
         <f>E26-G26</f>
-        <v>41872.17</v>
+        <v>38134.429999999993</v>
       </c>
       <c r="J26" s="54"/>
     </row>
     <row r="27" spans="1:10" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="65" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0EB4597A-6E53-47D4-9CE4-09E4FB820458}">
   <sheetPr codeName="Sheet178">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G25" sqref="G25"/>
+    <sheetView topLeftCell="A14" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G37" sqref="G37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
     <col min="3" max="3" width="8.5703125" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" customWidth="1"/>
     <col min="5" max="5" width="38.42578125" customWidth="1"/>
     <col min="6" max="6" width="28" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" customWidth="1"/>
     <col min="8" max="8" width="15.42578125" customWidth="1"/>
     <col min="257" max="259" width="11.42578125" customWidth="1"/>
     <col min="261" max="264" width="11.42578125" customWidth="1"/>
     <col min="513" max="515" width="11.42578125" customWidth="1"/>
     <col min="517" max="520" width="11.42578125" customWidth="1"/>
     <col min="769" max="771" width="11.42578125" customWidth="1"/>
     <col min="773" max="776" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1027" width="11.42578125" customWidth="1"/>
     <col min="1029" max="1032" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1283" width="11.42578125" customWidth="1"/>
     <col min="1285" max="1288" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1539" width="11.42578125" customWidth="1"/>
     <col min="1541" max="1544" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1795" width="11.42578125" customWidth="1"/>
@@ -9769,51 +10617,51 @@
       </c>
     </row>
     <row r="11" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="148" t="s">
         <v>117</v>
       </c>
       <c r="B11" s="158">
         <v>45939</v>
       </c>
       <c r="C11" s="155">
         <v>9255</v>
       </c>
       <c r="D11" s="158" t="s">
         <v>120</v>
       </c>
       <c r="E11" s="159" t="s">
         <v>115</v>
       </c>
       <c r="F11" s="160" t="s">
         <v>116</v>
       </c>
       <c r="G11" s="150">
         <v>236.1</v>
       </c>
       <c r="H11" s="151">
-        <f t="shared" ref="H11:H27" si="0">H10+G11</f>
+        <f t="shared" ref="H11:H30" si="0">H10+G11</f>
         <v>1257.3499999999999</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="148" t="s">
         <v>145</v>
       </c>
       <c r="B12" s="158">
         <v>45968</v>
       </c>
       <c r="C12" s="155">
         <v>9500</v>
       </c>
       <c r="D12" s="158" t="s">
         <v>120</v>
       </c>
       <c r="E12" s="159" t="s">
         <v>130</v>
       </c>
       <c r="F12" s="160" t="s">
         <v>102</v>
       </c>
       <c r="G12" s="150">
         <v>3750</v>
       </c>
@@ -10146,101 +10994,168 @@
       </c>
       <c r="B25" s="158">
         <v>46051</v>
       </c>
       <c r="C25" s="155">
         <v>9500</v>
       </c>
       <c r="D25" s="158" t="s">
         <v>120</v>
       </c>
       <c r="E25" s="159" t="s">
         <v>130</v>
       </c>
       <c r="F25" s="160" t="s">
         <v>200</v>
       </c>
       <c r="G25" s="150">
         <v>3750</v>
       </c>
       <c r="H25" s="151">
         <f t="shared" si="0"/>
         <v>32086.09</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="147"/>
-[...5 lines deleted...]
-      <c r="G26" s="150"/>
+      <c r="A26" s="147" t="s">
+        <v>210</v>
+      </c>
+      <c r="B26" s="158">
+        <v>46058</v>
+      </c>
+      <c r="C26" s="155">
+        <v>9500</v>
+      </c>
+      <c r="D26" s="158" t="s">
+        <v>120</v>
+      </c>
+      <c r="E26" s="156" t="s">
+        <v>209</v>
+      </c>
+      <c r="F26" s="160" t="s">
+        <v>208</v>
+      </c>
+      <c r="G26" s="150">
+        <v>2518</v>
+      </c>
       <c r="H26" s="151">
         <f t="shared" si="0"/>
-        <v>32086.09</v>
+        <v>34604.089999999997</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="147"/>
-[...5 lines deleted...]
-      <c r="G27" s="150"/>
+      <c r="A27" s="147" t="s">
+        <v>219</v>
+      </c>
+      <c r="B27" s="158">
+        <v>46069</v>
+      </c>
+      <c r="C27" s="155">
+        <v>9500</v>
+      </c>
+      <c r="D27" s="158" t="s">
+        <v>120</v>
+      </c>
+      <c r="E27" s="156" t="s">
+        <v>146</v>
+      </c>
+      <c r="F27" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="G27" s="150">
+        <v>21554.5</v>
+      </c>
       <c r="H27" s="151">
         <f t="shared" si="0"/>
-        <v>32086.09</v>
-[...17 lines deleted...]
-      <c r="E29" s="69" t="s">
+        <v>56158.59</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="147"/>
+      <c r="B28" s="158"/>
+      <c r="C28" s="155"/>
+      <c r="D28" s="158"/>
+      <c r="E28" s="156"/>
+      <c r="F28" s="156"/>
+      <c r="G28" s="168"/>
+      <c r="H28" s="151">
+        <f t="shared" si="0"/>
+        <v>56158.59</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="147"/>
+      <c r="B29" s="158"/>
+      <c r="C29" s="155"/>
+      <c r="D29" s="158"/>
+      <c r="E29" s="156"/>
+      <c r="F29" s="156"/>
+      <c r="G29" s="168"/>
+      <c r="H29" s="151">
+        <f t="shared" si="0"/>
+        <v>56158.59</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="147"/>
+      <c r="B30" s="158"/>
+      <c r="C30" s="155"/>
+      <c r="D30" s="158"/>
+      <c r="E30" s="156"/>
+      <c r="F30" s="156"/>
+      <c r="G30" s="168"/>
+      <c r="H30" s="151">
+        <f t="shared" si="0"/>
+        <v>56158.59</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="60"/>
+      <c r="B31" s="55"/>
+      <c r="C31" s="55"/>
+      <c r="D31" s="55"/>
+      <c r="E31" s="40"/>
+      <c r="F31" s="61"/>
+      <c r="G31" s="40"/>
+      <c r="H31" s="61"/>
+    </row>
+    <row r="32" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="67"/>
+      <c r="B32" s="68"/>
+      <c r="C32" s="68"/>
+      <c r="D32" s="68"/>
+      <c r="E32" s="69" t="s">
         <v>19</v>
       </c>
-      <c r="F29" s="70"/>
-[...6 lines deleted...]
-    <row r="30" spans="1:8" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
+      <c r="F32" s="70"/>
+      <c r="G32" s="58">
+        <f>SUM(G9:G31)</f>
+        <v>56158.59</v>
+      </c>
+      <c r="H32" s="70"/>
+    </row>
+    <row r="33" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="68" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8CEF917-E3D0-4A67-8499-DDC660757D8E}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I59"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
@@ -11518,51 +12433,51 @@
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DDDB3B50-001B-4B0A-BCF0-5ACBC513D93A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I26"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="O24" sqref="O24"/>
+      <selection activeCell="I23" sqref="I23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.5703125" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" customWidth="1"/>
     <col min="3" max="3" width="25" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" customWidth="1"/>
     <col min="7" max="7" width="10.5703125" customWidth="1"/>
     <col min="8" max="8" width="14.42578125" customWidth="1"/>
     <col min="9" max="9" width="12.42578125" customWidth="1"/>
     <col min="257" max="264" width="11.42578125" customWidth="1"/>
     <col min="513" max="520" width="11.42578125" customWidth="1"/>
     <col min="769" max="776" width="11.42578125" customWidth="1"/>
     <col min="1025" max="1032" width="11.42578125" customWidth="1"/>
     <col min="1281" max="1288" width="11.42578125" customWidth="1"/>
     <col min="1537" max="1544" width="11.42578125" customWidth="1"/>
     <col min="1793" max="1800" width="11.42578125" customWidth="1"/>
     <col min="2049" max="2056" width="11.42578125" customWidth="1"/>
     <col min="2305" max="2312" width="11.42578125" customWidth="1"/>
     <col min="2561" max="2568" width="11.42578125" customWidth="1"/>
     <col min="2817" max="2824" width="11.42578125" customWidth="1"/>
     <col min="3073" max="3080" width="11.42578125" customWidth="1"/>
@@ -11814,340 +12729,360 @@
       </c>
       <c r="C11" s="162" t="s">
         <v>193</v>
       </c>
       <c r="D11" s="164"/>
       <c r="E11" s="164">
         <f t="shared" si="0"/>
         <v>243169.25</v>
       </c>
       <c r="F11" s="150">
         <v>6693</v>
       </c>
       <c r="G11" s="165">
         <f t="shared" si="1"/>
         <v>6693</v>
       </c>
       <c r="H11" s="165">
         <f t="shared" si="2"/>
         <v>236476.25</v>
       </c>
       <c r="I11" s="269">
         <v>207</v>
       </c>
     </row>
     <row r="12" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="161"/>
-[...2 lines deleted...]
-      <c r="D12" s="164"/>
+      <c r="A12" s="161" t="s">
+        <v>159</v>
+      </c>
+      <c r="B12" s="158">
+        <v>46076</v>
+      </c>
+      <c r="C12" s="162" t="s">
+        <v>222</v>
+      </c>
+      <c r="D12" s="163">
+        <v>253.31</v>
+      </c>
       <c r="E12" s="164">
         <f t="shared" si="0"/>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="F12" s="168"/>
       <c r="G12" s="165">
         <f t="shared" si="1"/>
         <v>6693</v>
       </c>
       <c r="H12" s="165">
         <f t="shared" si="2"/>
-        <v>236476.25</v>
+        <v>236729.56</v>
       </c>
       <c r="I12" s="269"/>
     </row>
     <row r="13" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="161"/>
-[...1 lines deleted...]
-      <c r="C13" s="162"/>
+      <c r="A13" s="161" t="s">
+        <v>223</v>
+      </c>
+      <c r="B13" s="158">
+        <v>46077</v>
+      </c>
+      <c r="C13" s="162" t="s">
+        <v>224</v>
+      </c>
       <c r="D13" s="164"/>
       <c r="E13" s="164">
         <f t="shared" si="0"/>
-        <v>243169.25</v>
-[...1 lines deleted...]
-      <c r="F13" s="168"/>
+        <v>243422.56</v>
+      </c>
+      <c r="F13" s="168">
+        <v>1940</v>
+      </c>
       <c r="G13" s="165">
         <f t="shared" si="1"/>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="H13" s="165">
         <f t="shared" si="2"/>
-        <v>236476.25</v>
-[...1 lines deleted...]
-      <c r="I13" s="269"/>
+        <v>234789.56</v>
+      </c>
+      <c r="I13" s="269">
+        <f>I11+60</f>
+        <v>267</v>
+      </c>
     </row>
     <row r="14" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="161"/>
       <c r="B14" s="158"/>
       <c r="C14" s="162"/>
       <c r="D14" s="164"/>
       <c r="E14" s="164">
         <f t="shared" si="0"/>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="F14" s="165"/>
       <c r="G14" s="165">
         <f t="shared" si="1"/>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="H14" s="165">
         <f t="shared" si="2"/>
-        <v>236476.25</v>
+        <v>234789.56</v>
       </c>
       <c r="I14" s="269"/>
     </row>
     <row r="15" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="161"/>
       <c r="B15" s="158"/>
       <c r="C15" s="162"/>
       <c r="D15" s="164"/>
       <c r="E15" s="164">
         <f t="shared" si="0"/>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="F15" s="168"/>
       <c r="G15" s="165">
         <f t="shared" si="1"/>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="H15" s="165">
         <f t="shared" si="2"/>
-        <v>236476.25</v>
+        <v>234789.56</v>
       </c>
       <c r="I15" s="269"/>
     </row>
     <row r="16" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="161"/>
       <c r="B16" s="158"/>
       <c r="C16" s="162"/>
       <c r="D16" s="164"/>
       <c r="E16" s="164">
         <f t="shared" si="0"/>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="F16" s="168"/>
       <c r="G16" s="165">
         <f t="shared" si="1"/>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="H16" s="165">
         <f t="shared" si="2"/>
-        <v>236476.25</v>
+        <v>234789.56</v>
       </c>
       <c r="I16" s="269"/>
     </row>
     <row r="17" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="161"/>
       <c r="B17" s="158"/>
       <c r="C17" s="162"/>
       <c r="D17" s="164"/>
       <c r="E17" s="164">
         <f t="shared" si="0"/>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="F17" s="168"/>
       <c r="G17" s="165">
         <f t="shared" si="1"/>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="H17" s="165">
         <f t="shared" si="2"/>
-        <v>236476.25</v>
+        <v>234789.56</v>
       </c>
       <c r="I17" s="269"/>
     </row>
     <row r="18" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="161"/>
       <c r="B18" s="158"/>
       <c r="C18" s="162"/>
       <c r="D18" s="164"/>
       <c r="E18" s="164">
         <f t="shared" si="0"/>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="F18" s="168"/>
       <c r="G18" s="165">
         <f t="shared" si="1"/>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="H18" s="165">
         <f t="shared" si="2"/>
-        <v>236476.25</v>
+        <v>234789.56</v>
       </c>
       <c r="I18" s="269"/>
     </row>
     <row r="19" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="161"/>
       <c r="B19" s="158"/>
       <c r="C19" s="162"/>
       <c r="D19" s="164"/>
       <c r="E19" s="164">
         <f t="shared" si="0"/>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="F19" s="165"/>
       <c r="G19" s="165">
         <f t="shared" si="1"/>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="H19" s="165">
         <f t="shared" si="2"/>
-        <v>236476.25</v>
+        <v>234789.56</v>
       </c>
       <c r="I19" s="269"/>
     </row>
     <row r="20" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="161"/>
       <c r="B20" s="158"/>
       <c r="C20" s="162"/>
       <c r="D20" s="164"/>
       <c r="E20" s="164">
         <f t="shared" si="0"/>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="F20" s="165"/>
       <c r="G20" s="165">
         <f t="shared" si="1"/>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="H20" s="165">
         <f t="shared" si="2"/>
-        <v>236476.25</v>
+        <v>234789.56</v>
       </c>
       <c r="I20" s="269"/>
     </row>
     <row r="21" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="161"/>
       <c r="B21" s="158"/>
       <c r="C21" s="169"/>
       <c r="D21" s="164"/>
       <c r="E21" s="164">
         <f t="shared" si="0"/>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="F21" s="165"/>
       <c r="G21" s="165">
         <f t="shared" si="1"/>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="H21" s="165">
         <f t="shared" si="2"/>
-        <v>236476.25</v>
+        <v>234789.56</v>
       </c>
       <c r="I21" s="269"/>
     </row>
     <row r="22" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="161"/>
       <c r="B22" s="162"/>
       <c r="C22" s="197"/>
       <c r="D22" s="165"/>
       <c r="E22" s="165"/>
       <c r="F22" s="165"/>
       <c r="G22" s="165"/>
       <c r="H22" s="165"/>
       <c r="I22" s="166"/>
     </row>
     <row r="23" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="161"/>
       <c r="B23" s="198"/>
       <c r="C23" s="199" t="s">
         <v>19</v>
       </c>
       <c r="D23" s="200">
         <f>SUM(D9:D22)</f>
-        <v>243169.25</v>
+        <v>243422.56</v>
       </c>
       <c r="E23" s="200"/>
       <c r="F23" s="200">
         <f>SUM(F9:F22)</f>
-        <v>6693</v>
+        <v>8633</v>
       </c>
       <c r="G23" s="200"/>
       <c r="H23" s="200">
         <f>D23-F23</f>
-        <v>236476.25</v>
-[...1 lines deleted...]
-      <c r="I23" s="166"/>
+        <v>234789.56</v>
+      </c>
+      <c r="I23" s="274"/>
     </row>
     <row r="24" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:9" s="152" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="230" t="s">
         <v>195</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.95" bottom="0.75" header="0.09" footer="0.3"/>
   <pageSetup scale="74" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 Major Maintenance 
 061T
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0017-335-061T
 Reversion 6/30/2027
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>17</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="19" baseType="lpstr">
       <vt:lpstr>Language</vt:lpstr>
       <vt:lpstr>FINANCIAL</vt:lpstr>
       <vt:lpstr>RECAP #9485.00</vt:lpstr>
       <vt:lpstr>#9485.00 Neumann Monson</vt:lpstr>
       <vt:lpstr>#9485.00 PM TIME</vt:lpstr>
       <vt:lpstr>#9485.00 Misc</vt:lpstr>
       <vt:lpstr>#9485.00 DCI Group</vt:lpstr>
       <vt:lpstr>#9485.00 Midwest Storage </vt:lpstr>
       <vt:lpstr>#9485.00 GTG Construction</vt:lpstr>
       <vt:lpstr>#9485.00 Waldinger Corp</vt:lpstr>
       <vt:lpstr>#9485.00 JF Ahern</vt:lpstr>
       <vt:lpstr>#9485.00 DCI Group (2)</vt:lpstr>
+      <vt:lpstr>#9485.00 IA Prison Industries</vt:lpstr>
       <vt:lpstr>RECAP #XXXX.XX</vt:lpstr>
       <vt:lpstr>#XXXX.XX Vendor A</vt:lpstr>
       <vt:lpstr>#XXXX.XX PM TIME</vt:lpstr>
       <vt:lpstr>#XXXX.XX Misc</vt:lpstr>
       <vt:lpstr>FINANCIAL!Print_Area</vt:lpstr>
       <vt:lpstr>FINANCIAL!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Huggins, Joni [DAS]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>