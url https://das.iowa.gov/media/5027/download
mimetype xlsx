--- v0 (2025-10-10)
+++ v1 (2025-11-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MOU Project Improvements (R26M) 0506\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0079F027-277B-4EAE-919E-AF7E2913C059}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3DBABE59-DC09-4A46-AA6B-8326DB86B122}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
   </bookViews>
   <sheets>
     <sheet name="Language" sheetId="4" r:id="rId1"/>
     <sheet name="FINANCIAL" sheetId="1" r:id="rId2"/>
     <sheet name="Funds Rec'd" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">FINANCIAL!$A$13:$X$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">FINANCIAL!$A$1:$M$33</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">FINANCIAL!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>