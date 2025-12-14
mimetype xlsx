--- v1 (2025-11-20)
+++ v2 (2025-12-14)
@@ -10,53 +10,53 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MOU Project Improvements (R26M) 0506\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3DBABE59-DC09-4A46-AA6B-8326DB86B122}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6236C68F-082A-4755-A806-A5E77ED3C32B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
+    <workbookView xWindow="780" yWindow="780" windowWidth="21600" windowHeight="12120" activeTab="1" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
   </bookViews>
   <sheets>
     <sheet name="Language" sheetId="4" r:id="rId1"/>
     <sheet name="FINANCIAL" sheetId="1" r:id="rId2"/>
     <sheet name="Funds Rec'd" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">FINANCIAL!$A$13:$X$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">FINANCIAL!$A$1:$M$33</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">FINANCIAL!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>