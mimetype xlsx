--- v2 (2025-12-14)
+++ v3 (2026-02-09)
@@ -10,53 +10,53 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MOU Project Improvements (R26M) 0506\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6236C68F-082A-4755-A806-A5E77ED3C32B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA45E659-9C83-43AD-BA00-E47199AFE621}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="780" yWindow="780" windowWidth="21600" windowHeight="12120" activeTab="1" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
+    <workbookView xWindow="-28920" yWindow="-135" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
   </bookViews>
   <sheets>
     <sheet name="Language" sheetId="4" r:id="rId1"/>
     <sheet name="FINANCIAL" sheetId="1" r:id="rId2"/>
     <sheet name="Funds Rec'd" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">FINANCIAL!$A$13:$X$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">FINANCIAL!$A$1:$M$33</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">FINANCIAL!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>