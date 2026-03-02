--- v3 (2026-02-09)
+++ v4 (2026-03-02)
@@ -10,53 +10,53 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MOU Project Improvements (R26M) 0506\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA45E659-9C83-43AD-BA00-E47199AFE621}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A692A00-17B9-470C-898C-FE14E6A7D8F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-135" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
   </bookViews>
   <sheets>
     <sheet name="Language" sheetId="4" r:id="rId1"/>
     <sheet name="FINANCIAL" sheetId="1" r:id="rId2"/>
     <sheet name="Funds Rec'd" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">FINANCIAL!$A$13:$X$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">FINANCIAL!$A$1:$M$33</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">FINANCIAL!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>