--- v4 (2026-03-02)
+++ v5 (2026-03-23)
@@ -10,53 +10,53 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MOU Project Improvements (R26M) 0506\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A692A00-17B9-470C-898C-FE14E6A7D8F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DF767E07-49DA-4702-BBEB-2697116AA146}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
+    <workbookView xWindow="-27630" yWindow="1815" windowWidth="21600" windowHeight="11295" activeTab="1" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
   </bookViews>
   <sheets>
     <sheet name="Language" sheetId="4" r:id="rId1"/>
     <sheet name="FINANCIAL" sheetId="1" r:id="rId2"/>
     <sheet name="Funds Rec'd" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">FINANCIAL!$A$13:$X$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">FINANCIAL!$A$1:$M$33</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">FINANCIAL!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>