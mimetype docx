--- v0 (2025-10-05)
+++ v1 (2025-11-16)
@@ -3,70 +3,70 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00FF5DF3" w:rsidRPr="004E5AFD" w:rsidRDefault="004E5AFD" w:rsidP="004E5AFD">
+    <w:p w14:paraId="4573E895" w14:textId="77777777" w:rsidR="00FF5DF3" w:rsidRPr="004E5AFD" w:rsidRDefault="004E5AFD" w:rsidP="004E5AFD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="694C989D" wp14:editId="3A87A649">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>457200</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="889000" cy="473075"/>
             <wp:effectExtent l="0" t="0" r="6350" b="3175"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="DAS Stacked Color-fromLisaJones-EDITED.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -89,100 +89,100 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Request for Reasonable Accommodation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5DF3" w:rsidRDefault="00FF5DF3" w:rsidP="00B34FD7">
+    <w:p w14:paraId="0AAE65C9" w14:textId="77777777" w:rsidR="00FF5DF3" w:rsidRDefault="00FF5DF3" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004E5AFD" w:rsidRDefault="004E5AFD" w:rsidP="00FF5DF3">
+    <w:p w14:paraId="5F8398B3" w14:textId="77777777" w:rsidR="004E5AFD" w:rsidRDefault="004E5AFD" w:rsidP="00FF5DF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E1DAB" w:rsidRPr="00FF5DF3" w:rsidRDefault="00FF5DF3" w:rsidP="00FF5DF3">
+    <w:p w14:paraId="5685EC35" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="00FF5DF3" w:rsidRDefault="00FF5DF3" w:rsidP="00FF5DF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF5DF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Section A: </w:t>
       </w:r>
       <w:r w:rsidR="00607B96" w:rsidRPr="00FF5DF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Employee Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA2341" w:rsidRPr="00FF5DF3" w:rsidRDefault="00833D0F" w:rsidP="00FF5DF3">
+    <w:p w14:paraId="6AC39DA5" w14:textId="77777777" w:rsidR="00AA2341" w:rsidRPr="00FF5DF3" w:rsidRDefault="00833D0F" w:rsidP="00FF5DF3">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF5DF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00AA2341" w:rsidRPr="00FF5DF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This section must be completed by the employee</w:t>
       </w:r>
       <w:r w:rsidR="00442073" w:rsidRPr="00FF5DF3">
@@ -196,104 +196,104 @@
       <w:r w:rsidR="00AA2341" w:rsidRPr="00FF5DF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> requesting an accommodation</w:t>
       </w:r>
       <w:r w:rsidR="00FF5DF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF5DF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5DF3" w:rsidRPr="008372A6" w:rsidRDefault="00FF5DF3">
+    <w:p w14:paraId="6D83AE76" w14:textId="77777777" w:rsidR="00FF5DF3" w:rsidRPr="008372A6" w:rsidRDefault="00FF5DF3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D">
+    <w:p w14:paraId="6FC8D7CE" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10908" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3078"/>
         <w:gridCol w:w="7830"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidTr="00362E52">
+      <w:tr w:rsidR="00953EE2" w:rsidRPr="008372A6" w14:paraId="32B204B7" w14:textId="77777777" w:rsidTr="00362E52">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00D75DF4">
+          <w:p w14:paraId="070BEC41" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00D75DF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1.  </w:t>
             </w:r>
             <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -313,233 +313,231 @@
             </w:r>
             <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="0" w:name="Text1"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00D75DF4">
+          <w:p w14:paraId="6F733B2C" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00D75DF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
             <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00953EE2">
+    <w:p w14:paraId="726BB286" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00953EE2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10908" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1998"/>
         <w:gridCol w:w="8910"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidTr="00362E52">
+      <w:tr w:rsidR="00953EE2" w:rsidRPr="008372A6" w14:paraId="4E7319DB" w14:textId="77777777" w:rsidTr="00362E52">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00D75DF4">
+          <w:p w14:paraId="28ACBAEA" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00D75DF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2.  Work Location:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00D75DF4">
+          <w:p w14:paraId="058B5CC8" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00D75DF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -598,1528 +596,1952 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00953EE2">
+    <w:p w14:paraId="30B3BF0D" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00953EE2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10908" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2628"/>
+        <w:gridCol w:w="8280"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00953EE2" w:rsidRPr="008372A6" w14:paraId="58B40A04" w14:textId="77777777" w:rsidTr="002A7529">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2628" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB51D0D" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00D75DF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3.  Work Phone Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="112878EE" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00D75DF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0DF12734" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00953EE2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10908" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1975"/>
+        <w:gridCol w:w="8933"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00953EE2" w:rsidRPr="008372A6" w14:paraId="19951E87" w14:textId="77777777" w:rsidTr="002A7529">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7779B102" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00D75DF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk213324723"/>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4.  Email Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12887FA2" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00D75DF4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+    </w:tbl>
+    <w:p w14:paraId="08C0EF1F" w14:textId="77777777" w:rsidR="00953EE2" w:rsidRDefault="00953EE2" w:rsidP="00953EE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10890" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="10654"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A943CE" w:rsidRPr="008372A6" w14:paraId="4AFE0EF0" w14:textId="77777777" w:rsidTr="00A943CE">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E381F8" w14:textId="612BAFB6" w:rsidR="00A943CE" w:rsidRPr="008372A6" w:rsidRDefault="00A943CE" w:rsidP="003C1271">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Description of requested accommodation:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A943CE" w:rsidRPr="008372A6" w14:paraId="15291EA9" w14:textId="77777777" w:rsidTr="00A943CE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="541"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F8FF32B" w14:textId="77777777" w:rsidR="00A943CE" w:rsidRPr="008372A6" w:rsidRDefault="00A943CE" w:rsidP="003C1271">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20707444" w14:textId="2B74B786" w:rsidR="00A943CE" w:rsidRPr="008372A6" w:rsidRDefault="00A943CE" w:rsidP="003C1271">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9342"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7C4721DF" w14:textId="77777777" w:rsidR="00A943CE" w:rsidRDefault="00A943CE" w:rsidP="00953EE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10890" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="10654"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00817719" w:rsidRPr="008372A6" w14:paraId="14386018" w14:textId="77777777" w:rsidTr="00A943CE">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2623CE" w14:textId="37ADE8F1" w:rsidR="00817719" w:rsidRPr="008372A6" w:rsidRDefault="00817719" w:rsidP="003C1271">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> This accommodation is necessary because:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C3600D" w:rsidRPr="008372A6" w14:paraId="5FF2C875" w14:textId="77777777" w:rsidTr="00A943CE">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="1180"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F919D35" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="008C7BE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10654" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6048B273" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008C7BE6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9342"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00C3600D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="000112D0" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C3600D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="443B7507" w14:textId="77777777" w:rsidR="00D75DF4" w:rsidRDefault="00D75DF4" w:rsidP="00C3600D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3805619D" w14:textId="77777777" w:rsidR="0021682D" w:rsidRPr="008372A6" w:rsidRDefault="0021682D" w:rsidP="00C3600D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417EA418" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C3600D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8647" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4932"/>
+        <w:gridCol w:w="360"/>
+        <w:gridCol w:w="3355"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F714EF" w:rsidRPr="008372A6" w14:paraId="5C5E2633" w14:textId="77777777" w:rsidTr="00253834">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="259"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="326A0150" w14:textId="77777777" w:rsidR="00F714EF" w:rsidRPr="008372A6" w:rsidRDefault="00F714EF" w:rsidP="008C7BE6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C136AD" w14:textId="77777777" w:rsidR="00F714EF" w:rsidRPr="008372A6" w:rsidRDefault="00F714EF" w:rsidP="008C7BE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5B51CE" w14:textId="77777777" w:rsidR="00F714EF" w:rsidRPr="008372A6" w:rsidRDefault="00F714EF" w:rsidP="008C7BE6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F714EF" w:rsidRPr="008372A6" w14:paraId="5CDF8F85" w14:textId="77777777" w:rsidTr="00253834">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4932" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22EC4E9E" w14:textId="77777777" w:rsidR="00F714EF" w:rsidRPr="008372A6" w:rsidRDefault="00F714EF" w:rsidP="008C7BE6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Signature (</w:t>
+            </w:r>
+            <w:r w:rsidR="00442073" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Employee/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Applican</w:t>
+            </w:r>
+            <w:r w:rsidR="00442073" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E90BFF0" w14:textId="77777777" w:rsidR="00F714EF" w:rsidRPr="008372A6" w:rsidRDefault="00F714EF" w:rsidP="008C7BE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72205165" w14:textId="77777777" w:rsidR="00F714EF" w:rsidRPr="008372A6" w:rsidRDefault="00F714EF" w:rsidP="008C7BE6">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0791B6AA" w14:textId="77777777" w:rsidR="00DB377E" w:rsidRPr="008372A6" w:rsidRDefault="00DB377E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1946F6" w14:textId="77777777" w:rsidR="00DB377E" w:rsidRPr="008372A6" w:rsidRDefault="00DB377E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C435D6" w14:textId="77777777" w:rsidR="00FF5DF3" w:rsidRPr="00FF5DF3" w:rsidRDefault="00FF5DF3" w:rsidP="00FF5DF3">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF5DF3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Section B: </w:t>
+      </w:r>
+      <w:r w:rsidR="00917C3E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Supervisor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5DF3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3252574B" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="00FF5DF3" w:rsidP="00FF5DF3">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF5DF3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(This section must be completed by the supervisor of the employee</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0C84">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/applicant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5DF3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requesting an accommodation prior to submission to a medical provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5DF3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEB982A" w14:textId="77777777" w:rsidR="00C71AAD" w:rsidRPr="008372A6" w:rsidRDefault="00C71AAD" w:rsidP="00C71AAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38393469" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C3600D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10908" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2448"/>
+        <w:gridCol w:w="8460"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C3600D" w:rsidRPr="008372A6" w14:paraId="28C476FD" w14:textId="77777777" w:rsidTr="00362E52">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2448" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="059C7FFB" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00833D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.  Supervisor’s Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="43" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE67FDF" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00833D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="14158DBF" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C3600D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10908" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1998"/>
+        <w:gridCol w:w="8910"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C3600D" w:rsidRPr="008372A6" w14:paraId="019FBE37" w14:textId="77777777" w:rsidTr="00362E52">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1998" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="19EB96F4" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00833D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.  Work Location:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8910" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="43" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0ADBD0" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00833D0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6850FD00" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C3600D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10908" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2628"/>
         <w:gridCol w:w="8280"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidTr="00362E52">
+      <w:tr w:rsidR="00C3600D" w:rsidRPr="008372A6" w14:paraId="084B741B" w14:textId="77777777" w:rsidTr="00362E52">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2628" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00D75DF4">
+          <w:p w14:paraId="0606CB9C" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00833D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3.  Work Phone Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8280" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="43" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00D75DF4">
+          <w:p w14:paraId="4DBDE01C" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00833D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
-[...35 lines deleted...]
-            <w:r w:rsidR="00833D0F" w:rsidRPr="008372A6">
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00953EE2">
+    <w:p w14:paraId="51B1F2CB" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C3600D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10908" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2178"/>
-        <w:gridCol w:w="8730"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="8928"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidTr="00362E52">
+      <w:tr w:rsidR="00C3600D" w:rsidRPr="008372A6" w14:paraId="54178DFF" w14:textId="77777777" w:rsidTr="003F2E15">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00953EE2" w:rsidRPr="008372A6" w:rsidRDefault="00953EE2" w:rsidP="00D75DF4">
+          <w:p w14:paraId="32BC3E6C" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00833D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk213326323"/>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4.  Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8730" w:type="dxa"/>
-[...1217 lines deleted...]
-            <w:tcW w:w="8460" w:type="dxa"/>
+            <w:tcW w:w="8928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="43" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00833D0F">
+          <w:p w14:paraId="7AB3858E" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00833D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -2177,137 +2599,143 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
-    <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C3600D">
+    <w:p w14:paraId="26AF61C1" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="006E1DAB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10908" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1998"/>
-        <w:gridCol w:w="8910"/>
+        <w:gridCol w:w="5215"/>
+        <w:gridCol w:w="5693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidTr="00362E52">
+      <w:tr w:rsidR="006E1DAB" w:rsidRPr="008372A6" w14:paraId="7D247CAD" w14:textId="77777777" w:rsidTr="003F2E15">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1998" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00833D0F">
+          <w:p w14:paraId="3145F517" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="00833D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk213326592"/>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2.  Work Location:</w:t>
+              <w:t>5.  Date Request Received from Employee</w:t>
+            </w:r>
+            <w:r w:rsidR="00442073" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/Applicant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8910" w:type="dxa"/>
+            <w:tcW w:w="5693" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="43" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00833D0F">
+          <w:p w14:paraId="63D8543C" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="003F2E15" w:rsidRDefault="004259AF" w:rsidP="00833D0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -2360,2095 +2788,1347 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="3"/>
     </w:tbl>
-    <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C3600D">
+    <w:p w14:paraId="7BCFF4DA" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRDefault="006E1DAB" w:rsidP="006E1DAB">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10908" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2628"/>
-        <w:gridCol w:w="8280"/>
+        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="10649"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidTr="00362E52">
+      <w:tr w:rsidR="009D51E1" w:rsidRPr="008372A6" w14:paraId="60040DF9" w14:textId="77777777" w:rsidTr="003F2E15">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="259"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2628" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10885" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00833D0F">
+          <w:p w14:paraId="17AAA0A1" w14:textId="1DAF5CB7" w:rsidR="009D51E1" w:rsidRPr="008372A6" w:rsidRDefault="009D51E1" w:rsidP="003C1271">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008372A6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>3.  Work Phone Number:</w:t>
-            </w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ist of accommodations already provided to the employee/applicant, if applicable:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E1DAB" w:rsidRPr="008372A6" w14:paraId="63074C58" w14:textId="77777777" w:rsidTr="008C6D5D">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="1728"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D95A9D" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8280" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="10649" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00833D0F">
+          <w:p w14:paraId="6D7600BD" w14:textId="36B6C1FB" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008C7BE6">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9342"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="009E7044" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="009E7044" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="009E7044" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="009E7044" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="009E7044" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="008C6D5D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="008C6D5D" w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C3600D">
+    <w:p w14:paraId="5AA33308" w14:textId="77777777" w:rsidR="003F2E15" w:rsidRDefault="003F2E15">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10908" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="10885" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2178"/>
-        <w:gridCol w:w="8730"/>
+        <w:gridCol w:w="265"/>
+        <w:gridCol w:w="10620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidTr="00362E52">
+      <w:tr w:rsidR="00570DF5" w:rsidRPr="008372A6" w14:paraId="7D59DD0E" w14:textId="77777777" w:rsidTr="004E1010">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="259"/>
+          <w:trHeight w:hRule="exact" w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10885" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00833D0F">
+          <w:p w14:paraId="75250052" w14:textId="6F3B9DD0" w:rsidR="00570DF5" w:rsidRPr="008372A6" w:rsidRDefault="00570DF5" w:rsidP="003C1271">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008372A6">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>4.  Email Address:</w:t>
-[...165 lines deleted...]
-            <w:pPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...732 lines deleted...]
-            <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
+              <w:t xml:space="preserve">.  Medical Provider Referral Required?  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Check3"/>
-            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+            <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
+            <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+            <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes   </w:t>
             </w:r>
-            <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
+            <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Check4"/>
-            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+            <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
+            <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
-            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+            <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> No  If yes, Supervisor must list the essential</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA64A4" w:rsidRPr="008372A6">
+              <w:t xml:space="preserve"> No  If yes, Supervisor must list the essential job function(s) in </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E1010" w:rsidRPr="008372A6" w14:paraId="50BBA5B8" w14:textId="705298A9" w:rsidTr="004E1010">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="271"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="265" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="731C94F3" w14:textId="77777777" w:rsidR="004E1010" w:rsidRDefault="004E1010" w:rsidP="003C1271">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> job</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006E1DAB" w:rsidRPr="008372A6">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB77079" w14:textId="31362575" w:rsidR="004E1010" w:rsidRDefault="004E1010" w:rsidP="003C1271">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> function</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FA64A4" w:rsidRPr="008372A6">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...49 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Section C(4).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C71AAD">
+    <w:p w14:paraId="246FFEE3" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRDefault="00DD1DCD" w:rsidP="00DD1DCD">
       <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C71AAD">
+    <w:p w14:paraId="417BBF5A" w14:textId="77777777" w:rsidR="006A08D2" w:rsidRPr="008372A6" w:rsidRDefault="006A08D2" w:rsidP="00DD1DCD">
       <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C71AAD">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9630" w:type="dxa"/>
+        <w:tblInd w:w="18" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6217"/>
+        <w:gridCol w:w="3143"/>
+        <w:gridCol w:w="270"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DD1DCD" w:rsidRPr="008372A6" w14:paraId="24EE4D1B" w14:textId="77777777" w:rsidTr="008C2147">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7792170A" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRPr="008372A6" w:rsidRDefault="00DD1DCD" w:rsidP="00BD161E">
+            <w:pPr>
+              <w:ind w:left="140" w:firstLine="90"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>As discussed, the form will be returned to the supervisor by:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="4" w:name="Text35"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A8ACCE6" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRPr="008372A6" w:rsidRDefault="00DD1DCD" w:rsidP="008C2147">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text35"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="14" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E36D8A" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRPr="008372A6" w:rsidRDefault="00DD1DCD" w:rsidP="008C2147">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD1DCD" w:rsidRPr="008372A6" w14:paraId="49B0ED52" w14:textId="77777777" w:rsidTr="008C2147">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6217" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6510D5F4" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRPr="008372A6" w:rsidRDefault="00DD1DCD" w:rsidP="008C2147">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51ECE6FA" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRPr="008372A6" w:rsidRDefault="00DD1DCD" w:rsidP="008C2147">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008372A6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ate)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0865EFE6" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRPr="008372A6" w:rsidRDefault="00DD1DCD" w:rsidP="008C2147">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="238D476B" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRPr="008372A6" w:rsidRDefault="00DD1DCD" w:rsidP="00BD161E">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1566"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="14" w:firstLine="346"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Employee/applicant must notify the supervisor of any changes that may impact the submission of the form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF9AB89" w14:textId="77777777" w:rsidR="00DD1DCD" w:rsidRPr="008372A6" w:rsidRDefault="00DD1DCD" w:rsidP="00DD1DCD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="006E1DAB">
+    <w:p w14:paraId="1FA16264" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C71AAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D48683A" w14:textId="77777777" w:rsidR="00C3600D" w:rsidRPr="008372A6" w:rsidRDefault="00C3600D" w:rsidP="00C71AAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD34101" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="006E1DAB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8640" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5032"/>
         <w:gridCol w:w="367"/>
         <w:gridCol w:w="3241"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidTr="009411E1">
+      <w:tr w:rsidR="006E1DAB" w:rsidRPr="008372A6" w14:paraId="09ADACBC" w14:textId="77777777" w:rsidTr="009411E1">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4932" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
+          <w:p w14:paraId="1C71853A" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
+          <w:p w14:paraId="4A10CEF2" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3177" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
+          <w:p w14:paraId="01E001B2" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidTr="009411E1">
+      <w:tr w:rsidR="006E1DAB" w:rsidRPr="008372A6" w14:paraId="09D41287" w14:textId="77777777" w:rsidTr="009411E1">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
+          <w:p w14:paraId="66C85C13" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature (</w:t>
             </w:r>
             <w:r w:rsidR="002A433A" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Supervisor</w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
+          <w:p w14:paraId="2F812314" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3177" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
+          <w:p w14:paraId="082B8D30" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="008C7BE6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="006E1DAB">
+    <w:p w14:paraId="27D77F57" w14:textId="77777777" w:rsidR="006E1DAB" w:rsidRPr="008372A6" w:rsidRDefault="006E1DAB" w:rsidP="006E1DAB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5DF3" w:rsidRDefault="00FF5DF3">
+    <w:p w14:paraId="113CEC39" w14:textId="77777777" w:rsidR="00FF5DF3" w:rsidRDefault="00FF5DF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF5DF3" w:rsidRPr="00FF5DF3" w:rsidRDefault="00FF5DF3" w:rsidP="00FF5DF3">
+    <w:p w14:paraId="693F0259" w14:textId="77777777" w:rsidR="00FF5DF3" w:rsidRPr="00FF5DF3" w:rsidRDefault="00FF5DF3" w:rsidP="00FF5DF3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF5DF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Section C: Medical Inquiry Form in Response to an Accommodation Request</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A433A" w:rsidRPr="008372A6" w:rsidRDefault="00FF5DF3" w:rsidP="00FF5DF3">
+    <w:p w14:paraId="314A00A7" w14:textId="77777777" w:rsidR="002A433A" w:rsidRPr="008372A6" w:rsidRDefault="00FF5DF3" w:rsidP="00FF5DF3">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF5DF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(This section must be completed by an appropriate health care or rehabilitation professional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF5DF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00442073" w:rsidRPr="008372A6" w:rsidRDefault="00442073" w:rsidP="00FF5DF3">
+    <w:p w14:paraId="7F07C4DB" w14:textId="77777777" w:rsidR="00442073" w:rsidRPr="008372A6" w:rsidRDefault="00442073" w:rsidP="00FF5DF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0079188A" w:rsidRPr="008372A6" w:rsidRDefault="0079188A" w:rsidP="00B34FD7">
+    <w:p w14:paraId="5F19501E" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="009411E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.  Questions to help determine whether an employee has a disability</w:t>
+      </w:r>
+      <w:r w:rsidR="000A0E48" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69236D9B" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...252 lines deleted...]
-    <w:p w:rsidR="0079188A" w:rsidRPr="008372A6" w:rsidRDefault="0079188A" w:rsidP="0079188A">
+    <w:p w14:paraId="0F30C3EE" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="00362E52">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="14"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Employee/applicant must notify the supervisor of any changes that may impact the submission of the form.</w:t>
+        <w:t>A person has a disability under the ADA if the person has an impairment that substantially limits one or more major life activities.  The following questions may help determine whether an employee has a disability</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3385" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="00B34FD7">
+    <w:p w14:paraId="5CD93529" w14:textId="77777777" w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="009411E1">
-[...73 lines deleted...]
-    <w:p w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="009411E1">
+    <w:p w14:paraId="13D94C79" w14:textId="77777777" w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="009411E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Does the employee</w:t>
       </w:r>
       <w:r w:rsidR="0079188A" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/applicant</w:t>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
@@ -4479,58 +4159,58 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Check5"/>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
@@ -4554,106 +4234,124 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Check6"/>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="00B34FD7">
+    <w:p w14:paraId="12578AFD" w14:textId="77777777" w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="009411E1">
+    <w:p w14:paraId="437BB4E5" w14:textId="50E19FD6" w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="00B34A4E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9540"/>
+          <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">What is the impairment? </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="Text11"/>
+        <w:t>What is the impairment</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk213334836"/>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="Text11"/>
+      <w:r w:rsidR="001C74E6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00D74564" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
@@ -4711,263 +4409,273 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00D74564" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="00B34A4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="00B34FD7">
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="7BD79CBD" w14:textId="77777777" w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00151CB9" w:rsidRPr="008372A6" w:rsidRDefault="00151CB9" w:rsidP="00B34FD7">
+    <w:p w14:paraId="19A4FFEA" w14:textId="77777777" w:rsidR="00151CB9" w:rsidRPr="008372A6" w:rsidRDefault="00151CB9" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Can the impairment be corrected by medication or other means?    Yes </w:t>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">           No </w:t>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00151CB9" w:rsidRPr="008372A6" w:rsidRDefault="00151CB9" w:rsidP="00B34FD7">
+    <w:p w14:paraId="69FA7438" w14:textId="77777777" w:rsidR="00151CB9" w:rsidRPr="008372A6" w:rsidRDefault="00151CB9" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="009411E1">
+    <w:p w14:paraId="48497BBC" w14:textId="77777777" w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="009411E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Is the impairment long-term or permanent?</w:t>
       </w:r>
       <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">     Yes </w:t>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
         <w:rPr>
@@ -4981,2054 +4689,2150 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF3385" w:rsidRDefault="00CF3385" w:rsidP="00B34FD7">
+    <w:p w14:paraId="461CAAA5" w14:textId="77777777" w:rsidR="00CF3385" w:rsidRDefault="00CF3385" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="00B34FD7">
+    <w:p w14:paraId="502AE023" w14:textId="73D7C231" w:rsidR="00B34A4E" w:rsidRPr="008372A6" w:rsidRDefault="006E5A75" w:rsidP="00E24E36">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9540"/>
+          <w:tab w:val="left" w:pos="10260"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the impairment is temporary (short-term), what is the expected duration of impairment?  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Hlk213334869"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk213334934"/>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text11"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00B34A4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="19B4B3AA" w14:textId="77777777" w:rsidR="006E5A75" w:rsidRPr="008372A6" w:rsidRDefault="006E5A75" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="006E5A75" w:rsidRPr="008372A6" w:rsidRDefault="006E5A75" w:rsidP="00B34FD7">
-[...9 lines deleted...]
-    <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="009411E1">
+    <w:p w14:paraId="445D40E6" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="009411E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Does the impairment affect a major life activity?</w:t>
       </w:r>
       <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">     Yes </w:t>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">           No </w:t>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="00B34FD7">
+    <w:p w14:paraId="488F7D9D" w14:textId="77777777" w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="009411E1">
+    <w:p w14:paraId="43D2C381" w14:textId="77777777" w:rsidR="00CF3385" w:rsidRDefault="005A34FF" w:rsidP="009411E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If yes, what major life activity(ies) is/are affected?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF3385" w:rsidRPr="008372A6" w:rsidRDefault="00CF3385" w:rsidP="00B34FD7">
+    <w:p w14:paraId="2380294C" w14:textId="77777777" w:rsidR="007A2550" w:rsidRDefault="007A2550" w:rsidP="009411E1">
       <w:pPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A07CE9" w:rsidRPr="008372A6" w:rsidRDefault="00A07CE9" w:rsidP="00A07CE9">
+    <w:p w14:paraId="2F687BB8" w14:textId="77777777" w:rsidR="007A2550" w:rsidRDefault="007A2550" w:rsidP="009411E1">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-        <w:sectPr w:rsidR="00A07CE9" w:rsidRPr="008372A6" w:rsidSect="00362E52">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="007A2550" w:rsidSect="004E1010">
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="360" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="3CCDD88E" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="Check7"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Caring for Self</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="3FF99D79" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="Check8"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> Others</w:t>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Interacting With Others</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="661B00BF" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="Check9"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Performing Manual Tasks</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="34F89EC4" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Check10"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Breathing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="40EF96F3" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Check11"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Working</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="427EC8A3" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Check12"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Walking</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="14E3DF52" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Check13"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Standing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="04FB18EC" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Check14"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Reaching</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="2FF7B7D4" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Check15"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thinking</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="04DC4BA5" w14:textId="124EB749" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Check16"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Toileting</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="2C686FA4" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="Check17"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hearing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="3D8FAA9D" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Check18"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seeing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="4B91202D" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Check19"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Speaking</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="198C41B5" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Check20"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Learning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="34C16AB0" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="Check21"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sitting</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="7B26A2AC" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="Check22"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lifting</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="143B9E4B" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Check23"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sleeping</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="4E3455D2" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Check24"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Concentrating</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="48CD4A6E" w14:textId="77777777" w:rsidR="007A2550" w:rsidRPr="008372A6" w:rsidRDefault="007A2550" w:rsidP="007A2550">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Check25"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidR="005A34FF" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Reproduction</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A07CE9" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="10288D63" w14:textId="5FBF73F3" w:rsidR="00B34A4E" w:rsidRDefault="007A2550" w:rsidP="00E24E36">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4500"/>
+        </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Check26"/>
-      <w:r w:rsidR="00A07CE9" w:rsidRPr="008372A6">
+      <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="Text13"/>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Other: (describe)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text13"/>
+            <w:name w:val="Text11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00A07CE9" w:rsidRPr="008372A6">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008372A6">
-[...10 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A07CE9" w:rsidRPr="008372A6">
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A07CE9" w:rsidRPr="008372A6">
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A07CE9" w:rsidRPr="008372A6">
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A07CE9" w:rsidRPr="008372A6">
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00A07CE9" w:rsidRPr="008372A6">
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008372A6">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidR="00B34A4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A07CE9" w:rsidRPr="008372A6" w:rsidRDefault="00A07CE9" w:rsidP="00B34FD7">
+    <w:p w14:paraId="09527F60" w14:textId="37055772" w:rsidR="00B34A4E" w:rsidRDefault="00B34A4E" w:rsidP="007A2550">
       <w:pPr>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00A07CE9" w:rsidRPr="008372A6" w:rsidSect="00362E52">
+        <w:sectPr w:rsidR="00B34A4E" w:rsidSect="007A2550">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="360" w:footer="360" w:gutter="0"/>
-          <w:cols w:num="2" w:space="720" w:equalWidth="0">
-[...2 lines deleted...]
-          </w:cols>
+          <w:cols w:num="2" w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="00A07CE9">
+    <w:p w14:paraId="328B0CF7" w14:textId="77777777" w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="00A07CE9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF5DF3" w:rsidRDefault="005A34FF" w:rsidP="009411E1">
+    <w:p w14:paraId="1B7D3E25" w14:textId="77777777" w:rsidR="00FF5DF3" w:rsidRDefault="005A34FF" w:rsidP="009411E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Is the employee</w:t>
       </w:r>
       <w:r w:rsidR="0079188A" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/applicant</w:t>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> substantially limited in one or more of these major life activities? </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="009411E1">
+    <w:p w14:paraId="2EC5BFD3" w14:textId="77777777" w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="009411E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">          No </w:t>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004259AF" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="00B34FD7">
+    <w:p w14:paraId="735CC5D6" w14:textId="77777777" w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="00B34FD7">
+    <w:p w14:paraId="491E87D2" w14:textId="77777777" w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="009411E1">
+    <w:p w14:paraId="334D5E7A" w14:textId="77777777" w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="009411E1">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2. Questions to help determine whether an accommodation is needed</w:t>
       </w:r>
       <w:r w:rsidR="000A0E48" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="00B34FD7">
+    <w:p w14:paraId="3A2E4A55" w14:textId="77777777" w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="00362E52">
+    <w:p w14:paraId="1CE67AD2" w14:textId="77777777" w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="00362E52">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>An employee</w:t>
       </w:r>
       <w:r w:rsidR="00374157" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00062C05" w:rsidRPr="008372A6">
@@ -7042,61 +6846,61 @@
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a disability is entitled to an accommodation</w:t>
       </w:r>
       <w:r w:rsidR="00062C05" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> when such a change to a job, the work environment or the way things are usually done would allow the individual to perform job functions or enjoy equal access to benefits available to other individuals in the workplace. </w:t>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The following questions may help determine whether the requested accommodation is needed because of the disability:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="00B34FD7">
+    <w:p w14:paraId="510278E5" w14:textId="77777777" w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="005A34FF" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="000C6015" w:rsidP="003D3DE8">
+    <w:p w14:paraId="66E4C247" w14:textId="77777777" w:rsidR="005A34FF" w:rsidRPr="008372A6" w:rsidRDefault="000C6015" w:rsidP="003D3DE8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>What limitation(s) is i</w:t>
       </w:r>
       <w:r w:rsidR="00374157" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nt</w:t>
       </w:r>
       <w:r w:rsidRPr="008372A6">
@@ -7124,69 +6928,70 @@
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10897" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10897"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C6015" w:rsidRPr="008372A6" w:rsidTr="00362E52">
+      <w:tr w:rsidR="000C6015" w:rsidRPr="008372A6" w14:paraId="5FA6733F" w14:textId="77777777" w:rsidTr="00362E52">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1098"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000C6015" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="0063687D">
+          <w:p w14:paraId="70FE1CDE" w14:textId="77777777" w:rsidR="000C6015" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="00B34A4E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
+                <w:tab w:val="right" w:pos="10070"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -7311,51 +7116,51 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="000C6015" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="000C6015" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C6015" w:rsidRPr="008372A6" w:rsidRDefault="000C6015" w:rsidP="003D3DE8">
+    <w:p w14:paraId="0FA028CF" w14:textId="77777777" w:rsidR="000C6015" w:rsidRPr="008372A6" w:rsidRDefault="000C6015" w:rsidP="003D3DE8">
       <w:pPr>
         <w:ind w:right="-108"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>How does the employee’s</w:t>
       </w:r>
       <w:r w:rsidR="00374157" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/applicant’s</w:t>
       </w:r>
       <w:r w:rsidRPr="008372A6">
@@ -7377,98 +7182,98 @@
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>function(s)</w:t>
       </w:r>
       <w:r w:rsidR="00374157" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the job</w:t>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="0063687D">
+    <w:p w14:paraId="0E4A366A" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="0063687D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10897" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10897"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00362E52">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="24BB76ED" w14:textId="77777777" w:rsidTr="00362E52">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRDefault="004259AF" w:rsidP="0063687D">
+          <w:p w14:paraId="5016303D" w14:textId="77777777" w:rsidR="0063687D" w:rsidRDefault="004259AF" w:rsidP="0063687D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -7593,650 +7398,774 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0063687D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0063687D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
+          <w:p w14:paraId="7E4562AE" w14:textId="77777777" w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
+          <w:p w14:paraId="46E7BB33" w14:textId="77777777" w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
+          <w:p w14:paraId="43057575" w14:textId="77777777" w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
+          <w:p w14:paraId="4377F2DA" w14:textId="77777777" w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
+          <w:p w14:paraId="6BAC7DDE" w14:textId="77777777" w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
+          <w:p w14:paraId="5365A456" w14:textId="77777777" w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E5A75" w:rsidRPr="008372A6" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
+          <w:p w14:paraId="7D5E464A" w14:textId="77777777" w:rsidR="006E5A75" w:rsidRPr="008372A6" w:rsidRDefault="006E5A75" w:rsidP="0063687D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Ar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="006E5A75">
+    <w:p w14:paraId="46CE2742" w14:textId="77777777" w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="006E5A75">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Do you believe the limitations which interfere with the ability to perform the essential functions are short-term</w:t>
       </w:r>
       <w:r w:rsidR="0075192D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0075192D" w:rsidRDefault="0075192D" w:rsidP="004B24C1">
+    <w:p w14:paraId="6DC4DB8D" w14:textId="77777777" w:rsidR="0075192D" w:rsidRDefault="0075192D" w:rsidP="004B24C1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="006F0E73">
+    <w:p w14:paraId="3427A27D" w14:textId="7BBDB808" w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="006F0E73">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes </w:t>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">           No </w:t>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
+              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="004E5AFD">
+      <w:r w:rsidR="00E24E36">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E24E36">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="006E5A75">
+    <w:p w14:paraId="6F916F65" w14:textId="77777777" w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="006E5A75">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="006E5A75">
+    <w:p w14:paraId="396B7BAA" w14:textId="291F9811" w:rsidR="006E5A75" w:rsidRDefault="006E5A75" w:rsidP="00E24E36">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10170"/>
+          <w:tab w:val="right" w:pos="10350"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If yes, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5A75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">what is the expected duration of </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0E73">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5A75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> need for an accommodation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">?  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text11"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34A4E" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00B34A4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B34A4E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B73F9E7" w14:textId="77777777" w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="0063687D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...38 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="0063687D">
+    <w:p w14:paraId="5B470841" w14:textId="77777777" w:rsidR="000C6015" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="009411E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3. Questions to help determine effective accommodation options</w:t>
+      </w:r>
+      <w:r w:rsidR="000A0E48" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1490D6" w14:textId="77777777" w:rsidR="000A0E48" w:rsidRPr="008372A6" w:rsidRDefault="000A0E48" w:rsidP="003D3DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="630538CF" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="00362E52">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If an employee</w:t>
+      </w:r>
+      <w:r w:rsidR="00374157" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/applicant</w:t>
+      </w:r>
+      <w:r w:rsidR="00062C05" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>has a disability and needs an accommodation because of the disability, the employer must provide reasonable accommodation</w:t>
+      </w:r>
+      <w:r w:rsidR="00062C05" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, unless the accommodation</w:t>
+      </w:r>
+      <w:r w:rsidR="00062C05" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poses an undue hardship</w:t>
+      </w:r>
+      <w:r w:rsidR="00062C05" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the operations of the organization and/or causes direct threat to the health and safety of </w:t>
+      </w:r>
+      <w:r w:rsidR="00151CB9" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>employee/</w:t>
+      </w:r>
+      <w:r w:rsidR="00062C05" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>applicant,</w:t>
+      </w:r>
+      <w:r w:rsidR="00151CB9" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> customers/clients,</w:t>
+      </w:r>
+      <w:r w:rsidR="00062C05" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or others</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.  The following questions may help determine effective accommodations:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000C6015" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="009411E1">
+    <w:p w14:paraId="5A613996" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="00B34FD7">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EEB07E8" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="00362E52">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-          <w:b/>
-[...12 lines deleted...]
-        <w:t>:</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do you have any suggestions regarding possible accommodations to improve </w:t>
+      </w:r>
+      <w:r w:rsidR="00374157" w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the employee’s/applicant’s ability to perform the essential function(s) of the job</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008372A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>?  If so, what are they?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A0E48" w:rsidRPr="008372A6" w:rsidRDefault="000A0E48" w:rsidP="003D3DE8">
-[...174 lines deleted...]
-    <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="0063687D">
+    <w:p w14:paraId="799B3601" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="0063687D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10897" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10897"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="3E73DE8F" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1098"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008C7BE6">
+          <w:p w14:paraId="5273C5B0" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008C7BE6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -8364,123 +8293,123 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0063687D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0063687D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="003D3DE8">
+    <w:p w14:paraId="7E2DE3D2" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="003D3DE8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>How would your suggestions improve the</w:t>
       </w:r>
       <w:r w:rsidR="00374157" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> employee’s/applicant’s ability to perform the essential function(s) of the job?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="0063687D">
+    <w:p w14:paraId="4189E141" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="0063687D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10897" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10897"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="6DB3E572" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008C7BE6">
+          <w:p w14:paraId="61935F17" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008C7BE6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9522"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -8608,519 +8537,519 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0063687D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0063687D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="003D3DE8">
+    <w:p w14:paraId="29763C6E" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="003D3DE8">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="00062C05" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assess whether essential job function(s) can be performed</w:t>
       </w:r>
       <w:r w:rsidR="00151CB9" w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (attached additional sheets as required)</w:t>
       </w:r>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A0E48" w:rsidRPr="008372A6" w:rsidRDefault="000A0E48" w:rsidP="00B34FD7">
+    <w:p w14:paraId="37F8FEBC" w14:textId="77777777" w:rsidR="000A0E48" w:rsidRPr="008372A6" w:rsidRDefault="000A0E48" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10897" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="676"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="1851"/>
         <w:gridCol w:w="7740"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="575DE26C" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="665143AB" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="569DDB00" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="00E76DB7" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yes, with</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="4968A95F" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Reasonable</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="4F367B93" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Accommodation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="782FA871" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Essential Function/Duty</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="29" w:name="Check27"/>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:bookmarkStart w:id="11" w:name="Check27"/>
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="37AFC78F" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="47C42E50" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A65D9F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="30" w:name="Check28"/>
+        <w:bookmarkStart w:id="12" w:name="Check28"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="4C318E2D" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A65D9F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="31" w:name="Check29"/>
+        <w:bookmarkStart w:id="13" w:name="Check29"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="24282965" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A65D9F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="32" w:name="Text14"/>
+        <w:bookmarkStart w:id="14" w:name="Text14"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="33C8C163" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -9175,135 +9104,135 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="29D7F628" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="6D87958F" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="05817C46" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="53893D81" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="33" w:name="Text15"/>
+        <w:bookmarkStart w:id="15" w:name="Text15"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="530960EB" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -9358,277 +9287,277 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="34" w:name="Check30"/>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:bookmarkStart w:id="16" w:name="Check30"/>
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="027B2BD3" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="5D0B2DC1" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A65D9F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="35" w:name="Check31"/>
+        <w:bookmarkStart w:id="17" w:name="Check31"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="10E71B0F" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A65D9F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="36" w:name="Check32"/>
+        <w:bookmarkStart w:id="18" w:name="Check32"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="0D05CF0A" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A65D9F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="37" w:name="Text16"/>
+        <w:bookmarkStart w:id="19" w:name="Text16"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="32E47C23" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -9683,135 +9612,135 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="2BE96AD3" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="4A4D00B6" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="072135C4" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
+          <w:p w14:paraId="20185D0C" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="38" w:name="Text17"/>
+        <w:bookmarkStart w:id="20" w:name="Text17"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="61B65BB7" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -9866,277 +9795,277 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="39" w:name="Check33"/>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:bookmarkStart w:id="21" w:name="Check33"/>
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="596C0BF0" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="34B3F758" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A65D9F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="40" w:name="Check34"/>
+        <w:bookmarkStart w:id="22" w:name="Check34"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="7724CAE0" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A65D9F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="41" w:name="Check35"/>
+        <w:bookmarkStart w:id="23" w:name="Check35"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="5987E065" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A65D9F" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="42" w:name="Text18"/>
+        <w:bookmarkStart w:id="24" w:name="Text18"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="4CB8679F" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -10191,135 +10120,135 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="0FA9A864" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="2112D37A" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="6A47A843" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
+          <w:p w14:paraId="5A0F1457" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="43" w:name="Text19"/>
+        <w:bookmarkStart w:id="25" w:name="Text19"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="0F8C2D11" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -10374,277 +10303,277 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="44" w:name="Check36"/>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:bookmarkStart w:id="26" w:name="Check36"/>
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="642717CC" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="7AADB52E" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="45" w:name="Check37"/>
+        <w:bookmarkStart w:id="27" w:name="Check37"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="750C9008" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="46" w:name="Check38"/>
+        <w:bookmarkStart w:id="28" w:name="Check38"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="7DFE7984" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="47" w:name="Text20"/>
+        <w:bookmarkStart w:id="29" w:name="Text20"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="2688AB79" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -10699,135 +10628,135 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="7FEB1FAE" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="4AC8DAF4" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="1684A76C" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
+          <w:p w14:paraId="7A179978" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="48" w:name="Text21"/>
+        <w:bookmarkStart w:id="30" w:name="Text21"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="76679C7B" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -10882,277 +10811,277 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="49" w:name="Check39"/>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:bookmarkStart w:id="31" w:name="Check39"/>
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="6CD0D8A1" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="7A2B3FEE" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="50" w:name="Check40"/>
+        <w:bookmarkStart w:id="32" w:name="Check40"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="6840990D" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="51" w:name="Check41"/>
+        <w:bookmarkStart w:id="33" w:name="Check41"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="113C70DA" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="52" w:name="Text22"/>
+        <w:bookmarkStart w:id="34" w:name="Text22"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="56C2089A" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D74564" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -11207,135 +11136,135 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00D74564" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="0E7D6A89" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="23138CC7" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="400C8489" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
+          <w:p w14:paraId="3B45583B" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="53" w:name="Text23"/>
+        <w:bookmarkStart w:id="35" w:name="Text23"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="6E56AED1" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -11390,277 +11319,277 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="54" w:name="Check42"/>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:bookmarkStart w:id="36" w:name="Check42"/>
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="05BFAF2B" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="7C6CBEBE" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="54"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="55" w:name="Check43"/>
+        <w:bookmarkStart w:id="37" w:name="Check43"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="72DE68F8" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="56" w:name="Check44"/>
+        <w:bookmarkStart w:id="38" w:name="Check44"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="596DEC4D" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="56"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="57" w:name="Text24"/>
+        <w:bookmarkStart w:id="39" w:name="Text24"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="690F29B3" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -11715,135 +11644,135 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="57"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="75E937F2" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="25AFB0C1" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="601CB56D" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
+          <w:p w14:paraId="48690438" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="58" w:name="Text25"/>
+        <w:bookmarkStart w:id="40" w:name="Text25"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="7FD3A837" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -11898,277 +11827,277 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="58"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="59" w:name="Check45"/>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:bookmarkStart w:id="41" w:name="Check45"/>
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="46D5F1F0" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="0F142365" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="59"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="60" w:name="Check46"/>
+        <w:bookmarkStart w:id="42" w:name="Check46"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="129EA380" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="60"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="61" w:name="Check47"/>
+        <w:bookmarkStart w:id="43" w:name="Check47"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="6AF315C0" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="61"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="62" w:name="Text26"/>
+        <w:bookmarkStart w:id="44" w:name="Text26"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="0A96660F" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -12223,135 +12152,135 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="62"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="585A9720" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="18AF6FA3" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="1D5A85D3" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
+          <w:p w14:paraId="34CCBFAD" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="63" w:name="Text27"/>
+        <w:bookmarkStart w:id="45" w:name="Text27"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="2DE22963" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -12406,277 +12335,277 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="63"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="64" w:name="Check48"/>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:bookmarkStart w:id="46" w:name="Check48"/>
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="64E7F9AF" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="26649080" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="64"/>
+            <w:bookmarkEnd w:id="46"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="65" w:name="Check49"/>
+        <w:bookmarkStart w:id="47" w:name="Check49"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="7B084B39" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="65"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="66" w:name="Check50"/>
+        <w:bookmarkStart w:id="48" w:name="Check50"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="083AC9EA" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="66"/>
+            <w:bookmarkEnd w:id="48"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="67" w:name="Text28"/>
+        <w:bookmarkStart w:id="49" w:name="Text28"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="5260C164" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -12731,135 +12660,135 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="67"/>
+            <w:bookmarkEnd w:id="49"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="6BA664AC" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="32629F0B" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="0C7C3520" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
+          <w:p w14:paraId="140ED515" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="68" w:name="Text29"/>
+        <w:bookmarkStart w:id="50" w:name="Text29"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="181152E9" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -12914,277 +12843,277 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="68"/>
+            <w:bookmarkEnd w:id="50"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="69" w:name="Check51"/>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:bookmarkStart w:id="51" w:name="Check51"/>
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="5C931802" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="697104E1" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="69"/>
+            <w:bookmarkEnd w:id="51"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="70" w:name="Check52"/>
+        <w:bookmarkStart w:id="52" w:name="Check52"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="2FD5293F" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="70"/>
+            <w:bookmarkEnd w:id="52"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="71" w:name="Check53"/>
+        <w:bookmarkStart w:id="53" w:name="Check53"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="1F9C12E1" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="71"/>
+            <w:bookmarkEnd w:id="53"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="72" w:name="Text30"/>
+        <w:bookmarkStart w:id="54" w:name="Text30"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="418D1608" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -13239,135 +13168,135 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="72"/>
+            <w:bookmarkEnd w:id="54"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="68E76E44" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="120CDC2C" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="1267367D" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
+          <w:p w14:paraId="1CA21D39" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="73" w:name="Text31"/>
+        <w:bookmarkStart w:id="55" w:name="Text31"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="1247D5F2" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -13422,277 +13351,277 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="73"/>
+            <w:bookmarkEnd w:id="55"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="74" w:name="Check54"/>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:bookmarkStart w:id="56" w:name="Check54"/>
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="6D0E8A56" w14:textId="77777777" w:rsidTr="00294207">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="117E203D" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="74"/>
+            <w:bookmarkEnd w:id="56"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="75" w:name="Check55"/>
+        <w:bookmarkStart w:id="57" w:name="Check55"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="2EA78F77" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00484447" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="75"/>
+            <w:bookmarkEnd w:id="57"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="76" w:name="Check56"/>
+        <w:bookmarkStart w:id="58" w:name="Check56"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="6D3790C2" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="22"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E5AFD">
-[...6 lines deleted...]
-            <w:r w:rsidR="004E5AFD">
+            <w:r w:rsidR="00E24E36">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E24E36">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="76"/>
+            <w:bookmarkEnd w:id="58"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="77" w:name="Text32"/>
+        <w:bookmarkStart w:id="59" w:name="Text32"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="07B95C17" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -13747,135 +13676,135 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="77"/>
+            <w:bookmarkEnd w:id="59"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="0063687D" w:rsidRPr="008372A6" w14:paraId="795DE0F4" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="61DDF6FB" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
+          <w:p w14:paraId="1B58F133" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="0063687D" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
+          <w:p w14:paraId="3E29E83A" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="000D34E2" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Explain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="78" w:name="Text33"/>
+        <w:bookmarkStart w:id="60" w:name="Text33"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="68BEC379" w14:textId="77777777" w:rsidR="0063687D" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -13930,130 +13859,130 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00021A3D" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="78"/>
+            <w:bookmarkEnd w:id="60"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C6015" w:rsidRPr="008372A6" w:rsidRDefault="000C6015" w:rsidP="00B34FD7">
+    <w:p w14:paraId="218BF557" w14:textId="77777777" w:rsidR="000C6015" w:rsidRPr="008372A6" w:rsidRDefault="000C6015" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="003D3DE8">
+    <w:p w14:paraId="114FD876" w14:textId="77777777" w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="003D3DE8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5. Additional Comments:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="00B34FD7">
+    <w:p w14:paraId="3F2FCFC7" w14:textId="77777777" w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11005"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="00C80B39" w:rsidRPr="008372A6" w14:paraId="3A3112BB" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1008"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11005" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
+          <w:p w14:paraId="2842E5E1" w14:textId="77777777" w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008251B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9540"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -14177,179 +14106,179 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C80B39" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="008251B8">
+          <w:p w14:paraId="2979A163" w14:textId="77777777" w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="008251B8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="00B34FD7">
+    <w:p w14:paraId="07A85984" w14:textId="77777777" w:rsidR="00C80B39" w:rsidRPr="008372A6" w:rsidRDefault="00C80B39" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="00A65D9F" w:rsidP="003D3DE8">
+    <w:p w14:paraId="607EDEAA" w14:textId="77777777" w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="00A65D9F" w:rsidP="003D3DE8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6. Medical Provider Information:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00484447" w:rsidRPr="008372A6" w:rsidRDefault="00484447" w:rsidP="001A5D79">
+    <w:p w14:paraId="7E31050F" w14:textId="77777777" w:rsidR="00484447" w:rsidRPr="008372A6" w:rsidRDefault="00484447" w:rsidP="001A5D79">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7240" w:type="dxa"/>
         <w:tblInd w:w="558" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="58" w:type="dxa"/>
           <w:right w:w="58" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="198"/>
         <w:gridCol w:w="472"/>
         <w:gridCol w:w="5580"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidTr="000A0E48">
+      <w:tr w:rsidR="00A65D9F" w:rsidRPr="008372A6" w14:paraId="6DDB727B" w14:textId="77777777" w:rsidTr="000A0E48">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="00A65D9F" w:rsidP="008251B8">
+          <w:p w14:paraId="399C0078" w14:textId="77777777" w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="00A65D9F" w:rsidP="008251B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="737"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r w:rsidR="001A5D79" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (printed)</w:t>
             </w:r>
             <w:r w:rsidR="005E32C0" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="79" w:name="Text36"/>
+        <w:bookmarkStart w:id="61" w:name="Text36"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5580" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="30CAC45A" w14:textId="77777777" w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="009411E1" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -14404,106 +14333,106 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009411E1" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="79"/>
+            <w:bookmarkEnd w:id="61"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidTr="008251B8">
+      <w:tr w:rsidR="00A65D9F" w:rsidRPr="008372A6" w14:paraId="77EF470E" w14:textId="77777777" w:rsidTr="008251B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="00A65D9F" w:rsidP="008251B8">
+          <w:p w14:paraId="16C3C4F5" w14:textId="77777777" w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="00A65D9F" w:rsidP="008251B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="726"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r w:rsidR="005E32C0" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="80" w:name="Text37"/>
+        <w:bookmarkStart w:id="62" w:name="Text37"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6250" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="6F67B09C" w14:textId="77777777" w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="009411E1" w:rsidRPr="008372A6">
@@ -14569,107 +14498,107 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009411E1" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="80"/>
+            <w:bookmarkEnd w:id="62"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidTr="008251B8">
+      <w:tr w:rsidR="00A65D9F" w:rsidRPr="008372A6" w14:paraId="1D9EA549" w14:textId="77777777" w:rsidTr="008251B8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1188" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="00A65D9F" w:rsidP="008251B8">
+          <w:p w14:paraId="3185E3FD" w14:textId="77777777" w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="00A65D9F" w:rsidP="008251B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="726"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
             <w:r w:rsidR="005E32C0" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="81" w:name="Text38"/>
+        <w:bookmarkStart w:id="63" w:name="Text38"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6052" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
+          <w:p w14:paraId="78883D25" w14:textId="77777777" w:rsidR="00A65D9F" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="009411E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="009411E1" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -14724,365 +14653,365 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009411E1" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="81"/>
+            <w:bookmarkEnd w:id="63"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A5D79" w:rsidRDefault="001A5D79" w:rsidP="001A5D79">
+    <w:p w14:paraId="6A37AA46" w14:textId="77777777" w:rsidR="001A5D79" w:rsidRDefault="001A5D79" w:rsidP="001A5D79">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0021682D" w:rsidRDefault="0021682D" w:rsidP="001A5D79">
+    <w:p w14:paraId="748C2794" w14:textId="77777777" w:rsidR="0021682D" w:rsidRDefault="0021682D" w:rsidP="001A5D79">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0021682D" w:rsidRPr="008372A6" w:rsidRDefault="0021682D" w:rsidP="001A5D79">
+    <w:p w14:paraId="3FD7450A" w14:textId="77777777" w:rsidR="0021682D" w:rsidRPr="008372A6" w:rsidRDefault="0021682D" w:rsidP="001A5D79">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="001A5D79">
+    <w:p w14:paraId="4080563E" w14:textId="77777777" w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="001A5D79">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8640" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4952"/>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="3326"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidTr="001A5D79">
+      <w:tr w:rsidR="001A5D79" w:rsidRPr="008372A6" w14:paraId="59FEC4DA" w14:textId="77777777" w:rsidTr="001A5D79">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4932" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
+          <w:p w14:paraId="1679588D" w14:textId="77777777" w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
+          <w:p w14:paraId="4846CC66" w14:textId="77777777" w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3312" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
+          <w:p w14:paraId="5F1C4137" w14:textId="77777777" w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidTr="001A5D79">
+      <w:tr w:rsidR="001A5D79" w:rsidRPr="008372A6" w14:paraId="51BA751C" w14:textId="77777777" w:rsidTr="001A5D79">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4932" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
+          <w:p w14:paraId="1DD2D24A" w14:textId="77777777" w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Medical Professional’s Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
+          <w:p w14:paraId="3BDA145C" w14:textId="77777777" w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3312" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
+          <w:p w14:paraId="384BDF18" w14:textId="77777777" w:rsidR="001A5D79" w:rsidRPr="008372A6" w:rsidRDefault="001A5D79" w:rsidP="00D76B52">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00362E52" w:rsidRPr="00362E52" w:rsidRDefault="00362E52" w:rsidP="00362E52">
+    <w:p w14:paraId="792B8165" w14:textId="77777777" w:rsidR="00362E52" w:rsidRPr="00362E52" w:rsidRDefault="00362E52" w:rsidP="00362E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00362E52">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Section D: Appointing Authority’s Decision</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A433A" w:rsidRPr="008372A6" w:rsidRDefault="002A433A">
+    <w:p w14:paraId="150FF1CF" w14:textId="77777777" w:rsidR="002A433A" w:rsidRPr="008372A6" w:rsidRDefault="002A433A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A0E48" w:rsidRPr="008372A6" w:rsidRDefault="000A0E48">
+    <w:p w14:paraId="1FBC5E41" w14:textId="77777777" w:rsidR="000A0E48" w:rsidRPr="008372A6" w:rsidRDefault="000A0E48">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10998" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="18"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="10620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="004A027B" w:rsidRPr="008372A6" w14:paraId="4EA7827C" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="18" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="002A433A">
+          <w:p w14:paraId="1878A51A" w14:textId="77777777" w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="002A433A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="004A027B" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004A027B" w:rsidP="003D3DE8">
+          <w:p w14:paraId="6762A6D7" w14:textId="77777777" w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004A027B" w:rsidP="003D3DE8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Th</w:t>
             </w:r>
             <w:r w:rsidR="002A433A" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -15102,96 +15031,96 @@
               <w:t>accommodation</w:t>
             </w:r>
             <w:r w:rsidR="002A433A" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(s) is(are) approved</w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="004A027B" w:rsidRPr="008372A6" w14:paraId="7F4998CC" w14:textId="77777777" w:rsidTr="00294207">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004A027B">
+          <w:p w14:paraId="0B45BCF8" w14:textId="77777777" w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004A027B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="82" w:name="Text8"/>
+        <w:bookmarkStart w:id="64" w:name="Text8"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10710" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004259AF">
+          <w:p w14:paraId="0D6F3B7B" w14:textId="77777777" w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004259AF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9342"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -15261,51 +15190,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="002C53BB" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="82"/>
+            <w:bookmarkEnd w:id="64"/>
             <w:r w:rsidR="004A027B" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="004A027B" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="004A027B" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -15374,206 +15303,206 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="004A027B" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="004A027B" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004A027B">
+    <w:p w14:paraId="4577D660" w14:textId="77777777" w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004A027B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10998" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="18"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="9590"/>
         <w:gridCol w:w="1030"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="00B34FD7" w:rsidRPr="008372A6" w14:paraId="5A811FCF" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="18" w:type="dxa"/>
           <w:wAfter w:w="1030" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="008C7BE6">
+          <w:p w14:paraId="2167FBEA" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="008C7BE6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="003D3DE8">
+          <w:p w14:paraId="2D380E16" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="003D3DE8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The following accommodation(s) is(are) not approved:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="00B34FD7" w:rsidRPr="008372A6" w14:paraId="0C83A2EE" w14:textId="77777777" w:rsidTr="00294207">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="008C7BE6">
+          <w:p w14:paraId="26AE1C6C" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="008C7BE6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10710" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008C7BE6">
+          <w:p w14:paraId="00851502" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008C7BE6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9342"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -15755,206 +15684,206 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00B34FD7" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00B34FD7" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="00B34FD7">
+    <w:p w14:paraId="310E3697" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10998" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="18"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="9590"/>
         <w:gridCol w:w="1030"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="00B34FD7" w:rsidRPr="008372A6" w14:paraId="25D2ADDB" w14:textId="77777777" w:rsidTr="00294207">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="18" w:type="dxa"/>
           <w:wAfter w:w="1030" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="008C7BE6">
+          <w:p w14:paraId="095111B1" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="008C7BE6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="003D3DE8">
+          <w:p w14:paraId="0620726F" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="003D3DE8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The reason(s) for not approving the accommodation(s) requested is(are):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidTr="00294207">
+      <w:tr w:rsidR="00B34FD7" w:rsidRPr="008372A6" w14:paraId="15351A0B" w14:textId="77777777" w:rsidTr="00294207">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="008C7BE6">
+          <w:p w14:paraId="1E647C1F" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="008C7BE6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10710" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008C7BE6">
+          <w:p w14:paraId="0FFA6D05" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="004259AF" w:rsidP="008C7BE6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9342"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -16136,341 +16065,341 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00B34FD7" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00B34FD7" w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="00B34FD7">
+    <w:p w14:paraId="3134E330" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7" w:rsidP="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7">
+    <w:p w14:paraId="54FC79B2" w14:textId="77777777" w:rsidR="00B34FD7" w:rsidRPr="008372A6" w:rsidRDefault="00B34FD7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
+    <w:p w14:paraId="74D58E45" w14:textId="77777777" w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8640" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5088"/>
         <w:gridCol w:w="363"/>
         <w:gridCol w:w="3189"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidTr="00021182">
+      <w:tr w:rsidR="004771D6" w:rsidRPr="008372A6" w14:paraId="473873A1" w14:textId="77777777" w:rsidTr="00021182">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
+          <w:p w14:paraId="3FBFE51A" w14:textId="77777777" w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
+          <w:p w14:paraId="3FC4EFFC" w14:textId="77777777" w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3159" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
+          <w:p w14:paraId="013772B6" w14:textId="77777777" w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidTr="00021182">
+      <w:tr w:rsidR="004771D6" w:rsidRPr="008372A6" w14:paraId="66F91807" w14:textId="77777777" w:rsidTr="00021182">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
+          <w:p w14:paraId="5BB8B437" w14:textId="77777777" w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature (Appointing Authority)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
+          <w:p w14:paraId="57E68748" w14:textId="77777777" w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3159" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
+          <w:p w14:paraId="41E0C52D" w14:textId="77777777" w:rsidR="004771D6" w:rsidRPr="008372A6" w:rsidRDefault="004771D6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008372A6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004A027B">
+    <w:p w14:paraId="7D1BA5B9" w14:textId="77777777" w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004A027B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004A027B">
+    <w:p w14:paraId="28B19A9A" w14:textId="77777777" w:rsidR="004A027B" w:rsidRPr="008372A6" w:rsidRDefault="004A027B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A027B" w:rsidRDefault="004A027B">
+    <w:p w14:paraId="4084CB1B" w14:textId="77777777" w:rsidR="004A027B" w:rsidRDefault="004A027B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008372A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Attach more pages or documents</w:t>
       </w:r>
       <w:r w:rsidRPr="000A0E48">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> as needed)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00294207" w:rsidRDefault="00294207">
+    <w:p w14:paraId="41709763" w14:textId="77777777" w:rsidR="00294207" w:rsidRDefault="00294207">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00294207" w:rsidRDefault="004E5AFD">
+    <w:p w14:paraId="176C7CDF" w14:textId="77777777" w:rsidR="00294207" w:rsidRDefault="00E24E36">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="010323E7">
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC1E61" w:rsidRDefault="00FC1E61" w:rsidP="00AE7F10">
+    <w:p w14:paraId="37FF2A90" w14:textId="77777777" w:rsidR="00FC1E61" w:rsidRDefault="00FC1E61" w:rsidP="00AE7F10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FC1E61" w:rsidRDefault="00FC1E61" w:rsidP="00AE7F10">
+    <w:p w14:paraId="5310AEF4" w14:textId="77777777" w:rsidR="00FC1E61" w:rsidRDefault="00FC1E61" w:rsidP="00AE7F10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Give a copy of the completed form to the employee/applicant.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC1E61" w:rsidRDefault="00FC1E61" w:rsidP="00AE7F10">
+    <w:p w14:paraId="42149BE9" w14:textId="77777777" w:rsidR="00FC1E61" w:rsidRDefault="00FC1E61" w:rsidP="00AE7F10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00294207" w:rsidRPr="00525EA6" w:rsidRDefault="00294207" w:rsidP="00AE7F10">
+    <w:p w14:paraId="2BAE083F" w14:textId="77777777" w:rsidR="00294207" w:rsidRPr="00525EA6" w:rsidRDefault="00294207" w:rsidP="00AE7F10">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00525EA6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Forward the completed form to the agency’s </w:t>
       </w:r>
       <w:r w:rsidR="00525EA6" w:rsidRPr="00525EA6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>H</w:t>
@@ -16508,325 +16437,317 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00525EA6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ssociate (HRA)</w:t>
       </w:r>
       <w:r w:rsidR="00525EA6" w:rsidRPr="00525EA6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00525EA6" w:rsidRDefault="00525EA6" w:rsidP="00294207">
+    <w:p w14:paraId="4E7F211E" w14:textId="77777777" w:rsidR="00525EA6" w:rsidRDefault="00525EA6" w:rsidP="00294207">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00525EA6" w:rsidRDefault="00525EA6" w:rsidP="00294207">
+    <w:p w14:paraId="7E2659A1" w14:textId="77777777" w:rsidR="00525EA6" w:rsidRDefault="00525EA6" w:rsidP="00294207">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00525EA6" w:rsidRDefault="00525EA6" w:rsidP="00294207">
+    <w:p w14:paraId="20497E9C" w14:textId="77777777" w:rsidR="00525EA6" w:rsidRDefault="00525EA6" w:rsidP="00294207">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10584"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00525EA6" w:rsidRPr="00525EA6" w:rsidTr="004B24C1">
+      <w:tr w:rsidR="00525EA6" w:rsidRPr="00525EA6" w14:paraId="4CA45898" w14:textId="77777777" w:rsidTr="004B24C1">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10584" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w:rsidR="00525EA6" w:rsidRPr="00525EA6" w:rsidRDefault="00525EA6" w:rsidP="00525EA6">
+          <w:p w14:paraId="3E8AE9BC" w14:textId="77777777" w:rsidR="00525EA6" w:rsidRPr="00525EA6" w:rsidRDefault="00525EA6" w:rsidP="00525EA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00525EA6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Human Resources Associate:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525EA6" w:rsidRPr="004B24C1" w:rsidRDefault="00FC1E61" w:rsidP="004B24C1">
+          <w:p w14:paraId="72359A93" w14:textId="77777777" w:rsidR="00525EA6" w:rsidRPr="004B24C1" w:rsidRDefault="00FC1E61" w:rsidP="004B24C1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B24C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Keep this form and any attachments in a confidential file that is kept separate from the employee’s personnel file.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00525EA6" w:rsidRPr="00525EA6" w:rsidRDefault="00525EA6" w:rsidP="00FC1E61">
+          <w:p w14:paraId="0D77EBF9" w14:textId="77777777" w:rsidR="00525EA6" w:rsidRPr="00525EA6" w:rsidRDefault="00525EA6" w:rsidP="00FC1E61">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2520"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00525EA6" w:rsidRPr="000A0E48" w:rsidRDefault="00525EA6" w:rsidP="00294207">
+    <w:p w14:paraId="57E78E58" w14:textId="77777777" w:rsidR="00525EA6" w:rsidRPr="000A0E48" w:rsidRDefault="00525EA6" w:rsidP="00294207">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00525EA6" w:rsidRPr="000A0E48" w:rsidSect="00362E52">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="360" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00260606" w:rsidRDefault="00260606">
+    <w:p w14:paraId="4A675072" w14:textId="77777777" w:rsidR="00260606" w:rsidRDefault="00260606">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00260606" w:rsidRDefault="00260606">
+    <w:p w14:paraId="475375A6" w14:textId="77777777" w:rsidR="00260606" w:rsidRDefault="00260606">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Modern No. 20">
     <w:panose1 w:val="02070704070505020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00260606" w:rsidRDefault="00260606">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7908DA98" w14:textId="77777777" w:rsidR="00260606" w:rsidRDefault="00260606">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00260606" w:rsidRPr="008372A6" w:rsidRDefault="00260606" w:rsidP="00BD41D9">
+  <w:p w14:paraId="63B6FA2B" w14:textId="7CA4040B" w:rsidR="00260606" w:rsidRPr="008372A6" w:rsidRDefault="00260606" w:rsidP="00BD41D9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="center" w:pos="4680"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008372A6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">CFN  552-0574  R </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00DD1DCD">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...6 lines deleted...]
-      <w:t>3/2024</w:t>
+      <w:t>11/2025</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="008372A6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008372A6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -16838,87 +16759,87 @@
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="001E5C8A">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="008372A6">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00260606" w:rsidRPr="007E52EE" w:rsidRDefault="00260606" w:rsidP="004771D6">
+  <w:p w14:paraId="7DA834AF" w14:textId="77777777" w:rsidR="00260606" w:rsidRPr="007E52EE" w:rsidRDefault="00260606" w:rsidP="004771D6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="center" w:pos="4680"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00260606" w:rsidRDefault="00260606">
+    <w:p w14:paraId="393E4C46" w14:textId="77777777" w:rsidR="00260606" w:rsidRDefault="00260606">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00260606" w:rsidRDefault="00260606">
+    <w:p w14:paraId="0AA75097" w14:textId="77777777" w:rsidR="00260606" w:rsidRDefault="00260606">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F6A5CE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0D0CC86"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -16988,267 +16909,305 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1337879006">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337" fill="f" fillcolor="white" stroke="f">
+    <o:shapedefaults v:ext="edit" spidmax="26625" fill="f" fillcolor="white" stroke="f">
       <v:fill color="white" on="f"/>
       <v:stroke on="f"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D565F9"/>
     <w:rsid w:val="00021182"/>
     <w:rsid w:val="00021A3D"/>
     <w:rsid w:val="00022517"/>
     <w:rsid w:val="000279A9"/>
     <w:rsid w:val="000408DB"/>
     <w:rsid w:val="00062C05"/>
     <w:rsid w:val="000A0E48"/>
+    <w:rsid w:val="000A0FFC"/>
     <w:rsid w:val="000C6015"/>
     <w:rsid w:val="000D34E2"/>
     <w:rsid w:val="000D4C86"/>
     <w:rsid w:val="000E2F81"/>
     <w:rsid w:val="00151CB9"/>
     <w:rsid w:val="00153BD2"/>
     <w:rsid w:val="001A5D79"/>
+    <w:rsid w:val="001B65C1"/>
+    <w:rsid w:val="001C2B4D"/>
+    <w:rsid w:val="001C74E6"/>
     <w:rsid w:val="001E5C8A"/>
     <w:rsid w:val="0021682D"/>
+    <w:rsid w:val="00223A3B"/>
     <w:rsid w:val="00232870"/>
+    <w:rsid w:val="002442BB"/>
     <w:rsid w:val="00253834"/>
     <w:rsid w:val="00260606"/>
     <w:rsid w:val="00294207"/>
     <w:rsid w:val="002A433A"/>
+    <w:rsid w:val="002A7529"/>
     <w:rsid w:val="002C53BB"/>
     <w:rsid w:val="002E4F25"/>
     <w:rsid w:val="003165C4"/>
     <w:rsid w:val="003205C5"/>
     <w:rsid w:val="00362E52"/>
     <w:rsid w:val="00370710"/>
     <w:rsid w:val="00374157"/>
     <w:rsid w:val="00376245"/>
     <w:rsid w:val="00383171"/>
     <w:rsid w:val="0039723F"/>
+    <w:rsid w:val="003C7535"/>
     <w:rsid w:val="003D3DE8"/>
+    <w:rsid w:val="003F2E15"/>
     <w:rsid w:val="0040142E"/>
+    <w:rsid w:val="00415114"/>
     <w:rsid w:val="004259AF"/>
     <w:rsid w:val="00442073"/>
     <w:rsid w:val="00461913"/>
     <w:rsid w:val="004717AB"/>
     <w:rsid w:val="0047250B"/>
     <w:rsid w:val="004771D6"/>
     <w:rsid w:val="00484447"/>
     <w:rsid w:val="004A027B"/>
     <w:rsid w:val="004A4756"/>
     <w:rsid w:val="004B24C1"/>
+    <w:rsid w:val="004E1010"/>
     <w:rsid w:val="004E5AFD"/>
     <w:rsid w:val="005028A1"/>
     <w:rsid w:val="00525EA6"/>
     <w:rsid w:val="00555BE9"/>
+    <w:rsid w:val="00561BDC"/>
+    <w:rsid w:val="00570DF5"/>
     <w:rsid w:val="005730CD"/>
     <w:rsid w:val="00593594"/>
+    <w:rsid w:val="00596665"/>
     <w:rsid w:val="005A34FF"/>
     <w:rsid w:val="005B14A4"/>
     <w:rsid w:val="005D7044"/>
     <w:rsid w:val="005E32C0"/>
     <w:rsid w:val="00607B96"/>
     <w:rsid w:val="0063687D"/>
     <w:rsid w:val="00645DE5"/>
     <w:rsid w:val="00684086"/>
+    <w:rsid w:val="006A08D2"/>
     <w:rsid w:val="006C7CED"/>
     <w:rsid w:val="006D6C22"/>
     <w:rsid w:val="006E1DAB"/>
     <w:rsid w:val="006E5A75"/>
     <w:rsid w:val="006F0E73"/>
     <w:rsid w:val="00741AD7"/>
     <w:rsid w:val="00745E7A"/>
     <w:rsid w:val="0075192D"/>
     <w:rsid w:val="0079188A"/>
+    <w:rsid w:val="00791AB2"/>
+    <w:rsid w:val="007A2550"/>
+    <w:rsid w:val="007B280B"/>
     <w:rsid w:val="007D0640"/>
     <w:rsid w:val="007E52EE"/>
+    <w:rsid w:val="007F5962"/>
+    <w:rsid w:val="00817719"/>
     <w:rsid w:val="008251B8"/>
     <w:rsid w:val="00833D0F"/>
     <w:rsid w:val="008372A6"/>
     <w:rsid w:val="00842F61"/>
     <w:rsid w:val="008650C0"/>
     <w:rsid w:val="008672CE"/>
     <w:rsid w:val="008B2C9C"/>
     <w:rsid w:val="008B3C05"/>
+    <w:rsid w:val="008C6D5D"/>
     <w:rsid w:val="008C7BE6"/>
     <w:rsid w:val="00917C3E"/>
     <w:rsid w:val="009411E1"/>
     <w:rsid w:val="00953EE2"/>
     <w:rsid w:val="009C3982"/>
     <w:rsid w:val="009C455C"/>
+    <w:rsid w:val="009D51E1"/>
     <w:rsid w:val="009E7044"/>
     <w:rsid w:val="00A07CE9"/>
+    <w:rsid w:val="00A4618F"/>
     <w:rsid w:val="00A65D9F"/>
     <w:rsid w:val="00A76EFB"/>
     <w:rsid w:val="00A93BE4"/>
     <w:rsid w:val="00A9425C"/>
+    <w:rsid w:val="00A943CE"/>
     <w:rsid w:val="00AA2341"/>
     <w:rsid w:val="00AE7F10"/>
     <w:rsid w:val="00AF7ABC"/>
     <w:rsid w:val="00B062D9"/>
+    <w:rsid w:val="00B34A4E"/>
     <w:rsid w:val="00B34FD7"/>
     <w:rsid w:val="00B42549"/>
     <w:rsid w:val="00B454BE"/>
     <w:rsid w:val="00B66F84"/>
     <w:rsid w:val="00B91F6C"/>
     <w:rsid w:val="00B959C7"/>
+    <w:rsid w:val="00BB445A"/>
     <w:rsid w:val="00BD0E98"/>
+    <w:rsid w:val="00BD161E"/>
     <w:rsid w:val="00BD41D9"/>
     <w:rsid w:val="00BF29A8"/>
     <w:rsid w:val="00C0534A"/>
+    <w:rsid w:val="00C06B8E"/>
     <w:rsid w:val="00C3600D"/>
     <w:rsid w:val="00C71AAD"/>
     <w:rsid w:val="00C80B39"/>
+    <w:rsid w:val="00C94604"/>
     <w:rsid w:val="00CA724A"/>
+    <w:rsid w:val="00CC5D12"/>
     <w:rsid w:val="00CE4D1F"/>
     <w:rsid w:val="00CF3385"/>
     <w:rsid w:val="00D2753E"/>
     <w:rsid w:val="00D565F9"/>
     <w:rsid w:val="00D74564"/>
     <w:rsid w:val="00D75DF4"/>
     <w:rsid w:val="00D76B52"/>
     <w:rsid w:val="00D92530"/>
+    <w:rsid w:val="00D93C1D"/>
     <w:rsid w:val="00DA1493"/>
     <w:rsid w:val="00DB377E"/>
+    <w:rsid w:val="00DD1DCD"/>
+    <w:rsid w:val="00DD6BBB"/>
     <w:rsid w:val="00E02494"/>
     <w:rsid w:val="00E120EA"/>
+    <w:rsid w:val="00E17E9E"/>
+    <w:rsid w:val="00E24E36"/>
     <w:rsid w:val="00E52D1F"/>
     <w:rsid w:val="00EC0C84"/>
     <w:rsid w:val="00F14D20"/>
     <w:rsid w:val="00F359C3"/>
     <w:rsid w:val="00F37AC6"/>
     <w:rsid w:val="00F714EF"/>
+    <w:rsid w:val="00F762CD"/>
     <w:rsid w:val="00FA64A4"/>
     <w:rsid w:val="00FC1E61"/>
     <w:rsid w:val="00FD29D4"/>
     <w:rsid w:val="00FD648D"/>
+    <w:rsid w:val="00FE45CE"/>
+    <w:rsid w:val="00FF50E9"/>
     <w:rsid w:val="00FF5DF3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337" fill="f" fillcolor="white" stroke="f">
+    <o:shapedefaults v:ext="edit" spidmax="26625" fill="f" fillcolor="white" stroke="f">
       <v:fill color="white" on="f"/>
       <v:stroke on="f"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="06DA59D3"/>
+  <w14:docId w14:val="5AF3A292"/>
   <w15:docId w15:val="{000BF04C-A752-4075-B6BD-4A124A9CCBAE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17571,55 +17530,56 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D565F9"/>
+    <w:rsid w:val="007A2550"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D565F9"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Modern No. 20" w:hAnsi="Modern No. 20"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
@@ -17803,55 +17763,81 @@
     <w:name w:val="Default"/>
     <w:rsid w:val="00FC1E61"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AF7ABC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD6BBB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DD6BBB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="221019910">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="324551814">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18150,72 +18136,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C896AFD5-29FE-448C-873F-8BB740E4F7E6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>M-0574 (Request for reasonable Accommodation)_(New) (2)</Template>
+  <Template>M-0574 (Request for reasonable Accommodation)_(New) (2).dot</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1142</Words>
-  <Characters>6514</Characters>
+  <Words>1133</Words>
+  <Characters>6460</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>53</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>552-0574 (Request for Reasonable Accommodation)</vt:lpstr>
+      <vt:lpstr>Request for Reasonable Accommodation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DAS-HRE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7641</CharactersWithSpaces>
+  <CharactersWithSpaces>7578</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>552-0574 (Request for Reasonable Accommodation)</dc:title>
+  <dc:title>Request for Reasonable Accommodation</dc:title>
   <dc:creator>SChurch2</dc:creator>
   <dc:description>Rev. 1-30-07 (Stef Hill) (2nd page)_x000d_
 Rev. 11-27-06 (Stef Hill)</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>