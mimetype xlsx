--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -6,83 +6,83 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\CPEUsers\MFlower\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4C3F5C77-0F4E-4D35-9ECB-75AC699102F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3B8BD4FE-8117-4041-A476-039A3646CB38}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$15:$R$15</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$1:$O$249</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$1:$O$223</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1667" uniqueCount="576">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1396" uniqueCount="512">
   <si>
     <t xml:space="preserve">Description </t>
   </si>
   <si>
     <t xml:space="preserve">Dealer </t>
   </si>
   <si>
     <t xml:space="preserve">Make </t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Dodge</t>
   </si>
   <si>
     <t xml:space="preserve">Ford </t>
   </si>
   <si>
     <t>Stiver's Ford</t>
   </si>
   <si>
@@ -202,74 +202,65 @@
   <si>
     <t>F250</t>
   </si>
   <si>
     <t>W2B</t>
   </si>
   <si>
     <t>W3B</t>
   </si>
   <si>
     <t>V8 Gas</t>
   </si>
   <si>
     <t>DJ2L62</t>
   </si>
   <si>
     <t>D28L62</t>
   </si>
   <si>
     <t>D23L62</t>
   </si>
   <si>
     <t>DJ7L91</t>
   </si>
   <si>
-    <t>DD8L63</t>
-[...4 lines deleted...]
-  <si>
     <t>V8 Diesel</t>
   </si>
   <si>
     <t>Escape</t>
   </si>
   <si>
     <t>F2B</t>
   </si>
   <si>
     <t>F3B</t>
   </si>
   <si>
     <t>X2B</t>
   </si>
   <si>
-    <t>F3H</t>
-[...1 lines deleted...]
-  <si>
     <t>Explorer</t>
   </si>
   <si>
     <t>D 4.1</t>
   </si>
   <si>
     <t>H 8.1</t>
   </si>
   <si>
     <t>Stew Hansens</t>
   </si>
   <si>
     <t>ggioffredi@charlesgabus.com</t>
   </si>
   <si>
     <t>Vehicle Model Year</t>
   </si>
   <si>
     <t>Alt. Engine Available</t>
   </si>
   <si>
     <t>Law Enforcement  - Police Vehicles (PPV series) - Pursuit Rated</t>
   </si>
   <si>
     <t>Law Enforcement  - Police Special Service Vehicles (SSV series) - NOT Pursuit Rated</t>
@@ -361,239 +352,143 @@
   <si>
     <t>Camry Hybrid</t>
   </si>
   <si>
     <t>LE</t>
   </si>
   <si>
     <t>FWD, 5 Passenger, 4 Cyl. Engine</t>
   </si>
   <si>
     <t xml:space="preserve">FWD, 5 Passenger, 4 Cyl. Engine </t>
   </si>
   <si>
     <t>FWD, 4-5 Passenger, 4 Cyl. Engine</t>
   </si>
   <si>
     <t>Stew Hansen's Dodge City and Hyundai</t>
   </si>
   <si>
     <t>Tahoe</t>
   </si>
   <si>
     <t>CK10706</t>
   </si>
   <si>
-    <t>HPU 1.1</t>
-[...4 lines deleted...]
-  <si>
     <t>Silverado 2500</t>
   </si>
   <si>
-    <t>CC20903</t>
-[...1 lines deleted...]
-  <si>
     <t>CK20903</t>
   </si>
   <si>
-    <t>HPU 2.1</t>
-[...1 lines deleted...]
-  <si>
     <t>Silverado 3500</t>
   </si>
   <si>
     <t>CK30903</t>
   </si>
   <si>
-    <t>HPU 3.1</t>
-[...1 lines deleted...]
-  <si>
     <t>CC30903</t>
   </si>
   <si>
-    <t>HPU 3.2</t>
-[...16 lines deleted...]
-  <si>
     <t>CK20953</t>
   </si>
   <si>
     <t>CK20753</t>
   </si>
   <si>
     <t>CK30953</t>
   </si>
   <si>
     <t>CK20743</t>
   </si>
   <si>
-    <t>HPU 8.1</t>
-[...1 lines deleted...]
-  <si>
     <t>CK30743</t>
   </si>
   <si>
-    <t>HPU 9.1</t>
-[...4 lines deleted...]
-  <si>
     <t>CK30943</t>
   </si>
   <si>
-    <t>MDC 1.1</t>
-[...4 lines deleted...]
-  <si>
     <t>Ram</t>
   </si>
   <si>
-    <t>HDC 1.1</t>
-[...19 lines deleted...]
-  <si>
     <t>W2Y</t>
   </si>
   <si>
-    <t>FVN 3.1</t>
-[...1 lines deleted...]
-  <si>
     <t>SUV 3.1</t>
   </si>
   <si>
     <t>CK10906</t>
   </si>
   <si>
-    <t>MDC 2.1</t>
-[...4 lines deleted...]
-  <si>
     <t>All Wheel Drive, Four Door Police Pursuit SUV with 3.6 L Pentastar V6 Engine, 6,200 Towing Capacity</t>
   </si>
   <si>
     <t>All Wheel Drive, Four Door Police Pursuit SUV with 5.7 L Hemi V8 Engine, 7,200 Towing Capacity</t>
   </si>
   <si>
     <t>OPEN</t>
   </si>
   <si>
     <t>CLOSED</t>
   </si>
   <si>
     <t>Silverado 1500</t>
   </si>
   <si>
     <t>CK10543</t>
   </si>
   <si>
     <t>Silverado</t>
   </si>
   <si>
     <t>CK10743</t>
   </si>
   <si>
     <t>Maverick</t>
   </si>
   <si>
     <t>F3D</t>
   </si>
   <si>
     <t>X3B</t>
   </si>
   <si>
-    <t>FVN 6.1</t>
-[...4 lines deleted...]
-  <si>
     <t>W2C</t>
   </si>
   <si>
     <t>I6 Diesel</t>
   </si>
   <si>
     <t>Ford F150 PPV 4x4 Police Pursuit SuperCrew Truck 5.5' Box Length with 3.5L V6 Ecoboost Engine</t>
   </si>
   <si>
     <t>Jeep</t>
   </si>
   <si>
-    <t>Grand Cherokee</t>
-[...7 lines deleted...]
-  <si>
     <t>RUCR53</t>
   </si>
   <si>
-    <t>Pacifica</t>
-[...1 lines deleted...]
-  <si>
     <t>SR5</t>
   </si>
   <si>
     <t>Tundra</t>
   </si>
   <si>
     <t>Kia</t>
   </si>
   <si>
     <t>Kia of Des Moines</t>
   </si>
   <si>
     <t>K5</t>
   </si>
   <si>
     <t>GT Line</t>
   </si>
   <si>
     <t>SX</t>
   </si>
   <si>
     <t>Sportage</t>
   </si>
   <si>
     <t>4 Dr Utility, FWD, 5-Passenger, 4 cyl. Engine</t>
@@ -607,275 +502,83 @@
   <si>
     <t>Small SUV</t>
   </si>
   <si>
     <t>Compact Sedan</t>
   </si>
   <si>
     <t>Midsize Sedan</t>
   </si>
   <si>
     <t>Minivan</t>
   </si>
   <si>
     <t>Midsize SUV</t>
   </si>
   <si>
     <t>Full-Size SUV</t>
   </si>
   <si>
     <t>Full-Size Cargo Van</t>
   </si>
   <si>
     <t>Full-Size Passenger Wagon</t>
   </si>
   <si>
-    <t>VF1L11</t>
-[...61 lines deleted...]
-  <si>
     <t>Equinox</t>
   </si>
   <si>
     <t>4 Dr Utility, AWD, 5-Passenger, 4 cyl. Engine + Additional Keys</t>
   </si>
   <si>
-    <t xml:space="preserve">Regular Cab: 8'2" Box Length; 4x4, V8 Engine, 10,000 GVWR, 14,500 towing cap. </t>
-[...46 lines deleted...]
-  <si>
     <t>4 Dr Large SUV, 4X4, V8 Engine, Cargo capacity 41.5 Cu. Ft. behind rear seat</t>
   </si>
   <si>
     <t>Expedition Max</t>
   </si>
   <si>
-    <t>Regluar Cab, 60 inch CA, 4X4, DRW, V8 Engine, 14,000 GVWR, 7,550 Payload, 16,100 towing cap.  Rear Defrost Not Available</t>
-[...16 lines deleted...]
-  <si>
     <t>DP9L64</t>
   </si>
   <si>
     <t>DP9L94</t>
   </si>
   <si>
-    <t>Regular Cab, 4X2, DRW, V-8 Engine, 18,000 GVWR, 18,860 towing cap.</t>
-[...4 lines deleted...]
-  <si>
     <t>DP0L64</t>
   </si>
   <si>
     <t>DP0L94</t>
   </si>
   <si>
     <t>Ryley Schleder</t>
   </si>
   <si>
     <t>515-969-0077</t>
   </si>
   <si>
     <t>rschleder@stiversfordia.com</t>
   </si>
   <si>
-    <t>FVN 1.4</t>
-[...55 lines deleted...]
-  <si>
     <t>XSE</t>
   </si>
   <si>
     <t>Expedition EL</t>
   </si>
   <si>
     <t>K1G Ext. Length</t>
   </si>
   <si>
     <t>All Wheel Drive, Four Door Police Pursuit SUV with 3.3L V6 Engine</t>
   </si>
   <si>
     <t>V6 Ecoboost, Hybrid</t>
   </si>
   <si>
     <t>Ford Base 4x4 Full size SUV Special Service Vehicle  with 3.5L V6 Ecoboost, 7,400 GVWR, 1,840 Payload Capacity</t>
   </si>
   <si>
     <t>Ford Base 4x4 Full size SUV Special Service Vehicle  with 3.5L V6 Ecoboost, 7,600 GVWR, 1,830 Payload Capacity</t>
   </si>
   <si>
     <t>U1G Reg. Length</t>
   </si>
   <si>
     <t>Robert Wueve</t>
@@ -895,74 +598,53 @@
   <si>
     <t>Encore</t>
   </si>
   <si>
     <t>Enclave</t>
   </si>
   <si>
     <t>1SB</t>
   </si>
   <si>
     <t>4 Dr Utility, FWD, 5-Passenger, 3 cyl. Engine</t>
   </si>
   <si>
     <t>4 Dr Utility, AWD, 5-Passenger, 3 cyl. Engine</t>
   </si>
   <si>
     <t>F1L</t>
   </si>
   <si>
     <t>W1L</t>
   </si>
   <si>
     <t>X1L</t>
   </si>
   <si>
-    <t>X3H</t>
-[...7 lines deleted...]
-  <si>
     <t>McGrath Automotive Group</t>
   </si>
   <si>
-    <t>Promaster EV</t>
-[...10 lines deleted...]
-  <si>
     <t>Voyager</t>
   </si>
   <si>
     <t>Small Extended Window Van, ADA Accessible, FWD, V6 Engine, 6,055 GVWR, 1,725 Payload, 121.6" WB</t>
   </si>
   <si>
     <t>K8D</t>
   </si>
   <si>
     <t>Dewey Ford</t>
   </si>
   <si>
     <t>Lindquist Ford Inc.</t>
   </si>
   <si>
     <t>3950 Middle Rd.</t>
   </si>
   <si>
     <t>Bettendorf, IA 52722</t>
   </si>
   <si>
     <t>Zach Johnson</t>
   </si>
   <si>
     <t>563-449-7343</t>
@@ -1001,114 +683,50 @@
     <t>Order Date Window</t>
   </si>
   <si>
     <t>Truck - Light Duty</t>
   </si>
   <si>
     <t>SUV</t>
   </si>
   <si>
     <t>Sedan</t>
   </si>
   <si>
     <t xml:space="preserve">HEV - Hybrid Electric Vehicle </t>
   </si>
   <si>
     <t>EV - All Electric Vehicle</t>
   </si>
   <si>
     <t>EUV - ALL Electric Utility Vehicle</t>
   </si>
   <si>
     <t>Specialty - ADA Accessible</t>
   </si>
   <si>
     <t>SUV 4</t>
-  </si>
-[...62 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">4 Dr Utility, AWD, 6160 GVWR, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>7-Passenger</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, 4 Cyl. Engine, 18.2 Cu.Ft. Cargo capacity behind rear seat</t>
@@ -1276,84 +894,72 @@
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Gregg Young Buick GMC</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 3001 N Jefferson Way
 Indianola, IA 50125</t>
     </r>
   </si>
   <si>
     <t>LDT 1.2</t>
   </si>
   <si>
-    <t>O 15.1</t>
-[...1 lines deleted...]
-  <si>
     <t>LDT 1.1</t>
   </si>
   <si>
     <t>DT1L41</t>
   </si>
   <si>
     <t>SED 1</t>
   </si>
   <si>
     <t>SED 2</t>
   </si>
   <si>
     <t>Hyundai</t>
   </si>
   <si>
     <t>Elantra</t>
   </si>
   <si>
     <t>Sonata</t>
   </si>
   <si>
-    <t>23033A</t>
-[...1 lines deleted...]
-  <si>
     <t>4 Dr Large SUV, 4X4, 7400 GVWR, V6 Engine, Cargo capacity 37.4 Cu. Ft. behind rear seat</t>
-  </si>
-[...4 lines deleted...]
-    <t>23069A</t>
   </si>
   <si>
     <t>Jacob Madsen</t>
   </si>
   <si>
     <t>515-350-3681</t>
   </si>
   <si>
     <t>j.madsen@karlchevrolet.com</t>
   </si>
   <si>
     <t xml:space="preserve">The contract and vehicle specifications can be found on the Central Procurement website listed below.
 </t>
   </si>
   <si>
     <r>
       <t>The '</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color rgb="FF0000FF"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -1382,56 +988,50 @@
   <si>
     <t>C 3.1</t>
   </si>
   <si>
     <t>C 3.2</t>
   </si>
   <si>
     <t>F 6.1</t>
   </si>
   <si>
     <t>F 6.2</t>
   </si>
   <si>
     <t>I 9.1</t>
   </si>
   <si>
     <t>I 9.2</t>
   </si>
   <si>
     <t>J 10.1</t>
   </si>
   <si>
     <t>Vehicle Contracts and Specifications Website</t>
   </si>
   <si>
-    <t>Class 3</t>
-[...4 lines deleted...]
-  <si>
     <t>Van - Cargo &amp; Passenger</t>
   </si>
   <si>
     <t>SUV 5</t>
   </si>
   <si>
     <t xml:space="preserve">Trailblazer </t>
   </si>
   <si>
     <t>LDT 1</t>
   </si>
   <si>
     <t>LDT 2</t>
   </si>
   <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>14C43</t>
   </si>
   <si>
     <t>Transit Wagon</t>
   </si>
   <si>
     <t>ADA 1</t>
@@ -1455,53 +1055,50 @@
     <t>Urbandale, IA 50322</t>
   </si>
   <si>
     <t>Brent Caswell</t>
   </si>
   <si>
     <t>515-231-7341</t>
   </si>
   <si>
     <t>brent.casewell@lithia.com</t>
   </si>
   <si>
     <t>Mercedes Benz</t>
   </si>
   <si>
     <t>4 Dr Utility, FWD, 5-Passsenger, 3 cyl. Engine, 25.3 Cu. Ft. Cargo capacity behind rear seat</t>
   </si>
   <si>
     <t xml:space="preserve">4 Dr Utility, AWD, 5-Passenger, 4 cyl. Engine </t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Carnival Hybrid</t>
-  </si>
-[...1 lines deleted...]
-    <t>Niro Hybrid</t>
   </si>
   <si>
     <t>Hybrid Electric, FWD</t>
   </si>
   <si>
     <t>EX</t>
   </si>
   <si>
     <t xml:space="preserve">AWD, 5 Passenger, 4 Cyl. Engine </t>
   </si>
   <si>
     <t xml:space="preserve">1040 N Center Point Rd </t>
   </si>
   <si>
     <t>Hiawatha, IA 52233</t>
   </si>
   <si>
     <t>Tyler Janssen</t>
   </si>
   <si>
     <t>515-290-2066</t>
   </si>
   <si>
     <t>tjanssen@mcgrathauto.com</t>
   </si>
@@ -1950,53 +1547,50 @@
   <si>
     <t xml:space="preserve">RAM </t>
   </si>
   <si>
     <t>Crew Cab: 5.7 Box Length, 4x4, V8 5.7L, 1390 Payload, 8020 Towing Capcity, 6800 GVWR</t>
   </si>
   <si>
     <t>SED 6</t>
   </si>
   <si>
     <t>HEV 6</t>
   </si>
   <si>
     <t>HEV 8</t>
   </si>
   <si>
     <t>HEV 9</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>XLE</t>
   </si>
   <si>
-    <t>24005238a</t>
-[...1 lines deleted...]
-  <si>
     <t>LDT 4</t>
   </si>
   <si>
     <t>LDT 5</t>
   </si>
   <si>
     <t>Extended Cab: 6.6' Box Length, 4x4, 4 Cyl 2.7L, 1750 Payload, 9300 Towing capacity</t>
   </si>
   <si>
     <t>CK10753</t>
   </si>
   <si>
     <t>Crew Cab: 6.6' Box Length, 4x4, 4 Cyl. 2.7L, 1750 Payload, 9300 Towing capacity</t>
   </si>
   <si>
     <t>25005A</t>
   </si>
   <si>
     <t>LDT 1.3</t>
   </si>
   <si>
     <t>24050A</t>
   </si>
   <si>
     <t>24052A</t>
@@ -2075,53 +1669,50 @@
         <scheme val="minor"/>
       </rPr>
       <t>Diesel Standard, Gas Optional.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Crew Cab: 6.75' Box Length; 4X4, V8 6.7L, 2753 payload, 115900 towing cap, 10000 GVWR.  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Diesel Standard, Gas Optional.</t>
     </r>
   </si>
   <si>
     <t>SuperCab: 6.75' Box Length; 4X4, V8 6.8L, 3939 payload, 14100 towing cap, 10500 GVWR</t>
   </si>
   <si>
-    <t>Double Cab: 8.2'  Box Length; 4X4, V8 Engine, 10,500 GVWR, 14,500 Towing Capacity</t>
-[...1 lines deleted...]
-  <si>
     <t>SuperCab: 6.75'  Box Length; 4X4, V8 6.8L, 3456 payload, 14100 towing cap, 10000 GVWR</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Crew Cab: 6.75' Box Length; 4X4, V8 6.7L, 3717 payload, 23200 towing cap, 11200 GVWR.  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Diesel Standard, Gas Optional.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Crew Cab: 6.5' Box Length; 4X4, I6 Diesel Engine, 3970 payload, 23550 towing cap, 11800 GVWR.  </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -2177,69 +1768,257 @@
   <si>
     <t>HDT 1</t>
   </si>
   <si>
     <t>HDT 2</t>
   </si>
   <si>
     <t>Crew Cab, 197.4" Wheelbase, 84" CA, 4X4, DRW, V8 6.4L,  20300 towing cap, 16500 GVWR</t>
   </si>
   <si>
     <t>HDT 3</t>
   </si>
   <si>
     <t>Standard Cab, 168.5" Wheelbase, 84" CA, 4X4, DRW, V8 6.4L, 18220 towing cap, 18000 GVWR</t>
   </si>
   <si>
     <t>HDT 4</t>
   </si>
   <si>
     <t>Crew Cab, 197.4" Wheelbase, 84" CA,4X4, DRW, V8 6.4L, 20230 towing cap, 19500 GVWR</t>
   </si>
   <si>
     <t>VAN 2</t>
   </si>
   <si>
-    <t>UNAVAILABLE</t>
-[...1 lines deleted...]
-  <si>
     <t>Standard Cab, 168.5" Wheelbase, 84" CA, 4X4, DRW, V8 6.4L, 20740 towing cap, 16500 GVWR</t>
   </si>
   <si>
     <t>State of Iowa, DOT, and Regents - 2026 Model Year Vehicle Contract Catalog</t>
   </si>
   <si>
     <t>VAN 1</t>
   </si>
   <si>
     <t>170" Wheelbase Cargo Van. AWD, 2 Passenger, 4 Cyl, Min roof height 108.4", 11030 GVWR</t>
   </si>
   <si>
     <t>CLOSING JAN 1ST</t>
   </si>
   <si>
     <t>F600</t>
+  </si>
+  <si>
+    <t>MDT 7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">McGrath </t>
+  </si>
+  <si>
+    <t>MDT 8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regular Cab: 8'2" Box Length; SRW, 4X4, V8 Engine, 4583 Payload Capacity, 11300 GVWR </t>
+  </si>
+  <si>
+    <t>Regular Cab: 8'2" Box Length; 4x4, V8 Engine, 3829 Payload capacity, 10250 GVWR</t>
+  </si>
+  <si>
+    <t>MDT 9</t>
+  </si>
+  <si>
+    <t>Regular Cab: 8'2" Box Length; 4x4, DRW, V8 Engine, 14000 GVWR</t>
+  </si>
+  <si>
+    <t>MDT 10</t>
+  </si>
+  <si>
+    <t>Double Cab: 6'10" Box Length; 4X4, V8 Engine, 3926 Payoad capacity, 10350 GVWR</t>
+  </si>
+  <si>
+    <t>Double Cab: 8.2 ' Box Length, 4X4, V8 Engine, 3926 Payoad capacity, 10350 GVWR</t>
+  </si>
+  <si>
+    <t>MDT 11</t>
+  </si>
+  <si>
+    <t>MDT 12</t>
+  </si>
+  <si>
+    <t>MDT 13</t>
+  </si>
+  <si>
+    <t>Double Cab: 8'2" Box Length; 4X4, SRW, V8 Engine,  4456 Payload capacity, 11600 GVWR</t>
+  </si>
+  <si>
+    <t>Double Cab: 8.2'  Box Length; 4X4, DRW, V8 Engine, 6820 Payload capacity, 14000 GVWR</t>
+  </si>
+  <si>
+    <t>MDT 14</t>
+  </si>
+  <si>
+    <t>MDT 15</t>
+  </si>
+  <si>
+    <t>Crew Cab: 6'10" Box Length;  4X4, SRW, V8 Engine, 3732 Paload capacity, 10650 GVWR</t>
+  </si>
+  <si>
+    <t>Crew Cab: 6.10' Box Length; 4X4, SRW, V8 Engine, 7442 Payload capacity, 11550 GVWR</t>
+  </si>
+  <si>
+    <t>MDT 16</t>
+  </si>
+  <si>
+    <t>Crew Cab: 8'2" Box Length; 4X4, DRW, V8 Engine, 4332 Payload capacity, 14000 GVWR</t>
+  </si>
+  <si>
+    <t>MDT 17</t>
+  </si>
+  <si>
+    <t>Crew Cab: 8'2" Box Length; 4X4, SRW, V8 Engine, 4583 Payload capacity, 10650 GVWR</t>
+  </si>
+  <si>
+    <t>SUV 14</t>
+  </si>
+  <si>
+    <t>1LB56</t>
+  </si>
+  <si>
+    <t>SUV 15</t>
+  </si>
+  <si>
+    <t>4 Dr Utility SUV, AWD, 3 Cyl 1.3L, Cargo Capacity 25.3 behind rear seat</t>
+  </si>
+  <si>
+    <t>1TV56</t>
+  </si>
+  <si>
+    <t>SUV 16</t>
+  </si>
+  <si>
+    <t>Cherokee</t>
+  </si>
+  <si>
+    <t>HEV 15</t>
+  </si>
+  <si>
+    <t>SuperCrew: 5.5' Boc Length, 4X4, 3.5L V6, 1750 Payload , 10800 Towing capacity</t>
+  </si>
+  <si>
+    <t>W1F</t>
+  </si>
+  <si>
+    <t>CLOSING 2/24/26</t>
+  </si>
+  <si>
+    <t>Express 2500</t>
+  </si>
+  <si>
+    <t>CG23405</t>
+  </si>
+  <si>
+    <t>CG23705</t>
+  </si>
+  <si>
+    <t>Express 3500</t>
+  </si>
+  <si>
+    <t>CG33405</t>
+  </si>
+  <si>
+    <t>CG33705</t>
+  </si>
+  <si>
+    <t>CG33706</t>
+  </si>
+  <si>
+    <t>VAN 7</t>
+  </si>
+  <si>
+    <t>VAN 8</t>
+  </si>
+  <si>
+    <t>VAN 9</t>
+  </si>
+  <si>
+    <t>VAN 10</t>
+  </si>
+  <si>
+    <t>VAN 11</t>
+  </si>
+  <si>
+    <t>135" Wheelbase Panel Cargo Van, RWD, 2 Passenger, 4.3l V6, 32807 Payload, 8,600 GVWR</t>
+  </si>
+  <si>
+    <t>155" Wheelbase Panel Cargo Van, RWD, 2 Passenger, 4.3L V6, 3280 Payload, 8,600 GVWR</t>
+  </si>
+  <si>
+    <t>135" Wheelbase Panel Cargo Van, RWD, 2 Passenger, 4.3L V6, 4280 Payload, 9,600 GVWR</t>
+  </si>
+  <si>
+    <t>155" Wheelbase Panel Cargo Van, RWD, 2 Passenger, 4.3L V6, 42802 Payload, 9,600 GVWR</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">155" Wheelbase Full Size Extended Window RWD, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>15 Passenger Van</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>, 4.3L V6, 9,600 GVWR</t>
+    </r>
+  </si>
+  <si>
+    <t>EV 1</t>
+  </si>
+  <si>
+    <t>W1B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stivers </t>
+  </si>
+  <si>
+    <t>F150 Lightning</t>
+  </si>
+  <si>
+    <t>All Electric, SuperCrew, 5.5 bed, 4x4, 536 HP, 775 Torque,  2189 Payload, 7700 Towing Capacity, 8550 GVWR, Range 240</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2434,51 +2213,51 @@
     <font>
       <sz val="14"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="15">
+  <fills count="16">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -2519,52 +2298,58 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="45">
+  <borders count="42">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -2749,61 +2534,50 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom/>
-[...9 lines deleted...]
-      <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
@@ -2934,61 +2708,50 @@
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="medium">
-[...9 lines deleted...]
-      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
@@ -3059,314 +2822,280 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="430">
+  <cellXfs count="427">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="8" fillId="0" borderId="21" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="8" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="12" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="12" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="8" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="12" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="16" fillId="0" borderId="32" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="30" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="19" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -3413,63 +3142,63 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="8" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="8" fontId="6" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -3509,960 +3238,970 @@
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="12" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="12" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="12" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="19" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="18" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="19" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="19" fillId="2" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="2" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="10" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="19" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="19" fillId="2" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="2" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="23" fillId="12" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...62 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...50 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="22" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="22" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="12" borderId="36" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="12" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="12" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="9" fillId="12" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="14" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="12" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="12" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="14" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="8" fontId="9" fillId="12" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="9" fillId="12" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...21 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="34" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...126 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...72 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="9" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...31 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...21 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="15" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FF0000FF"/>
       <color rgb="FFF6F67E"/>
-      <color rgb="FF0000FF"/>
       <color rgb="FF0066FF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>2233083</xdr:colOff>
-      <xdr:row>240</xdr:row>
+      <xdr:row>214</xdr:row>
       <xdr:rowOff>21166</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="184731" cy="264560"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="17335500" y="92371333"/>
           <a:ext cx="184731" cy="264560"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -4758,8760 +4497,7560 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa50b2ee-6026-476d-958b-c8006eb79d4c" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f742ff8d-51ef-4bfb-bd4e-9bc01de44276" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/00b718d0-0f45-4b44-8b00-c48268f41ca5" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e4915bdf-6e5e-4d2a-8f51-cadf95d0b90b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/083510f1-b35f-438c-b217-0e900e6b173d" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e793566c-aaca-4503-b4a1-739664dadbb8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8948e05f-a562-48ba-b7de-0435f2cf77b1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/cf355591-2f32-4b07-bb55-1bce2a60a6a2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4c516d55-3dd6-4371-9689-1368a9d16443" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/57eac2e3-4344-4a77-bc22-577fdf018023" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1ada532-b471-4332-ba4f-c5f4750753c7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/083510f1-b35f-438c-b217-0e900e6b173d" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/00b718d0-0f45-4b44-8b00-c48268f41ca5" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e793566c-aaca-4503-b4a1-739664dadbb8" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9f58dbb5-65fd-4b2c-9e2c-d9c634c62300" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9c9cb32d-80f4-431e-92be-bc71a6c13c56" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/cf355591-2f32-4b07-bb55-1bce2a60a6a2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4c516d55-3dd6-4371-9689-1368a9d16443" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f742ff8d-51ef-4bfb-bd4e-9bc01de44276" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/1910/download?inline" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/00b718d0-0f45-4b44-8b00-c48268f41ca5" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2602d40e-69f6-4255-bb37-3fe88dd21c19" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e793566c-aaca-4503-b4a1-739664dadbb8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9f58dbb5-65fd-4b2c-9e2c-d9c634c62300" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b56771e3-cd88-4aed-b489-4c131b9cdcd0" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/cf355591-2f32-4b07-bb55-1bce2a60a6a2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4c516d55-3dd6-4371-9689-1368a9d16443" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/00b718d0-0f45-4b44-8b00-c48268f41ca5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b08d7efc-0184-4ebd-a642-0974681b5cd9" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ca641d31-750b-42ff-94e4-7ce7d5e4099c" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9291c125-194e-4cf8-be9a-e7d1d65dc1a3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa50b2ee-6026-476d-958b-c8006eb79d4c" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2602d40e-69f6-4255-bb37-3fe88dd21c19" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f9cfc1cd-1293-468d-834c-6d6a0be32b18" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9f58dbb5-65fd-4b2c-9e2c-d9c634c62300" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9f58dbb5-65fd-4b2c-9e2c-d9c634c62300" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2602d40e-69f6-4255-bb37-3fe88dd21c19" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/5c1b0456-5f07-4124-9c37-53a89cef61d4" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/cf355591-2f32-4b07-bb55-1bce2a60a6a2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/81382758-cf80-413d-b967-6b640f656575" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b08d7efc-0184-4ebd-a642-0974681b5cd9" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa50b2ee-6026-476d-958b-c8006eb79d4c" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2602d40e-69f6-4255-bb37-3fe88dd21c19" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9f58dbb5-65fd-4b2c-9e2c-d9c634c62300" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9f58dbb5-65fd-4b2c-9e2c-d9c634c62300" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7f37f1c8-b705-4d79-b870-1d0d53f4b232" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/cf355591-2f32-4b07-bb55-1bce2a60a6a2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c43440c4-819a-4a1d-9922-ee5bbbae7368" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b08d7efc-0184-4ebd-a642-0974681b5cd9" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa50b2ee-6026-476d-958b-c8006eb79d4c" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c9f41ed0-df3b-49d2-a562-7c65c6be693e" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9f58dbb5-65fd-4b2c-9e2c-d9c634c62300" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7f37f1c8-b705-4d79-b870-1d0d53f4b232" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283aehttps:/bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2d473454-71f7-4552-a124-66cc57fd6763" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1763e996-6d5e-4679-a574-f61c41ca4864" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/cf355591-2f32-4b07-bb55-1bce2a60a6a2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c43440c4-819a-4a1d-9922-ee5bbbae7368" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/49c1842c-a067-4132-9982-ea1b64cc694e" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa50b2ee-6026-476d-958b-c8006eb79d4c" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f9cfc1cd-1293-468d-834c-6d6a0be32b18" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283aehttps:/bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9f58dbb5-65fd-4b2c-9e2c-d9c634c62300" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2d473454-71f7-4552-a124-66cc57fd6763" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/AwardedContracts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/eed8637d-6148-452a-b90f-17524730c3ac" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/cf355591-2f32-4b07-bb55-1bce2a60a6a2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/35eed5b7-5214-4363-ac68-1b65f4f052fa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/49c1842c-a067-4132-9982-ea1b64cc694e" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bbb1268f-0fa7-4217-8bf8-097f28e52573" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa50b2ee-6026-476d-958b-c8006eb79d4c" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/00b718d0-0f45-4b44-8b00-c48268f41ca5" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/00b718d0-0f45-4b44-8b00-c48268f41ca5" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2d473454-71f7-4552-a124-66cc57fd6763" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283aehttps:/bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/cf355591-2f32-4b07-bb55-1bce2a60a6a2" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/35eed5b7-5214-4363-ac68-1b65f4f052fa" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/49c1842c-a067-4132-9982-ea1b64cc694e" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa50b2ee-6026-476d-958b-c8006eb79d4c" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/00b718d0-0f45-4b44-8b00-c48268f41ca5" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e793566c-aaca-4503-b4a1-739664dadbb8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ed7a2367-2ecc-478a-806c-cf06e909ca0e" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2d473454-71f7-4552-a124-66cc57fd6763" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa50b2ee-6026-476d-958b-c8006eb79d4c" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f742ff8d-51ef-4bfb-bd4e-9bc01de44276" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f9cfc1cd-1293-468d-834c-6d6a0be32b18" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/00b718d0-0f45-4b44-8b00-c48268f41ca5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01a44428-633e-431c-a900-32f3b396b885" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/083510f1-b35f-438c-b217-0e900e6b173d" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e793566c-aaca-4503-b4a1-739664dadbb8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7aac1769-0485-4990-8b29-69da06515466" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3edfcd8-ba05-4b32-99f1-47b34ad73106" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2d473454-71f7-4552-a124-66cc57fd6763" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3fbfbec-dd34-4751-b340-35044effe9cc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e4915bdf-6e5e-4d2a-8f51-cadf95d0b90b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9c9cb32d-80f4-431e-92be-bc71a6c13c56" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1ada532-b471-4332-ba4f-c5f4750753c7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b56771e3-cd88-4aed-b489-4c131b9cdcd0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/1910/download?inline" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ca641d31-750b-42ff-94e4-7ce7d5e4099c" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9291c125-194e-4cf8-be9a-e7d1d65dc1a3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/5c1b0456-5f07-4124-9c37-53a89cef61d4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/81382758-cf80-413d-b967-6b640f656575" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c43440c4-819a-4a1d-9922-ee5bbbae7368" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/35eed5b7-5214-4363-ac68-1b65f4f052fa" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1d1dc33-15fd-4a28-81f5-e59047130ae5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c9f41ed0-df3b-49d2-a562-7c65c6be693e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/35eed5b7-5214-4363-ac68-1b65f4f052fa" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1763e996-6d5e-4679-a574-f61c41ca4864" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ed7a2367-2ecc-478a-806c-cf06e909ca0e" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bbb1268f-0fa7-4217-8bf8-097f28e52573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/AwardedContracts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3fbfbec-dd34-4751-b340-35044effe9cc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c43440c4-819a-4a1d-9922-ee5bbbae7368" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/eed8637d-6148-452a-b90f-17524730c3ac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3edfcd8-ba05-4b32-99f1-47b34ad73106" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q252"/>
+  <dimension ref="A1:Q226"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A92" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
-      <selection activeCell="J107" sqref="J107"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A141" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
+      <selection activeCell="E160" sqref="E160"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="6" customWidth="1"/>
-    <col min="2" max="2" width="18.28515625" style="153" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="14.28515625" style="145" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="18.28515625" style="146" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14.28515625" style="138" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" style="26" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="11.42578125" style="96" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="14" max="14" width="30.140625" style="171" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.42578125" style="89" customWidth="1"/>
+    <col min="6" max="6" width="14.5703125" style="90" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.140625" style="91" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="20.42578125" style="91" customWidth="1"/>
+    <col min="9" max="9" width="18.140625" style="91" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="88.85546875" style="92" customWidth="1"/>
+    <col min="11" max="11" width="16.5703125" style="91" customWidth="1"/>
+    <col min="12" max="12" width="10" style="91" customWidth="1"/>
+    <col min="13" max="13" width="12.42578125" style="91" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="30.140625" style="164" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="40.85546875" style="2" customWidth="1"/>
-    <col min="16" max="16" width="4.140625" style="100" customWidth="1"/>
+    <col min="16" max="16" width="4.140625" style="93" customWidth="1"/>
     <col min="17" max="17" width="1.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B1" s="152"/>
-      <c r="C1" s="143"/>
+      <c r="B1" s="145"/>
+      <c r="C1" s="136"/>
       <c r="D1" s="25"/>
-      <c r="E1" s="91"/>
-[...8 lines deleted...]
-      <c r="N1" s="200"/>
+      <c r="E1" s="84"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="83"/>
+      <c r="H1" s="83"/>
+      <c r="I1" s="83"/>
+      <c r="J1" s="86"/>
+      <c r="K1" s="83"/>
+      <c r="L1" s="83"/>
+      <c r="M1" s="83"/>
+      <c r="N1" s="192"/>
       <c r="O1" s="3"/>
-      <c r="P1" s="94"/>
+      <c r="P1" s="87"/>
     </row>
     <row r="2" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B2" s="366" t="s">
-[...14 lines deleted...]
-      <c r="O2" s="366"/>
+      <c r="B2" s="375" t="s">
+        <v>451</v>
+      </c>
+      <c r="C2" s="375"/>
+      <c r="D2" s="375"/>
+      <c r="E2" s="375"/>
+      <c r="F2" s="375"/>
+      <c r="G2" s="375"/>
+      <c r="H2" s="375"/>
+      <c r="I2" s="375"/>
+      <c r="J2" s="375"/>
+      <c r="K2" s="375"/>
+      <c r="L2" s="375"/>
+      <c r="M2" s="375"/>
+      <c r="N2" s="375"/>
+      <c r="O2" s="375"/>
       <c r="P2" s="19"/>
     </row>
     <row r="3" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B3" s="372"/>
-[...12 lines deleted...]
-      <c r="O3" s="372"/>
+      <c r="B3" s="381"/>
+      <c r="C3" s="381"/>
+      <c r="D3" s="381"/>
+      <c r="E3" s="381"/>
+      <c r="F3" s="381"/>
+      <c r="G3" s="381"/>
+      <c r="H3" s="381"/>
+      <c r="I3" s="381"/>
+      <c r="J3" s="381"/>
+      <c r="K3" s="381"/>
+      <c r="L3" s="381"/>
+      <c r="M3" s="381"/>
+      <c r="N3" s="381"/>
+      <c r="O3" s="381"/>
       <c r="P3" s="19"/>
     </row>
     <row r="4" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B4" s="367" t="s">
-[...15 lines deleted...]
-      <c r="P4" s="95"/>
+      <c r="B4" s="376" t="s">
+        <v>236</v>
+      </c>
+      <c r="C4" s="376"/>
+      <c r="D4" s="376"/>
+      <c r="E4" s="376"/>
+      <c r="F4" s="376"/>
+      <c r="G4" s="376"/>
+      <c r="H4" s="376"/>
+      <c r="I4" s="376"/>
+      <c r="J4" s="376"/>
+      <c r="K4" s="376"/>
+      <c r="L4" s="376"/>
+      <c r="M4" s="376"/>
+      <c r="N4" s="376"/>
+      <c r="O4" s="376"/>
+      <c r="P4" s="88"/>
     </row>
     <row r="5" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="B5" s="144"/>
-[...15 lines deleted...]
-      <c r="P5" s="95"/>
+      <c r="B5" s="137"/>
+      <c r="C5" s="137"/>
+      <c r="D5" s="124"/>
+      <c r="E5" s="124"/>
+      <c r="F5" s="124"/>
+      <c r="G5" s="124"/>
+      <c r="H5" s="124"/>
+      <c r="I5" s="124"/>
+      <c r="J5" s="133" t="s">
+        <v>247</v>
+      </c>
+      <c r="K5" s="124"/>
+      <c r="L5" s="124"/>
+      <c r="M5" s="124"/>
+      <c r="N5" s="202"/>
+      <c r="O5" s="124"/>
+      <c r="P5" s="88"/>
     </row>
     <row r="6" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="B6" s="144"/>
-[...15 lines deleted...]
-      <c r="P6" s="95"/>
+      <c r="B6" s="137"/>
+      <c r="C6" s="137"/>
+      <c r="D6" s="124"/>
+      <c r="E6" s="124"/>
+      <c r="F6" s="124"/>
+      <c r="G6" s="124"/>
+      <c r="H6" s="124"/>
+      <c r="I6" s="124"/>
+      <c r="J6" s="125" t="s">
+        <v>239</v>
+      </c>
+      <c r="K6" s="124"/>
+      <c r="L6" s="124"/>
+      <c r="M6" s="124"/>
+      <c r="N6" s="202"/>
+      <c r="O6" s="124"/>
+      <c r="P6" s="88"/>
     </row>
     <row r="7" spans="2:16" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="371" t="s">
-[...14 lines deleted...]
-      <c r="O7" s="371"/>
+      <c r="B7" s="380" t="s">
+        <v>237</v>
+      </c>
+      <c r="C7" s="380"/>
+      <c r="D7" s="380"/>
+      <c r="E7" s="380"/>
+      <c r="F7" s="380"/>
+      <c r="G7" s="380"/>
+      <c r="H7" s="380"/>
+      <c r="I7" s="380"/>
+      <c r="J7" s="380"/>
+      <c r="K7" s="380"/>
+      <c r="L7" s="380"/>
+      <c r="M7" s="380"/>
+      <c r="N7" s="380"/>
+      <c r="O7" s="380"/>
       <c r="P7" s="11"/>
     </row>
     <row r="8" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B8" s="376" t="s">
-[...14 lines deleted...]
-      <c r="O8" s="376"/>
+      <c r="B8" s="385" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" s="385"/>
+      <c r="D8" s="385"/>
+      <c r="E8" s="385"/>
+      <c r="F8" s="385"/>
+      <c r="G8" s="385"/>
+      <c r="H8" s="385"/>
+      <c r="I8" s="385"/>
+      <c r="J8" s="385"/>
+      <c r="K8" s="385"/>
+      <c r="L8" s="385"/>
+      <c r="M8" s="385"/>
+      <c r="N8" s="385"/>
+      <c r="O8" s="385"/>
       <c r="P8" s="20"/>
     </row>
     <row r="9" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B9" s="375" t="s">
-[...14 lines deleted...]
-      <c r="O9" s="375"/>
+      <c r="B9" s="384" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" s="384"/>
+      <c r="D9" s="384"/>
+      <c r="E9" s="384"/>
+      <c r="F9" s="384"/>
+      <c r="G9" s="384"/>
+      <c r="H9" s="384"/>
+      <c r="I9" s="384"/>
+      <c r="J9" s="384"/>
+      <c r="K9" s="384"/>
+      <c r="L9" s="384"/>
+      <c r="M9" s="384"/>
+      <c r="N9" s="384"/>
+      <c r="O9" s="384"/>
       <c r="P9" s="20"/>
     </row>
     <row r="10" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B10" s="145"/>
-[...8 lines deleted...]
-      <c r="P10" s="96"/>
+      <c r="B10" s="138"/>
+      <c r="G10" s="89"/>
+      <c r="H10" s="89"/>
+      <c r="I10" s="89"/>
+      <c r="J10" s="89"/>
+      <c r="K10" s="89"/>
+      <c r="L10" s="89"/>
+      <c r="M10" s="89"/>
+      <c r="O10" s="89"/>
+      <c r="P10" s="89"/>
     </row>
     <row r="11" spans="2:16" s="9" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="377" t="s">
+      <c r="B11" s="386" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="377"/>
-[...11 lines deleted...]
-      <c r="O11" s="377"/>
+      <c r="C11" s="386"/>
+      <c r="D11" s="386"/>
+      <c r="E11" s="386"/>
+      <c r="F11" s="386"/>
+      <c r="G11" s="386"/>
+      <c r="H11" s="386"/>
+      <c r="I11" s="386"/>
+      <c r="J11" s="386"/>
+      <c r="K11" s="386"/>
+      <c r="L11" s="386"/>
+      <c r="M11" s="386"/>
+      <c r="N11" s="386"/>
+      <c r="O11" s="386"/>
       <c r="P11" s="10"/>
     </row>
     <row r="12" spans="2:16" s="22" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="373" t="s">
-[...14 lines deleted...]
-      <c r="O12" s="374"/>
+      <c r="B12" s="382" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" s="383"/>
+      <c r="D12" s="383"/>
+      <c r="E12" s="383"/>
+      <c r="F12" s="383"/>
+      <c r="G12" s="383"/>
+      <c r="H12" s="383"/>
+      <c r="I12" s="383"/>
+      <c r="J12" s="383"/>
+      <c r="K12" s="383"/>
+      <c r="L12" s="383"/>
+      <c r="M12" s="383"/>
+      <c r="N12" s="383"/>
+      <c r="O12" s="383"/>
       <c r="P12" s="23"/>
     </row>
     <row r="13" spans="2:16" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="14" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B14" s="368" t="s">
-[...14 lines deleted...]
-      <c r="O14" s="370"/>
+      <c r="B14" s="377" t="s">
+        <v>66</v>
+      </c>
+      <c r="C14" s="378"/>
+      <c r="D14" s="378"/>
+      <c r="E14" s="378"/>
+      <c r="F14" s="378"/>
+      <c r="G14" s="378"/>
+      <c r="H14" s="378"/>
+      <c r="I14" s="378"/>
+      <c r="J14" s="378"/>
+      <c r="K14" s="378"/>
+      <c r="L14" s="378"/>
+      <c r="M14" s="378"/>
+      <c r="N14" s="378"/>
+      <c r="O14" s="379"/>
       <c r="P14" s="14"/>
     </row>
-    <row r="15" spans="2:16" s="83" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="B15" s="214" t="s">
+    <row r="15" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B15" s="206" t="s">
         <v>42</v>
       </c>
-      <c r="C15" s="215" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="217" t="s">
+      <c r="C15" s="207" t="s">
+        <v>218</v>
+      </c>
+      <c r="D15" s="208" t="s">
+        <v>206</v>
+      </c>
+      <c r="E15" s="209" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="210" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" s="211" t="s">
+        <v>2</v>
+      </c>
+      <c r="H15" s="211" t="s">
+        <v>3</v>
+      </c>
+      <c r="I15" s="211" t="s">
+        <v>27</v>
+      </c>
+      <c r="J15" s="212" t="s">
+        <v>0</v>
+      </c>
+      <c r="K15" s="209" t="s">
+        <v>22</v>
+      </c>
+      <c r="L15" s="209" t="s">
+        <v>76</v>
+      </c>
+      <c r="M15" s="209" t="s">
+        <v>65</v>
+      </c>
+      <c r="N15" s="213" t="s">
+        <v>1</v>
+      </c>
+      <c r="O15" s="214" t="s">
+        <v>269</v>
+      </c>
+      <c r="P15" s="82"/>
+    </row>
+    <row r="16" spans="2:16" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="B16" s="127" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" s="123" t="s">
+        <v>303</v>
+      </c>
+      <c r="D16" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F16" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G16" s="219" t="s">
+        <v>8</v>
+      </c>
+      <c r="H16" s="217" t="s">
+        <v>82</v>
+      </c>
+      <c r="I16" s="41" t="s">
+        <v>150</v>
+      </c>
+      <c r="J16" s="42" t="s">
+        <v>168</v>
+      </c>
+      <c r="K16" s="219" t="s">
+        <v>83</v>
+      </c>
+      <c r="L16" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M16" s="217" t="s">
+        <v>169</v>
+      </c>
+      <c r="N16" s="219" t="s">
+        <v>7</v>
+      </c>
+      <c r="O16" s="168">
+        <v>44324</v>
+      </c>
+      <c r="P16" s="7"/>
+    </row>
+    <row r="17" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B17" s="127" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" s="123" t="s">
+        <v>303</v>
+      </c>
+      <c r="D17" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F17" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G17" s="219" t="s">
+        <v>8</v>
+      </c>
+      <c r="H17" s="217" t="s">
+        <v>82</v>
+      </c>
+      <c r="I17" s="41" t="s">
+        <v>150</v>
+      </c>
+      <c r="J17" s="42" t="s">
+        <v>292</v>
+      </c>
+      <c r="K17" s="219" t="s">
+        <v>83</v>
+      </c>
+      <c r="L17" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M17" s="217" t="s">
+        <v>41</v>
+      </c>
+      <c r="N17" s="219" t="s">
+        <v>7</v>
+      </c>
+      <c r="O17" s="168">
+        <v>52256</v>
+      </c>
+      <c r="P17" s="7"/>
+    </row>
+    <row r="18" spans="2:16" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="B18" s="127" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" s="123" t="s">
+        <v>303</v>
+      </c>
+      <c r="D18" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F18" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G18" s="219" t="s">
+        <v>8</v>
+      </c>
+      <c r="H18" s="217" t="s">
+        <v>82</v>
+      </c>
+      <c r="I18" s="41" t="s">
+        <v>150</v>
+      </c>
+      <c r="J18" s="42" t="s">
+        <v>291</v>
+      </c>
+      <c r="K18" s="219" t="s">
+        <v>83</v>
+      </c>
+      <c r="L18" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M18" s="217" t="s">
+        <v>169</v>
+      </c>
+      <c r="N18" s="219" t="s">
+        <v>7</v>
+      </c>
+      <c r="O18" s="168">
+        <v>46235</v>
+      </c>
+      <c r="P18" s="7"/>
+    </row>
+    <row r="19" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B19" s="127" t="s">
+        <v>299</v>
+      </c>
+      <c r="C19" s="123" t="s">
+        <v>303</v>
+      </c>
+      <c r="D19" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E19" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F19" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G19" s="219" t="s">
+        <v>8</v>
+      </c>
+      <c r="H19" s="217" t="s">
+        <v>82</v>
+      </c>
+      <c r="I19" s="41" t="s">
+        <v>150</v>
+      </c>
+      <c r="J19" s="42" t="s">
+        <v>288</v>
+      </c>
+      <c r="K19" s="219" t="s">
+        <v>83</v>
+      </c>
+      <c r="L19" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M19" s="217" t="s">
+        <v>41</v>
+      </c>
+      <c r="N19" s="219" t="s">
+        <v>7</v>
+      </c>
+      <c r="O19" s="168">
+        <v>47209</v>
+      </c>
+      <c r="P19" s="7"/>
+    </row>
+    <row r="20" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B20" s="229" t="s">
+        <v>300</v>
+      </c>
+      <c r="C20" s="123" t="s">
+        <v>303</v>
+      </c>
+      <c r="D20" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F20" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G20" s="215" t="s">
+        <v>8</v>
+      </c>
+      <c r="H20" s="215" t="s">
+        <v>10</v>
+      </c>
+      <c r="I20" s="233" t="s">
+        <v>30</v>
+      </c>
+      <c r="J20" s="43" t="s">
+        <v>132</v>
+      </c>
+      <c r="K20" s="215" t="s">
+        <v>84</v>
+      </c>
+      <c r="L20" s="215" t="s">
+        <v>41</v>
+      </c>
+      <c r="M20" s="215" t="s">
+        <v>41</v>
+      </c>
+      <c r="N20" s="219" t="s">
+        <v>7</v>
+      </c>
+      <c r="O20" s="169">
+        <v>49024</v>
+      </c>
+      <c r="P20" s="7"/>
+    </row>
+    <row r="21" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B21" s="229" t="s">
+        <v>301</v>
+      </c>
+      <c r="C21" s="123" t="s">
+        <v>303</v>
+      </c>
+      <c r="D21" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E21" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F21" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G21" s="215" t="s">
+        <v>8</v>
+      </c>
+      <c r="H21" s="215" t="s">
+        <v>10</v>
+      </c>
+      <c r="I21" s="233" t="s">
+        <v>30</v>
+      </c>
+      <c r="J21" s="43" t="s">
+        <v>289</v>
+      </c>
+      <c r="K21" s="215" t="s">
+        <v>84</v>
+      </c>
+      <c r="L21" s="215" t="s">
+        <v>41</v>
+      </c>
+      <c r="M21" s="215" t="s">
+        <v>41</v>
+      </c>
+      <c r="N21" s="219" t="s">
+        <v>7</v>
+      </c>
+      <c r="O21" s="169">
+        <v>52063</v>
+      </c>
+      <c r="P21" s="7"/>
+    </row>
+    <row r="22" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B22" s="229" t="s">
+        <v>302</v>
+      </c>
+      <c r="C22" s="123" t="s">
+        <v>303</v>
+      </c>
+      <c r="D22" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E22" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F22" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G22" s="215" t="s">
+        <v>8</v>
+      </c>
+      <c r="H22" s="215" t="s">
+        <v>10</v>
+      </c>
+      <c r="I22" s="233" t="s">
+        <v>30</v>
+      </c>
+      <c r="J22" s="43" t="s">
+        <v>290</v>
+      </c>
+      <c r="K22" s="215" t="s">
+        <v>84</v>
+      </c>
+      <c r="L22" s="215" t="s">
+        <v>41</v>
+      </c>
+      <c r="M22" s="215" t="s">
+        <v>41</v>
+      </c>
+      <c r="N22" s="219" t="s">
+        <v>7</v>
+      </c>
+      <c r="O22" s="169">
+        <v>52336</v>
+      </c>
+      <c r="P22" s="7"/>
+    </row>
+    <row r="23" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B23" s="127" t="s">
+        <v>240</v>
+      </c>
+      <c r="C23" s="123" t="s">
+        <v>298</v>
+      </c>
+      <c r="D23" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E23" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F23" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G23" s="219" t="s">
+        <v>5</v>
+      </c>
+      <c r="H23" s="219" t="s">
+        <v>11</v>
+      </c>
+      <c r="I23" s="41" t="s">
+        <v>151</v>
+      </c>
+      <c r="J23" s="42" t="s">
+        <v>119</v>
+      </c>
+      <c r="K23" s="219" t="s">
+        <v>85</v>
+      </c>
+      <c r="L23" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M23" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N23" s="219" t="s">
+        <v>62</v>
+      </c>
+      <c r="O23" s="170">
+        <v>40664</v>
+      </c>
+      <c r="P23" s="7"/>
+    </row>
+    <row r="24" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B24" s="127" t="s">
+        <v>241</v>
+      </c>
+      <c r="C24" s="220" t="s">
+        <v>298</v>
+      </c>
+      <c r="D24" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E24" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F24" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G24" s="219" t="s">
+        <v>5</v>
+      </c>
+      <c r="H24" s="219" t="s">
+        <v>11</v>
+      </c>
+      <c r="I24" s="41" t="s">
+        <v>151</v>
+      </c>
+      <c r="J24" s="42" t="s">
+        <v>120</v>
+      </c>
+      <c r="K24" s="219" t="s">
+        <v>85</v>
+      </c>
+      <c r="L24" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M24" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N24" s="219" t="s">
+        <v>62</v>
+      </c>
+      <c r="O24" s="170">
+        <v>43582</v>
+      </c>
+      <c r="P24" s="7"/>
+    </row>
+    <row r="25" spans="2:16" s="5" customFormat="1" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="127" t="s">
+        <v>60</v>
+      </c>
+      <c r="C25" s="126" t="s">
+        <v>405</v>
+      </c>
+      <c r="D25" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E25" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F25" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G25" s="219" t="s">
+        <v>21</v>
+      </c>
+      <c r="H25" s="219" t="s">
+        <v>102</v>
+      </c>
+      <c r="I25" s="41" t="s">
+        <v>151</v>
+      </c>
+      <c r="J25" s="42" t="s">
+        <v>341</v>
+      </c>
+      <c r="K25" s="219" t="s">
+        <v>103</v>
+      </c>
+      <c r="L25" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M25" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N25" s="203" t="s">
+        <v>18</v>
+      </c>
+      <c r="O25" s="170">
+        <v>53740.2</v>
+      </c>
+      <c r="P25" s="7"/>
+    </row>
+    <row r="26" spans="2:16" s="5" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="225" t="s">
+        <v>92</v>
+      </c>
+      <c r="C26" s="126" t="s">
+        <v>405</v>
+      </c>
+      <c r="D26" s="46" t="s">
+        <v>121</v>
+      </c>
+      <c r="E26" s="46">
+        <v>2026</v>
+      </c>
+      <c r="F26" s="47" t="s">
+        <v>340</v>
+      </c>
+      <c r="G26" s="48" t="s">
+        <v>21</v>
+      </c>
+      <c r="H26" s="48" t="s">
+        <v>125</v>
+      </c>
+      <c r="I26" s="224" t="s">
+        <v>30</v>
+      </c>
+      <c r="J26" s="49" t="s">
+        <v>342</v>
+      </c>
+      <c r="K26" s="48" t="s">
+        <v>124</v>
+      </c>
+      <c r="L26" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="M26" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="N26" s="152" t="s">
+        <v>18</v>
+      </c>
+      <c r="O26" s="171">
+        <v>49322.8</v>
+      </c>
+      <c r="P26" s="7"/>
+    </row>
+    <row r="27" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="P27" s="87"/>
+    </row>
+    <row r="28" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B28" s="377" t="s">
         <v>67</v>
       </c>
-      <c r="F15" s="218" t="s">
+      <c r="C28" s="378"/>
+      <c r="D28" s="378"/>
+      <c r="E28" s="378"/>
+      <c r="F28" s="378"/>
+      <c r="G28" s="378"/>
+      <c r="H28" s="378"/>
+      <c r="I28" s="378"/>
+      <c r="J28" s="378"/>
+      <c r="K28" s="378"/>
+      <c r="L28" s="378"/>
+      <c r="M28" s="378"/>
+      <c r="N28" s="378"/>
+      <c r="O28" s="379"/>
+      <c r="P28" s="14"/>
+    </row>
+    <row r="29" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B29" s="155" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D29" s="78" t="s">
+        <v>206</v>
+      </c>
+      <c r="E29" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F29" s="79" t="s">
         <v>40</v>
       </c>
-      <c r="G15" s="219" t="s">
+      <c r="G29" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="H15" s="219" t="s">
+      <c r="H29" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="I15" s="219" t="s">
+      <c r="I29" s="80" t="s">
         <v>27</v>
       </c>
-      <c r="J15" s="220" t="s">
+      <c r="J29" s="81" t="s">
         <v>0</v>
       </c>
-      <c r="K15" s="217" t="s">
+      <c r="K29" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="L15" s="217" t="s">
-[...5 lines deleted...]
-      <c r="N15" s="221" t="s">
+      <c r="L29" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M29" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N29" s="193" t="s">
         <v>1</v>
       </c>
-      <c r="O15" s="222" t="s">
-[...11 lines deleted...]
-      <c r="D16" s="40" t="s">
+      <c r="O29" s="167" t="s">
+        <v>269</v>
+      </c>
+      <c r="P29" s="82"/>
+    </row>
+    <row r="30" spans="2:16" s="34" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B30" s="127" t="s">
+        <v>242</v>
+      </c>
+      <c r="C30" s="123" t="s">
+        <v>303</v>
+      </c>
+      <c r="D30" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E30" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F30" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G30" s="219" t="s">
+        <v>8</v>
+      </c>
+      <c r="H30" s="219" t="s">
+        <v>9</v>
+      </c>
+      <c r="I30" s="50" t="s">
+        <v>151</v>
+      </c>
+      <c r="J30" s="42" t="s">
+        <v>170</v>
+      </c>
+      <c r="K30" s="217" t="s">
+        <v>172</v>
+      </c>
+      <c r="L30" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M30" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N30" s="219" t="s">
+        <v>7</v>
+      </c>
+      <c r="O30" s="168">
+        <v>51836</v>
+      </c>
+      <c r="P30" s="15"/>
+    </row>
+    <row r="31" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B31" s="127" t="s">
+        <v>243</v>
+      </c>
+      <c r="C31" s="226" t="s">
+        <v>303</v>
+      </c>
+      <c r="D31" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E31" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F31" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G31" s="219" t="s">
+        <v>8</v>
+      </c>
+      <c r="H31" s="219" t="s">
+        <v>166</v>
+      </c>
+      <c r="I31" s="50" t="s">
+        <v>151</v>
+      </c>
+      <c r="J31" s="42" t="s">
+        <v>171</v>
+      </c>
+      <c r="K31" s="217" t="s">
+        <v>167</v>
+      </c>
+      <c r="L31" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M31" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N31" s="219" t="s">
+        <v>7</v>
+      </c>
+      <c r="O31" s="168">
+        <v>55991</v>
+      </c>
+      <c r="P31" s="7"/>
+    </row>
+    <row r="32" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B32" s="128" t="s">
+        <v>94</v>
+      </c>
+      <c r="C32" s="123" t="s">
+        <v>406</v>
+      </c>
+      <c r="D32" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E32" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F32" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G32" s="219" t="s">
+        <v>115</v>
+      </c>
+      <c r="H32" s="219">
+        <v>2500</v>
+      </c>
+      <c r="I32" s="219" t="s">
+        <v>31</v>
+      </c>
+      <c r="J32" s="66" t="s">
+        <v>176</v>
+      </c>
+      <c r="K32" s="219" t="s">
+        <v>53</v>
+      </c>
+      <c r="L32" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M32" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N32" s="219" t="s">
+        <v>62</v>
+      </c>
+      <c r="O32" s="168">
+        <v>46935</v>
+      </c>
+      <c r="P32" s="7"/>
+    </row>
+    <row r="33" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B33" s="128" t="s">
+        <v>61</v>
+      </c>
+      <c r="C33" s="123" t="s">
+        <v>238</v>
+      </c>
+      <c r="D33" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E33" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F33" s="40">
+        <v>46088</v>
+      </c>
+      <c r="G33" s="219" t="s">
+        <v>390</v>
+      </c>
+      <c r="H33" s="219">
+        <v>1500</v>
+      </c>
+      <c r="I33" s="219" t="s">
+        <v>30</v>
+      </c>
+      <c r="J33" s="66" t="s">
+        <v>391</v>
+      </c>
+      <c r="K33" s="219" t="s">
+        <v>19</v>
+      </c>
+      <c r="L33" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M33" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N33" s="219" t="s">
+        <v>62</v>
+      </c>
+      <c r="O33" s="168">
+        <v>46334</v>
+      </c>
+      <c r="P33" s="7"/>
+    </row>
+    <row r="34" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="127" t="s">
+        <v>244</v>
+      </c>
+      <c r="C34" s="123" t="s">
+        <v>405</v>
+      </c>
+      <c r="D34" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E34" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F34" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G34" s="219" t="s">
+        <v>21</v>
+      </c>
+      <c r="H34" s="219" t="s">
+        <v>125</v>
+      </c>
+      <c r="I34" s="219" t="s">
+        <v>30</v>
+      </c>
+      <c r="J34" s="42" t="s">
+        <v>344</v>
+      </c>
+      <c r="K34" s="219" t="s">
+        <v>124</v>
+      </c>
+      <c r="L34" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M34" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N34" s="219" t="s">
+        <v>18</v>
+      </c>
+      <c r="O34" s="168">
+        <v>47057.2</v>
+      </c>
+      <c r="P34" s="15"/>
+    </row>
+    <row r="35" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="127" t="s">
+        <v>245</v>
+      </c>
+      <c r="C35" s="123" t="s">
+        <v>405</v>
+      </c>
+      <c r="D35" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E35" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F35" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G35" s="219" t="s">
+        <v>21</v>
+      </c>
+      <c r="H35" s="219" t="s">
+        <v>125</v>
+      </c>
+      <c r="I35" s="219" t="s">
+        <v>30</v>
+      </c>
+      <c r="J35" s="42" t="s">
+        <v>343</v>
+      </c>
+      <c r="K35" s="219" t="s">
+        <v>126</v>
+      </c>
+      <c r="L35" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M35" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N35" s="219" t="s">
+        <v>18</v>
+      </c>
+      <c r="O35" s="168">
+        <v>47314.5</v>
+      </c>
+      <c r="P35" s="15"/>
+    </row>
+    <row r="36" spans="1:16" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="127" t="s">
+        <v>246</v>
+      </c>
+      <c r="C36" s="123" t="s">
+        <v>405</v>
+      </c>
+      <c r="D36" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E36" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F36" s="40">
+        <v>46309</v>
+      </c>
+      <c r="G36" s="219" t="s">
+        <v>21</v>
+      </c>
+      <c r="H36" s="219" t="s">
+        <v>102</v>
+      </c>
+      <c r="I36" s="41" t="s">
+        <v>151</v>
+      </c>
+      <c r="J36" s="42" t="s">
+        <v>345</v>
+      </c>
+      <c r="K36" s="219" t="s">
+        <v>103</v>
+      </c>
+      <c r="L36" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M36" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N36" s="219" t="s">
+        <v>18</v>
+      </c>
+      <c r="O36" s="170">
+        <v>53831.8</v>
+      </c>
+      <c r="P36" s="7"/>
+    </row>
+    <row r="37" spans="1:16" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="225" t="s">
+        <v>346</v>
+      </c>
+      <c r="C37" s="126" t="s">
+        <v>405</v>
+      </c>
+      <c r="D37" s="153" t="s">
+        <v>121</v>
+      </c>
+      <c r="E37" s="153">
+        <v>2026</v>
+      </c>
+      <c r="F37" s="157">
+        <v>46309</v>
+      </c>
+      <c r="G37" s="48" t="s">
+        <v>21</v>
+      </c>
+      <c r="H37" s="48" t="s">
+        <v>347</v>
+      </c>
+      <c r="I37" s="227" t="s">
         <v>150</v>
       </c>
-      <c r="E16" s="40">
-[...431 lines deleted...]
-      <c r="N25" s="211" t="s">
+      <c r="J37" s="49" t="s">
+        <v>349</v>
+      </c>
+      <c r="K37" s="48" t="s">
+        <v>348</v>
+      </c>
+      <c r="L37" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="M37" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="N37" s="48" t="s">
         <v>18</v>
       </c>
-      <c r="O25" s="177">
-[...471 lines deleted...]
-      <c r="O37" s="263">
+      <c r="O37" s="228">
         <v>37728.19</v>
       </c>
       <c r="P37" s="7"/>
     </row>
     <row r="38" spans="1:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B38" s="147"/>
-      <c r="C38" s="141"/>
+      <c r="B38" s="140"/>
+      <c r="C38" s="134"/>
       <c r="D38" s="17"/>
       <c r="E38" s="17"/>
       <c r="F38" s="12"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
-      <c r="I38" s="101"/>
-      <c r="J38" s="104"/>
+      <c r="I38" s="94"/>
+      <c r="J38" s="97"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
-      <c r="N38" s="202"/>
+      <c r="N38" s="194"/>
       <c r="O38" s="18"/>
       <c r="P38" s="7"/>
     </row>
     <row r="39" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B39" s="378" t="s">
-[...14 lines deleted...]
-      <c r="O39" s="380"/>
+      <c r="B39" s="338" t="s">
+        <v>207</v>
+      </c>
+      <c r="C39" s="339"/>
+      <c r="D39" s="339"/>
+      <c r="E39" s="339"/>
+      <c r="F39" s="339"/>
+      <c r="G39" s="339"/>
+      <c r="H39" s="339"/>
+      <c r="I39" s="339"/>
+      <c r="J39" s="339"/>
+      <c r="K39" s="339"/>
+      <c r="L39" s="339"/>
+      <c r="M39" s="339"/>
+      <c r="N39" s="339"/>
+      <c r="O39" s="340"/>
       <c r="P39" s="14"/>
     </row>
-    <row r="40" spans="1:16" s="83" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="B40" s="162" t="s">
+    <row r="40" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B40" s="155" t="s">
         <v>42</v>
       </c>
-      <c r="C40" s="163" t="s">
-[...8 lines deleted...]
-      <c r="F40" s="86" t="s">
+      <c r="C40" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D40" s="78" t="s">
+        <v>206</v>
+      </c>
+      <c r="E40" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F40" s="79" t="s">
         <v>40</v>
       </c>
-      <c r="G40" s="87" t="s">
+      <c r="G40" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="H40" s="87" t="s">
+      <c r="H40" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="I40" s="87" t="s">
+      <c r="I40" s="80" t="s">
         <v>27</v>
       </c>
-      <c r="J40" s="88" t="s">
+      <c r="J40" s="81" t="s">
         <v>0</v>
       </c>
-      <c r="K40" s="84" t="s">
+      <c r="K40" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="L40" s="84" t="s">
-[...5 lines deleted...]
-      <c r="N40" s="201" t="s">
+      <c r="L40" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M40" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N40" s="193" t="s">
         <v>1</v>
       </c>
-      <c r="O40" s="174" t="s">
-[...2 lines deleted...]
-      <c r="P40" s="89"/>
+      <c r="O40" s="167" t="s">
+        <v>269</v>
+      </c>
+      <c r="P40" s="82"/>
     </row>
     <row r="41" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B41" s="283" t="s">
-[...8 lines deleted...]
-      <c r="E41" s="66">
+      <c r="B41" s="232" t="s">
+        <v>225</v>
+      </c>
+      <c r="C41" s="131" t="s">
+        <v>403</v>
+      </c>
+      <c r="D41" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E41" s="63">
         <v>2026</v>
       </c>
-      <c r="F41" s="67">
+      <c r="F41" s="64">
         <v>46224</v>
       </c>
-      <c r="G41" s="224" t="s">
-[...2 lines deleted...]
-      <c r="H41" s="224">
+      <c r="G41" s="215" t="s">
+        <v>115</v>
+      </c>
+      <c r="H41" s="215">
         <v>1500</v>
       </c>
-      <c r="I41" s="224" t="s">
+      <c r="I41" s="215" t="s">
         <v>30</v>
       </c>
-      <c r="J41" s="44" t="s">
-[...14 lines deleted...]
-      <c r="O41" s="175">
+      <c r="J41" s="42" t="s">
+        <v>352</v>
+      </c>
+      <c r="K41" s="215" t="s">
+        <v>226</v>
+      </c>
+      <c r="L41" s="215" t="s">
+        <v>41</v>
+      </c>
+      <c r="M41" s="215" t="s">
+        <v>41</v>
+      </c>
+      <c r="N41" s="219" t="s">
+        <v>62</v>
+      </c>
+      <c r="O41" s="168">
         <v>39540</v>
       </c>
       <c r="P41" s="7"/>
     </row>
     <row r="42" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B42" s="134" t="s">
-[...8 lines deleted...]
-      <c r="E42" s="40">
+      <c r="B42" s="127" t="s">
+        <v>224</v>
+      </c>
+      <c r="C42" s="123" t="s">
+        <v>403</v>
+      </c>
+      <c r="D42" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E42" s="39">
         <v>2026</v>
       </c>
-      <c r="F42" s="41">
+      <c r="F42" s="40">
         <v>46224</v>
       </c>
-      <c r="G42" s="228" t="s">
-[...2 lines deleted...]
-      <c r="H42" s="228">
+      <c r="G42" s="219" t="s">
+        <v>115</v>
+      </c>
+      <c r="H42" s="219">
         <v>1500</v>
       </c>
-      <c r="I42" s="228" t="s">
+      <c r="I42" s="219" t="s">
         <v>30</v>
       </c>
-      <c r="J42" s="44" t="s">
-[...14 lines deleted...]
-      <c r="O42" s="175">
+      <c r="J42" s="42" t="s">
+        <v>293</v>
+      </c>
+      <c r="K42" s="219" t="s">
+        <v>200</v>
+      </c>
+      <c r="L42" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M42" s="217" t="s">
+        <v>41</v>
+      </c>
+      <c r="N42" s="219" t="s">
+        <v>62</v>
+      </c>
+      <c r="O42" s="168">
         <v>41126</v>
       </c>
       <c r="P42" s="7"/>
     </row>
     <row r="43" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B43" s="134" t="s">
-[...8 lines deleted...]
-      <c r="E43" s="40">
+      <c r="B43" s="127" t="s">
+        <v>404</v>
+      </c>
+      <c r="C43" s="123" t="s">
+        <v>403</v>
+      </c>
+      <c r="D43" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E43" s="39">
         <v>2026</v>
       </c>
-      <c r="F43" s="41">
+      <c r="F43" s="40">
         <v>46224</v>
       </c>
-      <c r="G43" s="228" t="s">
-[...2 lines deleted...]
-      <c r="H43" s="228">
+      <c r="G43" s="219" t="s">
+        <v>115</v>
+      </c>
+      <c r="H43" s="219">
         <v>1500</v>
       </c>
-      <c r="I43" s="228" t="s">
+      <c r="I43" s="219" t="s">
         <v>30</v>
       </c>
-      <c r="J43" s="44" t="s">
-[...14 lines deleted...]
-      <c r="O43" s="175">
+      <c r="J43" s="42" t="s">
+        <v>418</v>
+      </c>
+      <c r="K43" s="219" t="s">
+        <v>417</v>
+      </c>
+      <c r="L43" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M43" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N43" s="219" t="s">
+        <v>62</v>
+      </c>
+      <c r="O43" s="168">
         <v>42753</v>
       </c>
       <c r="P43" s="7"/>
     </row>
     <row r="44" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A44" s="33"/>
-      <c r="B44" s="139" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="130">
+      <c r="B44" s="132" t="s">
+        <v>251</v>
+      </c>
+      <c r="C44" s="123">
         <v>25282</v>
       </c>
-      <c r="D44" s="40" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="62">
+      <c r="D44" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E44" s="59">
         <v>2026</v>
       </c>
-      <c r="F44" s="41">
+      <c r="F44" s="40">
         <v>46295</v>
       </c>
-      <c r="G44" s="63" t="s">
+      <c r="G44" s="60" t="s">
         <v>21</v>
       </c>
-      <c r="H44" s="63" t="s">
-[...2 lines deleted...]
-      <c r="I44" s="53" t="s">
+      <c r="H44" s="60" t="s">
+        <v>253</v>
+      </c>
+      <c r="I44" s="51" t="s">
         <v>29</v>
       </c>
-      <c r="J44" s="64" t="s">
-[...11 lines deleted...]
-      <c r="N44" s="228" t="s">
+      <c r="J44" s="61" t="s">
+        <v>415</v>
+      </c>
+      <c r="K44" s="60" t="s">
+        <v>254</v>
+      </c>
+      <c r="L44" s="60" t="s">
+        <v>41</v>
+      </c>
+      <c r="M44" s="62" t="s">
+        <v>41</v>
+      </c>
+      <c r="N44" s="219" t="s">
         <v>18</v>
       </c>
-      <c r="O44" s="181">
+      <c r="O44" s="174">
         <v>31532.799999999999</v>
       </c>
       <c r="P44" s="7"/>
     </row>
     <row r="45" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A45" s="33"/>
-      <c r="B45" s="139" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="130">
+      <c r="B45" s="132" t="s">
+        <v>252</v>
+      </c>
+      <c r="C45" s="123">
         <v>25282</v>
       </c>
-      <c r="D45" s="40" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="62">
+      <c r="D45" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E45" s="59">
         <v>2026</v>
       </c>
-      <c r="F45" s="41">
+      <c r="F45" s="40">
         <v>46295</v>
       </c>
-      <c r="G45" s="63" t="s">
+      <c r="G45" s="60" t="s">
         <v>21</v>
       </c>
-      <c r="H45" s="63" t="s">
-[...2 lines deleted...]
-      <c r="I45" s="53" t="s">
+      <c r="H45" s="60" t="s">
+        <v>253</v>
+      </c>
+      <c r="I45" s="51" t="s">
         <v>29</v>
       </c>
-      <c r="J45" s="64" t="s">
-[...11 lines deleted...]
-      <c r="N45" s="228" t="s">
+      <c r="J45" s="61" t="s">
+        <v>416</v>
+      </c>
+      <c r="K45" s="60" t="s">
+        <v>254</v>
+      </c>
+      <c r="L45" s="60" t="s">
+        <v>41</v>
+      </c>
+      <c r="M45" s="62" t="s">
+        <v>41</v>
+      </c>
+      <c r="N45" s="219" t="s">
         <v>18</v>
       </c>
-      <c r="O45" s="181">
+      <c r="O45" s="174">
         <v>34751.800000000003</v>
       </c>
       <c r="P45" s="7"/>
     </row>
     <row r="46" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A46" s="5"/>
-      <c r="B46" s="136" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="130">
+      <c r="B46" s="129" t="s">
+        <v>304</v>
+      </c>
+      <c r="C46" s="123">
         <v>26052</v>
       </c>
-      <c r="D46" s="315" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="40">
+      <c r="D46" s="254" t="s">
+        <v>454</v>
+      </c>
+      <c r="E46" s="39">
         <v>2026</v>
       </c>
-      <c r="F46" s="41">
+      <c r="F46" s="40">
         <v>46295</v>
       </c>
-      <c r="G46" s="53" t="s">
+      <c r="G46" s="51" t="s">
         <v>21</v>
       </c>
-      <c r="H46" s="54" t="s">
-[...2 lines deleted...]
-      <c r="I46" s="53" t="s">
+      <c r="H46" s="52" t="s">
+        <v>123</v>
+      </c>
+      <c r="I46" s="51" t="s">
         <v>30</v>
       </c>
-      <c r="J46" s="61" t="s">
-[...14 lines deleted...]
-      <c r="O46" s="180">
+      <c r="J46" s="58" t="s">
+        <v>309</v>
+      </c>
+      <c r="K46" s="51" t="s">
+        <v>305</v>
+      </c>
+      <c r="L46" s="51" t="s">
+        <v>306</v>
+      </c>
+      <c r="M46" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="N46" s="219" t="s">
+        <v>307</v>
+      </c>
+      <c r="O46" s="173">
         <v>36250</v>
       </c>
-      <c r="P46" s="101"/>
+      <c r="P46" s="94"/>
     </row>
     <row r="47" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A47" s="5"/>
-      <c r="B47" s="136" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="130">
+      <c r="B47" s="129" t="s">
+        <v>398</v>
+      </c>
+      <c r="C47" s="123">
         <v>26053</v>
       </c>
-      <c r="D47" s="315" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="40">
+      <c r="D47" s="254" t="s">
+        <v>454</v>
+      </c>
+      <c r="E47" s="39">
         <v>2026</v>
       </c>
-      <c r="F47" s="41" t="s">
-[...2 lines deleted...]
-      <c r="G47" s="53" t="s">
+      <c r="F47" s="40" t="s">
+        <v>281</v>
+      </c>
+      <c r="G47" s="51" t="s">
         <v>21</v>
       </c>
-      <c r="H47" s="54" t="s">
-[...2 lines deleted...]
-      <c r="I47" s="53" t="s">
+      <c r="H47" s="52" t="s">
+        <v>123</v>
+      </c>
+      <c r="I47" s="51" t="s">
         <v>30</v>
       </c>
-      <c r="J47" s="61" t="s">
-[...11 lines deleted...]
-      <c r="N47" s="228" t="s">
+      <c r="J47" s="58" t="s">
+        <v>400</v>
+      </c>
+      <c r="K47" s="51" t="s">
+        <v>401</v>
+      </c>
+      <c r="L47" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="M47" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="N47" s="219" t="s">
         <v>18</v>
       </c>
-      <c r="O47" s="180">
+      <c r="O47" s="173">
         <v>36605.5</v>
       </c>
-      <c r="P47" s="101"/>
+      <c r="P47" s="94"/>
     </row>
     <row r="48" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A48" s="5"/>
-      <c r="B48" s="136" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="130">
+      <c r="B48" s="129" t="s">
+        <v>399</v>
+      </c>
+      <c r="C48" s="123">
         <v>26053</v>
       </c>
-      <c r="D48" s="315" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="40">
+      <c r="D48" s="254" t="s">
+        <v>454</v>
+      </c>
+      <c r="E48" s="39">
         <v>2026</v>
       </c>
-      <c r="F48" s="41" t="s">
-[...2 lines deleted...]
-      <c r="G48" s="53" t="s">
+      <c r="F48" s="40" t="s">
+        <v>281</v>
+      </c>
+      <c r="G48" s="51" t="s">
         <v>21</v>
       </c>
-      <c r="H48" s="54" t="s">
-[...2 lines deleted...]
-      <c r="I48" s="53" t="s">
+      <c r="H48" s="52" t="s">
+        <v>123</v>
+      </c>
+      <c r="I48" s="51" t="s">
         <v>30</v>
       </c>
-      <c r="J48" s="61" t="s">
-[...11 lines deleted...]
-      <c r="N48" s="228" t="s">
+      <c r="J48" s="58" t="s">
+        <v>402</v>
+      </c>
+      <c r="K48" s="51" t="s">
+        <v>126</v>
+      </c>
+      <c r="L48" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="M48" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="N48" s="219" t="s">
         <v>18</v>
       </c>
-      <c r="O48" s="180">
+      <c r="O48" s="173">
         <v>39019.199999999997</v>
       </c>
-      <c r="P48" s="101"/>
+      <c r="P48" s="94"/>
     </row>
     <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49" s="24"/>
-      <c r="B49" s="136" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="130">
+      <c r="B49" s="129" t="s">
+        <v>353</v>
+      </c>
+      <c r="C49" s="123">
         <v>26051</v>
       </c>
-      <c r="D49" s="39" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="40">
+      <c r="D49" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E49" s="39">
         <v>2026</v>
       </c>
-      <c r="F49" s="41">
+      <c r="F49" s="40">
         <v>46295</v>
       </c>
-      <c r="G49" s="53" t="s">
-[...5 lines deleted...]
-      <c r="I49" s="53" t="s">
+      <c r="G49" s="51" t="s">
+        <v>86</v>
+      </c>
+      <c r="H49" s="52" t="s">
+        <v>136</v>
+      </c>
+      <c r="I49" s="51" t="s">
         <v>30</v>
       </c>
-      <c r="J49" s="61" t="s">
-[...14 lines deleted...]
-      <c r="O49" s="179">
+      <c r="J49" s="58" t="s">
+        <v>294</v>
+      </c>
+      <c r="K49" s="51" t="s">
+        <v>135</v>
+      </c>
+      <c r="L49" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="M49" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="N49" s="219" t="s">
+        <v>308</v>
+      </c>
+      <c r="O49" s="172">
         <v>41545</v>
       </c>
-      <c r="P49" s="101"/>
+      <c r="P49" s="94"/>
     </row>
     <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50" s="24"/>
-      <c r="B50" s="136" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="130">
+      <c r="B50" s="129" t="s">
+        <v>354</v>
+      </c>
+      <c r="C50" s="123">
         <v>26051</v>
       </c>
-      <c r="D50" s="39" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="40">
+      <c r="D50" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E50" s="39">
         <v>2026</v>
       </c>
-      <c r="F50" s="41">
+      <c r="F50" s="40">
         <v>46295</v>
       </c>
-      <c r="G50" s="53" t="s">
-[...5 lines deleted...]
-      <c r="I50" s="53" t="s">
+      <c r="G50" s="51" t="s">
+        <v>86</v>
+      </c>
+      <c r="H50" s="52" t="s">
+        <v>136</v>
+      </c>
+      <c r="I50" s="51" t="s">
         <v>30</v>
       </c>
-      <c r="J50" s="61" t="s">
-[...14 lines deleted...]
-      <c r="O50" s="181">
+      <c r="J50" s="58" t="s">
+        <v>295</v>
+      </c>
+      <c r="K50" s="51" t="s">
+        <v>135</v>
+      </c>
+      <c r="L50" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="M50" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="N50" s="219" t="s">
+        <v>308</v>
+      </c>
+      <c r="O50" s="174">
         <v>42978</v>
       </c>
-      <c r="P50" s="101"/>
+      <c r="P50" s="94"/>
     </row>
     <row r="51" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B51" s="135" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="130">
+      <c r="B51" s="128" t="s">
+        <v>318</v>
+      </c>
+      <c r="C51" s="123">
         <v>26064</v>
       </c>
-      <c r="D51" s="39" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="40">
+      <c r="D51" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E51" s="39">
         <v>2026</v>
       </c>
-      <c r="F51" s="41">
+      <c r="F51" s="40">
         <v>46295</v>
       </c>
-      <c r="G51" s="228" t="s">
+      <c r="G51" s="219" t="s">
         <v>8</v>
       </c>
-      <c r="H51" s="228" t="s">
+      <c r="H51" s="219" t="s">
         <v>10</v>
       </c>
-      <c r="I51" s="228" t="s">
+      <c r="I51" s="219" t="s">
         <v>30</v>
       </c>
-      <c r="J51" s="44" t="s">
-[...8 lines deleted...]
-      <c r="M51" s="228" t="s">
+      <c r="J51" s="42" t="s">
+        <v>319</v>
+      </c>
+      <c r="K51" s="219" t="s">
+        <v>183</v>
+      </c>
+      <c r="L51" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M51" s="219" t="s">
         <v>49</v>
       </c>
-      <c r="N51" s="228" t="s">
+      <c r="N51" s="219" t="s">
         <v>7</v>
       </c>
-      <c r="O51" s="175">
+      <c r="O51" s="168">
         <v>36806</v>
       </c>
       <c r="P51" s="7"/>
     </row>
     <row r="52" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B52" s="135" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="130">
+      <c r="B52" s="128" t="s">
+        <v>320</v>
+      </c>
+      <c r="C52" s="123">
         <v>26064</v>
       </c>
-      <c r="D52" s="39" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="40">
+      <c r="D52" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E52" s="39">
         <v>2026</v>
       </c>
-      <c r="F52" s="41">
+      <c r="F52" s="40">
         <v>46295</v>
       </c>
-      <c r="G52" s="228" t="s">
+      <c r="G52" s="219" t="s">
         <v>8</v>
       </c>
-      <c r="H52" s="228" t="s">
+      <c r="H52" s="219" t="s">
         <v>10</v>
       </c>
-      <c r="I52" s="228" t="s">
+      <c r="I52" s="219" t="s">
         <v>30</v>
       </c>
-      <c r="J52" s="44" t="s">
-[...8 lines deleted...]
-      <c r="M52" s="228" t="s">
+      <c r="J52" s="42" t="s">
+        <v>321</v>
+      </c>
+      <c r="K52" s="219" t="s">
+        <v>185</v>
+      </c>
+      <c r="L52" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M52" s="219" t="s">
         <v>49</v>
       </c>
-      <c r="N52" s="228" t="s">
+      <c r="N52" s="219" t="s">
         <v>7</v>
       </c>
-      <c r="O52" s="175">
+      <c r="O52" s="168">
         <v>39124</v>
       </c>
       <c r="P52" s="7"/>
     </row>
     <row r="53" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B53" s="135" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="130">
+      <c r="B53" s="128" t="s">
+        <v>351</v>
+      </c>
+      <c r="C53" s="123">
         <v>26064</v>
       </c>
-      <c r="D53" s="39" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="40">
+      <c r="D53" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E53" s="39">
         <v>2026</v>
       </c>
-      <c r="F53" s="41">
+      <c r="F53" s="40">
         <v>46295</v>
       </c>
-      <c r="G53" s="228" t="s">
+      <c r="G53" s="219" t="s">
         <v>8</v>
       </c>
-      <c r="H53" s="228" t="s">
+      <c r="H53" s="219" t="s">
         <v>10</v>
       </c>
-      <c r="I53" s="228" t="s">
+      <c r="I53" s="219" t="s">
         <v>30</v>
       </c>
-      <c r="J53" s="44" t="s">
-[...8 lines deleted...]
-      <c r="M53" s="228" t="s">
+      <c r="J53" s="42" t="s">
+        <v>322</v>
+      </c>
+      <c r="K53" s="219" t="s">
+        <v>184</v>
+      </c>
+      <c r="L53" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M53" s="219" t="s">
         <v>49</v>
       </c>
-      <c r="N53" s="228" t="s">
+      <c r="N53" s="219" t="s">
         <v>7</v>
       </c>
-      <c r="O53" s="175">
+      <c r="O53" s="168">
         <v>40794</v>
       </c>
       <c r="P53" s="7"/>
     </row>
     <row r="54" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="33"/>
-      <c r="B54" s="135" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="130">
+      <c r="B54" s="128" t="s">
+        <v>323</v>
+      </c>
+      <c r="C54" s="123">
         <v>26064</v>
       </c>
-      <c r="D54" s="40" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="40">
+      <c r="D54" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E54" s="39">
         <v>2026</v>
       </c>
-      <c r="F54" s="41">
+      <c r="F54" s="40">
         <v>46295</v>
       </c>
-      <c r="G54" s="228" t="s">
+      <c r="G54" s="219" t="s">
         <v>8</v>
       </c>
-      <c r="H54" s="228" t="s">
-[...2 lines deleted...]
-      <c r="I54" s="228" t="s">
+      <c r="H54" s="219" t="s">
+        <v>74</v>
+      </c>
+      <c r="I54" s="219" t="s">
         <v>29</v>
       </c>
-      <c r="J54" s="44" t="s">
-[...11 lines deleted...]
-      <c r="N54" s="228" t="s">
+      <c r="J54" s="42" t="s">
+        <v>324</v>
+      </c>
+      <c r="K54" s="219" t="s">
+        <v>350</v>
+      </c>
+      <c r="L54" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M54" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N54" s="219" t="s">
         <v>7</v>
       </c>
-      <c r="O54" s="175">
+      <c r="O54" s="168">
         <v>33533</v>
       </c>
       <c r="P54" s="7"/>
     </row>
     <row r="55" spans="1:16" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="33"/>
-      <c r="B55" s="137" t="s">
-[...2 lines deleted...]
-      <c r="C55" s="133">
+      <c r="B55" s="130" t="s">
+        <v>326</v>
+      </c>
+      <c r="C55" s="126">
         <v>26064</v>
       </c>
-      <c r="D55" s="48" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="48">
+      <c r="D55" s="46" t="s">
+        <v>121</v>
+      </c>
+      <c r="E55" s="46">
         <v>2026</v>
       </c>
-      <c r="F55" s="49">
+      <c r="F55" s="47">
         <v>46295</v>
       </c>
-      <c r="G55" s="59" t="s">
+      <c r="G55" s="56" t="s">
         <v>8</v>
       </c>
-      <c r="H55" s="59" t="s">
-[...2 lines deleted...]
-      <c r="I55" s="59" t="s">
+      <c r="H55" s="56" t="s">
+        <v>127</v>
+      </c>
+      <c r="I55" s="56" t="s">
         <v>30</v>
       </c>
-      <c r="J55" s="288" t="s">
-[...11 lines deleted...]
-      <c r="N55" s="47" t="s">
+      <c r="J55" s="236" t="s">
+        <v>327</v>
+      </c>
+      <c r="K55" s="56" t="s">
+        <v>325</v>
+      </c>
+      <c r="L55" s="56" t="s">
+        <v>41</v>
+      </c>
+      <c r="M55" s="237" t="s">
+        <v>41</v>
+      </c>
+      <c r="N55" s="45" t="s">
         <v>7</v>
       </c>
-      <c r="O55" s="290">
+      <c r="O55" s="238">
         <v>26221</v>
       </c>
       <c r="P55" s="7"/>
     </row>
-    <row r="56" spans="1:16" s="106" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C56" s="141"/>
+    <row r="56" spans="1:16" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B56" s="147"/>
+      <c r="C56" s="134"/>
       <c r="D56" s="17"/>
       <c r="E56" s="17"/>
       <c r="F56" s="12"/>
-      <c r="G56" s="101"/>
-[...6 lines deleted...]
-      <c r="N56" s="202"/>
+      <c r="G56" s="94"/>
+      <c r="H56" s="94"/>
+      <c r="I56" s="94"/>
+      <c r="J56" s="100"/>
+      <c r="K56" s="94"/>
+      <c r="L56" s="94"/>
+      <c r="M56" s="94"/>
+      <c r="N56" s="194"/>
       <c r="O56" s="4"/>
-      <c r="P56" s="101"/>
+      <c r="P56" s="94"/>
     </row>
     <row r="57" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B57" s="378" t="s">
-[...14 lines deleted...]
-      <c r="O57" s="380"/>
+      <c r="B57" s="338" t="s">
+        <v>408</v>
+      </c>
+      <c r="C57" s="339"/>
+      <c r="D57" s="339"/>
+      <c r="E57" s="339"/>
+      <c r="F57" s="339"/>
+      <c r="G57" s="339"/>
+      <c r="H57" s="339"/>
+      <c r="I57" s="339"/>
+      <c r="J57" s="339"/>
+      <c r="K57" s="339"/>
+      <c r="L57" s="339"/>
+      <c r="M57" s="339"/>
+      <c r="N57" s="339"/>
+      <c r="O57" s="340"/>
       <c r="P57" s="14"/>
     </row>
-    <row r="58" spans="1:16" s="83" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="B58" s="162" t="s">
+    <row r="58" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B58" s="155" t="s">
         <v>42</v>
       </c>
-      <c r="C58" s="163" t="s">
+      <c r="C58" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D58" s="78" t="s">
+        <v>206</v>
+      </c>
+      <c r="E58" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F58" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G58" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H58" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I58" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J58" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K58" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L58" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M58" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N58" s="193" t="s">
+        <v>1</v>
+      </c>
+      <c r="O58" s="167" t="s">
+        <v>269</v>
+      </c>
+      <c r="P58" s="82"/>
+    </row>
+    <row r="59" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B59" s="243" t="s">
+        <v>419</v>
+      </c>
+      <c r="C59" s="244">
+        <v>26054</v>
+      </c>
+      <c r="D59" s="65" t="s">
+        <v>121</v>
+      </c>
+      <c r="E59" s="65">
+        <v>2026</v>
+      </c>
+      <c r="F59" s="240">
+        <v>46295</v>
+      </c>
+      <c r="G59" s="52" t="s">
+        <v>115</v>
+      </c>
+      <c r="H59" s="52">
+        <v>2500</v>
+      </c>
+      <c r="I59" s="52" t="s">
+        <v>31</v>
+      </c>
+      <c r="J59" s="53" t="s">
+        <v>420</v>
+      </c>
+      <c r="K59" s="52" t="s">
+        <v>50</v>
+      </c>
+      <c r="L59" s="52" t="s">
+        <v>41</v>
+      </c>
+      <c r="M59" s="52" t="s">
+        <v>131</v>
+      </c>
+      <c r="N59" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="O59" s="241">
+        <v>41309</v>
+      </c>
+      <c r="P59" s="242"/>
+    </row>
+    <row r="60" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B60" s="243" t="s">
+        <v>421</v>
+      </c>
+      <c r="C60" s="244">
+        <v>26054</v>
+      </c>
+      <c r="D60" s="65" t="s">
+        <v>121</v>
+      </c>
+      <c r="E60" s="65">
+        <v>2026</v>
+      </c>
+      <c r="F60" s="240">
+        <v>46295</v>
+      </c>
+      <c r="G60" s="52" t="s">
+        <v>115</v>
+      </c>
+      <c r="H60" s="52">
+        <v>3500</v>
+      </c>
+      <c r="I60" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="J60" s="53" t="s">
+        <v>422</v>
+      </c>
+      <c r="K60" s="52" t="s">
+        <v>51</v>
+      </c>
+      <c r="L60" s="52" t="s">
+        <v>41</v>
+      </c>
+      <c r="M60" s="52" t="s">
+        <v>131</v>
+      </c>
+      <c r="N60" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="O60" s="241">
+        <v>41631</v>
+      </c>
+      <c r="P60" s="242"/>
+    </row>
+    <row r="61" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B61" s="243" t="s">
+        <v>423</v>
+      </c>
+      <c r="C61" s="244">
+        <v>26054</v>
+      </c>
+      <c r="D61" s="65" t="s">
+        <v>121</v>
+      </c>
+      <c r="E61" s="65">
+        <v>2026</v>
+      </c>
+      <c r="F61" s="240">
+        <v>46295</v>
+      </c>
+      <c r="G61" s="52" t="s">
+        <v>115</v>
+      </c>
+      <c r="H61" s="52">
+        <v>3500</v>
+      </c>
+      <c r="I61" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="J61" s="53" t="s">
+        <v>424</v>
+      </c>
+      <c r="K61" s="52" t="s">
+        <v>52</v>
+      </c>
+      <c r="L61" s="52" t="s">
+        <v>41</v>
+      </c>
+      <c r="M61" s="52" t="s">
+        <v>131</v>
+      </c>
+      <c r="N61" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="O61" s="241">
+        <v>42614</v>
+      </c>
+      <c r="P61" s="242"/>
+    </row>
+    <row r="62" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B62" s="243" t="s">
+        <v>425</v>
+      </c>
+      <c r="C62" s="244">
+        <v>26054</v>
+      </c>
+      <c r="D62" s="65" t="s">
+        <v>121</v>
+      </c>
+      <c r="E62" s="239">
+        <v>2026</v>
+      </c>
+      <c r="F62" s="240">
+        <v>46295</v>
+      </c>
+      <c r="G62" s="52" t="s">
+        <v>115</v>
+      </c>
+      <c r="H62" s="52">
+        <v>2500</v>
+      </c>
+      <c r="I62" s="52" t="s">
+        <v>31</v>
+      </c>
+      <c r="J62" s="53" t="s">
+        <v>427</v>
+      </c>
+      <c r="K62" s="52" t="s">
+        <v>53</v>
+      </c>
+      <c r="L62" s="52" t="s">
+        <v>41</v>
+      </c>
+      <c r="M62" s="52" t="s">
+        <v>49</v>
+      </c>
+      <c r="N62" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="O62" s="241">
+        <v>55711</v>
+      </c>
+      <c r="P62" s="242"/>
+    </row>
+    <row r="63" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B63" s="243" t="s">
+        <v>426</v>
+      </c>
+      <c r="C63" s="244">
+        <v>26054</v>
+      </c>
+      <c r="D63" s="65" t="s">
+        <v>121</v>
+      </c>
+      <c r="E63" s="65">
+        <v>2026</v>
+      </c>
+      <c r="F63" s="240">
+        <v>46295</v>
+      </c>
+      <c r="G63" s="52" t="s">
+        <v>115</v>
+      </c>
+      <c r="H63" s="52">
+        <v>3500</v>
+      </c>
+      <c r="I63" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="J63" s="53" t="s">
+        <v>432</v>
+      </c>
+      <c r="K63" s="52" t="s">
+        <v>78</v>
+      </c>
+      <c r="L63" s="52" t="s">
+        <v>41</v>
+      </c>
+      <c r="M63" s="52" t="s">
+        <v>49</v>
+      </c>
+      <c r="N63" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="O63" s="241">
+        <v>55833</v>
+      </c>
+      <c r="P63" s="242"/>
+    </row>
+    <row r="64" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B64" s="243" t="s">
+        <v>433</v>
+      </c>
+      <c r="C64" s="244">
+        <v>26054</v>
+      </c>
+      <c r="D64" s="65" t="s">
+        <v>121</v>
+      </c>
+      <c r="E64" s="65">
+        <v>2026</v>
+      </c>
+      <c r="F64" s="240">
+        <v>46295</v>
+      </c>
+      <c r="G64" s="52" t="s">
+        <v>115</v>
+      </c>
+      <c r="H64" s="52">
+        <v>3500</v>
+      </c>
+      <c r="I64" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="J64" s="53" t="s">
+        <v>434</v>
+      </c>
+      <c r="K64" s="52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" s="52" t="s">
+        <v>41</v>
+      </c>
+      <c r="M64" s="52" t="s">
+        <v>49</v>
+      </c>
+      <c r="N64" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="O64" s="241">
+        <v>55968</v>
+      </c>
+      <c r="P64" s="242"/>
+    </row>
+    <row r="65" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B65" s="160" t="s">
+        <v>456</v>
+      </c>
+      <c r="C65" s="44">
+        <v>26095</v>
+      </c>
+      <c r="D65" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E65" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F65" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G65" s="274" t="s">
+        <v>21</v>
+      </c>
+      <c r="H65" s="274" t="s">
+        <v>104</v>
+      </c>
+      <c r="I65" s="274" t="s">
+        <v>31</v>
+      </c>
+      <c r="J65" s="66" t="s">
+        <v>460</v>
+      </c>
+      <c r="K65" s="274" t="s">
+        <v>105</v>
+      </c>
+      <c r="L65" s="275" t="s">
+        <v>41</v>
+      </c>
+      <c r="M65" s="274" t="s">
+        <v>54</v>
+      </c>
+      <c r="N65" s="274" t="s">
+        <v>457</v>
+      </c>
+      <c r="O65" s="168">
+        <v>44420</v>
+      </c>
+      <c r="P65" s="7"/>
+    </row>
+    <row r="66" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B66" s="160" t="s">
+        <v>458</v>
+      </c>
+      <c r="C66" s="44">
+        <v>26095</v>
+      </c>
+      <c r="D66" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E66" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F66" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G66" s="274" t="s">
+        <v>21</v>
+      </c>
+      <c r="H66" s="274" t="s">
+        <v>106</v>
+      </c>
+      <c r="I66" s="274" t="s">
+        <v>32</v>
+      </c>
+      <c r="J66" s="66" t="s">
+        <v>459</v>
+      </c>
+      <c r="K66" s="274" t="s">
+        <v>107</v>
+      </c>
+      <c r="L66" s="275" t="s">
+        <v>41</v>
+      </c>
+      <c r="M66" s="274" t="s">
+        <v>54</v>
+      </c>
+      <c r="N66" s="274" t="s">
+        <v>457</v>
+      </c>
+      <c r="O66" s="168">
+        <v>45460</v>
+      </c>
+      <c r="P66" s="7"/>
+    </row>
+    <row r="67" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="160" t="s">
+        <v>461</v>
+      </c>
+      <c r="C67" s="44">
+        <v>26095</v>
+      </c>
+      <c r="D67" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E67" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F67" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G67" s="274" t="s">
+        <v>21</v>
+      </c>
+      <c r="H67" s="274" t="s">
+        <v>106</v>
+      </c>
+      <c r="I67" s="274" t="s">
+        <v>32</v>
+      </c>
+      <c r="J67" s="66" t="s">
+        <v>462</v>
+      </c>
+      <c r="K67" s="274" t="s">
+        <v>108</v>
+      </c>
+      <c r="L67" s="275" t="s">
+        <v>41</v>
+      </c>
+      <c r="M67" s="274" t="s">
+        <v>54</v>
+      </c>
+      <c r="N67" s="274" t="s">
+        <v>457</v>
+      </c>
+      <c r="O67" s="168">
+        <v>46588</v>
+      </c>
+      <c r="P67" s="7"/>
+    </row>
+    <row r="68" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A68" s="276"/>
+      <c r="B68" s="160" t="s">
+        <v>463</v>
+      </c>
+      <c r="C68" s="44">
+        <v>26170</v>
+      </c>
+      <c r="D68" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E68" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F68" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G68" s="273" t="s">
+        <v>21</v>
+      </c>
+      <c r="H68" s="273" t="s">
+        <v>104</v>
+      </c>
+      <c r="I68" s="273" t="s">
+        <v>31</v>
+      </c>
+      <c r="J68" s="66" t="s">
+        <v>464</v>
+      </c>
+      <c r="K68" s="273" t="s">
+        <v>110</v>
+      </c>
+      <c r="L68" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M68" s="273" t="s">
+        <v>54</v>
+      </c>
+      <c r="N68" s="273" t="s">
+        <v>18</v>
+      </c>
+      <c r="O68" s="168">
+        <v>44907</v>
+      </c>
+      <c r="P68" s="7"/>
+    </row>
+    <row r="69" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A69" s="276"/>
+      <c r="B69" s="160" t="s">
+        <v>466</v>
+      </c>
+      <c r="C69" s="44">
+        <v>26170</v>
+      </c>
+      <c r="D69" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E69" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F69" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G69" s="273" t="s">
+        <v>21</v>
+      </c>
+      <c r="H69" s="273" t="s">
+        <v>104</v>
+      </c>
+      <c r="I69" s="273" t="s">
+        <v>31</v>
+      </c>
+      <c r="J69" s="66" t="s">
+        <v>465</v>
+      </c>
+      <c r="K69" s="273" t="s">
+        <v>109</v>
+      </c>
+      <c r="L69" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M69" s="273" t="s">
+        <v>54</v>
+      </c>
+      <c r="N69" s="273" t="s">
+        <v>18</v>
+      </c>
+      <c r="O69" s="168">
+        <v>45090</v>
+      </c>
+      <c r="P69" s="7"/>
+    </row>
+    <row r="70" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A70" s="276"/>
+      <c r="B70" s="160" t="s">
+        <v>467</v>
+      </c>
+      <c r="C70" s="44">
+        <v>26170</v>
+      </c>
+      <c r="D70" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E70" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F70" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G70" s="273" t="s">
+        <v>21</v>
+      </c>
+      <c r="H70" s="273" t="s">
+        <v>106</v>
+      </c>
+      <c r="I70" s="273" t="s">
+        <v>32</v>
+      </c>
+      <c r="J70" s="66" t="s">
+        <v>469</v>
+      </c>
+      <c r="K70" s="273" t="s">
+        <v>111</v>
+      </c>
+      <c r="L70" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M70" s="273" t="s">
+        <v>54</v>
+      </c>
+      <c r="N70" s="273" t="s">
+        <v>18</v>
+      </c>
+      <c r="O70" s="168">
+        <v>46100</v>
+      </c>
+      <c r="P70" s="7"/>
+    </row>
+    <row r="71" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A71" s="276"/>
+      <c r="B71" s="160" t="s">
+        <v>468</v>
+      </c>
+      <c r="C71" s="44">
+        <v>26170</v>
+      </c>
+      <c r="D71" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E71" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F71" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G71" s="273" t="s">
+        <v>21</v>
+      </c>
+      <c r="H71" s="273" t="s">
+        <v>106</v>
+      </c>
+      <c r="I71" s="273" t="s">
+        <v>32</v>
+      </c>
+      <c r="J71" s="66" t="s">
+        <v>470</v>
+      </c>
+      <c r="K71" s="273" t="s">
+        <v>111</v>
+      </c>
+      <c r="L71" s="273" t="s">
+        <v>41</v>
+      </c>
+      <c r="M71" s="273" t="s">
+        <v>54</v>
+      </c>
+      <c r="N71" s="273" t="s">
+        <v>18</v>
+      </c>
+      <c r="O71" s="168">
+        <v>46995</v>
+      </c>
+      <c r="P71" s="7"/>
+    </row>
+    <row r="72" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A72" s="276"/>
+      <c r="B72" s="160" t="s">
+        <v>471</v>
+      </c>
+      <c r="C72" s="44">
+        <v>26170</v>
+      </c>
+      <c r="D72" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E72" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F72" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G72" s="273" t="s">
+        <v>21</v>
+      </c>
+      <c r="H72" s="273" t="s">
+        <v>104</v>
+      </c>
+      <c r="I72" s="273" t="s">
+        <v>31</v>
+      </c>
+      <c r="J72" s="66" t="s">
+        <v>473</v>
+      </c>
+      <c r="K72" s="273" t="s">
+        <v>112</v>
+      </c>
+      <c r="L72" s="273" t="s">
+        <v>41</v>
+      </c>
+      <c r="M72" s="273" t="s">
+        <v>54</v>
+      </c>
+      <c r="N72" s="273" t="s">
+        <v>18</v>
+      </c>
+      <c r="O72" s="168">
+        <v>46645</v>
+      </c>
+      <c r="P72" s="7"/>
+    </row>
+    <row r="73" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A73" s="276"/>
+      <c r="B73" s="160" t="s">
+        <v>472</v>
+      </c>
+      <c r="C73" s="44">
+        <v>26170</v>
+      </c>
+      <c r="D73" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E73" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F73" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G73" s="273" t="s">
+        <v>21</v>
+      </c>
+      <c r="H73" s="273" t="s">
+        <v>106</v>
+      </c>
+      <c r="I73" s="273" t="s">
+        <v>32</v>
+      </c>
+      <c r="J73" s="66" t="s">
+        <v>474</v>
+      </c>
+      <c r="K73" s="273" t="s">
+        <v>113</v>
+      </c>
+      <c r="L73" s="273" t="s">
+        <v>41</v>
+      </c>
+      <c r="M73" s="273" t="s">
+        <v>54</v>
+      </c>
+      <c r="N73" s="273" t="s">
+        <v>18</v>
+      </c>
+      <c r="O73" s="168">
+        <v>47764</v>
+      </c>
+      <c r="P73" s="7"/>
+    </row>
+    <row r="74" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A74" s="276"/>
+      <c r="B74" s="160" t="s">
+        <v>475</v>
+      </c>
+      <c r="C74" s="44">
+        <v>26170</v>
+      </c>
+      <c r="D74" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E74" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F74" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G74" s="273" t="s">
+        <v>21</v>
+      </c>
+      <c r="H74" s="273" t="s">
+        <v>106</v>
+      </c>
+      <c r="I74" s="273" t="s">
+        <v>32</v>
+      </c>
+      <c r="J74" s="66" t="s">
+        <v>476</v>
+      </c>
+      <c r="K74" s="273" t="s">
+        <v>114</v>
+      </c>
+      <c r="L74" s="273" t="s">
+        <v>41</v>
+      </c>
+      <c r="M74" s="273" t="s">
+        <v>54</v>
+      </c>
+      <c r="N74" s="273" t="s">
+        <v>18</v>
+      </c>
+      <c r="O74" s="168">
+        <v>48676</v>
+      </c>
+      <c r="P74" s="7"/>
+    </row>
+    <row r="75" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
+      <c r="A75" s="276"/>
+      <c r="B75" s="160" t="s">
+        <v>477</v>
+      </c>
+      <c r="C75" s="44">
+        <v>26170</v>
+      </c>
+      <c r="D75" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E75" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F75" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G75" s="273" t="s">
+        <v>21</v>
+      </c>
+      <c r="H75" s="273" t="s">
+        <v>106</v>
+      </c>
+      <c r="I75" s="273" t="s">
+        <v>32</v>
+      </c>
+      <c r="J75" s="66" t="s">
+        <v>478</v>
+      </c>
+      <c r="K75" s="273" t="s">
+        <v>114</v>
+      </c>
+      <c r="L75" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M75" s="273" t="s">
+        <v>54</v>
+      </c>
+      <c r="N75" s="273" t="s">
+        <v>18</v>
+      </c>
+      <c r="O75" s="168">
+        <v>47959</v>
+      </c>
+      <c r="P75" s="7"/>
+    </row>
+    <row r="76" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B76" s="128" t="s">
+        <v>333</v>
+      </c>
+      <c r="C76" s="123">
+        <v>26065</v>
+      </c>
+      <c r="D76" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E76" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F76" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G76" s="257" t="s">
+        <v>6</v>
+      </c>
+      <c r="H76" s="257" t="s">
+        <v>46</v>
+      </c>
+      <c r="I76" s="257" t="s">
+        <v>31</v>
+      </c>
+      <c r="J76" s="66" t="s">
+        <v>334</v>
+      </c>
+      <c r="K76" s="257" t="s">
+        <v>56</v>
+      </c>
+      <c r="L76" s="257" t="s">
+        <v>43</v>
+      </c>
+      <c r="M76" s="257" t="s">
+        <v>54</v>
+      </c>
+      <c r="N76" s="257" t="s">
+        <v>7</v>
+      </c>
+      <c r="O76" s="168">
+        <v>41613</v>
+      </c>
+      <c r="P76" s="7"/>
+    </row>
+    <row r="77" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="A77" s="5"/>
+      <c r="B77" s="259" t="s">
+        <v>335</v>
+      </c>
+      <c r="C77" s="131">
+        <v>26065</v>
+      </c>
+      <c r="D77" s="260" t="s">
+        <v>121</v>
+      </c>
+      <c r="E77" s="63">
+        <v>2026</v>
+      </c>
+      <c r="F77" s="64">
+        <v>46295</v>
+      </c>
+      <c r="G77" s="261" t="s">
+        <v>6</v>
+      </c>
+      <c r="H77" s="262" t="s">
+        <v>33</v>
+      </c>
+      <c r="I77" s="261" t="s">
+        <v>32</v>
+      </c>
+      <c r="J77" s="263" t="s">
+        <v>336</v>
+      </c>
+      <c r="K77" s="261" t="s">
+        <v>57</v>
+      </c>
+      <c r="L77" s="261" t="s">
+        <v>43</v>
+      </c>
+      <c r="M77" s="261" t="s">
+        <v>54</v>
+      </c>
+      <c r="N77" s="256" t="s">
+        <v>7</v>
+      </c>
+      <c r="O77" s="264">
+        <v>43024</v>
+      </c>
+      <c r="P77" s="94"/>
+    </row>
+    <row r="78" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B78" s="128" t="s">
+        <v>355</v>
+      </c>
+      <c r="C78" s="123">
+        <v>26065</v>
+      </c>
+      <c r="D78" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E78" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F78" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G78" s="190" t="s">
+        <v>6</v>
+      </c>
+      <c r="H78" s="190" t="s">
+        <v>33</v>
+      </c>
+      <c r="I78" s="190" t="s">
+        <v>32</v>
+      </c>
+      <c r="J78" s="66" t="s">
+        <v>337</v>
+      </c>
+      <c r="K78" s="190" t="s">
+        <v>128</v>
+      </c>
+      <c r="L78" s="190" t="s">
+        <v>43</v>
+      </c>
+      <c r="M78" s="190" t="s">
+        <v>54</v>
+      </c>
+      <c r="N78" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O78" s="168">
+        <v>43961</v>
+      </c>
+      <c r="P78" s="7"/>
+    </row>
+    <row r="79" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B79" s="128" t="s">
+        <v>356</v>
+      </c>
+      <c r="C79" s="123">
+        <v>26065</v>
+      </c>
+      <c r="D79" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E79" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F79" s="40" t="s">
+        <v>281</v>
+      </c>
+      <c r="G79" s="190" t="s">
+        <v>6</v>
+      </c>
+      <c r="H79" s="190" t="s">
+        <v>46</v>
+      </c>
+      <c r="I79" s="190" t="s">
+        <v>31</v>
+      </c>
+      <c r="J79" s="66" t="s">
+        <v>430</v>
+      </c>
+      <c r="K79" s="190" t="s">
+        <v>58</v>
+      </c>
+      <c r="L79" s="190" t="s">
+        <v>43</v>
+      </c>
+      <c r="M79" s="190" t="s">
+        <v>54</v>
+      </c>
+      <c r="N79" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O79" s="168">
+        <v>44703</v>
+      </c>
+      <c r="P79" s="7"/>
+    </row>
+    <row r="80" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B80" s="128" t="s">
+        <v>357</v>
+      </c>
+      <c r="C80" s="123">
+        <v>26065</v>
+      </c>
+      <c r="D80" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E80" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F80" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G80" s="190" t="s">
+        <v>6</v>
+      </c>
+      <c r="H80" s="190" t="s">
+        <v>46</v>
+      </c>
+      <c r="I80" s="190" t="s">
+        <v>31</v>
+      </c>
+      <c r="J80" s="66" t="s">
+        <v>338</v>
+      </c>
+      <c r="K80" s="190" t="s">
+        <v>58</v>
+      </c>
+      <c r="L80" s="190" t="s">
+        <v>43</v>
+      </c>
+      <c r="M80" s="190" t="s">
+        <v>54</v>
+      </c>
+      <c r="N80" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O80" s="168">
+        <v>44913</v>
+      </c>
+      <c r="P80" s="7"/>
+    </row>
+    <row r="81" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B81" s="128" t="s">
+        <v>358</v>
+      </c>
+      <c r="C81" s="123">
+        <v>26065</v>
+      </c>
+      <c r="D81" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E81" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F81" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G81" s="190" t="s">
+        <v>6</v>
+      </c>
+      <c r="H81" s="190" t="s">
+        <v>33</v>
+      </c>
+      <c r="I81" s="190" t="s">
+        <v>32</v>
+      </c>
+      <c r="J81" s="66" t="s">
+        <v>429</v>
+      </c>
+      <c r="K81" s="190" t="s">
+        <v>129</v>
+      </c>
+      <c r="L81" s="190" t="s">
+        <v>43</v>
+      </c>
+      <c r="M81" s="190" t="s">
+        <v>54</v>
+      </c>
+      <c r="N81" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O81" s="168">
+        <v>45873</v>
+      </c>
+      <c r="P81" s="7"/>
+    </row>
+    <row r="82" spans="2:16" s="5" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="128" t="s">
+        <v>359</v>
+      </c>
+      <c r="C82" s="123">
+        <v>26065</v>
+      </c>
+      <c r="D82" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E82" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F82" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G82" s="190" t="s">
+        <v>6</v>
+      </c>
+      <c r="H82" s="190" t="s">
+        <v>46</v>
+      </c>
+      <c r="I82" s="190" t="s">
+        <v>31</v>
+      </c>
+      <c r="J82" s="66" t="s">
+        <v>428</v>
+      </c>
+      <c r="K82" s="190" t="s">
+        <v>47</v>
+      </c>
+      <c r="L82" s="190" t="s">
+        <v>43</v>
+      </c>
+      <c r="M82" s="190" t="s">
+        <v>49</v>
+      </c>
+      <c r="N82" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O82" s="168">
+        <v>56124</v>
+      </c>
+      <c r="P82" s="7"/>
+    </row>
+    <row r="83" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B83" s="128" t="s">
+        <v>360</v>
+      </c>
+      <c r="C83" s="123">
+        <v>26065</v>
+      </c>
+      <c r="D83" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E83" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F83" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G83" s="190" t="s">
+        <v>6</v>
+      </c>
+      <c r="H83" s="190" t="s">
+        <v>33</v>
+      </c>
+      <c r="I83" s="190" t="s">
+        <v>32</v>
+      </c>
+      <c r="J83" s="66" t="s">
+        <v>431</v>
+      </c>
+      <c r="K83" s="190" t="s">
+        <v>48</v>
+      </c>
+      <c r="L83" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M83" s="190" t="s">
+        <v>49</v>
+      </c>
+      <c r="N83" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O83" s="168">
+        <v>57394</v>
+      </c>
+      <c r="P83" s="7"/>
+    </row>
+    <row r="84" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B84" s="128" t="s">
+        <v>361</v>
+      </c>
+      <c r="C84" s="123">
+        <v>26065</v>
+      </c>
+      <c r="D84" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E84" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F84" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G84" s="190" t="s">
+        <v>6</v>
+      </c>
+      <c r="H84" s="190" t="s">
+        <v>33</v>
+      </c>
+      <c r="I84" s="190" t="s">
+        <v>32</v>
+      </c>
+      <c r="J84" s="66" t="s">
+        <v>339</v>
+      </c>
+      <c r="K84" s="190" t="s">
+        <v>35</v>
+      </c>
+      <c r="L84" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M84" s="190" t="s">
+        <v>49</v>
+      </c>
+      <c r="N84" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O84" s="168">
+        <v>58897</v>
+      </c>
+      <c r="P84" s="7"/>
+    </row>
+    <row r="85" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="H85" s="94"/>
+    </row>
+    <row r="86" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B86" s="355" t="s">
+        <v>407</v>
+      </c>
+      <c r="C86" s="356"/>
+      <c r="D86" s="356"/>
+      <c r="E86" s="356"/>
+      <c r="F86" s="356"/>
+      <c r="G86" s="356"/>
+      <c r="H86" s="356"/>
+      <c r="I86" s="356"/>
+      <c r="J86" s="356"/>
+      <c r="K86" s="356"/>
+      <c r="L86" s="356"/>
+      <c r="M86" s="356"/>
+      <c r="N86" s="356"/>
+      <c r="O86" s="357"/>
+      <c r="P86" s="14"/>
+    </row>
+    <row r="87" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B87" s="155" t="s">
+        <v>42</v>
+      </c>
+      <c r="C87" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D87" s="78" t="s">
+        <v>206</v>
+      </c>
+      <c r="E87" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F87" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G87" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H87" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I87" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J87" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K87" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L87" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M87" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N87" s="193" t="s">
+        <v>1</v>
+      </c>
+      <c r="O87" s="167" t="s">
+        <v>269</v>
+      </c>
+      <c r="P87" s="82"/>
+    </row>
+    <row r="88" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B88" s="252" t="s">
+        <v>442</v>
+      </c>
+      <c r="C88" s="44">
+        <v>26055</v>
+      </c>
+      <c r="D88" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E88" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F88" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G88" s="235" t="s">
+        <v>24</v>
+      </c>
+      <c r="H88" s="235">
+        <v>4500</v>
+      </c>
+      <c r="I88" s="234" t="s">
+        <v>44</v>
+      </c>
+      <c r="J88" s="221" t="s">
+        <v>450</v>
+      </c>
+      <c r="K88" s="235" t="s">
+        <v>158</v>
+      </c>
+      <c r="L88" s="235" t="s">
+        <v>41</v>
+      </c>
+      <c r="M88" s="235" t="s">
+        <v>131</v>
+      </c>
+      <c r="N88" s="235" t="s">
+        <v>62</v>
+      </c>
+      <c r="O88" s="168">
+        <v>52101</v>
+      </c>
+      <c r="P88" s="7"/>
+    </row>
+    <row r="89" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B89" s="252" t="s">
+        <v>443</v>
+      </c>
+      <c r="C89" s="44">
+        <v>26055</v>
+      </c>
+      <c r="D89" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E89" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F89" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G89" s="257" t="s">
+        <v>24</v>
+      </c>
+      <c r="H89" s="257">
+        <v>4500</v>
+      </c>
+      <c r="I89" s="255" t="s">
+        <v>44</v>
+      </c>
+      <c r="J89" s="221" t="s">
+        <v>444</v>
+      </c>
+      <c r="K89" s="257" t="s">
+        <v>159</v>
+      </c>
+      <c r="L89" s="257" t="s">
+        <v>41</v>
+      </c>
+      <c r="M89" s="257" t="s">
+        <v>131</v>
+      </c>
+      <c r="N89" s="257" t="s">
+        <v>62</v>
+      </c>
+      <c r="O89" s="168">
+        <v>53031</v>
+      </c>
+      <c r="P89" s="7"/>
+    </row>
+    <row r="90" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B90" s="252" t="s">
+        <v>445</v>
+      </c>
+      <c r="C90" s="44">
+        <v>26055</v>
+      </c>
+      <c r="D90" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E90" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F90" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G90" s="257" t="s">
+        <v>24</v>
+      </c>
+      <c r="H90" s="257">
+        <v>5500</v>
+      </c>
+      <c r="I90" s="255" t="s">
+        <v>45</v>
+      </c>
+      <c r="J90" s="221" t="s">
+        <v>446</v>
+      </c>
+      <c r="K90" s="257" t="s">
+        <v>160</v>
+      </c>
+      <c r="L90" s="257" t="s">
+        <v>41</v>
+      </c>
+      <c r="M90" s="257" t="s">
+        <v>131</v>
+      </c>
+      <c r="N90" s="257" t="s">
+        <v>62</v>
+      </c>
+      <c r="O90" s="168">
+        <v>53089</v>
+      </c>
+      <c r="P90" s="7"/>
+    </row>
+    <row r="91" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B91" s="252" t="s">
+        <v>447</v>
+      </c>
+      <c r="C91" s="44">
+        <v>26055</v>
+      </c>
+      <c r="D91" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E91" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F91" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G91" s="257" t="s">
+        <v>24</v>
+      </c>
+      <c r="H91" s="257">
+        <v>5500</v>
+      </c>
+      <c r="I91" s="255" t="s">
+        <v>45</v>
+      </c>
+      <c r="J91" s="221" t="s">
+        <v>448</v>
+      </c>
+      <c r="K91" s="257" t="s">
+        <v>161</v>
+      </c>
+      <c r="L91" s="257" t="s">
+        <v>41</v>
+      </c>
+      <c r="M91" s="257" t="s">
+        <v>131</v>
+      </c>
+      <c r="N91" s="257" t="s">
+        <v>62</v>
+      </c>
+      <c r="O91" s="168">
+        <v>54105</v>
+      </c>
+      <c r="P91" s="7"/>
+    </row>
+    <row r="92" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B92" s="252" t="s">
+        <v>310</v>
+      </c>
+      <c r="C92" s="44">
+        <v>26063</v>
+      </c>
+      <c r="D92" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E92" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F92" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G92" s="257" t="s">
+        <v>8</v>
+      </c>
+      <c r="H92" s="257" t="s">
+        <v>38</v>
+      </c>
+      <c r="I92" s="255" t="s">
+        <v>44</v>
+      </c>
+      <c r="J92" s="221" t="s">
+        <v>316</v>
+      </c>
+      <c r="K92" s="257" t="s">
+        <v>37</v>
+      </c>
+      <c r="L92" s="257" t="s">
+        <v>41</v>
+      </c>
+      <c r="M92" s="257" t="s">
+        <v>54</v>
+      </c>
+      <c r="N92" s="257" t="s">
+        <v>7</v>
+      </c>
+      <c r="O92" s="168">
+        <v>52727</v>
+      </c>
+      <c r="P92" s="7"/>
+    </row>
+    <row r="93" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B93" s="308" t="s">
+        <v>409</v>
+      </c>
+      <c r="C93" s="309">
+        <v>26063</v>
+      </c>
+      <c r="D93" s="63" t="s">
+        <v>121</v>
+      </c>
+      <c r="E93" s="63">
+        <v>2026</v>
+      </c>
+      <c r="F93" s="64">
+        <v>46295</v>
+      </c>
+      <c r="G93" s="256" t="s">
+        <v>8</v>
+      </c>
+      <c r="H93" s="256" t="s">
+        <v>38</v>
+      </c>
+      <c r="I93" s="233" t="s">
+        <v>44</v>
+      </c>
+      <c r="J93" s="265" t="s">
+        <v>315</v>
+      </c>
+      <c r="K93" s="256" t="s">
+        <v>311</v>
+      </c>
+      <c r="L93" s="256" t="s">
+        <v>41</v>
+      </c>
+      <c r="M93" s="256" t="s">
+        <v>54</v>
+      </c>
+      <c r="N93" s="256" t="s">
+        <v>7</v>
+      </c>
+      <c r="O93" s="177">
+        <v>55044</v>
+      </c>
+      <c r="P93" s="7"/>
+    </row>
+    <row r="94" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B94" s="252" t="s">
+        <v>410</v>
+      </c>
+      <c r="C94" s="44">
+        <v>26063</v>
+      </c>
+      <c r="D94" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E94" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F94" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G94" s="190" t="s">
+        <v>8</v>
+      </c>
+      <c r="H94" s="190" t="s">
+        <v>25</v>
+      </c>
+      <c r="I94" s="188" t="s">
+        <v>45</v>
+      </c>
+      <c r="J94" s="221" t="s">
+        <v>314</v>
+      </c>
+      <c r="K94" s="190" t="s">
+        <v>36</v>
+      </c>
+      <c r="L94" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M94" s="190" t="s">
+        <v>54</v>
+      </c>
+      <c r="N94" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O94" s="168">
+        <v>53043</v>
+      </c>
+      <c r="P94" s="7"/>
+    </row>
+    <row r="95" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B95" s="252" t="s">
+        <v>411</v>
+      </c>
+      <c r="C95" s="44">
+        <v>26063</v>
+      </c>
+      <c r="D95" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E95" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F95" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G95" s="190" t="s">
+        <v>8</v>
+      </c>
+      <c r="H95" s="190" t="s">
+        <v>25</v>
+      </c>
+      <c r="I95" s="188" t="s">
+        <v>45</v>
+      </c>
+      <c r="J95" s="221" t="s">
+        <v>313</v>
+      </c>
+      <c r="K95" s="190" t="s">
+        <v>39</v>
+      </c>
+      <c r="L95" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M95" s="190" t="s">
+        <v>54</v>
+      </c>
+      <c r="N95" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O95" s="168">
+        <v>56888</v>
+      </c>
+      <c r="P95" s="7"/>
+    </row>
+    <row r="96" spans="2:16" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B96" s="310" t="s">
+        <v>412</v>
+      </c>
+      <c r="C96" s="305">
+        <v>26063</v>
+      </c>
+      <c r="D96" s="46" t="s">
+        <v>121</v>
+      </c>
+      <c r="E96" s="46">
+        <v>2026</v>
+      </c>
+      <c r="F96" s="47">
+        <v>46295</v>
+      </c>
+      <c r="G96" s="45" t="s">
+        <v>8</v>
+      </c>
+      <c r="H96" s="45" t="s">
+        <v>455</v>
+      </c>
+      <c r="I96" s="74" t="s">
+        <v>45</v>
+      </c>
+      <c r="J96" s="251" t="s">
+        <v>312</v>
+      </c>
+      <c r="K96" s="45" t="s">
+        <v>317</v>
+      </c>
+      <c r="L96" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="M96" s="45" t="s">
+        <v>54</v>
+      </c>
+      <c r="N96" s="45" t="s">
+        <v>7</v>
+      </c>
+      <c r="O96" s="175">
+        <v>52762</v>
+      </c>
+      <c r="P96" s="7"/>
+    </row>
+    <row r="97" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="B97" s="139"/>
+      <c r="C97" s="134"/>
+      <c r="D97" s="17"/>
+      <c r="E97" s="96"/>
+      <c r="F97" s="12"/>
+      <c r="G97" s="94"/>
+      <c r="H97" s="94"/>
+      <c r="I97" s="101"/>
+      <c r="J97" s="16"/>
+      <c r="K97" s="94"/>
+      <c r="L97" s="94"/>
+      <c r="M97" s="94"/>
+      <c r="N97" s="195"/>
+      <c r="O97" s="4"/>
+      <c r="P97" s="7"/>
+    </row>
+    <row r="98" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B98" s="148"/>
+      <c r="C98" s="139"/>
+      <c r="D98" s="27"/>
+      <c r="E98" s="101"/>
+      <c r="F98" s="102"/>
+      <c r="G98" s="94"/>
+      <c r="H98" s="94"/>
+      <c r="I98" s="94"/>
+      <c r="J98" s="4"/>
+      <c r="K98" s="94"/>
+      <c r="L98" s="94"/>
+      <c r="M98" s="94"/>
+      <c r="N98" s="196"/>
+      <c r="O98" s="4"/>
+      <c r="P98" s="95"/>
+    </row>
+    <row r="99" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B99" s="350" t="s">
+        <v>208</v>
+      </c>
+      <c r="C99" s="351"/>
+      <c r="D99" s="351"/>
+      <c r="E99" s="351"/>
+      <c r="F99" s="351"/>
+      <c r="G99" s="351"/>
+      <c r="H99" s="351"/>
+      <c r="I99" s="351"/>
+      <c r="J99" s="351"/>
+      <c r="K99" s="351"/>
+      <c r="L99" s="351"/>
+      <c r="M99" s="351"/>
+      <c r="N99" s="351"/>
+      <c r="O99" s="352"/>
+      <c r="P99" s="14"/>
+    </row>
+    <row r="100" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B100" s="155" t="s">
+        <v>42</v>
+      </c>
+      <c r="C100" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D100" s="78" t="s">
+        <v>206</v>
+      </c>
+      <c r="E100" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F100" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G100" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H100" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I100" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J100" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K100" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L100" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M100" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N100" s="193" t="s">
+        <v>1</v>
+      </c>
+      <c r="O100" s="167" t="s">
+        <v>269</v>
+      </c>
+      <c r="P100" s="82"/>
+    </row>
+    <row r="101" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B101" s="128" t="s">
+        <v>365</v>
+      </c>
+      <c r="C101" s="123" t="s">
+        <v>377</v>
+      </c>
+      <c r="D101" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E101" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F101" s="40">
+        <v>46189</v>
+      </c>
+      <c r="G101" s="250" t="s">
+        <v>21</v>
+      </c>
+      <c r="H101" s="250" t="s">
+        <v>197</v>
+      </c>
+      <c r="I101" s="250" t="s">
+        <v>146</v>
+      </c>
+      <c r="J101" s="42" t="s">
+        <v>181</v>
+      </c>
+      <c r="K101" s="250" t="s">
+        <v>198</v>
+      </c>
+      <c r="L101" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="M101" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="N101" s="250" t="s">
+        <v>18</v>
+      </c>
+      <c r="O101" s="168">
+        <v>20969.400000000001</v>
+      </c>
+      <c r="P101" s="7"/>
+    </row>
+    <row r="102" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B102" s="128" t="s">
+        <v>371</v>
+      </c>
+      <c r="C102" s="123" t="s">
+        <v>372</v>
+      </c>
+      <c r="D102" s="286" t="s">
+        <v>489</v>
+      </c>
+      <c r="E102" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F102" s="40">
+        <v>46203</v>
+      </c>
+      <c r="G102" s="250" t="s">
+        <v>21</v>
+      </c>
+      <c r="H102" s="250" t="s">
+        <v>154</v>
+      </c>
+      <c r="I102" s="250" t="s">
+        <v>146</v>
+      </c>
+      <c r="J102" s="42" t="s">
+        <v>143</v>
+      </c>
+      <c r="K102" s="250" t="s">
+        <v>199</v>
+      </c>
+      <c r="L102" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="M102" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="N102" s="250" t="s">
+        <v>18</v>
+      </c>
+      <c r="O102" s="168">
+        <v>26275.4</v>
+      </c>
+      <c r="P102" s="7"/>
+    </row>
+    <row r="103" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B103" s="128" t="s">
+        <v>117</v>
+      </c>
+      <c r="C103" s="123" t="s">
+        <v>372</v>
+      </c>
+      <c r="D103" s="286" t="s">
+        <v>489</v>
+      </c>
+      <c r="E103" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F103" s="40">
+        <v>46203</v>
+      </c>
+      <c r="G103" s="247" t="s">
+        <v>21</v>
+      </c>
+      <c r="H103" s="247" t="s">
+        <v>154</v>
+      </c>
+      <c r="I103" s="247" t="s">
+        <v>146</v>
+      </c>
+      <c r="J103" s="69" t="s">
+        <v>144</v>
+      </c>
+      <c r="K103" s="250" t="s">
+        <v>199</v>
+      </c>
+      <c r="L103" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="M103" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="N103" s="250" t="s">
+        <v>18</v>
+      </c>
+      <c r="O103" s="168">
+        <v>28173.4</v>
+      </c>
+      <c r="P103" s="7"/>
+    </row>
+    <row r="104" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B104" s="128" t="s">
+        <v>373</v>
+      </c>
+      <c r="C104" s="123" t="s">
+        <v>372</v>
+      </c>
+      <c r="D104" s="286" t="s">
+        <v>489</v>
+      </c>
+      <c r="E104" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F104" s="40">
+        <v>46203</v>
+      </c>
+      <c r="G104" s="250" t="s">
+        <v>21</v>
+      </c>
+      <c r="H104" s="250" t="s">
+        <v>154</v>
+      </c>
+      <c r="I104" s="250" t="s">
+        <v>146</v>
+      </c>
+      <c r="J104" s="42" t="s">
+        <v>155</v>
+      </c>
+      <c r="K104" s="250" t="s">
+        <v>199</v>
+      </c>
+      <c r="L104" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="M104" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="N104" s="250" t="s">
+        <v>18</v>
+      </c>
+      <c r="O104" s="168">
+        <v>28709.65</v>
+      </c>
+      <c r="P104" s="7"/>
+    </row>
+    <row r="105" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B105" s="232" t="s">
+        <v>214</v>
+      </c>
+      <c r="C105" s="131" t="s">
+        <v>414</v>
+      </c>
+      <c r="D105" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E105" s="63">
+        <v>2026</v>
+      </c>
+      <c r="F105" s="64">
+        <v>46133</v>
+      </c>
+      <c r="G105" s="249" t="s">
+        <v>8</v>
+      </c>
+      <c r="H105" s="249" t="s">
+        <v>59</v>
+      </c>
+      <c r="I105" s="248" t="s">
+        <v>150</v>
+      </c>
+      <c r="J105" s="43" t="s">
+        <v>215</v>
+      </c>
+      <c r="K105" s="249" t="s">
+        <v>189</v>
+      </c>
+      <c r="L105" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M105" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N105" s="250" t="s">
+        <v>190</v>
+      </c>
+      <c r="O105" s="177">
+        <v>38955</v>
+      </c>
+      <c r="P105" s="7"/>
+    </row>
+    <row r="106" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B106" s="160" t="s">
+        <v>249</v>
+      </c>
+      <c r="C106" s="44">
+        <v>25146</v>
+      </c>
+      <c r="D106" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E106" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F106" s="40">
+        <v>46047</v>
+      </c>
+      <c r="G106" s="247" t="s">
+        <v>21</v>
+      </c>
+      <c r="H106" s="247" t="s">
+        <v>250</v>
+      </c>
+      <c r="I106" s="247" t="s">
+        <v>146</v>
+      </c>
+      <c r="J106" s="42" t="s">
+        <v>267</v>
+      </c>
+      <c r="K106" s="250" t="s">
+        <v>413</v>
+      </c>
+      <c r="L106" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="M106" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="N106" s="250" t="s">
+        <v>18</v>
+      </c>
+      <c r="O106" s="168">
+        <v>21770.400000000001</v>
+      </c>
+      <c r="P106" s="7"/>
+    </row>
+    <row r="107" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B107" s="160" t="s">
+        <v>438</v>
+      </c>
+      <c r="C107" s="44" t="s">
+        <v>376</v>
+      </c>
+      <c r="D107" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E107" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F107" s="40" t="s">
+        <v>439</v>
+      </c>
+      <c r="G107" s="250" t="s">
+        <v>8</v>
+      </c>
+      <c r="H107" s="250" t="s">
+        <v>55</v>
+      </c>
+      <c r="I107" s="250" t="s">
+        <v>146</v>
+      </c>
+      <c r="J107" s="42" t="s">
+        <v>145</v>
+      </c>
+      <c r="K107" s="250" t="s">
+        <v>440</v>
+      </c>
+      <c r="L107" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="M107" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="N107" s="250" t="s">
+        <v>441</v>
+      </c>
+      <c r="O107" s="168">
+        <v>25375</v>
+      </c>
+      <c r="P107" s="7"/>
+    </row>
+    <row r="108" spans="2:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B108" s="128" t="s">
+        <v>374</v>
+      </c>
+      <c r="C108" s="123" t="s">
+        <v>375</v>
+      </c>
+      <c r="D108" s="39" t="s">
+        <v>122</v>
+      </c>
+      <c r="E108" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F108" s="68">
+        <v>46217</v>
+      </c>
+      <c r="G108" s="250" t="s">
+        <v>8</v>
+      </c>
+      <c r="H108" s="250" t="s">
+        <v>55</v>
+      </c>
+      <c r="I108" s="250" t="s">
+        <v>146</v>
+      </c>
+      <c r="J108" s="42" t="s">
+        <v>181</v>
+      </c>
+      <c r="K108" s="250" t="s">
+        <v>205</v>
+      </c>
+      <c r="L108" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="M108" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="N108" s="250" t="s">
+        <v>7</v>
+      </c>
+      <c r="O108" s="168">
+        <v>26432</v>
+      </c>
+      <c r="P108" s="7"/>
+    </row>
+    <row r="109" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B109" s="128" t="s">
+        <v>364</v>
+      </c>
+      <c r="C109" s="123">
+        <v>26047</v>
+      </c>
+      <c r="D109" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E109" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F109" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G109" s="250" t="s">
+        <v>137</v>
+      </c>
+      <c r="H109" s="250" t="s">
+        <v>142</v>
+      </c>
+      <c r="I109" s="250" t="s">
+        <v>146</v>
+      </c>
+      <c r="J109" s="42" t="s">
+        <v>143</v>
+      </c>
+      <c r="K109" s="250" t="s">
+        <v>141</v>
+      </c>
+      <c r="L109" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="M109" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="N109" s="250" t="s">
+        <v>138</v>
+      </c>
+      <c r="O109" s="168">
+        <v>36180</v>
+      </c>
+      <c r="P109" s="7"/>
+    </row>
+    <row r="110" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B110" s="253" t="s">
+        <v>366</v>
+      </c>
+      <c r="C110" s="123">
+        <v>26047</v>
+      </c>
+      <c r="D110" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E110" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F110" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G110" s="247" t="s">
+        <v>137</v>
+      </c>
+      <c r="H110" s="247" t="s">
+        <v>142</v>
+      </c>
+      <c r="I110" s="247" t="s">
+        <v>146</v>
+      </c>
+      <c r="J110" s="69" t="s">
+        <v>268</v>
+      </c>
+      <c r="K110" s="247" t="s">
+        <v>141</v>
+      </c>
+      <c r="L110" s="247" t="s">
+        <v>41</v>
+      </c>
+      <c r="M110" s="247" t="s">
+        <v>41</v>
+      </c>
+      <c r="N110" s="250" t="s">
+        <v>138</v>
+      </c>
+      <c r="O110" s="168">
+        <v>40230</v>
+      </c>
+      <c r="P110" s="7"/>
+    </row>
+    <row r="111" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B111" s="253" t="s">
+        <v>368</v>
+      </c>
+      <c r="C111" s="123">
+        <v>26049</v>
+      </c>
+      <c r="D111" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E111" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F111" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G111" s="247" t="s">
+        <v>177</v>
+      </c>
+      <c r="H111" s="247" t="s">
+        <v>178</v>
+      </c>
+      <c r="I111" s="247" t="s">
+        <v>146</v>
+      </c>
+      <c r="J111" s="69" t="s">
+        <v>181</v>
+      </c>
+      <c r="K111" s="250" t="s">
+        <v>180</v>
+      </c>
+      <c r="L111" s="247" t="s">
+        <v>41</v>
+      </c>
+      <c r="M111" s="247" t="s">
+        <v>41</v>
+      </c>
+      <c r="N111" s="250" t="s">
+        <v>279</v>
+      </c>
+      <c r="O111" s="168">
+        <v>25944</v>
+      </c>
+      <c r="P111" s="7"/>
+    </row>
+    <row r="112" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B112" s="253" t="s">
+        <v>369</v>
+      </c>
+      <c r="C112" s="123">
+        <v>26049</v>
+      </c>
+      <c r="D112" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E112" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F112" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G112" s="250" t="s">
+        <v>177</v>
+      </c>
+      <c r="H112" s="250" t="s">
+        <v>178</v>
+      </c>
+      <c r="I112" s="250" t="s">
+        <v>146</v>
+      </c>
+      <c r="J112" s="42" t="s">
+        <v>182</v>
+      </c>
+      <c r="K112" s="250" t="s">
+        <v>180</v>
+      </c>
+      <c r="L112" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="M112" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="N112" s="250" t="s">
+        <v>279</v>
+      </c>
+      <c r="O112" s="168">
+        <v>27812</v>
+      </c>
+      <c r="P112" s="7"/>
+    </row>
+    <row r="113" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B113" s="128" t="s">
+        <v>370</v>
+      </c>
+      <c r="C113" s="123">
+        <v>26049</v>
+      </c>
+      <c r="D113" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E113" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F113" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G113" s="250" t="s">
+        <v>177</v>
+      </c>
+      <c r="H113" s="250" t="s">
+        <v>179</v>
+      </c>
+      <c r="I113" s="250" t="s">
+        <v>150</v>
+      </c>
+      <c r="J113" s="42" t="s">
+        <v>216</v>
+      </c>
+      <c r="K113" s="247" t="s">
+        <v>280</v>
+      </c>
+      <c r="L113" s="247" t="s">
+        <v>41</v>
+      </c>
+      <c r="M113" s="247" t="s">
+        <v>41</v>
+      </c>
+      <c r="N113" s="250" t="s">
+        <v>279</v>
+      </c>
+      <c r="O113" s="168">
+        <v>45944</v>
+      </c>
+      <c r="P113" s="7"/>
+    </row>
+    <row r="114" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B114" s="232" t="s">
+        <v>379</v>
+      </c>
+      <c r="C114" s="123">
+        <v>26066</v>
+      </c>
+      <c r="D114" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E114" s="63">
+        <v>2026</v>
+      </c>
+      <c r="F114" s="64">
+        <v>46295</v>
+      </c>
+      <c r="G114" s="249" t="s">
+        <v>8</v>
+      </c>
+      <c r="H114" s="233" t="s">
+        <v>157</v>
+      </c>
+      <c r="I114" s="233" t="s">
+        <v>151</v>
+      </c>
+      <c r="J114" s="43" t="s">
+        <v>232</v>
+      </c>
+      <c r="K114" s="249" t="s">
+        <v>378</v>
+      </c>
+      <c r="L114" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M114" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N114" s="250" t="s">
+        <v>7</v>
+      </c>
+      <c r="O114" s="177">
+        <v>57037</v>
+      </c>
+      <c r="P114" s="7"/>
+    </row>
+    <row r="115" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B115" s="160" t="s">
+        <v>479</v>
+      </c>
+      <c r="C115" s="44">
+        <v>26078</v>
+      </c>
+      <c r="D115" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E115" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F115" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G115" s="257" t="s">
+        <v>21</v>
+      </c>
+      <c r="H115" s="257" t="s">
+        <v>75</v>
+      </c>
+      <c r="I115" s="258" t="s">
+        <v>150</v>
+      </c>
+      <c r="J115" s="42" t="s">
+        <v>217</v>
+      </c>
+      <c r="K115" s="257" t="s">
+        <v>480</v>
+      </c>
+      <c r="L115" s="257" t="s">
+        <v>41</v>
+      </c>
+      <c r="M115" s="257" t="s">
+        <v>41</v>
+      </c>
+      <c r="N115" s="257" t="s">
+        <v>18</v>
+      </c>
+      <c r="O115" s="168">
+        <v>38979.78</v>
+      </c>
+      <c r="P115" s="7"/>
+    </row>
+    <row r="116" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B116" s="128" t="s">
+        <v>481</v>
+      </c>
+      <c r="C116" s="123">
+        <v>26078</v>
+      </c>
+      <c r="D116" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E116" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F116" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G116" s="257" t="s">
+        <v>21</v>
+      </c>
+      <c r="H116" s="255" t="s">
+        <v>250</v>
+      </c>
+      <c r="I116" s="255" t="s">
+        <v>146</v>
+      </c>
+      <c r="J116" s="42" t="s">
+        <v>482</v>
+      </c>
+      <c r="K116" s="257" t="s">
+        <v>483</v>
+      </c>
+      <c r="L116" s="257" t="s">
+        <v>41</v>
+      </c>
+      <c r="M116" s="257" t="s">
+        <v>41</v>
+      </c>
+      <c r="N116" s="257" t="s">
+        <v>18</v>
+      </c>
+      <c r="O116" s="168">
+        <v>23245</v>
+      </c>
+      <c r="P116" s="7"/>
+    </row>
+    <row r="117" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B117" s="230" t="s">
+        <v>484</v>
+      </c>
+      <c r="C117" s="126">
+        <v>26078</v>
+      </c>
+      <c r="D117" s="46" t="s">
+        <v>121</v>
+      </c>
+      <c r="E117" s="46">
+        <v>2026</v>
+      </c>
+      <c r="F117" s="47">
+        <v>46295</v>
+      </c>
+      <c r="G117" s="45" t="s">
+        <v>21</v>
+      </c>
+      <c r="H117" s="74" t="s">
+        <v>23</v>
+      </c>
+      <c r="I117" s="74" t="s">
+        <v>151</v>
+      </c>
+      <c r="J117" s="266" t="s">
+        <v>156</v>
+      </c>
+      <c r="K117" s="45" t="s">
+        <v>118</v>
+      </c>
+      <c r="L117" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="M117" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="N117" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="O117" s="175">
+        <v>62154.98</v>
+      </c>
+      <c r="P117" s="7"/>
+    </row>
+    <row r="118" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B118" s="148"/>
+      <c r="C118" s="134"/>
+      <c r="D118" s="17"/>
+      <c r="E118" s="96"/>
+      <c r="F118" s="103"/>
+      <c r="G118" s="94"/>
+      <c r="H118" s="101"/>
+      <c r="I118" s="101"/>
+      <c r="J118" s="100"/>
+      <c r="K118" s="94"/>
+      <c r="L118" s="94"/>
+      <c r="M118" s="94"/>
+      <c r="N118" s="194"/>
+      <c r="O118" s="4"/>
+      <c r="P118" s="95"/>
+    </row>
+    <row r="119" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="P119" s="87"/>
+    </row>
+    <row r="120" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B120" s="368" t="s">
+        <v>248</v>
+      </c>
+      <c r="C120" s="369"/>
+      <c r="D120" s="369"/>
+      <c r="E120" s="369"/>
+      <c r="F120" s="369"/>
+      <c r="G120" s="369"/>
+      <c r="H120" s="369"/>
+      <c r="I120" s="369"/>
+      <c r="J120" s="369"/>
+      <c r="K120" s="369"/>
+      <c r="L120" s="369"/>
+      <c r="M120" s="369"/>
+      <c r="N120" s="369"/>
+      <c r="O120" s="370"/>
+      <c r="P120" s="14"/>
+    </row>
+    <row r="121" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B121" s="155" t="s">
+        <v>42</v>
+      </c>
+      <c r="C121" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D121" s="271" t="s">
+        <v>206</v>
+      </c>
+      <c r="E121" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F121" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G121" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H121" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I121" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J121" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K121" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L121" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M121" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N121" s="193" t="s">
+        <v>1</v>
+      </c>
+      <c r="O121" s="167" t="s">
+        <v>269</v>
+      </c>
+      <c r="P121" s="82"/>
+    </row>
+    <row r="122" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B122" s="128" t="s">
+        <v>452</v>
+      </c>
+      <c r="C122" s="123">
+        <v>25280</v>
+      </c>
+      <c r="D122" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E122" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F122" s="40">
+        <v>46344</v>
+      </c>
+      <c r="G122" s="283" t="s">
+        <v>257</v>
+      </c>
+      <c r="H122" s="283" t="s">
+        <v>258</v>
+      </c>
+      <c r="I122" s="282" t="s">
+        <v>152</v>
+      </c>
+      <c r="J122" s="42" t="s">
+        <v>453</v>
+      </c>
+      <c r="K122" s="283" t="s">
+        <v>259</v>
+      </c>
+      <c r="L122" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="M122" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="N122" s="283" t="s">
+        <v>266</v>
+      </c>
+      <c r="O122" s="168">
+        <v>81812</v>
+      </c>
+      <c r="P122" s="7"/>
+    </row>
+    <row r="123" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A123" s="5"/>
+      <c r="B123" s="243" t="s">
+        <v>449</v>
+      </c>
+      <c r="C123" s="44">
+        <v>26057</v>
+      </c>
+      <c r="D123" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E123" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F123" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G123" s="51" t="s">
+        <v>71</v>
+      </c>
+      <c r="H123" s="55" t="s">
+        <v>187</v>
+      </c>
+      <c r="I123" s="55" t="s">
+        <v>149</v>
+      </c>
+      <c r="J123" s="54" t="s">
+        <v>297</v>
+      </c>
+      <c r="K123" s="51" t="s">
+        <v>296</v>
+      </c>
+      <c r="L123" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="M123" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="N123" s="283" t="s">
+        <v>279</v>
+      </c>
+      <c r="O123" s="173">
+        <v>38698</v>
+      </c>
+      <c r="P123" s="15"/>
+    </row>
+    <row r="124" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B124" s="160" t="s">
+        <v>380</v>
+      </c>
+      <c r="C124" s="44">
+        <v>26067</v>
+      </c>
+      <c r="D124" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E124" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F124" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G124" s="283" t="s">
+        <v>8</v>
+      </c>
+      <c r="H124" s="283" t="s">
+        <v>77</v>
+      </c>
+      <c r="I124" s="282" t="s">
+        <v>152</v>
+      </c>
+      <c r="J124" s="42" t="s">
+        <v>381</v>
+      </c>
+      <c r="K124" s="283" t="s">
+        <v>116</v>
+      </c>
+      <c r="L124" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="M124" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="N124" s="283" t="s">
+        <v>7</v>
+      </c>
+      <c r="O124" s="168">
+        <v>47732</v>
+      </c>
+      <c r="P124" s="7"/>
+    </row>
+    <row r="125" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B125" s="160" t="s">
+        <v>384</v>
+      </c>
+      <c r="C125" s="44">
+        <v>26067</v>
+      </c>
+      <c r="D125" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E125" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F125" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G125" s="283" t="s">
+        <v>8</v>
+      </c>
+      <c r="H125" s="283" t="s">
+        <v>77</v>
+      </c>
+      <c r="I125" s="282" t="s">
+        <v>152</v>
+      </c>
+      <c r="J125" s="42" t="s">
+        <v>387</v>
+      </c>
+      <c r="K125" s="283" t="s">
+        <v>130</v>
+      </c>
+      <c r="L125" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="M125" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="N125" s="283" t="s">
+        <v>7</v>
+      </c>
+      <c r="O125" s="168">
+        <v>50652</v>
+      </c>
+      <c r="P125" s="7"/>
+    </row>
+    <row r="126" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B126" s="160" t="s">
+        <v>382</v>
+      </c>
+      <c r="C126" s="44">
+        <v>26067</v>
+      </c>
+      <c r="D126" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E126" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F126" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G126" s="283" t="s">
+        <v>8</v>
+      </c>
+      <c r="H126" s="282" t="s">
+        <v>77</v>
+      </c>
+      <c r="I126" s="282" t="s">
+        <v>152</v>
+      </c>
+      <c r="J126" s="42" t="s">
+        <v>386</v>
+      </c>
+      <c r="K126" s="282" t="s">
+        <v>383</v>
+      </c>
+      <c r="L126" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="M126" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="N126" s="283" t="s">
+        <v>7</v>
+      </c>
+      <c r="O126" s="168">
+        <v>52703</v>
+      </c>
+      <c r="P126" s="7"/>
+      <c r="Q126" s="7"/>
+    </row>
+    <row r="127" spans="1:17" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A127" s="222"/>
+      <c r="B127" s="306" t="s">
+        <v>385</v>
+      </c>
+      <c r="C127" s="307">
+        <v>26067</v>
+      </c>
+      <c r="D127" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E127" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F127" s="287">
+        <v>46295</v>
+      </c>
+      <c r="G127" s="285" t="s">
+        <v>8</v>
+      </c>
+      <c r="H127" s="285" t="s">
+        <v>255</v>
+      </c>
+      <c r="I127" s="288" t="s">
+        <v>153</v>
+      </c>
+      <c r="J127" s="69" t="s">
+        <v>388</v>
+      </c>
+      <c r="K127" s="285" t="s">
+        <v>389</v>
+      </c>
+      <c r="L127" s="285" t="s">
+        <v>41</v>
+      </c>
+      <c r="M127" s="285" t="s">
+        <v>41</v>
+      </c>
+      <c r="N127" s="285" t="s">
+        <v>7</v>
+      </c>
+      <c r="O127" s="289">
+        <v>56718</v>
+      </c>
+      <c r="P127" s="7"/>
+    </row>
+    <row r="128" spans="1:17" s="295" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B128" s="302" t="s">
+        <v>497</v>
+      </c>
+      <c r="C128" s="300">
+        <v>26177</v>
+      </c>
+      <c r="D128" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E128" s="284">
+        <v>2026</v>
+      </c>
+      <c r="F128" s="287">
+        <v>46295</v>
+      </c>
+      <c r="G128" s="284" t="s">
+        <v>21</v>
+      </c>
+      <c r="H128" s="284" t="s">
+        <v>490</v>
+      </c>
+      <c r="I128" s="284" t="s">
+        <v>152</v>
+      </c>
+      <c r="J128" s="294" t="s">
+        <v>502</v>
+      </c>
+      <c r="K128" s="284" t="s">
+        <v>491</v>
+      </c>
+      <c r="L128" s="284" t="s">
+        <v>41</v>
+      </c>
+      <c r="M128" s="284" t="s">
+        <v>41</v>
+      </c>
+      <c r="N128" s="284" t="s">
+        <v>18</v>
+      </c>
+      <c r="O128" s="296">
+        <v>40274.35</v>
+      </c>
+      <c r="P128" s="242"/>
+    </row>
+    <row r="129" spans="1:17" s="295" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B129" s="302" t="s">
+        <v>498</v>
+      </c>
+      <c r="C129" s="300">
+        <v>26177</v>
+      </c>
+      <c r="D129" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E129" s="284">
+        <v>2026</v>
+      </c>
+      <c r="F129" s="287">
+        <v>46295</v>
+      </c>
+      <c r="G129" s="284" t="s">
+        <v>21</v>
+      </c>
+      <c r="H129" s="284" t="s">
+        <v>490</v>
+      </c>
+      <c r="I129" s="284" t="s">
+        <v>152</v>
+      </c>
+      <c r="J129" s="294" t="s">
+        <v>503</v>
+      </c>
+      <c r="K129" s="284" t="s">
+        <v>492</v>
+      </c>
+      <c r="L129" s="284" t="s">
+        <v>41</v>
+      </c>
+      <c r="M129" s="284" t="s">
+        <v>41</v>
+      </c>
+      <c r="N129" s="284" t="s">
+        <v>18</v>
+      </c>
+      <c r="O129" s="296">
+        <v>42472.2</v>
+      </c>
+      <c r="P129" s="242"/>
+    </row>
+    <row r="130" spans="1:17" s="295" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B130" s="302" t="s">
+        <v>499</v>
+      </c>
+      <c r="C130" s="300">
+        <v>26177</v>
+      </c>
+      <c r="D130" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E130" s="284">
+        <v>2026</v>
+      </c>
+      <c r="F130" s="287">
+        <v>46295</v>
+      </c>
+      <c r="G130" s="284" t="s">
+        <v>21</v>
+      </c>
+      <c r="H130" s="284" t="s">
+        <v>493</v>
+      </c>
+      <c r="I130" s="284" t="s">
+        <v>152</v>
+      </c>
+      <c r="J130" s="294" t="s">
+        <v>504</v>
+      </c>
+      <c r="K130" s="284" t="s">
+        <v>494</v>
+      </c>
+      <c r="L130" s="284" t="s">
+        <v>41</v>
+      </c>
+      <c r="M130" s="284" t="s">
+        <v>41</v>
+      </c>
+      <c r="N130" s="284" t="s">
+        <v>18</v>
+      </c>
+      <c r="O130" s="296">
+        <v>43805.95</v>
+      </c>
+      <c r="P130" s="242"/>
+    </row>
+    <row r="131" spans="1:17" s="295" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B131" s="302" t="s">
+        <v>500</v>
+      </c>
+      <c r="C131" s="300">
+        <v>26177</v>
+      </c>
+      <c r="D131" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E131" s="284">
+        <v>2026</v>
+      </c>
+      <c r="F131" s="287">
+        <v>46295</v>
+      </c>
+      <c r="G131" s="284" t="s">
+        <v>21</v>
+      </c>
+      <c r="H131" s="284" t="s">
+        <v>493</v>
+      </c>
+      <c r="I131" s="284" t="s">
+        <v>152</v>
+      </c>
+      <c r="J131" s="294" t="s">
+        <v>505</v>
+      </c>
+      <c r="K131" s="284" t="s">
+        <v>495</v>
+      </c>
+      <c r="L131" s="284" t="s">
+        <v>41</v>
+      </c>
+      <c r="M131" s="284" t="s">
+        <v>41</v>
+      </c>
+      <c r="N131" s="284" t="s">
+        <v>18</v>
+      </c>
+      <c r="O131" s="296">
+        <v>44548.6</v>
+      </c>
+      <c r="P131" s="242"/>
+    </row>
+    <row r="132" spans="1:17" s="295" customFormat="1" ht="57" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B132" s="303" t="s">
+        <v>501</v>
+      </c>
+      <c r="C132" s="301">
+        <v>26177</v>
+      </c>
+      <c r="D132" s="46" t="s">
+        <v>121</v>
+      </c>
+      <c r="E132" s="297">
+        <v>2026</v>
+      </c>
+      <c r="F132" s="47">
+        <v>46295</v>
+      </c>
+      <c r="G132" s="297" t="s">
+        <v>21</v>
+      </c>
+      <c r="H132" s="297" t="s">
+        <v>493</v>
+      </c>
+      <c r="I132" s="297" t="s">
+        <v>153</v>
+      </c>
+      <c r="J132" s="298" t="s">
+        <v>506</v>
+      </c>
+      <c r="K132" s="297" t="s">
+        <v>496</v>
+      </c>
+      <c r="L132" s="297" t="s">
+        <v>41</v>
+      </c>
+      <c r="M132" s="297" t="s">
+        <v>41</v>
+      </c>
+      <c r="N132" s="297" t="s">
+        <v>18</v>
+      </c>
+      <c r="O132" s="299">
+        <v>45431.8</v>
+      </c>
+      <c r="P132" s="242"/>
+    </row>
+    <row r="133" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B133" s="226"/>
+      <c r="C133" s="226"/>
+      <c r="D133" s="290"/>
+      <c r="E133" s="290"/>
+      <c r="F133" s="291"/>
+      <c r="G133" s="281"/>
+      <c r="H133" s="281"/>
+      <c r="I133" s="280"/>
+      <c r="J133" s="292"/>
+      <c r="K133" s="281"/>
+      <c r="L133" s="281"/>
+      <c r="M133" s="281"/>
+      <c r="N133" s="281"/>
+      <c r="O133" s="293"/>
+      <c r="P133" s="7"/>
+    </row>
+    <row r="134" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="N134" s="204"/>
+      <c r="P134" s="87"/>
+    </row>
+    <row r="135" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B135" s="406" t="s">
+        <v>209</v>
+      </c>
+      <c r="C135" s="407"/>
+      <c r="D135" s="407"/>
+      <c r="E135" s="407"/>
+      <c r="F135" s="407"/>
+      <c r="G135" s="407"/>
+      <c r="H135" s="407"/>
+      <c r="I135" s="407"/>
+      <c r="J135" s="407"/>
+      <c r="K135" s="407"/>
+      <c r="L135" s="407"/>
+      <c r="M135" s="407"/>
+      <c r="N135" s="407"/>
+      <c r="O135" s="408"/>
+      <c r="P135" s="14"/>
+    </row>
+    <row r="136" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B136" s="155" t="s">
+        <v>42</v>
+      </c>
+      <c r="C136" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D136" s="271" t="s">
+        <v>206</v>
+      </c>
+      <c r="E136" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F136" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G136" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H136" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I136" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J136" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K136" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L136" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M136" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N136" s="193" t="s">
+        <v>1</v>
+      </c>
+      <c r="O136" s="167" t="s">
+        <v>269</v>
+      </c>
+      <c r="P136" s="82"/>
+    </row>
+    <row r="137" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="5"/>
+      <c r="B137" s="129" t="s">
+        <v>227</v>
+      </c>
+      <c r="C137" s="123">
+        <v>25096</v>
+      </c>
+      <c r="D137" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E137" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F137" s="40">
+        <v>46312</v>
+      </c>
+      <c r="G137" s="268" t="s">
+        <v>229</v>
+      </c>
+      <c r="H137" s="269" t="s">
+        <v>230</v>
+      </c>
+      <c r="I137" s="267" t="s">
+        <v>148</v>
+      </c>
+      <c r="J137" s="71" t="s">
+        <v>100</v>
+      </c>
+      <c r="K137" s="269"/>
+      <c r="L137" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M137" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="N137" s="269" t="s">
+        <v>62</v>
+      </c>
+      <c r="O137" s="168">
+        <v>23789</v>
+      </c>
+      <c r="P137" s="7"/>
+    </row>
+    <row r="138" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="5"/>
+      <c r="B138" s="129" t="s">
+        <v>228</v>
+      </c>
+      <c r="C138" s="123">
+        <v>25096</v>
+      </c>
+      <c r="D138" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E138" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F138" s="40">
+        <v>46312</v>
+      </c>
+      <c r="G138" s="268" t="s">
+        <v>229</v>
+      </c>
+      <c r="H138" s="269" t="s">
+        <v>231</v>
+      </c>
+      <c r="I138" s="267" t="s">
+        <v>148</v>
+      </c>
+      <c r="J138" s="71" t="s">
+        <v>98</v>
+      </c>
+      <c r="K138" s="269"/>
+      <c r="L138" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M138" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="N138" s="269" t="s">
+        <v>62</v>
+      </c>
+      <c r="O138" s="168">
+        <v>27750</v>
+      </c>
+      <c r="P138" s="7"/>
+    </row>
+    <row r="139" spans="1:17" s="5" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B139" s="128" t="s">
+        <v>362</v>
+      </c>
+      <c r="C139" s="123">
+        <v>26047</v>
+      </c>
+      <c r="D139" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E139" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F139" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G139" s="268" t="s">
+        <v>137</v>
+      </c>
+      <c r="H139" s="269" t="s">
+        <v>139</v>
+      </c>
+      <c r="I139" s="267" t="s">
+        <v>148</v>
+      </c>
+      <c r="J139" s="71" t="s">
+        <v>99</v>
+      </c>
+      <c r="K139" s="269" t="s">
+        <v>140</v>
+      </c>
+      <c r="L139" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M139" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="N139" s="269" t="s">
+        <v>138</v>
+      </c>
+      <c r="O139" s="168">
+        <v>29585</v>
+      </c>
+      <c r="P139" s="7"/>
+    </row>
+    <row r="140" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B140" s="128" t="s">
+        <v>363</v>
+      </c>
+      <c r="C140" s="123">
+        <v>26047</v>
+      </c>
+      <c r="D140" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="E140" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F140" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G140" s="268" t="s">
+        <v>137</v>
+      </c>
+      <c r="H140" s="269" t="s">
+        <v>139</v>
+      </c>
+      <c r="I140" s="267" t="s">
+        <v>148</v>
+      </c>
+      <c r="J140" s="71" t="s">
+        <v>273</v>
+      </c>
+      <c r="K140" s="269" t="s">
+        <v>140</v>
+      </c>
+      <c r="L140" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M140" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="N140" s="269" t="s">
+        <v>138</v>
+      </c>
+      <c r="O140" s="168">
+        <v>31185</v>
+      </c>
+      <c r="P140" s="7"/>
+    </row>
+    <row r="141" spans="1:17" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B141" s="304" t="s">
+        <v>392</v>
+      </c>
+      <c r="C141" s="126">
+        <v>26048</v>
+      </c>
+      <c r="D141" s="152" t="s">
+        <v>121</v>
+      </c>
+      <c r="E141" s="46">
+        <v>2026</v>
+      </c>
+      <c r="F141" s="47">
+        <v>46295</v>
+      </c>
+      <c r="G141" s="73" t="s">
+        <v>86</v>
+      </c>
+      <c r="H141" s="45" t="s">
+        <v>88</v>
+      </c>
+      <c r="I141" s="74" t="s">
+        <v>147</v>
+      </c>
+      <c r="J141" s="75" t="s">
+        <v>100</v>
+      </c>
+      <c r="K141" s="45" t="s">
+        <v>165</v>
+      </c>
+      <c r="L141" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="M141" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="N141" s="45" t="s">
+        <v>89</v>
+      </c>
+      <c r="O141" s="175">
+        <v>29998</v>
+      </c>
+      <c r="P141" s="7"/>
+    </row>
+    <row r="142" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B142" s="142"/>
+      <c r="C142" s="140"/>
+      <c r="D142" s="28"/>
+      <c r="E142" s="36"/>
+      <c r="F142" s="104"/>
+      <c r="G142" s="105"/>
+      <c r="H142" s="106"/>
+      <c r="I142" s="106"/>
+      <c r="J142" s="107"/>
+      <c r="K142" s="7"/>
+      <c r="L142" s="7"/>
+      <c r="M142" s="7"/>
+      <c r="N142" s="197"/>
+      <c r="O142" s="108"/>
+      <c r="P142" s="95"/>
+      <c r="Q142" s="6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B143" s="409" t="s">
+        <v>213</v>
+      </c>
+      <c r="C143" s="410"/>
+      <c r="D143" s="410"/>
+      <c r="E143" s="410"/>
+      <c r="F143" s="410"/>
+      <c r="G143" s="410"/>
+      <c r="H143" s="410"/>
+      <c r="I143" s="410"/>
+      <c r="J143" s="410"/>
+      <c r="K143" s="410"/>
+      <c r="L143" s="410"/>
+      <c r="M143" s="410"/>
+      <c r="N143" s="410"/>
+      <c r="O143" s="411"/>
+      <c r="P143" s="95"/>
+    </row>
+    <row r="144" spans="1:17" s="76" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B144" s="155" t="s">
+        <v>42</v>
+      </c>
+      <c r="C144" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D144" s="78" t="s">
+        <v>206</v>
+      </c>
+      <c r="E144" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F144" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G144" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H144" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I144" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J144" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K144" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L144" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M144" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N144" s="193" t="s">
+        <v>1</v>
+      </c>
+      <c r="O144" s="167" t="s">
+        <v>269</v>
+      </c>
+      <c r="P144" s="82"/>
+    </row>
+    <row r="145" spans="1:17" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B145" s="130" t="s">
+        <v>256</v>
+      </c>
+      <c r="C145" s="126">
+        <v>240051911</v>
+      </c>
+      <c r="D145" s="153" t="s">
+        <v>121</v>
+      </c>
+      <c r="E145" s="46">
+        <v>2026</v>
+      </c>
+      <c r="F145" s="47">
+        <v>45944</v>
+      </c>
+      <c r="G145" s="56" t="s">
+        <v>71</v>
+      </c>
+      <c r="H145" s="67" t="s">
+        <v>187</v>
+      </c>
+      <c r="I145" s="67" t="s">
+        <v>149</v>
+      </c>
+      <c r="J145" s="57" t="s">
+        <v>188</v>
+      </c>
+      <c r="K145" s="56" t="s">
+        <v>134</v>
+      </c>
+      <c r="L145" s="56" t="s">
+        <v>41</v>
+      </c>
+      <c r="M145" s="56" t="s">
+        <v>41</v>
+      </c>
+      <c r="N145" s="45" t="s">
+        <v>62</v>
+      </c>
+      <c r="O145" s="176">
+        <v>62530</v>
+      </c>
+      <c r="P145" s="95"/>
+      <c r="Q145" s="95"/>
+    </row>
+    <row r="146" spans="1:17" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B146" s="149"/>
+      <c r="C146" s="141"/>
+      <c r="D146" s="21"/>
+      <c r="E146" s="21"/>
+      <c r="F146" s="13"/>
+      <c r="G146" s="110"/>
+      <c r="H146" s="110"/>
+      <c r="I146" s="110"/>
+      <c r="J146" s="111"/>
+      <c r="K146" s="109" t="s">
+        <v>93</v>
+      </c>
+      <c r="L146" s="109"/>
+      <c r="M146" s="109"/>
+      <c r="N146" s="198"/>
+      <c r="O146" s="112"/>
+      <c r="P146" s="7"/>
+    </row>
+    <row r="147" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B147" s="343" t="s">
+        <v>210</v>
+      </c>
+      <c r="C147" s="344"/>
+      <c r="D147" s="344"/>
+      <c r="E147" s="344"/>
+      <c r="F147" s="344"/>
+      <c r="G147" s="344"/>
+      <c r="H147" s="344"/>
+      <c r="I147" s="344"/>
+      <c r="J147" s="344"/>
+      <c r="K147" s="344"/>
+      <c r="L147" s="344"/>
+      <c r="M147" s="344"/>
+      <c r="N147" s="344"/>
+      <c r="O147" s="345"/>
+      <c r="P147" s="14"/>
+    </row>
+    <row r="148" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B148" s="155" t="s">
+        <v>42</v>
+      </c>
+      <c r="C148" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D148" s="154" t="s">
+        <v>206</v>
+      </c>
+      <c r="E148" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F148" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G148" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H148" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I148" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J148" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K148" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L148" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M148" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N148" s="193" t="s">
+        <v>1</v>
+      </c>
+      <c r="O148" s="167" t="s">
+        <v>269</v>
+      </c>
+      <c r="P148" s="82"/>
+    </row>
+    <row r="149" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="222"/>
+      <c r="B149" s="129" t="s">
+        <v>367</v>
+      </c>
+      <c r="C149" s="123">
+        <v>26047</v>
+      </c>
+      <c r="D149" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E149" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F149" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G149" s="72" t="s">
+        <v>137</v>
+      </c>
+      <c r="H149" s="268" t="s">
+        <v>270</v>
+      </c>
+      <c r="I149" s="268" t="s">
+        <v>151</v>
+      </c>
+      <c r="J149" s="71" t="s">
+        <v>271</v>
+      </c>
+      <c r="K149" s="269" t="s">
+        <v>272</v>
+      </c>
+      <c r="L149" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M149" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="N149" s="269" t="s">
+        <v>138</v>
+      </c>
+      <c r="O149" s="168">
+        <v>44685</v>
+      </c>
+      <c r="P149" s="270"/>
+    </row>
+    <row r="150" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B150" s="311" t="s">
+        <v>393</v>
+      </c>
+      <c r="C150" s="123">
+        <v>26048</v>
+      </c>
+      <c r="D150" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E150" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F150" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G150" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="H150" s="113" t="s">
+        <v>95</v>
+      </c>
+      <c r="I150" s="113" t="s">
+        <v>147</v>
+      </c>
+      <c r="J150" s="71" t="s">
+        <v>271</v>
+      </c>
+      <c r="K150" s="190" t="s">
+        <v>97</v>
+      </c>
+      <c r="L150" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M150" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="N150" s="190" t="s">
+        <v>89</v>
+      </c>
+      <c r="O150" s="168">
+        <v>25476</v>
+      </c>
+      <c r="P150" s="166"/>
+    </row>
+    <row r="151" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B151" s="311" t="s">
+        <v>394</v>
+      </c>
+      <c r="C151" s="123">
+        <v>26048</v>
+      </c>
+      <c r="D151" s="63" t="s">
+        <v>121</v>
+      </c>
+      <c r="E151" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F151" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G151" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="H151" s="113" t="s">
+        <v>96</v>
+      </c>
+      <c r="I151" s="113" t="s">
+        <v>148</v>
+      </c>
+      <c r="J151" s="71" t="s">
+        <v>271</v>
+      </c>
+      <c r="K151" s="190" t="s">
+        <v>396</v>
+      </c>
+      <c r="L151" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M151" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="N151" s="190" t="s">
+        <v>89</v>
+      </c>
+      <c r="O151" s="168">
+        <v>31300</v>
+      </c>
+      <c r="P151" s="166"/>
+    </row>
+    <row r="152" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B152" s="311" t="s">
+        <v>395</v>
+      </c>
+      <c r="C152" s="123">
+        <v>26048</v>
+      </c>
+      <c r="D152" s="63" t="s">
+        <v>121</v>
+      </c>
+      <c r="E152" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F152" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G152" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="H152" s="113" t="s">
+        <v>96</v>
+      </c>
+      <c r="I152" s="113" t="s">
+        <v>148</v>
+      </c>
+      <c r="J152" s="71" t="s">
+        <v>271</v>
+      </c>
+      <c r="K152" s="190" t="s">
+        <v>397</v>
+      </c>
+      <c r="L152" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M152" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="N152" s="190" t="s">
+        <v>89</v>
+      </c>
+      <c r="O152" s="168">
+        <v>35605</v>
+      </c>
+      <c r="P152" s="166"/>
+    </row>
+    <row r="153" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="222"/>
+      <c r="B153" s="243" t="s">
+        <v>435</v>
+      </c>
+      <c r="C153" s="44">
+        <v>26056</v>
+      </c>
+      <c r="D153" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E153" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F153" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G153" s="72" t="s">
+        <v>133</v>
+      </c>
+      <c r="H153" s="218" t="s">
+        <v>485</v>
+      </c>
+      <c r="I153" s="218" t="s">
+        <v>151</v>
+      </c>
+      <c r="J153" s="71" t="s">
+        <v>436</v>
+      </c>
+      <c r="K153" s="219" t="s">
+        <v>437</v>
+      </c>
+      <c r="L153" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M153" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N153" s="219" t="s">
+        <v>62</v>
+      </c>
+      <c r="O153" s="168">
+        <v>35545</v>
+      </c>
+      <c r="P153" s="216"/>
+    </row>
+    <row r="154" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="5"/>
+      <c r="B154" s="243" t="s">
         <v>328</v>
       </c>
-      <c r="D58" s="85" t="s">
-[...5 lines deleted...]
-      <c r="F58" s="86" t="s">
+      <c r="C154" s="44">
+        <v>26064</v>
+      </c>
+      <c r="D154" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E154" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F154" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G154" s="72" t="s">
+        <v>8</v>
+      </c>
+      <c r="H154" s="189" t="s">
+        <v>127</v>
+      </c>
+      <c r="I154" s="189" t="s">
+        <v>29</v>
+      </c>
+      <c r="J154" s="58" t="s">
+        <v>329</v>
+      </c>
+      <c r="K154" s="190" t="s">
+        <v>330</v>
+      </c>
+      <c r="L154" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M154" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="N154" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O154" s="168">
+        <v>26659</v>
+      </c>
+      <c r="P154" s="166"/>
+    </row>
+    <row r="155" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="5"/>
+      <c r="B155" s="243" t="s">
+        <v>331</v>
+      </c>
+      <c r="C155" s="44">
+        <v>26064</v>
+      </c>
+      <c r="D155" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E155" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F155" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G155" s="72" t="s">
+        <v>8</v>
+      </c>
+      <c r="H155" s="277" t="s">
+        <v>127</v>
+      </c>
+      <c r="I155" s="277" t="s">
+        <v>29</v>
+      </c>
+      <c r="J155" s="58" t="s">
+        <v>332</v>
+      </c>
+      <c r="K155" s="278" t="s">
+        <v>325</v>
+      </c>
+      <c r="L155" s="278" t="s">
+        <v>41</v>
+      </c>
+      <c r="M155" s="278" t="s">
+        <v>41</v>
+      </c>
+      <c r="N155" s="278" t="s">
+        <v>7</v>
+      </c>
+      <c r="O155" s="168">
+        <v>28113</v>
+      </c>
+      <c r="P155" s="279"/>
+    </row>
+    <row r="156" spans="1:17" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="5"/>
+      <c r="B156" s="245" t="s">
+        <v>486</v>
+      </c>
+      <c r="C156" s="246">
+        <v>26171</v>
+      </c>
+      <c r="D156" s="153" t="s">
+        <v>121</v>
+      </c>
+      <c r="E156" s="153">
+        <v>2026</v>
+      </c>
+      <c r="F156" s="157">
+        <v>46295</v>
+      </c>
+      <c r="G156" s="165" t="s">
+        <v>8</v>
+      </c>
+      <c r="H156" s="163" t="s">
+        <v>10</v>
+      </c>
+      <c r="I156" s="163" t="s">
+        <v>30</v>
+      </c>
+      <c r="J156" s="223" t="s">
+        <v>487</v>
+      </c>
+      <c r="K156" s="48" t="s">
+        <v>488</v>
+      </c>
+      <c r="L156" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="M156" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="N156" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="O156" s="171">
+        <v>44221</v>
+      </c>
+      <c r="P156" s="95"/>
+    </row>
+    <row r="157" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B157" s="147"/>
+      <c r="C157" s="135"/>
+      <c r="D157" s="30"/>
+      <c r="E157" s="17"/>
+      <c r="F157" s="12"/>
+      <c r="G157" s="106"/>
+      <c r="H157" s="37"/>
+      <c r="I157" s="37"/>
+      <c r="J157" s="115"/>
+      <c r="K157" s="7"/>
+      <c r="L157" s="7"/>
+      <c r="M157" s="7"/>
+      <c r="N157" s="199"/>
+      <c r="O157" s="18"/>
+      <c r="P157" s="95"/>
+    </row>
+    <row r="158" spans="1:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B158" s="343" t="s">
+        <v>211</v>
+      </c>
+      <c r="C158" s="344"/>
+      <c r="D158" s="344"/>
+      <c r="E158" s="344"/>
+      <c r="F158" s="344"/>
+      <c r="G158" s="344"/>
+      <c r="H158" s="344"/>
+      <c r="I158" s="344"/>
+      <c r="J158" s="344"/>
+      <c r="K158" s="344"/>
+      <c r="L158" s="344"/>
+      <c r="M158" s="344"/>
+      <c r="N158" s="344"/>
+      <c r="O158" s="345"/>
+      <c r="P158" s="95"/>
+    </row>
+    <row r="159" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B159" s="155" t="s">
+        <v>42</v>
+      </c>
+      <c r="C159" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D159" s="78" t="s">
+        <v>206</v>
+      </c>
+      <c r="E159" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F159" s="79" t="s">
         <v>40</v>
       </c>
-      <c r="G58" s="87" t="s">
+      <c r="G159" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="H58" s="87" t="s">
+      <c r="H159" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="I58" s="87" t="s">
+      <c r="I159" s="80" t="s">
         <v>27</v>
       </c>
-      <c r="J58" s="88" t="s">
+      <c r="J159" s="81" t="s">
         <v>0</v>
       </c>
-      <c r="K58" s="84" t="s">
+      <c r="K159" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="L58" s="84" t="s">
+      <c r="L159" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M159" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N159" s="193" t="s">
+        <v>1</v>
+      </c>
+      <c r="O159" s="167" t="s">
+        <v>269</v>
+      </c>
+      <c r="P159" s="82"/>
+    </row>
+    <row r="160" spans="1:17" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B160" s="304" t="s">
+        <v>507</v>
+      </c>
+      <c r="C160" s="305">
+        <v>26180</v>
+      </c>
+      <c r="D160" s="426" t="s">
+        <v>122</v>
+      </c>
+      <c r="E160" s="46">
+        <v>2026</v>
+      </c>
+      <c r="F160" s="47">
+        <v>46295</v>
+      </c>
+      <c r="G160" s="114" t="s">
+        <v>8</v>
+      </c>
+      <c r="H160" s="73" t="s">
+        <v>510</v>
+      </c>
+      <c r="I160" s="74" t="s">
+        <v>30</v>
+      </c>
+      <c r="J160" s="75" t="s">
+        <v>511</v>
+      </c>
+      <c r="K160" s="45" t="s">
+        <v>508</v>
+      </c>
+      <c r="L160" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="M160" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="N160" s="45" t="s">
+        <v>509</v>
+      </c>
+      <c r="O160" s="178">
+        <v>46194</v>
+      </c>
+      <c r="P160" s="166"/>
+      <c r="Q160" s="166"/>
+    </row>
+    <row r="161" spans="2:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B161" s="147"/>
+      <c r="C161" s="142"/>
+      <c r="D161" s="35"/>
+      <c r="E161" s="17"/>
+      <c r="F161" s="12"/>
+      <c r="G161" s="106"/>
+      <c r="H161" s="37"/>
+      <c r="I161" s="101"/>
+      <c r="J161" s="115"/>
+      <c r="K161" s="7"/>
+      <c r="L161" s="7"/>
+      <c r="M161" s="7"/>
+      <c r="N161" s="194"/>
+      <c r="O161" s="116"/>
+      <c r="P161" s="95"/>
+      <c r="Q161" s="95"/>
+    </row>
+    <row r="162" spans="2:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B162" s="343" t="s">
+        <v>212</v>
+      </c>
+      <c r="C162" s="344"/>
+      <c r="D162" s="344"/>
+      <c r="E162" s="344"/>
+      <c r="F162" s="344"/>
+      <c r="G162" s="344"/>
+      <c r="H162" s="344"/>
+      <c r="I162" s="344"/>
+      <c r="J162" s="344"/>
+      <c r="K162" s="344"/>
+      <c r="L162" s="344"/>
+      <c r="M162" s="344"/>
+      <c r="N162" s="344"/>
+      <c r="O162" s="345"/>
+      <c r="P162" s="95"/>
+    </row>
+    <row r="163" spans="2:17" s="76" customFormat="1" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B163" s="179" t="s">
+        <v>42</v>
+      </c>
+      <c r="C163" s="180" t="s">
+        <v>218</v>
+      </c>
+      <c r="D163" s="181" t="s">
+        <v>206</v>
+      </c>
+      <c r="E163" s="182" t="s">
+        <v>64</v>
+      </c>
+      <c r="F163" s="183" t="s">
+        <v>40</v>
+      </c>
+      <c r="G163" s="184" t="s">
+        <v>2</v>
+      </c>
+      <c r="H163" s="184" t="s">
+        <v>3</v>
+      </c>
+      <c r="I163" s="184" t="s">
+        <v>27</v>
+      </c>
+      <c r="J163" s="185" t="s">
+        <v>0</v>
+      </c>
+      <c r="K163" s="182" t="s">
+        <v>22</v>
+      </c>
+      <c r="L163" s="182" t="s">
+        <v>76</v>
+      </c>
+      <c r="M163" s="182" t="s">
+        <v>65</v>
+      </c>
+      <c r="N163" s="200" t="s">
+        <v>1</v>
+      </c>
+      <c r="O163" s="186" t="s">
+        <v>4</v>
+      </c>
+      <c r="P163" s="82"/>
+    </row>
+    <row r="164" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="B164" s="147"/>
+      <c r="C164" s="135"/>
+      <c r="D164" s="17"/>
+      <c r="E164" s="17"/>
+      <c r="F164" s="12"/>
+      <c r="G164" s="106"/>
+      <c r="H164" s="37"/>
+      <c r="I164" s="37"/>
+      <c r="J164" s="115"/>
+      <c r="K164" s="7"/>
+      <c r="L164" s="7"/>
+      <c r="M164" s="98"/>
+      <c r="N164" s="194"/>
+      <c r="O164" s="116"/>
+      <c r="P164" s="95"/>
+      <c r="Q164" s="95"/>
+    </row>
+    <row r="165" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="P165" s="87"/>
+    </row>
+    <row r="166" spans="2:17" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="H166" s="191"/>
+      <c r="I166" s="354" t="s">
+        <v>17</v>
+      </c>
+      <c r="J166" s="354"/>
+      <c r="K166" s="354"/>
+      <c r="L166" s="354"/>
+      <c r="M166" s="354"/>
+      <c r="N166" s="354"/>
+      <c r="O166" s="354"/>
+      <c r="P166" s="87"/>
+    </row>
+    <row r="167" spans="2:17" x14ac:dyDescent="0.25">
+      <c r="H167" s="15"/>
+      <c r="I167" s="348" t="s">
+        <v>1</v>
+      </c>
+      <c r="J167" s="348"/>
+      <c r="K167" s="342" t="s">
+        <v>15</v>
+      </c>
+      <c r="L167" s="342"/>
+      <c r="M167" s="342"/>
+      <c r="N167" s="201" t="s">
+        <v>12</v>
+      </c>
+      <c r="O167" s="187" t="s">
+        <v>13</v>
+      </c>
+      <c r="P167" s="87"/>
+    </row>
+    <row r="168" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H168" s="95"/>
+      <c r="I168" s="346" t="s">
+        <v>219</v>
+      </c>
+      <c r="J168" s="346"/>
+      <c r="K168" s="330" t="s">
         <v>79</v>
       </c>
-      <c r="M58" s="84" t="s">
-[...44 lines deleted...]
-      <c r="M59" s="54" t="s">
+      <c r="L168" s="330"/>
+      <c r="M168" s="330"/>
+      <c r="N168" s="341" t="s">
+        <v>72</v>
+      </c>
+      <c r="O168" s="349" t="s">
+        <v>63</v>
+      </c>
+      <c r="P168" s="87"/>
+    </row>
+    <row r="169" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H169" s="95"/>
+      <c r="I169" s="346"/>
+      <c r="J169" s="346"/>
+      <c r="K169" s="330"/>
+      <c r="L169" s="330"/>
+      <c r="M169" s="330"/>
+      <c r="N169" s="341"/>
+      <c r="O169" s="349"/>
+      <c r="P169" s="87"/>
+    </row>
+    <row r="170" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H170" s="96"/>
+      <c r="I170" s="347"/>
+      <c r="J170" s="347"/>
+      <c r="K170" s="330"/>
+      <c r="L170" s="330"/>
+      <c r="M170" s="330"/>
+      <c r="N170" s="341"/>
+      <c r="O170" s="349"/>
+      <c r="P170" s="87"/>
+    </row>
+    <row r="171" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H171" s="95"/>
+      <c r="I171" s="414" t="s">
+        <v>190</v>
+      </c>
+      <c r="J171" s="415"/>
+      <c r="K171" s="416" t="s">
+        <v>16</v>
+      </c>
+      <c r="L171" s="417"/>
+      <c r="M171" s="417"/>
+      <c r="N171" s="353" t="s">
+        <v>204</v>
+      </c>
+      <c r="O171" s="387" t="s">
+        <v>14</v>
+      </c>
+      <c r="P171" s="87"/>
+    </row>
+    <row r="172" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H172" s="117"/>
+      <c r="I172" s="412" t="s">
+        <v>203</v>
+      </c>
+      <c r="J172" s="413"/>
+      <c r="K172" s="416"/>
+      <c r="L172" s="417"/>
+      <c r="M172" s="417"/>
+      <c r="N172" s="353"/>
+      <c r="O172" s="387"/>
+      <c r="P172" s="87"/>
+    </row>
+    <row r="173" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H173" s="98"/>
+      <c r="I173" s="373" t="s">
+        <v>202</v>
+      </c>
+      <c r="J173" s="374"/>
+      <c r="K173" s="416"/>
+      <c r="L173" s="417"/>
+      <c r="M173" s="417"/>
+      <c r="N173" s="353"/>
+      <c r="O173" s="387"/>
+      <c r="P173" s="87"/>
+    </row>
+    <row r="174" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H174" s="98"/>
+      <c r="I174" s="389" t="s">
+        <v>223</v>
+      </c>
+      <c r="J174" s="389"/>
+      <c r="K174" s="330" t="s">
+        <v>173</v>
+      </c>
+      <c r="L174" s="330"/>
+      <c r="M174" s="330"/>
+      <c r="N174" s="341" t="s">
+        <v>174</v>
+      </c>
+      <c r="O174" s="349" t="s">
+        <v>175</v>
+      </c>
+      <c r="P174" s="87"/>
+    </row>
+    <row r="175" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H175" s="98"/>
+      <c r="I175" s="346"/>
+      <c r="J175" s="346"/>
+      <c r="K175" s="330"/>
+      <c r="L175" s="330"/>
+      <c r="M175" s="330"/>
+      <c r="N175" s="341"/>
+      <c r="O175" s="349"/>
+      <c r="P175" s="87"/>
+    </row>
+    <row r="176" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H176" s="98"/>
+      <c r="I176" s="347"/>
+      <c r="J176" s="347"/>
+      <c r="K176" s="330"/>
+      <c r="L176" s="330"/>
+      <c r="M176" s="330"/>
+      <c r="N176" s="341"/>
+      <c r="O176" s="349"/>
+      <c r="P176" s="87"/>
+    </row>
+    <row r="177" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H177" s="98"/>
+      <c r="I177" s="366" t="s">
+        <v>282</v>
+      </c>
+      <c r="J177" s="367"/>
+      <c r="K177" s="393" t="s">
+        <v>285</v>
+      </c>
+      <c r="L177" s="393"/>
+      <c r="M177" s="394"/>
+      <c r="N177" s="400" t="s">
+        <v>287</v>
+      </c>
+      <c r="O177" s="388" t="s">
+        <v>286</v>
+      </c>
+      <c r="P177" s="87"/>
+    </row>
+    <row r="178" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H178" s="98"/>
+      <c r="I178" s="320" t="s">
+        <v>283</v>
+      </c>
+      <c r="J178" s="321"/>
+      <c r="K178" s="336"/>
+      <c r="L178" s="336"/>
+      <c r="M178" s="395"/>
+      <c r="N178" s="401"/>
+      <c r="O178" s="398"/>
+      <c r="P178" s="87"/>
+    </row>
+    <row r="179" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H179" s="98"/>
+      <c r="I179" s="322" t="s">
+        <v>284</v>
+      </c>
+      <c r="J179" s="323"/>
+      <c r="K179" s="396"/>
+      <c r="L179" s="396"/>
+      <c r="M179" s="397"/>
+      <c r="N179" s="402"/>
+      <c r="O179" s="399"/>
+      <c r="P179" s="87"/>
+    </row>
+    <row r="180" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H180" s="95"/>
+      <c r="I180" s="360" t="s">
+        <v>18</v>
+      </c>
+      <c r="J180" s="361"/>
+      <c r="K180" s="390" t="s">
+        <v>233</v>
+      </c>
+      <c r="L180" s="387"/>
+      <c r="M180" s="387"/>
+      <c r="N180" s="387" t="s">
+        <v>234</v>
+      </c>
+      <c r="O180" s="387" t="s">
+        <v>235</v>
+      </c>
+      <c r="P180" s="87"/>
+    </row>
+    <row r="181" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H181" s="95"/>
+      <c r="I181" s="391" t="s">
+        <v>201</v>
+      </c>
+      <c r="J181" s="392"/>
+      <c r="K181" s="390"/>
+      <c r="L181" s="387"/>
+      <c r="M181" s="387"/>
+      <c r="N181" s="387"/>
+      <c r="O181" s="387"/>
+      <c r="P181" s="87"/>
+    </row>
+    <row r="182" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F182" s="118"/>
+      <c r="H182" s="95"/>
+      <c r="I182" s="371" t="s">
+        <v>202</v>
+      </c>
+      <c r="J182" s="372"/>
+      <c r="K182" s="390"/>
+      <c r="L182" s="387"/>
+      <c r="M182" s="387"/>
+      <c r="N182" s="387"/>
+      <c r="O182" s="387"/>
+      <c r="P182" s="87"/>
+    </row>
+    <row r="183" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F183" s="118"/>
+      <c r="H183" s="161"/>
+      <c r="I183" s="346" t="s">
+        <v>222</v>
+      </c>
+      <c r="J183" s="346"/>
+      <c r="K183" s="330" t="s">
+        <v>79</v>
+      </c>
+      <c r="L183" s="330"/>
+      <c r="M183" s="330"/>
+      <c r="N183" s="341" t="s">
+        <v>72</v>
+      </c>
+      <c r="O183" s="349" t="s">
+        <v>63</v>
+      </c>
+      <c r="P183" s="87"/>
+    </row>
+    <row r="184" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B184" s="231"/>
+      <c r="C184" s="231"/>
+      <c r="D184" s="6"/>
+      <c r="F184" s="118"/>
+      <c r="H184" s="161"/>
+      <c r="I184" s="346"/>
+      <c r="J184" s="346"/>
+      <c r="K184" s="330"/>
+      <c r="L184" s="330"/>
+      <c r="M184" s="330"/>
+      <c r="N184" s="341"/>
+      <c r="O184" s="349"/>
+      <c r="P184" s="87"/>
+    </row>
+    <row r="185" spans="2:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B185" s="231"/>
+      <c r="C185" s="231"/>
+      <c r="D185" s="6"/>
+      <c r="F185" s="118"/>
+      <c r="H185" s="161"/>
+      <c r="I185" s="347"/>
+      <c r="J185" s="347"/>
+      <c r="K185" s="330"/>
+      <c r="L185" s="330"/>
+      <c r="M185" s="330"/>
+      <c r="N185" s="341"/>
+      <c r="O185" s="349"/>
+      <c r="P185" s="87"/>
+    </row>
+    <row r="186" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B186" s="231"/>
+      <c r="C186" s="231"/>
+      <c r="D186" s="6"/>
+      <c r="F186" s="118"/>
+      <c r="H186" s="161"/>
+      <c r="I186" s="366" t="s">
+        <v>191</v>
+      </c>
+      <c r="J186" s="367"/>
+      <c r="K186" s="403" t="s">
+        <v>194</v>
+      </c>
+      <c r="L186" s="404"/>
+      <c r="M186" s="404"/>
+      <c r="N186" s="405" t="s">
+        <v>195</v>
+      </c>
+      <c r="O186" s="387" t="s">
+        <v>196</v>
+      </c>
+      <c r="P186" s="87"/>
+    </row>
+    <row r="187" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B187" s="231"/>
+      <c r="C187" s="231"/>
+      <c r="D187" s="6"/>
+      <c r="F187" s="118"/>
+      <c r="H187" s="161"/>
+      <c r="I187" s="320" t="s">
+        <v>192</v>
+      </c>
+      <c r="J187" s="321"/>
+      <c r="K187" s="403"/>
+      <c r="L187" s="404"/>
+      <c r="M187" s="404"/>
+      <c r="N187" s="405"/>
+      <c r="O187" s="387"/>
+      <c r="P187" s="87"/>
+    </row>
+    <row r="188" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B188" s="231"/>
+      <c r="C188" s="231"/>
+      <c r="D188" s="6"/>
+      <c r="F188" s="118"/>
+      <c r="H188" s="161"/>
+      <c r="I188" s="322" t="s">
+        <v>193</v>
+      </c>
+      <c r="J188" s="323"/>
+      <c r="K188" s="403"/>
+      <c r="L188" s="404"/>
+      <c r="M188" s="404"/>
+      <c r="N188" s="405"/>
+      <c r="O188" s="388"/>
+      <c r="P188" s="87"/>
+    </row>
+    <row r="189" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B189" s="231"/>
+      <c r="C189" s="231"/>
+      <c r="D189" s="6"/>
+      <c r="F189" s="118"/>
+      <c r="H189" s="161"/>
+      <c r="I189" s="362" t="s">
+        <v>186</v>
+      </c>
+      <c r="J189" s="363"/>
+      <c r="K189" s="329" t="s">
+        <v>276</v>
+      </c>
+      <c r="L189" s="330"/>
+      <c r="M189" s="330"/>
+      <c r="N189" s="425" t="s">
+        <v>277</v>
+      </c>
+      <c r="O189" s="418" t="s">
+        <v>278</v>
+      </c>
+      <c r="P189" s="87"/>
+    </row>
+    <row r="190" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B190" s="231"/>
+      <c r="C190" s="231"/>
+      <c r="D190" s="6"/>
+      <c r="F190" s="118"/>
+      <c r="H190" s="161"/>
+      <c r="I190" s="364" t="s">
+        <v>274</v>
+      </c>
+      <c r="J190" s="365"/>
+      <c r="K190" s="329"/>
+      <c r="L190" s="330"/>
+      <c r="M190" s="330"/>
+      <c r="N190" s="425"/>
+      <c r="O190" s="419"/>
+      <c r="P190" s="87"/>
+    </row>
+    <row r="191" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B191" s="231"/>
+      <c r="C191" s="231"/>
+      <c r="D191" s="6"/>
+      <c r="F191" s="118"/>
+      <c r="H191" s="161"/>
+      <c r="I191" s="324" t="s">
+        <v>275</v>
+      </c>
+      <c r="J191" s="325"/>
+      <c r="K191" s="329"/>
+      <c r="L191" s="330"/>
+      <c r="M191" s="330"/>
+      <c r="N191" s="425"/>
+      <c r="O191" s="420"/>
+      <c r="P191" s="87"/>
+    </row>
+    <row r="192" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B192" s="231"/>
+      <c r="C192" s="231"/>
+      <c r="D192" s="6"/>
+      <c r="F192" s="118"/>
+      <c r="H192" s="161"/>
+      <c r="I192" s="314" t="s">
+        <v>260</v>
+      </c>
+      <c r="J192" s="315"/>
+      <c r="K192" s="422" t="s">
+        <v>263</v>
+      </c>
+      <c r="L192" s="423"/>
+      <c r="M192" s="423"/>
+      <c r="N192" s="424" t="s">
+        <v>264</v>
+      </c>
+      <c r="O192" s="399" t="s">
+        <v>265</v>
+      </c>
+      <c r="P192" s="87"/>
+    </row>
+    <row r="193" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B193" s="231"/>
+      <c r="C193" s="231"/>
+      <c r="D193" s="6"/>
+      <c r="F193" s="118"/>
+      <c r="H193" s="161"/>
+      <c r="I193" s="316" t="s">
+        <v>261</v>
+      </c>
+      <c r="J193" s="317"/>
+      <c r="K193" s="422"/>
+      <c r="L193" s="423"/>
+      <c r="M193" s="423"/>
+      <c r="N193" s="424"/>
+      <c r="O193" s="387"/>
+      <c r="P193" s="87"/>
+    </row>
+    <row r="194" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B194" s="231"/>
+      <c r="C194" s="231"/>
+      <c r="D194" s="6"/>
+      <c r="F194" s="118"/>
+      <c r="H194" s="161"/>
+      <c r="I194" s="318" t="s">
+        <v>262</v>
+      </c>
+      <c r="J194" s="319"/>
+      <c r="K194" s="422"/>
+      <c r="L194" s="423"/>
+      <c r="M194" s="423"/>
+      <c r="N194" s="424"/>
+      <c r="O194" s="387"/>
+      <c r="P194" s="87"/>
+    </row>
+    <row r="195" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B195" s="231"/>
+      <c r="C195" s="231"/>
+      <c r="D195" s="6"/>
+      <c r="F195" s="118"/>
+      <c r="H195" s="95"/>
+      <c r="I195" s="326" t="s">
+        <v>101</v>
+      </c>
+      <c r="J195" s="327"/>
+      <c r="K195" s="329" t="s">
+        <v>16</v>
+      </c>
+      <c r="L195" s="330"/>
+      <c r="M195" s="330"/>
+      <c r="N195" s="421" t="s">
+        <v>20</v>
+      </c>
+      <c r="O195" s="349" t="s">
+        <v>14</v>
+      </c>
+      <c r="P195" s="87"/>
+    </row>
+    <row r="196" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B196" s="231"/>
+      <c r="C196" s="231"/>
+      <c r="D196" s="6"/>
+      <c r="H196" s="95"/>
+      <c r="I196" s="332" t="s">
+        <v>80</v>
+      </c>
+      <c r="J196" s="333"/>
+      <c r="K196" s="329"/>
+      <c r="L196" s="330"/>
+      <c r="M196" s="330"/>
+      <c r="N196" s="421"/>
+      <c r="O196" s="349"/>
+      <c r="P196" s="87"/>
+    </row>
+    <row r="197" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B197" s="231"/>
+      <c r="C197" s="231"/>
+      <c r="D197" s="6"/>
+      <c r="G197" s="83"/>
+      <c r="H197" s="95"/>
+      <c r="I197" s="334" t="s">
+        <v>81</v>
+      </c>
+      <c r="J197" s="335"/>
+      <c r="K197" s="329"/>
+      <c r="L197" s="330"/>
+      <c r="M197" s="330"/>
+      <c r="N197" s="421"/>
+      <c r="O197" s="349"/>
+      <c r="P197" s="87"/>
+    </row>
+    <row r="198" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B198" s="231"/>
+      <c r="C198" s="231"/>
+      <c r="D198" s="6"/>
+      <c r="H198" s="95"/>
+      <c r="I198" s="358" t="s">
+        <v>220</v>
+      </c>
+      <c r="J198" s="358"/>
+      <c r="K198" s="404" t="s">
         <v>162</v>
       </c>
-      <c r="N59" s="54" t="s">
-[...1071 lines deleted...]
-      <c r="K83" s="240" t="s">
+      <c r="L198" s="404"/>
+      <c r="M198" s="404"/>
+      <c r="N198" s="405" t="s">
+        <v>163</v>
+      </c>
+      <c r="O198" s="387" t="s">
+        <v>164</v>
+      </c>
+      <c r="P198" s="87"/>
+    </row>
+    <row r="199" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B199" s="231"/>
+      <c r="C199" s="231"/>
+      <c r="D199" s="6"/>
+      <c r="G199" s="83"/>
+      <c r="H199" s="95"/>
+      <c r="I199" s="359"/>
+      <c r="J199" s="359"/>
+      <c r="K199" s="404"/>
+      <c r="L199" s="404"/>
+      <c r="M199" s="404"/>
+      <c r="N199" s="405"/>
+      <c r="O199" s="387"/>
+      <c r="P199" s="87"/>
+    </row>
+    <row r="200" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B200" s="231"/>
+      <c r="C200" s="231"/>
+      <c r="D200" s="6"/>
+      <c r="H200" s="95"/>
+      <c r="I200" s="359"/>
+      <c r="J200" s="359"/>
+      <c r="K200" s="404"/>
+      <c r="L200" s="404"/>
+      <c r="M200" s="404"/>
+      <c r="N200" s="405"/>
+      <c r="O200" s="387"/>
+      <c r="P200" s="87"/>
+    </row>
+    <row r="201" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B201" s="231"/>
+      <c r="C201" s="231"/>
+      <c r="D201" s="6"/>
+      <c r="H201" s="95"/>
+      <c r="I201" s="346" t="s">
         <v>221</v>
       </c>
-      <c r="L83" s="240" t="s">
-[...291 lines deleted...]
-      <c r="L91" s="84" t="s">
+      <c r="J201" s="346"/>
+      <c r="K201" s="330" t="s">
         <v>79</v>
       </c>
-      <c r="M91" s="84" t="s">
-[...4210 lines deleted...]
-      <c r="P208" s="94"/>
+      <c r="L201" s="330"/>
+      <c r="M201" s="330"/>
+      <c r="N201" s="341" t="s">
+        <v>72</v>
+      </c>
+      <c r="O201" s="349" t="s">
+        <v>63</v>
+      </c>
+      <c r="P201" s="87"/>
+    </row>
+    <row r="202" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B202" s="231"/>
+      <c r="C202" s="231"/>
+      <c r="D202" s="6"/>
+      <c r="H202" s="95"/>
+      <c r="I202" s="346"/>
+      <c r="J202" s="346"/>
+      <c r="K202" s="330"/>
+      <c r="L202" s="330"/>
+      <c r="M202" s="330"/>
+      <c r="N202" s="341"/>
+      <c r="O202" s="349"/>
+      <c r="P202" s="87"/>
+    </row>
+    <row r="203" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B203" s="231"/>
+      <c r="C203" s="231"/>
+      <c r="D203" s="6"/>
+      <c r="E203" s="101"/>
+      <c r="F203" s="102"/>
+      <c r="G203" s="94"/>
+      <c r="H203" s="95"/>
+      <c r="I203" s="346"/>
+      <c r="J203" s="346"/>
+      <c r="K203" s="330"/>
+      <c r="L203" s="330"/>
+      <c r="M203" s="330"/>
+      <c r="N203" s="341"/>
+      <c r="O203" s="349"/>
+      <c r="P203" s="87"/>
+    </row>
+    <row r="204" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B204" s="231"/>
+      <c r="C204" s="231"/>
+      <c r="D204" s="6"/>
+      <c r="E204" s="101"/>
+      <c r="F204" s="119"/>
+      <c r="G204" s="94"/>
+      <c r="H204" s="98"/>
+      <c r="I204" s="6"/>
+      <c r="J204" s="6"/>
+      <c r="K204" s="6"/>
+      <c r="L204" s="6"/>
+      <c r="M204" s="6"/>
+      <c r="N204" s="204"/>
+      <c r="O204" s="6"/>
+      <c r="P204" s="87"/>
+    </row>
+    <row r="205" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B205" s="231"/>
+      <c r="C205" s="231"/>
+      <c r="D205" s="6"/>
+      <c r="E205" s="101"/>
+      <c r="F205" s="102"/>
+      <c r="G205" s="7"/>
+      <c r="H205" s="95"/>
+      <c r="I205" s="6"/>
+      <c r="J205" s="6"/>
+      <c r="K205" s="6"/>
+      <c r="L205" s="6"/>
+      <c r="M205" s="6"/>
+      <c r="N205" s="204"/>
+      <c r="O205" s="6"/>
+      <c r="P205" s="87"/>
+    </row>
+    <row r="206" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H206" s="96"/>
+      <c r="I206" s="6"/>
+      <c r="J206" s="6"/>
+      <c r="K206" s="6"/>
+      <c r="L206" s="6"/>
+      <c r="M206" s="6"/>
+      <c r="N206" s="204"/>
+      <c r="O206" s="6"/>
+      <c r="P206" s="87"/>
+    </row>
+    <row r="207" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H207" s="312"/>
+      <c r="I207" s="313"/>
+      <c r="J207" s="313"/>
+      <c r="K207" s="336"/>
+      <c r="L207" s="336"/>
+      <c r="M207" s="336"/>
+      <c r="N207" s="328"/>
+      <c r="O207" s="337"/>
+      <c r="P207" s="87"/>
+    </row>
+    <row r="208" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H208" s="312"/>
+      <c r="I208" s="331"/>
+      <c r="J208" s="331"/>
+      <c r="K208" s="336"/>
+      <c r="L208" s="336"/>
+      <c r="M208" s="336"/>
+      <c r="N208" s="328"/>
+      <c r="O208" s="337"/>
+      <c r="P208" s="87"/>
     </row>
     <row r="209" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F209" s="125"/>
-[...594 lines deleted...]
-      <c r="C248" s="151" t="s">
+      <c r="H209" s="312"/>
+      <c r="I209" s="331"/>
+      <c r="J209" s="331"/>
+      <c r="K209" s="336"/>
+      <c r="L209" s="336"/>
+      <c r="M209" s="336"/>
+      <c r="N209" s="328"/>
+      <c r="O209" s="337"/>
+      <c r="P209" s="87"/>
+    </row>
+    <row r="210" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H210" s="98"/>
+      <c r="I210" s="313"/>
+      <c r="J210" s="313"/>
+      <c r="K210" s="336"/>
+      <c r="L210" s="336"/>
+      <c r="M210" s="336"/>
+      <c r="N210" s="328"/>
+      <c r="O210" s="337"/>
+      <c r="P210" s="87"/>
+    </row>
+    <row r="211" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H211" s="95"/>
+      <c r="I211" s="331"/>
+      <c r="J211" s="331"/>
+      <c r="K211" s="336"/>
+      <c r="L211" s="336"/>
+      <c r="M211" s="336"/>
+      <c r="N211" s="328"/>
+      <c r="O211" s="337"/>
+      <c r="P211" s="87"/>
+    </row>
+    <row r="212" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H212" s="98"/>
+      <c r="I212" s="331"/>
+      <c r="J212" s="331"/>
+      <c r="K212" s="336"/>
+      <c r="L212" s="336"/>
+      <c r="M212" s="336"/>
+      <c r="N212" s="328"/>
+      <c r="O212" s="337"/>
+      <c r="P212" s="87"/>
+    </row>
+    <row r="213" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H213" s="312"/>
+      <c r="I213" s="162"/>
+      <c r="J213" s="162"/>
+      <c r="K213" s="162"/>
+      <c r="L213" s="162"/>
+      <c r="M213" s="162"/>
+      <c r="O213" s="162"/>
+      <c r="P213" s="87"/>
+    </row>
+    <row r="214" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H214" s="312"/>
+      <c r="I214" s="70"/>
+      <c r="J214" s="70"/>
+      <c r="K214" s="70"/>
+      <c r="L214" s="70"/>
+      <c r="M214" s="70"/>
+      <c r="O214" s="8"/>
+      <c r="P214" s="87"/>
+    </row>
+    <row r="215" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H215" s="312"/>
+      <c r="P215" s="87"/>
+    </row>
+    <row r="216" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H216" s="98"/>
+      <c r="J216" s="24"/>
+      <c r="K216" s="24"/>
+      <c r="L216" s="24"/>
+      <c r="M216" s="24"/>
+      <c r="N216" s="205"/>
+      <c r="O216" s="24"/>
+      <c r="P216" s="87"/>
+    </row>
+    <row r="217" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H217" s="95"/>
+      <c r="J217" s="24"/>
+      <c r="K217" s="24"/>
+      <c r="L217" s="24"/>
+      <c r="M217" s="24"/>
+      <c r="N217" s="205"/>
+      <c r="O217" s="24"/>
+      <c r="P217" s="87"/>
+    </row>
+    <row r="218" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H218" s="98"/>
+      <c r="J218" s="24"/>
+      <c r="K218" s="24"/>
+      <c r="L218" s="24"/>
+      <c r="M218" s="24"/>
+      <c r="N218" s="205"/>
+      <c r="O218" s="24"/>
+      <c r="P218" s="87"/>
+    </row>
+    <row r="219" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B219" s="150"/>
+      <c r="C219" s="143"/>
+      <c r="D219" s="31"/>
+      <c r="E219" s="121"/>
+      <c r="F219" s="122"/>
+      <c r="G219" s="120"/>
+      <c r="H219" s="158"/>
+      <c r="I219" s="91"/>
+      <c r="J219" s="6"/>
+      <c r="K219" s="6"/>
+      <c r="L219" s="6"/>
+      <c r="M219" s="6"/>
+      <c r="N219" s="204"/>
+      <c r="O219" s="6"/>
+    </row>
+    <row r="220" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B220" s="150"/>
+      <c r="C220" s="143"/>
+      <c r="D220" s="31"/>
+      <c r="E220" s="121"/>
+      <c r="F220" s="122"/>
+      <c r="G220" s="120"/>
+      <c r="H220" s="159"/>
+      <c r="I220" s="91"/>
+      <c r="J220" s="6"/>
+      <c r="K220" s="6"/>
+      <c r="L220" s="6"/>
+      <c r="M220" s="6"/>
+      <c r="N220" s="204"/>
+      <c r="O220" s="6"/>
+    </row>
+    <row r="221" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B221" s="150"/>
+      <c r="C221" s="143"/>
+      <c r="D221" s="31"/>
+      <c r="E221" s="121"/>
+      <c r="F221" s="122"/>
+      <c r="G221" s="120"/>
+      <c r="H221" s="158"/>
+      <c r="I221" s="91"/>
+      <c r="J221" s="6"/>
+      <c r="K221" s="6"/>
+      <c r="L221" s="6"/>
+      <c r="M221" s="6"/>
+      <c r="N221" s="204"/>
+      <c r="O221" s="6"/>
+    </row>
+    <row r="222" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B222" s="144"/>
+      <c r="C222" s="144" t="s">
         <v>28</v>
       </c>
-      <c r="D248" s="169"/>
-[...29 lines deleted...]
-      <c r="B252" s="158"/>
+      <c r="D222" s="162"/>
+      <c r="E222" s="162"/>
+      <c r="F222" s="162"/>
+      <c r="G222" s="162"/>
+      <c r="H222" s="162"/>
+      <c r="J222" s="6"/>
+      <c r="K222" s="6"/>
+      <c r="L222" s="6"/>
+      <c r="M222" s="6"/>
+      <c r="N222" s="204"/>
+      <c r="O222" s="6"/>
+      <c r="P222" s="6"/>
+    </row>
+    <row r="223" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="B223" s="144"/>
+      <c r="C223" s="144"/>
+      <c r="D223" s="29"/>
+      <c r="E223" s="70"/>
+      <c r="F223" s="32"/>
+      <c r="G223" s="70"/>
+      <c r="H223" s="70"/>
+      <c r="P223" s="6"/>
+    </row>
+    <row r="224" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="P224" s="6"/>
+    </row>
+    <row r="225" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="P225" s="6"/>
+    </row>
+    <row r="226" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="B226" s="151"/>
     </row>
   </sheetData>
   <mergeCells count="99">
-    <mergeCell ref="H239:H241"/>
-[...48 lines deleted...]
-    <mergeCell ref="I199:J199"/>
+    <mergeCell ref="O189:O191"/>
+    <mergeCell ref="K207:M209"/>
+    <mergeCell ref="N201:N203"/>
+    <mergeCell ref="K201:M203"/>
+    <mergeCell ref="O207:O209"/>
+    <mergeCell ref="K198:M200"/>
+    <mergeCell ref="N198:N200"/>
+    <mergeCell ref="O192:O194"/>
+    <mergeCell ref="O195:O197"/>
+    <mergeCell ref="N207:N209"/>
+    <mergeCell ref="O198:O200"/>
+    <mergeCell ref="N195:N197"/>
+    <mergeCell ref="K192:M194"/>
+    <mergeCell ref="N192:N194"/>
+    <mergeCell ref="N189:N191"/>
+    <mergeCell ref="K189:M191"/>
+    <mergeCell ref="B135:O135"/>
+    <mergeCell ref="B143:O143"/>
+    <mergeCell ref="I172:J172"/>
+    <mergeCell ref="I171:J171"/>
+    <mergeCell ref="K168:M170"/>
+    <mergeCell ref="O171:O173"/>
+    <mergeCell ref="K171:M173"/>
+    <mergeCell ref="O186:O188"/>
+    <mergeCell ref="I174:J176"/>
+    <mergeCell ref="O180:O182"/>
+    <mergeCell ref="N180:N182"/>
+    <mergeCell ref="K180:M182"/>
+    <mergeCell ref="I181:J181"/>
+    <mergeCell ref="O183:O185"/>
+    <mergeCell ref="K177:M179"/>
+    <mergeCell ref="O177:O179"/>
+    <mergeCell ref="N177:N179"/>
+    <mergeCell ref="I183:J185"/>
+    <mergeCell ref="K183:M185"/>
+    <mergeCell ref="N183:N185"/>
+    <mergeCell ref="I186:J186"/>
+    <mergeCell ref="K186:M188"/>
+    <mergeCell ref="N186:N188"/>
     <mergeCell ref="B2:O2"/>
     <mergeCell ref="B4:O4"/>
     <mergeCell ref="B14:O14"/>
     <mergeCell ref="B28:O28"/>
     <mergeCell ref="B7:O7"/>
     <mergeCell ref="B3:O3"/>
     <mergeCell ref="B12:O12"/>
     <mergeCell ref="B9:O9"/>
     <mergeCell ref="B8:O8"/>
     <mergeCell ref="B11:O11"/>
-    <mergeCell ref="O212:O214"/>
-[...3 lines deleted...]
-    <mergeCell ref="K206:M208"/>
+    <mergeCell ref="B57:O57"/>
+    <mergeCell ref="I201:J203"/>
+    <mergeCell ref="I198:J200"/>
+    <mergeCell ref="O201:O203"/>
+    <mergeCell ref="I180:J180"/>
+    <mergeCell ref="K174:M176"/>
+    <mergeCell ref="N174:N176"/>
+    <mergeCell ref="O174:O176"/>
+    <mergeCell ref="I189:J189"/>
+    <mergeCell ref="I190:J190"/>
+    <mergeCell ref="I177:J177"/>
+    <mergeCell ref="I178:J178"/>
+    <mergeCell ref="I179:J179"/>
+    <mergeCell ref="B120:O120"/>
+    <mergeCell ref="I182:J182"/>
+    <mergeCell ref="I173:J173"/>
+    <mergeCell ref="O210:O212"/>
+    <mergeCell ref="I211:J211"/>
+    <mergeCell ref="I212:J212"/>
+    <mergeCell ref="B39:O39"/>
+    <mergeCell ref="N168:N170"/>
+    <mergeCell ref="K167:M167"/>
+    <mergeCell ref="B147:O147"/>
+    <mergeCell ref="B162:O162"/>
+    <mergeCell ref="I168:J170"/>
+    <mergeCell ref="B158:O158"/>
+    <mergeCell ref="I167:J167"/>
+    <mergeCell ref="O168:O170"/>
+    <mergeCell ref="B99:O99"/>
+    <mergeCell ref="N171:N173"/>
+    <mergeCell ref="I166:O166"/>
+    <mergeCell ref="B86:O86"/>
+    <mergeCell ref="I187:J187"/>
+    <mergeCell ref="I188:J188"/>
+    <mergeCell ref="I191:J191"/>
+    <mergeCell ref="I195:J195"/>
+    <mergeCell ref="N210:N212"/>
+    <mergeCell ref="K195:M197"/>
     <mergeCell ref="I207:J207"/>
-    <mergeCell ref="O209:O211"/>
-[...11 lines deleted...]
-    <mergeCell ref="I198:J198"/>
+    <mergeCell ref="I208:J208"/>
+    <mergeCell ref="I209:J209"/>
+    <mergeCell ref="I196:J196"/>
     <mergeCell ref="I197:J197"/>
-    <mergeCell ref="K194:M196"/>
-[...17 lines deleted...]
-    <mergeCell ref="K215:M217"/>
+    <mergeCell ref="K210:M212"/>
+    <mergeCell ref="H213:H215"/>
+    <mergeCell ref="I210:J210"/>
+    <mergeCell ref="H207:H209"/>
+    <mergeCell ref="I192:J192"/>
+    <mergeCell ref="I193:J193"/>
+    <mergeCell ref="I194:J194"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="J5" r:id="rId1" xr:uid="{47298CFF-06E7-4B39-A0F6-636DD9976E37}"/>
     <hyperlink ref="B30" r:id="rId2" xr:uid="{C3791F4C-903A-4B27-A804-DB98A4607262}"/>
     <hyperlink ref="B31" r:id="rId3" xr:uid="{1EB0D253-A4D7-4B3A-ADE0-1CE8DDB9469C}"/>
     <hyperlink ref="B23" r:id="rId4" xr:uid="{1FAA1DC3-C1EB-4DF0-A6AD-1F0DC8472856}"/>
     <hyperlink ref="B24" r:id="rId5" xr:uid="{7CEB8FB5-A501-4F39-BBFA-5DE121519576}"/>
     <hyperlink ref="B25" r:id="rId6" xr:uid="{C3BC536F-2875-4D95-B469-F8DE97F2B3EA}"/>
     <hyperlink ref="B26" r:id="rId7" xr:uid="{E80877C2-7AFF-44B5-96DC-13C27F200CEC}"/>
     <hyperlink ref="B34" r:id="rId8" xr:uid="{15F899E1-652D-44B5-B5C9-C38FB6C4FB7C}"/>
     <hyperlink ref="B35" r:id="rId9" xr:uid="{DF4E0BE3-DE30-4754-9786-3BCCA43DF773}"/>
     <hyperlink ref="B37" r:id="rId10" display="J 10.1" xr:uid="{9DF3CD35-9F4D-4B9B-9743-E0BBB34FDC12}"/>
     <hyperlink ref="C32" r:id="rId11" xr:uid="{2AF37B65-F4B6-4666-BB4E-41154A6EDE3F}"/>
     <hyperlink ref="B32" r:id="rId12" xr:uid="{0BDFD18E-9E10-4620-96E5-952AF2EC1059}"/>
     <hyperlink ref="J6" r:id="rId13" xr:uid="{86FE0367-2520-43EC-95BB-6F890574597F}"/>
-    <hyperlink ref="C139" r:id="rId14" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa50b2ee-6026-476d-958b-c8006eb79d4c" xr:uid="{72C68131-F7C0-4FC5-8BC5-E1D402CB8455}"/>
-[...243 lines deleted...]
-    <hyperlink ref="C126" r:id="rId258" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" xr:uid="{1BFC74D8-D2C3-46E8-857E-B5EA0F8BB496}"/>
+    <hyperlink ref="C59" r:id="rId14" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{3C258BEE-76FF-4D27-8F4A-53886FF43BA3}"/>
+    <hyperlink ref="B59" r:id="rId15" xr:uid="{841FA687-BA7C-4E2C-8645-3883981E5AB4}"/>
+    <hyperlink ref="B93" r:id="rId16" xr:uid="{8DE26607-D74A-49CF-9275-2C671D7397DF}"/>
+    <hyperlink ref="B94" r:id="rId17" xr:uid="{501B7B77-E56F-491D-B44A-975F8C0748B8}"/>
+    <hyperlink ref="B95" r:id="rId18" xr:uid="{8250DAAD-20BC-41BA-A3EE-8F6C520B625B}"/>
+    <hyperlink ref="C88" r:id="rId19" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{3C77F52C-F86E-4F18-91C3-F251B1B059E2}"/>
+    <hyperlink ref="B88" r:id="rId20" xr:uid="{93D305D6-80AD-4A12-B676-473E162B7975}"/>
+    <hyperlink ref="B65" r:id="rId21" xr:uid="{48B6E5B0-7A15-4360-99D8-B84ADC4A5ECF}"/>
+    <hyperlink ref="C150" r:id="rId22" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{A0236471-C190-4E58-B273-13054DDECE53}"/>
+    <hyperlink ref="C151" r:id="rId23" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{C2600744-2D33-4C3F-9910-4BC05AEED230}"/>
+    <hyperlink ref="C152" r:id="rId24" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{88BF3D90-9CE2-4319-A450-B7A33E5A3996}"/>
+    <hyperlink ref="B150" r:id="rId25" xr:uid="{916D7E58-E6F9-4FCB-8E44-FE94AB4DC670}"/>
+    <hyperlink ref="B151" r:id="rId26" xr:uid="{D571B30E-01C2-4E67-8CC2-FE3352A8A1ED}"/>
+    <hyperlink ref="B152" r:id="rId27" xr:uid="{207A88F3-7CE2-4C46-9DCA-089125534735}"/>
+    <hyperlink ref="C145" r:id="rId28" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" xr:uid="{5942AEE3-8102-43DA-83AC-7E8AB69AF6FC}"/>
+    <hyperlink ref="B145" r:id="rId29" xr:uid="{29D4CE01-E91A-455C-B8CF-597D80FB2F61}"/>
+    <hyperlink ref="C160" r:id="rId30" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" xr:uid="{2B5DD3D5-17A1-48B9-BE8D-F35E72680738}"/>
+    <hyperlink ref="B160" r:id="rId31" xr:uid="{13490D1F-E23B-45D4-8243-E5643907D2B0}"/>
+    <hyperlink ref="C23" r:id="rId32" xr:uid="{D069B904-3B45-45B4-A27D-6F54EC8CB00B}"/>
+    <hyperlink ref="C24" r:id="rId33" xr:uid="{B7E8A837-F548-4232-8D20-1C160E84FC54}"/>
+    <hyperlink ref="B16" r:id="rId34" xr:uid="{C858BF4A-E082-412A-AD41-888DF52C8831}"/>
+    <hyperlink ref="B17" r:id="rId35" xr:uid="{FB62ED73-32C6-424B-B288-F750338510AF}"/>
+    <hyperlink ref="B18" r:id="rId36" xr:uid="{D947FBCA-D9F2-4FA2-8BFA-44EFF6F45CB7}"/>
+    <hyperlink ref="B19" r:id="rId37" xr:uid="{D1320363-272A-460A-ACD0-C5B7680379AD}"/>
+    <hyperlink ref="B20" r:id="rId38" xr:uid="{F4288DD8-301A-4A54-A4DF-6480FDEF3C02}"/>
+    <hyperlink ref="B21" r:id="rId39" xr:uid="{94EE570F-EBC5-42F9-8CE5-3B106860885F}"/>
+    <hyperlink ref="B22" r:id="rId40" xr:uid="{79E70843-DD0A-44A0-92A3-EBF315C90397}"/>
+    <hyperlink ref="C16" r:id="rId41" xr:uid="{52C8AA99-686B-43E6-80DB-AC0638CCED16}"/>
+    <hyperlink ref="C17" r:id="rId42" xr:uid="{DA37E4F0-6CF3-41EB-8893-A30CD88D317F}"/>
+    <hyperlink ref="C18" r:id="rId43" xr:uid="{68B2793F-C1A8-48D8-984F-ECCABF49AF9E}"/>
+    <hyperlink ref="C19" r:id="rId44" xr:uid="{D8663D95-23A7-4C42-8F0E-EBAA496607A7}"/>
+    <hyperlink ref="C20" r:id="rId45" xr:uid="{DB57F0D5-B6E3-4B24-89E4-C216BA3BB9E2}"/>
+    <hyperlink ref="C21" r:id="rId46" xr:uid="{E4A967EB-8313-4354-B1AE-58EF02B0D537}"/>
+    <hyperlink ref="C22" r:id="rId47" xr:uid="{B4AB4785-3037-4075-A451-23B72A78E423}"/>
+    <hyperlink ref="C30" r:id="rId48" xr:uid="{BF0AD2D0-D487-4BA3-B9DE-61FCD7D34ACF}"/>
+    <hyperlink ref="C31" r:id="rId49" xr:uid="{C88498A3-C754-4251-95CB-678CA51B7BB3}"/>
+    <hyperlink ref="C93" r:id="rId50" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{61381AA2-5986-42A8-A834-826D2DAA8441}"/>
+    <hyperlink ref="C94" r:id="rId51" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{6C3CDF04-804B-4BD8-8E05-5A7F04DDE6BE}"/>
+    <hyperlink ref="C95" r:id="rId52" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{BE8A081F-0C57-452E-BB47-B0C6A7693C59}"/>
+    <hyperlink ref="B96" r:id="rId53" xr:uid="{FC63A385-1EFD-4AB4-8F75-AEBAD8A73C7B}"/>
+    <hyperlink ref="C96" r:id="rId54" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{701A5897-E0B8-46BB-B22D-18276B12A0C3}"/>
+    <hyperlink ref="C156" r:id="rId55" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" xr:uid="{966A0066-08B9-4AC5-8610-E0D51596D039}"/>
+    <hyperlink ref="B156" r:id="rId56" xr:uid="{A4ACA92D-16BB-4FC7-8B81-CB6630BE55C5}"/>
+    <hyperlink ref="C154" r:id="rId57" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{4429F7FD-9E22-4904-B289-6FEF67CEEED4}"/>
+    <hyperlink ref="B154" r:id="rId58" xr:uid="{4E817A14-5BF7-4411-A219-7CA9220EC703}"/>
+    <hyperlink ref="C34" r:id="rId59" xr:uid="{AD02BEF5-53A1-46C4-B074-20384787CB75}"/>
+    <hyperlink ref="B36" r:id="rId60" xr:uid="{D9091BA7-BD90-4559-8916-081A3FE894A4}"/>
+    <hyperlink ref="B78" r:id="rId61" xr:uid="{850C3084-8831-47BF-B5C2-C0DC5B4AE510}"/>
+    <hyperlink ref="B79" r:id="rId62" xr:uid="{3B860217-325C-4644-9617-41266FC276A1}"/>
+    <hyperlink ref="B80" r:id="rId63" xr:uid="{F6B3AD48-11A0-4B29-A396-7862DA1F1B22}"/>
+    <hyperlink ref="B81" r:id="rId64" xr:uid="{0830FDC6-0590-48FE-87EC-E6410644C3A0}"/>
+    <hyperlink ref="B82" r:id="rId65" xr:uid="{D7EA1F3F-991F-453D-8914-E68C7255034E}"/>
+    <hyperlink ref="B83" r:id="rId66" xr:uid="{5190B271-47FA-43AD-A95A-A89BBAB2E471}"/>
+    <hyperlink ref="B84" r:id="rId67" xr:uid="{C6B02178-E2B7-4972-87A5-1B70E2A98E84}"/>
+    <hyperlink ref="C84" r:id="rId68" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{93914FBE-3967-44CA-8A3D-48FA140710DA}"/>
+    <hyperlink ref="C83" r:id="rId69" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{89C386D0-D3BA-41FF-828E-3A326FEB6F69}"/>
+    <hyperlink ref="C82" r:id="rId70" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{A1B323A8-7478-417A-B5B7-C42DB8A6E7EB}"/>
+    <hyperlink ref="C81" r:id="rId71" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{00D5BB1F-9667-4CE3-BD2B-C41F232BD147}"/>
+    <hyperlink ref="C80" r:id="rId72" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{92163448-653C-49E7-88ED-BB4D6E0BA82E}"/>
+    <hyperlink ref="C79" r:id="rId73" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{BF461B76-8548-47DA-8D7F-30724E79856C}"/>
+    <hyperlink ref="C78" r:id="rId74" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{F220B334-091F-4D2B-B404-82E8AC00D074}"/>
+    <hyperlink ref="C77" r:id="rId75" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{0148B365-E9FB-4663-B11B-EF23E4764331}"/>
+    <hyperlink ref="B139" r:id="rId76" xr:uid="{E00B3DEE-1143-4DD3-A8BD-BAAC9B954512}"/>
+    <hyperlink ref="B140" r:id="rId77" xr:uid="{005F601A-2242-451E-BC05-92B9E41173CA}"/>
+    <hyperlink ref="C139" r:id="rId78" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{2483C667-848D-4F58-8A92-E9D48C180113}"/>
+    <hyperlink ref="C140" r:id="rId79" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{2D687E6A-898F-4C7F-96EC-B8E5AECE01E4}"/>
+    <hyperlink ref="B111" r:id="rId80" xr:uid="{812287D2-3BC1-4862-8E8E-27A111DF689C}"/>
+    <hyperlink ref="C111" r:id="rId81" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" xr:uid="{7C5A2639-36E5-4224-8356-57446A0DBE32}"/>
+    <hyperlink ref="C41" r:id="rId82" xr:uid="{3F594AF7-8B8C-4494-98BE-54C6AE288B1E}"/>
+    <hyperlink ref="B41" r:id="rId83" xr:uid="{0920FB35-175E-4E94-BE0C-D4243CB26C0C}"/>
+    <hyperlink ref="C42" r:id="rId84" xr:uid="{4FF6E8E0-C037-47AB-8293-B4272A95ABF3}"/>
+    <hyperlink ref="B42" r:id="rId85" xr:uid="{6EEC7C41-5936-4167-9259-14C6413C28AF}"/>
+    <hyperlink ref="C43" r:id="rId86" xr:uid="{4A799D04-BE44-4346-9D30-3F2B908D2B92}"/>
+    <hyperlink ref="B43" r:id="rId87" xr:uid="{4D7FDB0D-1F6A-4F74-AC52-1F0B2CAE77AE}"/>
+    <hyperlink ref="C44" r:id="rId88" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" xr:uid="{B44F8B58-7DA5-4D0C-9D71-802D4EBBE15C}"/>
+    <hyperlink ref="B44" r:id="rId89" xr:uid="{021F88DC-E926-4118-A646-FC4858D666E3}"/>
+    <hyperlink ref="C45" r:id="rId90" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" xr:uid="{E94B8CF4-6AC5-4EC4-A949-4C446D74034A}"/>
+    <hyperlink ref="B45" r:id="rId91" xr:uid="{3F154422-5D16-43E3-8370-B0A81A6F15ED}"/>
+    <hyperlink ref="B46" r:id="rId92" xr:uid="{4797D550-4AD5-4D53-AD9F-A246DF5A70C5}"/>
+    <hyperlink ref="C46" r:id="rId93" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" xr:uid="{39E6F87C-57C2-43C5-9A78-53D204FA540D}"/>
+    <hyperlink ref="B55" r:id="rId94" xr:uid="{0E2E60D7-F477-475B-9264-06B70FF3FE04}"/>
+    <hyperlink ref="C55" r:id="rId95" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{D2B51A13-7B47-4264-A429-D4223FE9528E}"/>
+    <hyperlink ref="C54" r:id="rId96" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{95062B39-A73E-4500-8B9F-A811004F71AC}"/>
+    <hyperlink ref="B54" r:id="rId97" xr:uid="{E26F964E-694B-4843-BF89-256C2A624BBC}"/>
+    <hyperlink ref="B51" r:id="rId98" xr:uid="{7C2BA268-5228-4FA4-95F5-2251BA2318E3}"/>
+    <hyperlink ref="B52" r:id="rId99" xr:uid="{3703F995-53C1-4C4E-8BA8-F478DA27F164}"/>
+    <hyperlink ref="C51" r:id="rId100" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{6EC962A8-66D4-493F-AF0D-F557CB4A24EE}"/>
+    <hyperlink ref="C52" r:id="rId101" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{AA5EE9C3-B85A-413C-920C-B49B97EDB861}"/>
+    <hyperlink ref="B53" r:id="rId102" xr:uid="{EC1FFDDB-D371-496F-AA66-4B30B39535AC}"/>
+    <hyperlink ref="C53" r:id="rId103" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{2AFF2241-4B65-4EF0-BBF4-28CBE3741BC6}"/>
+    <hyperlink ref="C35" r:id="rId104" xr:uid="{8230E6E2-9D55-4F21-8E70-6D9612CBD5AC}"/>
+    <hyperlink ref="C36" r:id="rId105" xr:uid="{C07E418D-7F04-48CE-A7E7-0BFC567E74C5}"/>
+    <hyperlink ref="C37" r:id="rId106" xr:uid="{A0FE241C-335F-4822-B4F8-14FBCBC6B34F}"/>
+    <hyperlink ref="C25" r:id="rId107" xr:uid="{CC4D9F31-0807-49A2-83DC-4C41DD1118C9}"/>
+    <hyperlink ref="C26" r:id="rId108" xr:uid="{621C1495-A7F7-4D6F-8B66-71E788D840D4}"/>
+    <hyperlink ref="C101" r:id="rId109" xr:uid="{F5D6BA3C-4D08-4A47-9AC0-DAF036C5B74D}"/>
+    <hyperlink ref="B101" r:id="rId110" xr:uid="{3A5FC6AF-944B-4658-9964-C4028F99A878}"/>
+    <hyperlink ref="C102" r:id="rId111" xr:uid="{F1C040DC-71CA-4B41-9A81-52D8C89D6EBC}"/>
+    <hyperlink ref="B102" r:id="rId112" display="SUV 3.2" xr:uid="{C8C40BD6-9A03-4888-8B04-767057D9CBF4}"/>
+    <hyperlink ref="C103" r:id="rId113" xr:uid="{C64DF370-0F67-4B9A-8825-307078898154}"/>
+    <hyperlink ref="B103" r:id="rId114" xr:uid="{7A09256C-AD8B-4F3D-9D40-E4DFDB108F06}"/>
+    <hyperlink ref="C104" r:id="rId115" xr:uid="{133FBDE4-D42C-43A5-AC1F-0C07AF66DFCB}"/>
+    <hyperlink ref="B104" r:id="rId116" xr:uid="{AB5E9882-7BF0-457C-BE38-44AFA9BBA5F4}"/>
+    <hyperlink ref="C153" r:id="rId117" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" xr:uid="{4575EF2E-48A3-4A77-A1FA-B4E95330488A}"/>
+    <hyperlink ref="B153" r:id="rId118" xr:uid="{B9C61F0B-78B4-41D5-B306-0C75BFC5A811}"/>
+    <hyperlink ref="C105" r:id="rId119" xr:uid="{03C81048-A57E-45B0-9A28-88AFE69AB485}"/>
+    <hyperlink ref="B105" r:id="rId120" xr:uid="{BE89EC86-1E14-4024-A5FE-FD5441533462}"/>
+    <hyperlink ref="C106" r:id="rId121" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" xr:uid="{A97F07BC-75F6-4E0A-96B8-D5677351A211}"/>
+    <hyperlink ref="B106" r:id="rId122" xr:uid="{8BDDB02A-9F34-456C-8E7F-C99945073BA2}"/>
+    <hyperlink ref="C108" r:id="rId123" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" xr:uid="{8E870F40-B0B9-4479-8238-C7EC34B48F84}"/>
+    <hyperlink ref="B108" r:id="rId124" display="SUV 3" xr:uid="{241DE617-3A86-4A12-9578-E8462019608E}"/>
+    <hyperlink ref="B109" r:id="rId125" xr:uid="{19E642BD-5A0C-4AFE-BD0B-7E4DB9BA4F60}"/>
+    <hyperlink ref="C109" r:id="rId126" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{4EFA09D7-12EC-478E-B2CC-E1D91A3B7F5C}"/>
+    <hyperlink ref="C110" r:id="rId127" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{E2F00E02-7A4C-41C5-B5CD-97DDA73BE806}"/>
+    <hyperlink ref="B110" r:id="rId128" xr:uid="{2C125774-B309-4F9C-A6C0-FF5AABD5583A}"/>
+    <hyperlink ref="C112" r:id="rId129" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" xr:uid="{5DB33311-B8CF-4448-BD6C-BDA3859489EF}"/>
+    <hyperlink ref="B112" r:id="rId130" xr:uid="{0829D447-AE62-4715-A134-6569F67D45A5}"/>
+    <hyperlink ref="B113" r:id="rId131" xr:uid="{C5457CDC-9715-4554-A2B4-E78FED15EDC3}"/>
+    <hyperlink ref="C113" r:id="rId132" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" xr:uid="{5F587694-275F-4976-A889-18BCE1CD68B4}"/>
+    <hyperlink ref="B107" r:id="rId133" xr:uid="{AC524CA1-38D5-44FC-99E4-7DEC6FE87BFD}"/>
+    <hyperlink ref="C107" r:id="rId134" xr:uid="{E7822363-AA57-4FA2-8877-D8034F49BD4B}"/>
+    <hyperlink ref="B114" r:id="rId135" xr:uid="{E8E45E17-772D-4451-A68E-197952A7F0E4}"/>
+    <hyperlink ref="C114" r:id="rId136" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" xr:uid="{1BFC74D8-D2C3-46E8-857E-B5EA0F8BB496}"/>
+    <hyperlink ref="C60" r:id="rId137" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{183AD2EB-0D78-4D3C-ADB2-AA725353B826}"/>
+    <hyperlink ref="B60" r:id="rId138" xr:uid="{6F30A282-80CC-403B-8929-15DB0BB4C02B}"/>
+    <hyperlink ref="C61" r:id="rId139" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{7A6B465E-0872-42BD-A5E5-CDFE2C99D375}"/>
+    <hyperlink ref="B61" r:id="rId140" xr:uid="{399BC73C-B484-4765-BF34-D3859DF9CBFA}"/>
+    <hyperlink ref="C62" r:id="rId141" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{352A2441-EFF2-4D77-83DF-978834E511DB}"/>
+    <hyperlink ref="B62" r:id="rId142" xr:uid="{32070595-C77A-4FEA-B008-F6DE99916161}"/>
+    <hyperlink ref="C63" r:id="rId143" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{2AE78ECF-20C4-474B-98D2-312E220A3BE0}"/>
+    <hyperlink ref="B63" r:id="rId144" xr:uid="{28A3FDC3-2939-4532-8E87-72479037FE28}"/>
+    <hyperlink ref="C64" r:id="rId145" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{95B62978-FE46-4162-BE5D-B910D10157A7}"/>
+    <hyperlink ref="B64" r:id="rId146" xr:uid="{E2C1B929-F4C8-465C-AE73-AC34DAA9E0EB}"/>
+    <hyperlink ref="B66" r:id="rId147" xr:uid="{66EA1BAE-24D8-4DCC-90DE-FBE8FD61E18C}"/>
+    <hyperlink ref="B67" r:id="rId148" xr:uid="{E88855CD-59AB-4D90-A423-5C438203B3F3}"/>
+    <hyperlink ref="B68" r:id="rId149" xr:uid="{6F461AEF-0C57-4B97-869F-67B453359EAD}"/>
+    <hyperlink ref="B69" r:id="rId150" xr:uid="{9A5D2B42-9958-4699-81EB-EC27D5DB89A1}"/>
+    <hyperlink ref="B70" r:id="rId151" xr:uid="{276ACE61-B69F-4B41-ABC2-F03E80482B08}"/>
+    <hyperlink ref="B71" r:id="rId152" xr:uid="{409CA766-F94B-47A8-B996-3D48DB598F9B}"/>
+    <hyperlink ref="B72" r:id="rId153" xr:uid="{FC0FCBC1-DA64-4690-A591-546E1175F619}"/>
+    <hyperlink ref="B73" r:id="rId154" xr:uid="{83FC1911-369B-48E6-9236-05AF2DE7DE3C}"/>
+    <hyperlink ref="B74" r:id="rId155" xr:uid="{3FE2DC42-9EF0-4E4A-A183-D7BD68B5AA25}"/>
+    <hyperlink ref="B75" r:id="rId156" xr:uid="{81030136-4E1A-401C-97A4-F2B0DE7F394C}"/>
+    <hyperlink ref="C76" r:id="rId157" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{064DB998-C186-425B-B592-411F94758220}"/>
+    <hyperlink ref="C89" r:id="rId158" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{CDDF670F-2F4C-42B0-BB35-27F4A9327A25}"/>
+    <hyperlink ref="B89" r:id="rId159" xr:uid="{554A081E-1D8D-400E-BEDA-0B3932A954FF}"/>
+    <hyperlink ref="C90" r:id="rId160" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{0929D17E-E3FE-4A2E-A6FE-0D41EC929414}"/>
+    <hyperlink ref="B90" r:id="rId161" xr:uid="{1776C693-5495-40F7-9678-21D810184E8E}"/>
+    <hyperlink ref="C91" r:id="rId162" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{12B88950-5EF7-4E33-8612-7F3E7AB91129}"/>
+    <hyperlink ref="B91" r:id="rId163" xr:uid="{E1A43DB2-94B5-497E-AF32-A629CD813E0E}"/>
+    <hyperlink ref="B92" r:id="rId164" xr:uid="{F7F09C55-2991-49FF-A201-4BB6DCCB6A01}"/>
+    <hyperlink ref="C92" r:id="rId165" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{A92C57B1-B5F0-452F-9D96-8429D77A1C8C}"/>
+    <hyperlink ref="C115" r:id="rId166" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{B15D0399-845A-4684-BDF8-1F50BBD0DA9C}"/>
+    <hyperlink ref="B115" r:id="rId167" xr:uid="{3AA735D1-566C-4009-BC9A-6769803C09D4}"/>
+    <hyperlink ref="C116" r:id="rId168" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{38A467AA-8386-46D2-BA1D-5380CC3C9B3C}"/>
+    <hyperlink ref="C117" r:id="rId169" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{98361AA1-A9E3-4E72-8585-6B81C3BDAE64}"/>
+    <hyperlink ref="B116" r:id="rId170" xr:uid="{2A8FF5F4-C553-41DE-BCDA-461EF68C3834}"/>
+    <hyperlink ref="B117" r:id="rId171" xr:uid="{1CCC1879-F528-4969-B6C1-5970E7DF74F2}"/>
+    <hyperlink ref="C122" r:id="rId172" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" xr:uid="{454D9E1F-7D9C-4999-8D96-A946FD5EFFAD}"/>
+    <hyperlink ref="B122" r:id="rId173" display="VAN 01" xr:uid="{42DFC30A-F3BE-4088-B04F-291B3B6F2D77}"/>
+    <hyperlink ref="C123" r:id="rId174" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" xr:uid="{13AD5561-F2A4-4743-B34A-D7FA4A0038DD}"/>
+    <hyperlink ref="B123" r:id="rId175" xr:uid="{AB83C143-C4F0-421D-A15C-7105E786C17B}"/>
+    <hyperlink ref="B124" r:id="rId176" xr:uid="{1FA35272-4599-4C4A-8490-27BF1EA8F4F5}"/>
+    <hyperlink ref="C124" r:id="rId177" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{400FE7F3-F654-460E-8495-8D6D14E85268}"/>
+    <hyperlink ref="B125" r:id="rId178" xr:uid="{1D0BA290-75AF-4EE8-B40B-2CA0FB591AFD}"/>
+    <hyperlink ref="C125" r:id="rId179" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{25B58FB8-B823-49DB-AEBA-03C74B7FD560}"/>
+    <hyperlink ref="B126" r:id="rId180" xr:uid="{D63C0C25-22E7-462B-8E9A-5DC34EE599A7}"/>
+    <hyperlink ref="C126" r:id="rId181" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{5DBD3D61-35F0-4622-80F2-56DA46920502}"/>
+    <hyperlink ref="C127" r:id="rId182" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{90E17D1A-1EA5-4E99-AD4A-34E6B28CD34F}"/>
+    <hyperlink ref="B127" r:id="rId183" xr:uid="{321304A9-EB8C-4E75-8657-86B7729C0449}"/>
+    <hyperlink ref="C137" r:id="rId184" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c43440c4-819a-4a1d-9922-ee5bbbae7368" xr:uid="{268E4349-081E-4165-98FB-A101BCB685C7}"/>
+    <hyperlink ref="B137" r:id="rId185" xr:uid="{32E01EB2-6BE3-435D-B5F0-1013D2AB1688}"/>
+    <hyperlink ref="B141" r:id="rId186" xr:uid="{5DF050F9-CFB2-49DF-9F3A-ABB7C1F589A2}"/>
+    <hyperlink ref="C141" r:id="rId187" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{E806FA05-D127-41B6-90E9-C15A36F22B02}"/>
+    <hyperlink ref="C138" r:id="rId188" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c43440c4-819a-4a1d-9922-ee5bbbae7368" xr:uid="{18EB3938-1413-459F-8173-F39E7F87FAD7}"/>
+    <hyperlink ref="B138" r:id="rId189" xr:uid="{A97A2231-5403-4108-8A19-4F46B3AFADF9}"/>
+    <hyperlink ref="C149" r:id="rId190" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{CC348130-23F8-46E3-BB21-6253FA3D8578}"/>
+    <hyperlink ref="B149" r:id="rId191" xr:uid="{50FE2620-E8F2-4700-9E81-D8BCDE3573CC}"/>
+    <hyperlink ref="C68" r:id="rId192" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{A4BFB2EA-3C0C-4E26-8B57-25CCA5A4EF25}"/>
+    <hyperlink ref="C65" r:id="rId193" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" xr:uid="{A8EF7849-638B-4DBB-BF79-78847279AB7B}"/>
+    <hyperlink ref="C66" r:id="rId194" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" xr:uid="{672DC3DE-DE94-4532-9E83-AE2A7C34B1E5}"/>
+    <hyperlink ref="C67" r:id="rId195" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" xr:uid="{4259DC40-B8A7-434A-9EEE-27EF9A40A8A3}"/>
+    <hyperlink ref="C155" r:id="rId196" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{006C8FD3-FFBA-4065-9578-4B40B4F2ED32}"/>
+    <hyperlink ref="B155" r:id="rId197" xr:uid="{D9713842-565E-4630-BA79-E4A4B5958A36}"/>
+    <hyperlink ref="B128" r:id="rId198" xr:uid="{96CF97B3-EA0F-483F-9398-98F2EFF0F649}"/>
+    <hyperlink ref="C128" r:id="rId199" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{D2BC24C2-6C7F-4424-ADCE-09C6B45DC201}"/>
+    <hyperlink ref="B129" r:id="rId200" xr:uid="{6866872F-6A2D-441E-AA5F-2643B58B26F4}"/>
+    <hyperlink ref="B130" r:id="rId201" xr:uid="{E8F9ED1E-3FEC-448A-93A2-542772AF2818}"/>
+    <hyperlink ref="B131" r:id="rId202" xr:uid="{0DA5AF44-FF84-4AE7-95B9-6FC0B632F498}"/>
+    <hyperlink ref="B132" r:id="rId203" xr:uid="{D8FC1041-5C94-4936-883A-BC58C9083D94}"/>
+    <hyperlink ref="C129" r:id="rId204" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{391546D3-F342-4C69-ABBD-D2B557286D91}"/>
+    <hyperlink ref="C130" r:id="rId205" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{EECC5BB7-E00C-45F5-A203-401417BC5405}"/>
+    <hyperlink ref="C131" r:id="rId206" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{00ED8282-11F8-45F9-AEA5-D8361D27C566}"/>
+    <hyperlink ref="C132" r:id="rId207" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{76499FB3-8A8F-4FF1-BE01-AD696931FC47}"/>
+    <hyperlink ref="C69" r:id="rId208" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{D298E282-B59A-4C91-AE0F-1ACE421340D1}"/>
+    <hyperlink ref="C70" r:id="rId209" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{78722418-4D19-4B30-8BE5-D3C405E4A3DA}"/>
+    <hyperlink ref="C71" r:id="rId210" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{0E613B19-4CFF-4004-A422-B225583E060B}"/>
+    <hyperlink ref="C72" r:id="rId211" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{FE687256-7619-43BB-891D-E68605819E8A}"/>
+    <hyperlink ref="C73" r:id="rId212" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{62EF9F81-8BB7-426C-BABA-BF8BCAC81498}"/>
+    <hyperlink ref="C74" r:id="rId213" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{EC2A8B8F-2760-4033-B14A-17F4063287D0}"/>
+    <hyperlink ref="C75" r:id="rId214" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{D1997D56-37F4-4BCE-97C2-A6BD04070A3A}"/>
+    <hyperlink ref="B77" r:id="rId215" xr:uid="{99420E07-5026-43E7-B731-760C7169B673}"/>
+    <hyperlink ref="B76" r:id="rId216" xr:uid="{599B8DD6-C5BD-47F4-AA1D-FF47885316B8}"/>
   </hyperlinks>
   <pageMargins left="0.45" right="0.25" top="0.25" bottom="0.25" header="0.5" footer="0.25"/>
-  <pageSetup scale="39" fitToHeight="0" orientation="landscape" r:id="rId259"/>
+  <pageSetup scale="39" fitToHeight="0" orientation="landscape" r:id="rId217"/>
   <headerFooter>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="56" min="1" max="14" man="1"/>
-    <brk id="159" min="1" max="14" man="1"/>
-    <brk id="191" min="1" max="14" man="1"/>
+    <brk id="134" min="1" max="14" man="1"/>
+    <brk id="165" min="1" max="14" man="1"/>
   </rowBreaks>
-  <drawing r:id="rId260"/>
+  <drawing r:id="rId218"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>