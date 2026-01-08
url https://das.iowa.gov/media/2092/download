--- v1 (2025-12-17)
+++ v2 (2026-01-08)
@@ -3,54 +3,54 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\CPEUsers\MFlower\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\cpeusers\MFlower\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3B8BD4FE-8117-4041-A476-039A3646CB38}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{354D2FD6-D119-4019-9C03-5D60994B0499}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$15:$R$15</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$1:$O$223</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
@@ -1045,53 +1045,50 @@
   <si>
     <t>MXCAEA</t>
   </si>
   <si>
     <t xml:space="preserve">Mercedes Benz </t>
   </si>
   <si>
     <t>9997 Hickman Road</t>
   </si>
   <si>
     <t>Urbandale, IA 50322</t>
   </si>
   <si>
     <t>Brent Caswell</t>
   </si>
   <si>
     <t>515-231-7341</t>
   </si>
   <si>
     <t>brent.casewell@lithia.com</t>
   </si>
   <si>
     <t>Mercedes Benz</t>
   </si>
   <si>
-    <t>4 Dr Utility, FWD, 5-Passsenger, 3 cyl. Engine, 25.3 Cu. Ft. Cargo capacity behind rear seat</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">4 Dr Utility, AWD, 5-Passenger, 4 cyl. Engine </t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Carnival Hybrid</t>
   </si>
   <si>
     <t>Hybrid Electric, FWD</t>
   </si>
   <si>
     <t>EX</t>
   </si>
   <si>
     <t xml:space="preserve">AWD, 5 Passenger, 4 Cyl. Engine </t>
   </si>
   <si>
     <t xml:space="preserve">1040 N Center Point Rd </t>
   </si>
   <si>
     <t>Hiawatha, IA 52233</t>
   </si>
   <si>
     <t>Tyler Janssen</t>
@@ -1780,53 +1777,50 @@
   <si>
     <t>Standard Cab, 168.5" Wheelbase, 84" CA, 4X4, DRW, V8 6.4L, 18220 towing cap, 18000 GVWR</t>
   </si>
   <si>
     <t>HDT 4</t>
   </si>
   <si>
     <t>Crew Cab, 197.4" Wheelbase, 84" CA,4X4, DRW, V8 6.4L, 20230 towing cap, 19500 GVWR</t>
   </si>
   <si>
     <t>VAN 2</t>
   </si>
   <si>
     <t>Standard Cab, 168.5" Wheelbase, 84" CA, 4X4, DRW, V8 6.4L, 20740 towing cap, 16500 GVWR</t>
   </si>
   <si>
     <t>State of Iowa, DOT, and Regents - 2026 Model Year Vehicle Contract Catalog</t>
   </si>
   <si>
     <t>VAN 1</t>
   </si>
   <si>
     <t>170" Wheelbase Cargo Van. AWD, 2 Passenger, 4 Cyl, Min roof height 108.4", 11030 GVWR</t>
   </si>
   <si>
-    <t>CLOSING JAN 1ST</t>
-[...1 lines deleted...]
-  <si>
     <t>F600</t>
   </si>
   <si>
     <t>MDT 7</t>
   </si>
   <si>
     <t xml:space="preserve">McGrath </t>
   </si>
   <si>
     <t>MDT 8</t>
   </si>
   <si>
     <t xml:space="preserve">Regular Cab: 8'2" Box Length; SRW, 4X4, V8 Engine, 4583 Payload Capacity, 11300 GVWR </t>
   </si>
   <si>
     <t>Regular Cab: 8'2" Box Length; 4x4, V8 Engine, 3829 Payload capacity, 10250 GVWR</t>
   </si>
   <si>
     <t>MDT 9</t>
   </si>
   <si>
     <t>Regular Cab: 8'2" Box Length; 4x4, DRW, V8 Engine, 14000 GVWR</t>
   </si>
   <si>
     <t>MDT 10</t>
@@ -1975,50 +1969,56 @@
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, 4.3L V6, 9,600 GVWR</t>
     </r>
   </si>
   <si>
     <t>EV 1</t>
   </si>
   <si>
     <t>W1B</t>
   </si>
   <si>
     <t xml:space="preserve">Stivers </t>
   </si>
   <si>
     <t>F150 Lightning</t>
   </si>
   <si>
     <t>All Electric, SuperCrew, 5.5 bed, 4x4, 536 HP, 775 Torque,  2189 Payload, 7700 Towing Capacity, 8550 GVWR, Range 240</t>
+  </si>
+  <si>
+    <t>4 Dr Utility, FWD, 5-Passsenger, 4 cyl. Engine, 25.3 Cu. Ft. Cargo capacity behind rear seat</t>
+  </si>
+  <si>
+    <t>CLOSING MARCH 1ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2836,51 +2836,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="427">
+  <cellXfs count="426">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -3573,53 +3573,50 @@
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="14" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="12" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="12" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3743,426 +3740,426 @@
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="34" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="15" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...196 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FFF6F67E"/>
       <color rgb="FF0066FF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -4507,1016 +4504,1016 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e4915bdf-6e5e-4d2a-8f51-cadf95d0b90b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9c9cb32d-80f4-431e-92be-bc71a6c13c56" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1ada532-b471-4332-ba4f-c5f4750753c7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b56771e3-cd88-4aed-b489-4c131b9cdcd0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/1910/download?inline" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ca641d31-750b-42ff-94e4-7ce7d5e4099c" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9291c125-194e-4cf8-be9a-e7d1d65dc1a3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/5c1b0456-5f07-4124-9c37-53a89cef61d4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/81382758-cf80-413d-b967-6b640f656575" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c43440c4-819a-4a1d-9922-ee5bbbae7368" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/35eed5b7-5214-4363-ac68-1b65f4f052fa" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1d1dc33-15fd-4a28-81f5-e59047130ae5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c9f41ed0-df3b-49d2-a562-7c65c6be693e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/35eed5b7-5214-4363-ac68-1b65f4f052fa" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1763e996-6d5e-4679-a574-f61c41ca4864" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ed7a2367-2ecc-478a-806c-cf06e909ca0e" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bbb1268f-0fa7-4217-8bf8-097f28e52573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/AwardedContracts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3fbfbec-dd34-4751-b340-35044effe9cc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c43440c4-819a-4a1d-9922-ee5bbbae7368" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/eed8637d-6148-452a-b90f-17524730c3ac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3edfcd8-ba05-4b32-99f1-47b34ad73106" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Q226"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A141" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
-      <selection activeCell="E160" sqref="E160"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A96" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
+      <selection activeCell="E106" sqref="E106"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" style="146" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.28515625" style="138" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" style="26" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.42578125" style="89" customWidth="1"/>
     <col min="6" max="6" width="14.5703125" style="90" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="20.42578125" style="91" customWidth="1"/>
     <col min="9" max="9" width="18.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="88.85546875" style="92" customWidth="1"/>
     <col min="11" max="11" width="16.5703125" style="91" customWidth="1"/>
     <col min="12" max="12" width="10" style="91" customWidth="1"/>
     <col min="13" max="13" width="12.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="30.140625" style="164" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="40.85546875" style="2" customWidth="1"/>
     <col min="16" max="16" width="4.140625" style="93" customWidth="1"/>
     <col min="17" max="17" width="1.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B1" s="145"/>
       <c r="C1" s="136"/>
       <c r="D1" s="25"/>
       <c r="E1" s="84"/>
       <c r="F1" s="85"/>
       <c r="G1" s="83"/>
       <c r="H1" s="83"/>
       <c r="I1" s="83"/>
       <c r="J1" s="86"/>
       <c r="K1" s="83"/>
       <c r="L1" s="83"/>
       <c r="M1" s="83"/>
       <c r="N1" s="192"/>
       <c r="O1" s="3"/>
       <c r="P1" s="87"/>
     </row>
     <row r="2" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B2" s="375" t="s">
-[...14 lines deleted...]
-      <c r="O2" s="375"/>
+      <c r="B2" s="362" t="s">
+        <v>450</v>
+      </c>
+      <c r="C2" s="362"/>
+      <c r="D2" s="362"/>
+      <c r="E2" s="362"/>
+      <c r="F2" s="362"/>
+      <c r="G2" s="362"/>
+      <c r="H2" s="362"/>
+      <c r="I2" s="362"/>
+      <c r="J2" s="362"/>
+      <c r="K2" s="362"/>
+      <c r="L2" s="362"/>
+      <c r="M2" s="362"/>
+      <c r="N2" s="362"/>
+      <c r="O2" s="362"/>
       <c r="P2" s="19"/>
     </row>
     <row r="3" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B3" s="381"/>
-[...12 lines deleted...]
-      <c r="O3" s="381"/>
+      <c r="B3" s="368"/>
+      <c r="C3" s="368"/>
+      <c r="D3" s="368"/>
+      <c r="E3" s="368"/>
+      <c r="F3" s="368"/>
+      <c r="G3" s="368"/>
+      <c r="H3" s="368"/>
+      <c r="I3" s="368"/>
+      <c r="J3" s="368"/>
+      <c r="K3" s="368"/>
+      <c r="L3" s="368"/>
+      <c r="M3" s="368"/>
+      <c r="N3" s="368"/>
+      <c r="O3" s="368"/>
       <c r="P3" s="19"/>
     </row>
     <row r="4" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B4" s="376" t="s">
+      <c r="B4" s="363" t="s">
         <v>236</v>
       </c>
-      <c r="C4" s="376"/>
-[...11 lines deleted...]
-      <c r="O4" s="376"/>
+      <c r="C4" s="363"/>
+      <c r="D4" s="363"/>
+      <c r="E4" s="363"/>
+      <c r="F4" s="363"/>
+      <c r="G4" s="363"/>
+      <c r="H4" s="363"/>
+      <c r="I4" s="363"/>
+      <c r="J4" s="363"/>
+      <c r="K4" s="363"/>
+      <c r="L4" s="363"/>
+      <c r="M4" s="363"/>
+      <c r="N4" s="363"/>
+      <c r="O4" s="363"/>
       <c r="P4" s="88"/>
     </row>
     <row r="5" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B5" s="137"/>
       <c r="C5" s="137"/>
       <c r="D5" s="124"/>
       <c r="E5" s="124"/>
       <c r="F5" s="124"/>
       <c r="G5" s="124"/>
       <c r="H5" s="124"/>
       <c r="I5" s="124"/>
       <c r="J5" s="133" t="s">
         <v>247</v>
       </c>
       <c r="K5" s="124"/>
       <c r="L5" s="124"/>
       <c r="M5" s="124"/>
       <c r="N5" s="202"/>
       <c r="O5" s="124"/>
       <c r="P5" s="88"/>
     </row>
     <row r="6" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B6" s="137"/>
       <c r="C6" s="137"/>
       <c r="D6" s="124"/>
       <c r="E6" s="124"/>
       <c r="F6" s="124"/>
       <c r="G6" s="124"/>
       <c r="H6" s="124"/>
       <c r="I6" s="124"/>
       <c r="J6" s="125" t="s">
         <v>239</v>
       </c>
       <c r="K6" s="124"/>
       <c r="L6" s="124"/>
       <c r="M6" s="124"/>
       <c r="N6" s="202"/>
       <c r="O6" s="124"/>
       <c r="P6" s="88"/>
     </row>
     <row r="7" spans="2:16" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="380" t="s">
+      <c r="B7" s="367" t="s">
         <v>237</v>
       </c>
-      <c r="C7" s="380"/>
-[...11 lines deleted...]
-      <c r="O7" s="380"/>
+      <c r="C7" s="367"/>
+      <c r="D7" s="367"/>
+      <c r="E7" s="367"/>
+      <c r="F7" s="367"/>
+      <c r="G7" s="367"/>
+      <c r="H7" s="367"/>
+      <c r="I7" s="367"/>
+      <c r="J7" s="367"/>
+      <c r="K7" s="367"/>
+      <c r="L7" s="367"/>
+      <c r="M7" s="367"/>
+      <c r="N7" s="367"/>
+      <c r="O7" s="367"/>
       <c r="P7" s="11"/>
     </row>
     <row r="8" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B8" s="385" t="s">
+      <c r="B8" s="372" t="s">
         <v>68</v>
       </c>
-      <c r="C8" s="385"/>
-[...11 lines deleted...]
-      <c r="O8" s="385"/>
+      <c r="C8" s="372"/>
+      <c r="D8" s="372"/>
+      <c r="E8" s="372"/>
+      <c r="F8" s="372"/>
+      <c r="G8" s="372"/>
+      <c r="H8" s="372"/>
+      <c r="I8" s="372"/>
+      <c r="J8" s="372"/>
+      <c r="K8" s="372"/>
+      <c r="L8" s="372"/>
+      <c r="M8" s="372"/>
+      <c r="N8" s="372"/>
+      <c r="O8" s="372"/>
       <c r="P8" s="20"/>
     </row>
     <row r="9" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B9" s="384" t="s">
+      <c r="B9" s="371" t="s">
         <v>69</v>
       </c>
-      <c r="C9" s="384"/>
-[...11 lines deleted...]
-      <c r="O9" s="384"/>
+      <c r="C9" s="371"/>
+      <c r="D9" s="371"/>
+      <c r="E9" s="371"/>
+      <c r="F9" s="371"/>
+      <c r="G9" s="371"/>
+      <c r="H9" s="371"/>
+      <c r="I9" s="371"/>
+      <c r="J9" s="371"/>
+      <c r="K9" s="371"/>
+      <c r="L9" s="371"/>
+      <c r="M9" s="371"/>
+      <c r="N9" s="371"/>
+      <c r="O9" s="371"/>
       <c r="P9" s="20"/>
     </row>
     <row r="10" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B10" s="138"/>
       <c r="G10" s="89"/>
       <c r="H10" s="89"/>
       <c r="I10" s="89"/>
       <c r="J10" s="89"/>
       <c r="K10" s="89"/>
       <c r="L10" s="89"/>
       <c r="M10" s="89"/>
       <c r="O10" s="89"/>
       <c r="P10" s="89"/>
     </row>
     <row r="11" spans="2:16" s="9" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="386" t="s">
+      <c r="B11" s="373" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="386"/>
-[...11 lines deleted...]
-      <c r="O11" s="386"/>
+      <c r="C11" s="373"/>
+      <c r="D11" s="373"/>
+      <c r="E11" s="373"/>
+      <c r="F11" s="373"/>
+      <c r="G11" s="373"/>
+      <c r="H11" s="373"/>
+      <c r="I11" s="373"/>
+      <c r="J11" s="373"/>
+      <c r="K11" s="373"/>
+      <c r="L11" s="373"/>
+      <c r="M11" s="373"/>
+      <c r="N11" s="373"/>
+      <c r="O11" s="373"/>
       <c r="P11" s="10"/>
     </row>
     <row r="12" spans="2:16" s="22" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="382" t="s">
+      <c r="B12" s="369" t="s">
         <v>73</v>
       </c>
-      <c r="C12" s="383"/>
-[...11 lines deleted...]
-      <c r="O12" s="383"/>
+      <c r="C12" s="370"/>
+      <c r="D12" s="370"/>
+      <c r="E12" s="370"/>
+      <c r="F12" s="370"/>
+      <c r="G12" s="370"/>
+      <c r="H12" s="370"/>
+      <c r="I12" s="370"/>
+      <c r="J12" s="370"/>
+      <c r="K12" s="370"/>
+      <c r="L12" s="370"/>
+      <c r="M12" s="370"/>
+      <c r="N12" s="370"/>
+      <c r="O12" s="370"/>
       <c r="P12" s="23"/>
     </row>
     <row r="13" spans="2:16" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="14" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B14" s="377" t="s">
+      <c r="B14" s="364" t="s">
         <v>66</v>
       </c>
-      <c r="C14" s="378"/>
-[...11 lines deleted...]
-      <c r="O14" s="379"/>
+      <c r="C14" s="365"/>
+      <c r="D14" s="365"/>
+      <c r="E14" s="365"/>
+      <c r="F14" s="365"/>
+      <c r="G14" s="365"/>
+      <c r="H14" s="365"/>
+      <c r="I14" s="365"/>
+      <c r="J14" s="365"/>
+      <c r="K14" s="365"/>
+      <c r="L14" s="365"/>
+      <c r="M14" s="365"/>
+      <c r="N14" s="365"/>
+      <c r="O14" s="366"/>
       <c r="P14" s="14"/>
     </row>
     <row r="15" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B15" s="206" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="207" t="s">
         <v>218</v>
       </c>
       <c r="D15" s="208" t="s">
         <v>206</v>
       </c>
       <c r="E15" s="209" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="210" t="s">
         <v>40</v>
       </c>
       <c r="G15" s="211" t="s">
         <v>2</v>
       </c>
       <c r="H15" s="211" t="s">
         <v>3</v>
       </c>
       <c r="I15" s="211" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="212" t="s">
         <v>0</v>
       </c>
       <c r="K15" s="209" t="s">
         <v>22</v>
       </c>
       <c r="L15" s="209" t="s">
         <v>76</v>
       </c>
       <c r="M15" s="209" t="s">
         <v>65</v>
       </c>
       <c r="N15" s="213" t="s">
         <v>1</v>
       </c>
       <c r="O15" s="214" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P15" s="82"/>
     </row>
     <row r="16" spans="2:16" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
       <c r="B16" s="127" t="s">
         <v>87</v>
       </c>
       <c r="C16" s="123" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D16" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E16" s="39">
         <v>2026</v>
       </c>
       <c r="F16" s="40">
         <v>46309</v>
       </c>
       <c r="G16" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H16" s="217" t="s">
         <v>82</v>
       </c>
       <c r="I16" s="41" t="s">
         <v>150</v>
       </c>
       <c r="J16" s="42" t="s">
         <v>168</v>
       </c>
       <c r="K16" s="219" t="s">
         <v>83</v>
       </c>
       <c r="L16" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M16" s="217" t="s">
         <v>169</v>
       </c>
       <c r="N16" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O16" s="168">
         <v>44324</v>
       </c>
       <c r="P16" s="7"/>
     </row>
     <row r="17" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B17" s="127" t="s">
         <v>90</v>
       </c>
       <c r="C17" s="123" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D17" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E17" s="39">
         <v>2026</v>
       </c>
       <c r="F17" s="40">
         <v>46309</v>
       </c>
       <c r="G17" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H17" s="217" t="s">
         <v>82</v>
       </c>
       <c r="I17" s="41" t="s">
         <v>150</v>
       </c>
       <c r="J17" s="42" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="K17" s="219" t="s">
         <v>83</v>
       </c>
       <c r="L17" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M17" s="217" t="s">
         <v>41</v>
       </c>
       <c r="N17" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O17" s="168">
         <v>52256</v>
       </c>
       <c r="P17" s="7"/>
     </row>
     <row r="18" spans="2:16" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
       <c r="B18" s="127" t="s">
         <v>91</v>
       </c>
       <c r="C18" s="123" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D18" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E18" s="39">
         <v>2026</v>
       </c>
       <c r="F18" s="40">
         <v>46309</v>
       </c>
       <c r="G18" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H18" s="217" t="s">
         <v>82</v>
       </c>
       <c r="I18" s="41" t="s">
         <v>150</v>
       </c>
       <c r="J18" s="42" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="K18" s="219" t="s">
         <v>83</v>
       </c>
       <c r="L18" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M18" s="217" t="s">
         <v>169</v>
       </c>
       <c r="N18" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O18" s="168">
         <v>46235</v>
       </c>
       <c r="P18" s="7"/>
     </row>
     <row r="19" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B19" s="127" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C19" s="123" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D19" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E19" s="39">
         <v>2026</v>
       </c>
       <c r="F19" s="40">
         <v>46309</v>
       </c>
       <c r="G19" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="217" t="s">
         <v>82</v>
       </c>
       <c r="I19" s="41" t="s">
         <v>150</v>
       </c>
       <c r="J19" s="42" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="K19" s="219" t="s">
         <v>83</v>
       </c>
       <c r="L19" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M19" s="217" t="s">
         <v>41</v>
       </c>
       <c r="N19" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O19" s="168">
         <v>47209</v>
       </c>
       <c r="P19" s="7"/>
     </row>
     <row r="20" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B20" s="229" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C20" s="123" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D20" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E20" s="39">
         <v>2026</v>
       </c>
       <c r="F20" s="40">
         <v>46309</v>
       </c>
       <c r="G20" s="215" t="s">
         <v>8</v>
       </c>
       <c r="H20" s="215" t="s">
         <v>10</v>
       </c>
       <c r="I20" s="233" t="s">
         <v>30</v>
       </c>
       <c r="J20" s="43" t="s">
         <v>132</v>
       </c>
       <c r="K20" s="215" t="s">
         <v>84</v>
       </c>
       <c r="L20" s="215" t="s">
         <v>41</v>
       </c>
       <c r="M20" s="215" t="s">
         <v>41</v>
       </c>
       <c r="N20" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O20" s="169">
         <v>49024</v>
       </c>
       <c r="P20" s="7"/>
     </row>
     <row r="21" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B21" s="229" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C21" s="123" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D21" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E21" s="39">
         <v>2026</v>
       </c>
       <c r="F21" s="40">
         <v>46309</v>
       </c>
       <c r="G21" s="215" t="s">
         <v>8</v>
       </c>
       <c r="H21" s="215" t="s">
         <v>10</v>
       </c>
       <c r="I21" s="233" t="s">
         <v>30</v>
       </c>
       <c r="J21" s="43" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="K21" s="215" t="s">
         <v>84</v>
       </c>
       <c r="L21" s="215" t="s">
         <v>41</v>
       </c>
       <c r="M21" s="215" t="s">
         <v>41</v>
       </c>
       <c r="N21" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O21" s="169">
         <v>52063</v>
       </c>
       <c r="P21" s="7"/>
     </row>
     <row r="22" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B22" s="229" t="s">
+        <v>301</v>
+      </c>
+      <c r="C22" s="123" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="D22" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E22" s="39">
         <v>2026</v>
       </c>
       <c r="F22" s="40">
         <v>46309</v>
       </c>
       <c r="G22" s="215" t="s">
         <v>8</v>
       </c>
       <c r="H22" s="215" t="s">
         <v>10</v>
       </c>
       <c r="I22" s="233" t="s">
         <v>30</v>
       </c>
       <c r="J22" s="43" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="K22" s="215" t="s">
         <v>84</v>
       </c>
       <c r="L22" s="215" t="s">
         <v>41</v>
       </c>
       <c r="M22" s="215" t="s">
         <v>41</v>
       </c>
       <c r="N22" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O22" s="169">
         <v>52336</v>
       </c>
       <c r="P22" s="7"/>
     </row>
     <row r="23" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B23" s="127" t="s">
         <v>240</v>
       </c>
       <c r="C23" s="123" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="D23" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E23" s="39">
         <v>2026</v>
       </c>
       <c r="F23" s="40">
         <v>46309</v>
       </c>
       <c r="G23" s="219" t="s">
         <v>5</v>
       </c>
       <c r="H23" s="219" t="s">
         <v>11</v>
       </c>
       <c r="I23" s="41" t="s">
         <v>151</v>
       </c>
       <c r="J23" s="42" t="s">
         <v>119</v>
       </c>
       <c r="K23" s="219" t="s">
         <v>85</v>
       </c>
       <c r="L23" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M23" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N23" s="219" t="s">
         <v>62</v>
       </c>
       <c r="O23" s="170">
         <v>40664</v>
       </c>
       <c r="P23" s="7"/>
     </row>
     <row r="24" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B24" s="127" t="s">
         <v>241</v>
       </c>
       <c r="C24" s="220" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="D24" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E24" s="39">
         <v>2026</v>
       </c>
       <c r="F24" s="40">
         <v>46309</v>
       </c>
       <c r="G24" s="219" t="s">
         <v>5</v>
       </c>
       <c r="H24" s="219" t="s">
         <v>11</v>
       </c>
       <c r="I24" s="41" t="s">
         <v>151</v>
       </c>
       <c r="J24" s="42" t="s">
         <v>120</v>
       </c>
       <c r="K24" s="219" t="s">
         <v>85</v>
       </c>
       <c r="L24" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M24" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N24" s="219" t="s">
         <v>62</v>
       </c>
       <c r="O24" s="170">
         <v>43582</v>
       </c>
       <c r="P24" s="7"/>
     </row>
     <row r="25" spans="2:16" s="5" customFormat="1" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="127" t="s">
         <v>60</v>
       </c>
       <c r="C25" s="126" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="D25" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E25" s="39">
         <v>2026</v>
       </c>
       <c r="F25" s="40">
         <v>46309</v>
       </c>
       <c r="G25" s="219" t="s">
         <v>21</v>
       </c>
       <c r="H25" s="219" t="s">
         <v>102</v>
       </c>
       <c r="I25" s="41" t="s">
         <v>151</v>
       </c>
       <c r="J25" s="42" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="K25" s="219" t="s">
         <v>103</v>
       </c>
       <c r="L25" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M25" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N25" s="203" t="s">
         <v>18</v>
       </c>
       <c r="O25" s="170">
         <v>53740.2</v>
       </c>
       <c r="P25" s="7"/>
     </row>
     <row r="26" spans="2:16" s="5" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="225" t="s">
         <v>92</v>
       </c>
       <c r="C26" s="126" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="D26" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E26" s="46">
         <v>2026</v>
       </c>
       <c r="F26" s="47" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="G26" s="48" t="s">
         <v>21</v>
       </c>
       <c r="H26" s="48" t="s">
         <v>125</v>
       </c>
       <c r="I26" s="224" t="s">
         <v>30</v>
       </c>
       <c r="J26" s="49" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="K26" s="48" t="s">
         <v>124</v>
       </c>
       <c r="L26" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M26" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N26" s="152" t="s">
         <v>18</v>
       </c>
       <c r="O26" s="171">
         <v>49322.8</v>
       </c>
       <c r="P26" s="7"/>
     </row>
     <row r="27" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="P27" s="87"/>
     </row>
     <row r="28" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B28" s="377" t="s">
+      <c r="B28" s="364" t="s">
         <v>67</v>
       </c>
-      <c r="C28" s="378"/>
-[...11 lines deleted...]
-      <c r="O28" s="379"/>
+      <c r="C28" s="365"/>
+      <c r="D28" s="365"/>
+      <c r="E28" s="365"/>
+      <c r="F28" s="365"/>
+      <c r="G28" s="365"/>
+      <c r="H28" s="365"/>
+      <c r="I28" s="365"/>
+      <c r="J28" s="365"/>
+      <c r="K28" s="365"/>
+      <c r="L28" s="365"/>
+      <c r="M28" s="365"/>
+      <c r="N28" s="365"/>
+      <c r="O28" s="366"/>
       <c r="P28" s="14"/>
     </row>
     <row r="29" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B29" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D29" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E29" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F29" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G29" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H29" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I29" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J29" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K29" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L29" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M29" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N29" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O29" s="167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P29" s="82"/>
     </row>
     <row r="30" spans="2:16" s="34" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B30" s="127" t="s">
         <v>242</v>
       </c>
       <c r="C30" s="123" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D30" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E30" s="39">
         <v>2026</v>
       </c>
       <c r="F30" s="40">
         <v>46309</v>
       </c>
       <c r="G30" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H30" s="219" t="s">
         <v>9</v>
       </c>
       <c r="I30" s="50" t="s">
         <v>151</v>
       </c>
       <c r="J30" s="42" t="s">
         <v>170</v>
       </c>
       <c r="K30" s="217" t="s">
         <v>172</v>
       </c>
       <c r="L30" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M30" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N30" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O30" s="168">
         <v>51836</v>
       </c>
       <c r="P30" s="15"/>
     </row>
     <row r="31" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B31" s="127" t="s">
         <v>243</v>
       </c>
       <c r="C31" s="226" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D31" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E31" s="39">
         <v>2026</v>
       </c>
       <c r="F31" s="40">
         <v>46309</v>
       </c>
       <c r="G31" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H31" s="219" t="s">
         <v>166</v>
       </c>
       <c r="I31" s="50" t="s">
         <v>151</v>
       </c>
       <c r="J31" s="42" t="s">
         <v>171</v>
       </c>
       <c r="K31" s="217" t="s">
         <v>167</v>
       </c>
       <c r="L31" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M31" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N31" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O31" s="168">
         <v>55991</v>
       </c>
       <c r="P31" s="7"/>
     </row>
     <row r="32" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B32" s="128" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="123" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="D32" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E32" s="39">
         <v>2026</v>
       </c>
       <c r="F32" s="40">
         <v>46309</v>
       </c>
       <c r="G32" s="219" t="s">
         <v>115</v>
       </c>
       <c r="H32" s="219">
         <v>2500</v>
       </c>
       <c r="I32" s="219" t="s">
         <v>31</v>
       </c>
       <c r="J32" s="66" t="s">
         <v>176</v>
       </c>
       <c r="K32" s="219" t="s">
         <v>53</v>
       </c>
@@ -5529,3039 +5526,3039 @@
       <c r="N32" s="219" t="s">
         <v>62</v>
       </c>
       <c r="O32" s="168">
         <v>46935</v>
       </c>
       <c r="P32" s="7"/>
     </row>
     <row r="33" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B33" s="128" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="123" t="s">
         <v>238</v>
       </c>
       <c r="D33" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E33" s="39">
         <v>2026</v>
       </c>
       <c r="F33" s="40">
         <v>46088</v>
       </c>
       <c r="G33" s="219" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="H33" s="219">
         <v>1500</v>
       </c>
       <c r="I33" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J33" s="66" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="K33" s="219" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M33" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N33" s="219" t="s">
         <v>62</v>
       </c>
       <c r="O33" s="168">
         <v>46334</v>
       </c>
       <c r="P33" s="7"/>
     </row>
     <row r="34" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B34" s="127" t="s">
         <v>244</v>
       </c>
       <c r="C34" s="123" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="D34" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E34" s="39">
         <v>2026</v>
       </c>
       <c r="F34" s="40">
         <v>46309</v>
       </c>
       <c r="G34" s="219" t="s">
         <v>21</v>
       </c>
       <c r="H34" s="219" t="s">
         <v>125</v>
       </c>
       <c r="I34" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J34" s="42" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="K34" s="219" t="s">
         <v>124</v>
       </c>
       <c r="L34" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M34" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N34" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O34" s="168">
         <v>47057.2</v>
       </c>
       <c r="P34" s="15"/>
     </row>
     <row r="35" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B35" s="127" t="s">
         <v>245</v>
       </c>
       <c r="C35" s="123" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="D35" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E35" s="39">
         <v>2026</v>
       </c>
       <c r="F35" s="40">
         <v>46309</v>
       </c>
       <c r="G35" s="219" t="s">
         <v>21</v>
       </c>
       <c r="H35" s="219" t="s">
         <v>125</v>
       </c>
       <c r="I35" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J35" s="42" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="K35" s="219" t="s">
         <v>126</v>
       </c>
       <c r="L35" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M35" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N35" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O35" s="168">
         <v>47314.5</v>
       </c>
       <c r="P35" s="15"/>
     </row>
     <row r="36" spans="1:16" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="127" t="s">
         <v>246</v>
       </c>
       <c r="C36" s="123" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="D36" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E36" s="39">
         <v>2026</v>
       </c>
       <c r="F36" s="40">
         <v>46309</v>
       </c>
       <c r="G36" s="219" t="s">
         <v>21</v>
       </c>
       <c r="H36" s="219" t="s">
         <v>102</v>
       </c>
       <c r="I36" s="41" t="s">
         <v>151</v>
       </c>
       <c r="J36" s="42" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="K36" s="219" t="s">
         <v>103</v>
       </c>
       <c r="L36" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M36" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N36" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O36" s="170">
         <v>53831.8</v>
       </c>
       <c r="P36" s="7"/>
     </row>
     <row r="37" spans="1:16" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B37" s="225" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="C37" s="126" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="D37" s="153" t="s">
         <v>121</v>
       </c>
       <c r="E37" s="153">
         <v>2026</v>
       </c>
       <c r="F37" s="157">
         <v>46309</v>
       </c>
       <c r="G37" s="48" t="s">
         <v>21</v>
       </c>
       <c r="H37" s="48" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="I37" s="227" t="s">
         <v>150</v>
       </c>
       <c r="J37" s="49" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="K37" s="48" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="L37" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M37" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N37" s="48" t="s">
         <v>18</v>
       </c>
       <c r="O37" s="228">
         <v>37728.19</v>
       </c>
       <c r="P37" s="7"/>
     </row>
     <row r="38" spans="1:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="140"/>
       <c r="C38" s="134"/>
       <c r="D38" s="17"/>
       <c r="E38" s="17"/>
       <c r="F38" s="12"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="94"/>
       <c r="J38" s="97"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="194"/>
       <c r="O38" s="18"/>
       <c r="P38" s="7"/>
     </row>
     <row r="39" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B39" s="338" t="s">
+      <c r="B39" s="374" t="s">
         <v>207</v>
       </c>
-      <c r="C39" s="339"/>
-[...11 lines deleted...]
-      <c r="O39" s="340"/>
+      <c r="C39" s="375"/>
+      <c r="D39" s="375"/>
+      <c r="E39" s="375"/>
+      <c r="F39" s="375"/>
+      <c r="G39" s="375"/>
+      <c r="H39" s="375"/>
+      <c r="I39" s="375"/>
+      <c r="J39" s="375"/>
+      <c r="K39" s="375"/>
+      <c r="L39" s="375"/>
+      <c r="M39" s="375"/>
+      <c r="N39" s="375"/>
+      <c r="O39" s="376"/>
       <c r="P39" s="14"/>
     </row>
     <row r="40" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B40" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C40" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D40" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E40" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F40" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G40" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H40" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I40" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J40" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K40" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L40" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M40" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N40" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O40" s="167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P40" s="82"/>
     </row>
     <row r="41" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B41" s="232" t="s">
         <v>225</v>
       </c>
       <c r="C41" s="131" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="D41" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E41" s="63">
         <v>2026</v>
       </c>
       <c r="F41" s="64">
         <v>46224</v>
       </c>
       <c r="G41" s="215" t="s">
         <v>115</v>
       </c>
       <c r="H41" s="215">
         <v>1500</v>
       </c>
       <c r="I41" s="215" t="s">
         <v>30</v>
       </c>
       <c r="J41" s="42" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="K41" s="215" t="s">
         <v>226</v>
       </c>
       <c r="L41" s="215" t="s">
         <v>41</v>
       </c>
       <c r="M41" s="215" t="s">
         <v>41</v>
       </c>
       <c r="N41" s="219" t="s">
         <v>62</v>
       </c>
       <c r="O41" s="168">
         <v>39540</v>
       </c>
       <c r="P41" s="7"/>
     </row>
     <row r="42" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B42" s="127" t="s">
         <v>224</v>
       </c>
       <c r="C42" s="123" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="D42" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E42" s="39">
         <v>2026</v>
       </c>
       <c r="F42" s="40">
         <v>46224</v>
       </c>
       <c r="G42" s="219" t="s">
         <v>115</v>
       </c>
       <c r="H42" s="219">
         <v>1500</v>
       </c>
       <c r="I42" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J42" s="42" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="K42" s="219" t="s">
         <v>200</v>
       </c>
       <c r="L42" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M42" s="217" t="s">
         <v>41</v>
       </c>
       <c r="N42" s="219" t="s">
         <v>62</v>
       </c>
       <c r="O42" s="168">
         <v>41126</v>
       </c>
       <c r="P42" s="7"/>
     </row>
     <row r="43" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B43" s="127" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="C43" s="123" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="D43" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E43" s="39">
         <v>2026</v>
       </c>
       <c r="F43" s="40">
         <v>46224</v>
       </c>
       <c r="G43" s="219" t="s">
         <v>115</v>
       </c>
       <c r="H43" s="219">
         <v>1500</v>
       </c>
       <c r="I43" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J43" s="42" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="K43" s="219" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="L43" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M43" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N43" s="219" t="s">
         <v>62</v>
       </c>
       <c r="O43" s="168">
         <v>42753</v>
       </c>
       <c r="P43" s="7"/>
     </row>
     <row r="44" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A44" s="33"/>
       <c r="B44" s="132" t="s">
         <v>251</v>
       </c>
       <c r="C44" s="123">
         <v>25282</v>
       </c>
       <c r="D44" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E44" s="59">
         <v>2026</v>
       </c>
       <c r="F44" s="40">
         <v>46295</v>
       </c>
       <c r="G44" s="60" t="s">
         <v>21</v>
       </c>
       <c r="H44" s="60" t="s">
         <v>253</v>
       </c>
       <c r="I44" s="51" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="61" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="K44" s="60" t="s">
         <v>254</v>
       </c>
       <c r="L44" s="60" t="s">
         <v>41</v>
       </c>
       <c r="M44" s="62" t="s">
         <v>41</v>
       </c>
       <c r="N44" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O44" s="174">
         <v>31532.799999999999</v>
       </c>
       <c r="P44" s="7"/>
     </row>
     <row r="45" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A45" s="33"/>
       <c r="B45" s="132" t="s">
         <v>252</v>
       </c>
       <c r="C45" s="123">
         <v>25282</v>
       </c>
       <c r="D45" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="59">
         <v>2026</v>
       </c>
       <c r="F45" s="40">
         <v>46295</v>
       </c>
       <c r="G45" s="60" t="s">
         <v>21</v>
       </c>
       <c r="H45" s="60" t="s">
         <v>253</v>
       </c>
       <c r="I45" s="51" t="s">
         <v>29</v>
       </c>
       <c r="J45" s="61" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="K45" s="60" t="s">
         <v>254</v>
       </c>
       <c r="L45" s="60" t="s">
         <v>41</v>
       </c>
       <c r="M45" s="62" t="s">
         <v>41</v>
       </c>
       <c r="N45" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O45" s="174">
         <v>34751.800000000003</v>
       </c>
       <c r="P45" s="7"/>
     </row>
     <row r="46" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A46" s="5"/>
       <c r="B46" s="129" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="C46" s="123">
         <v>26052</v>
       </c>
-      <c r="D46" s="254" t="s">
-        <v>454</v>
+      <c r="D46" s="285" t="s">
+        <v>511</v>
       </c>
       <c r="E46" s="39">
         <v>2026</v>
       </c>
       <c r="F46" s="40">
         <v>46295</v>
       </c>
       <c r="G46" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H46" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I46" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J46" s="58" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="K46" s="51" t="s">
+        <v>304</v>
+      </c>
+      <c r="L46" s="51" t="s">
         <v>305</v>
       </c>
-      <c r="L46" s="51" t="s">
+      <c r="M46" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="N46" s="219" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
       <c r="O46" s="173">
         <v>36250</v>
       </c>
       <c r="P46" s="94"/>
     </row>
     <row r="47" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A47" s="5"/>
       <c r="B47" s="129" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="C47" s="123">
         <v>26053</v>
       </c>
-      <c r="D47" s="254" t="s">
-        <v>454</v>
+      <c r="D47" s="285" t="s">
+        <v>511</v>
       </c>
       <c r="E47" s="39">
         <v>2026</v>
       </c>
       <c r="F47" s="40" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="G47" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H47" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I47" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J47" s="58" t="s">
+        <v>399</v>
+      </c>
+      <c r="K47" s="51" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="L47" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M47" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N47" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O47" s="173">
         <v>36605.5</v>
       </c>
       <c r="P47" s="94"/>
     </row>
     <row r="48" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A48" s="5"/>
       <c r="B48" s="129" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="C48" s="123">
         <v>26053</v>
       </c>
-      <c r="D48" s="254" t="s">
-        <v>454</v>
+      <c r="D48" s="285" t="s">
+        <v>511</v>
       </c>
       <c r="E48" s="39">
         <v>2026</v>
       </c>
       <c r="F48" s="40" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="G48" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H48" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I48" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J48" s="58" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="K48" s="51" t="s">
         <v>126</v>
       </c>
       <c r="L48" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M48" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N48" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O48" s="173">
         <v>39019.199999999997</v>
       </c>
       <c r="P48" s="94"/>
     </row>
     <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49" s="24"/>
       <c r="B49" s="129" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C49" s="123">
         <v>26051</v>
       </c>
       <c r="D49" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E49" s="39">
         <v>2026</v>
       </c>
       <c r="F49" s="40">
         <v>46295</v>
       </c>
       <c r="G49" s="51" t="s">
         <v>86</v>
       </c>
       <c r="H49" s="52" t="s">
         <v>136</v>
       </c>
       <c r="I49" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J49" s="58" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="K49" s="51" t="s">
         <v>135</v>
       </c>
       <c r="L49" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M49" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N49" s="219" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="O49" s="172">
         <v>41545</v>
       </c>
       <c r="P49" s="94"/>
     </row>
     <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50" s="24"/>
       <c r="B50" s="129" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C50" s="123">
         <v>26051</v>
       </c>
       <c r="D50" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E50" s="39">
         <v>2026</v>
       </c>
       <c r="F50" s="40">
         <v>46295</v>
       </c>
       <c r="G50" s="51" t="s">
         <v>86</v>
       </c>
       <c r="H50" s="52" t="s">
         <v>136</v>
       </c>
       <c r="I50" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J50" s="58" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="K50" s="51" t="s">
         <v>135</v>
       </c>
       <c r="L50" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M50" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N50" s="219" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="O50" s="174">
         <v>42978</v>
       </c>
       <c r="P50" s="94"/>
     </row>
     <row r="51" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B51" s="128" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C51" s="123">
         <v>26064</v>
       </c>
       <c r="D51" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E51" s="39">
         <v>2026</v>
       </c>
       <c r="F51" s="40">
         <v>46295</v>
       </c>
       <c r="G51" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H51" s="219" t="s">
         <v>10</v>
       </c>
       <c r="I51" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J51" s="42" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="K51" s="219" t="s">
         <v>183</v>
       </c>
       <c r="L51" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M51" s="219" t="s">
         <v>49</v>
       </c>
       <c r="N51" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O51" s="168">
         <v>36806</v>
       </c>
       <c r="P51" s="7"/>
     </row>
     <row r="52" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B52" s="128" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C52" s="123">
         <v>26064</v>
       </c>
       <c r="D52" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E52" s="39">
         <v>2026</v>
       </c>
       <c r="F52" s="40">
         <v>46295</v>
       </c>
       <c r="G52" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H52" s="219" t="s">
         <v>10</v>
       </c>
       <c r="I52" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J52" s="42" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="K52" s="219" t="s">
         <v>185</v>
       </c>
       <c r="L52" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M52" s="219" t="s">
         <v>49</v>
       </c>
       <c r="N52" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O52" s="168">
         <v>39124</v>
       </c>
       <c r="P52" s="7"/>
     </row>
     <row r="53" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B53" s="128" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="C53" s="123">
         <v>26064</v>
       </c>
       <c r="D53" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E53" s="39">
         <v>2026</v>
       </c>
       <c r="F53" s="40">
         <v>46295</v>
       </c>
       <c r="G53" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H53" s="219" t="s">
         <v>10</v>
       </c>
       <c r="I53" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J53" s="42" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="K53" s="219" t="s">
         <v>184</v>
       </c>
       <c r="L53" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M53" s="219" t="s">
         <v>49</v>
       </c>
       <c r="N53" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O53" s="168">
         <v>40794</v>
       </c>
       <c r="P53" s="7"/>
     </row>
     <row r="54" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="33"/>
       <c r="B54" s="128" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C54" s="123">
         <v>26064</v>
       </c>
       <c r="D54" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E54" s="39">
         <v>2026</v>
       </c>
       <c r="F54" s="40">
         <v>46295</v>
       </c>
       <c r="G54" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H54" s="219" t="s">
         <v>74</v>
       </c>
       <c r="I54" s="219" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="42" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="K54" s="219" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="L54" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M54" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N54" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O54" s="168">
         <v>33533</v>
       </c>
       <c r="P54" s="7"/>
     </row>
     <row r="55" spans="1:16" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="33"/>
       <c r="B55" s="130" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C55" s="126">
         <v>26064</v>
       </c>
       <c r="D55" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E55" s="46">
         <v>2026</v>
       </c>
       <c r="F55" s="47">
         <v>46295</v>
       </c>
       <c r="G55" s="56" t="s">
         <v>8</v>
       </c>
       <c r="H55" s="56" t="s">
         <v>127</v>
       </c>
       <c r="I55" s="56" t="s">
         <v>30</v>
       </c>
       <c r="J55" s="236" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="K55" s="56" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="L55" s="56" t="s">
         <v>41</v>
       </c>
       <c r="M55" s="237" t="s">
         <v>41</v>
       </c>
       <c r="N55" s="45" t="s">
         <v>7</v>
       </c>
       <c r="O55" s="238">
         <v>26221</v>
       </c>
       <c r="P55" s="7"/>
     </row>
     <row r="56" spans="1:16" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B56" s="147"/>
       <c r="C56" s="134"/>
       <c r="D56" s="17"/>
       <c r="E56" s="17"/>
       <c r="F56" s="12"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="100"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
       <c r="N56" s="194"/>
       <c r="O56" s="4"/>
       <c r="P56" s="94"/>
     </row>
     <row r="57" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B57" s="338" t="s">
-[...14 lines deleted...]
-      <c r="O57" s="340"/>
+      <c r="B57" s="374" t="s">
+        <v>407</v>
+      </c>
+      <c r="C57" s="375"/>
+      <c r="D57" s="375"/>
+      <c r="E57" s="375"/>
+      <c r="F57" s="375"/>
+      <c r="G57" s="375"/>
+      <c r="H57" s="375"/>
+      <c r="I57" s="375"/>
+      <c r="J57" s="375"/>
+      <c r="K57" s="375"/>
+      <c r="L57" s="375"/>
+      <c r="M57" s="375"/>
+      <c r="N57" s="375"/>
+      <c r="O57" s="376"/>
       <c r="P57" s="14"/>
     </row>
     <row r="58" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B58" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C58" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D58" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E58" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F58" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G58" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H58" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I58" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J58" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K58" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L58" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M58" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N58" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O58" s="167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P58" s="82"/>
     </row>
     <row r="59" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B59" s="243" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="C59" s="244">
         <v>26054</v>
       </c>
       <c r="D59" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E59" s="65">
         <v>2026</v>
       </c>
       <c r="F59" s="240">
         <v>46295</v>
       </c>
       <c r="G59" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H59" s="52">
         <v>2500</v>
       </c>
       <c r="I59" s="52" t="s">
         <v>31</v>
       </c>
       <c r="J59" s="53" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="K59" s="52" t="s">
         <v>50</v>
       </c>
       <c r="L59" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M59" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N59" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O59" s="241">
         <v>41309</v>
       </c>
       <c r="P59" s="242"/>
     </row>
     <row r="60" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B60" s="243" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="C60" s="244">
         <v>26054</v>
       </c>
       <c r="D60" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E60" s="65">
         <v>2026</v>
       </c>
       <c r="F60" s="240">
         <v>46295</v>
       </c>
       <c r="G60" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H60" s="52">
         <v>3500</v>
       </c>
       <c r="I60" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="53" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="K60" s="52" t="s">
         <v>51</v>
       </c>
       <c r="L60" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M60" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N60" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O60" s="241">
         <v>41631</v>
       </c>
       <c r="P60" s="242"/>
     </row>
     <row r="61" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B61" s="243" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="C61" s="244">
         <v>26054</v>
       </c>
       <c r="D61" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E61" s="65">
         <v>2026</v>
       </c>
       <c r="F61" s="240">
         <v>46295</v>
       </c>
       <c r="G61" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H61" s="52">
         <v>3500</v>
       </c>
       <c r="I61" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="53" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="K61" s="52" t="s">
         <v>52</v>
       </c>
       <c r="L61" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M61" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N61" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O61" s="241">
         <v>42614</v>
       </c>
       <c r="P61" s="242"/>
     </row>
     <row r="62" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B62" s="243" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="C62" s="244">
         <v>26054</v>
       </c>
       <c r="D62" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E62" s="239">
         <v>2026</v>
       </c>
       <c r="F62" s="240">
         <v>46295</v>
       </c>
       <c r="G62" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H62" s="52">
         <v>2500</v>
       </c>
       <c r="I62" s="52" t="s">
         <v>31</v>
       </c>
       <c r="J62" s="53" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="K62" s="52" t="s">
         <v>53</v>
       </c>
       <c r="L62" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M62" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N62" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O62" s="241">
         <v>55711</v>
       </c>
       <c r="P62" s="242"/>
     </row>
     <row r="63" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B63" s="243" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="C63" s="244">
         <v>26054</v>
       </c>
       <c r="D63" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E63" s="65">
         <v>2026</v>
       </c>
       <c r="F63" s="240">
         <v>46295</v>
       </c>
       <c r="G63" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H63" s="52">
         <v>3500</v>
       </c>
       <c r="I63" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="53" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="K63" s="52" t="s">
         <v>78</v>
       </c>
       <c r="L63" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M63" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N63" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O63" s="241">
         <v>55833</v>
       </c>
       <c r="P63" s="242"/>
     </row>
     <row r="64" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B64" s="243" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="C64" s="244">
         <v>26054</v>
       </c>
       <c r="D64" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E64" s="65">
         <v>2026</v>
       </c>
       <c r="F64" s="240">
         <v>46295</v>
       </c>
       <c r="G64" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H64" s="52">
         <v>3500</v>
       </c>
       <c r="I64" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="53" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="K64" s="52" t="s">
         <v>34</v>
       </c>
       <c r="L64" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M64" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N64" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O64" s="241">
         <v>55968</v>
       </c>
       <c r="P64" s="242"/>
     </row>
     <row r="65" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B65" s="160" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C65" s="44">
         <v>26095</v>
       </c>
       <c r="D65" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E65" s="39">
         <v>2026</v>
       </c>
       <c r="F65" s="40">
         <v>46295</v>
       </c>
-      <c r="G65" s="274" t="s">
+      <c r="G65" s="273" t="s">
         <v>21</v>
       </c>
-      <c r="H65" s="274" t="s">
+      <c r="H65" s="273" t="s">
         <v>104</v>
       </c>
-      <c r="I65" s="274" t="s">
+      <c r="I65" s="273" t="s">
         <v>31</v>
       </c>
       <c r="J65" s="66" t="s">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="K65" s="274" t="s">
+        <v>458</v>
+      </c>
+      <c r="K65" s="273" t="s">
         <v>105</v>
       </c>
-      <c r="L65" s="275" t="s">
-[...2 lines deleted...]
-      <c r="M65" s="274" t="s">
+      <c r="L65" s="274" t="s">
+        <v>41</v>
+      </c>
+      <c r="M65" s="273" t="s">
         <v>54</v>
       </c>
-      <c r="N65" s="274" t="s">
-        <v>457</v>
+      <c r="N65" s="273" t="s">
+        <v>455</v>
       </c>
       <c r="O65" s="168">
         <v>44420</v>
       </c>
       <c r="P65" s="7"/>
     </row>
     <row r="66" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B66" s="160" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C66" s="44">
         <v>26095</v>
       </c>
       <c r="D66" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E66" s="59">
         <v>2026</v>
       </c>
       <c r="F66" s="40">
         <v>46295</v>
       </c>
-      <c r="G66" s="274" t="s">
+      <c r="G66" s="273" t="s">
         <v>21</v>
       </c>
-      <c r="H66" s="274" t="s">
+      <c r="H66" s="273" t="s">
         <v>106</v>
       </c>
-      <c r="I66" s="274" t="s">
+      <c r="I66" s="273" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="66" t="s">
-        <v>459</v>
-[...1 lines deleted...]
-      <c r="K66" s="274" t="s">
+        <v>457</v>
+      </c>
+      <c r="K66" s="273" t="s">
         <v>107</v>
       </c>
-      <c r="L66" s="275" t="s">
-[...2 lines deleted...]
-      <c r="M66" s="274" t="s">
+      <c r="L66" s="274" t="s">
+        <v>41</v>
+      </c>
+      <c r="M66" s="273" t="s">
         <v>54</v>
       </c>
-      <c r="N66" s="274" t="s">
-        <v>457</v>
+      <c r="N66" s="273" t="s">
+        <v>455</v>
       </c>
       <c r="O66" s="168">
         <v>45460</v>
       </c>
       <c r="P66" s="7"/>
     </row>
     <row r="67" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B67" s="160" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="C67" s="44">
         <v>26095</v>
       </c>
       <c r="D67" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E67" s="59">
         <v>2026</v>
       </c>
       <c r="F67" s="40">
         <v>46295</v>
       </c>
-      <c r="G67" s="274" t="s">
+      <c r="G67" s="273" t="s">
         <v>21</v>
       </c>
-      <c r="H67" s="274" t="s">
+      <c r="H67" s="273" t="s">
         <v>106</v>
       </c>
-      <c r="I67" s="274" t="s">
+      <c r="I67" s="273" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="66" t="s">
-        <v>462</v>
-[...1 lines deleted...]
-      <c r="K67" s="274" t="s">
+        <v>460</v>
+      </c>
+      <c r="K67" s="273" t="s">
         <v>108</v>
       </c>
-      <c r="L67" s="275" t="s">
-[...2 lines deleted...]
-      <c r="M67" s="274" t="s">
+      <c r="L67" s="274" t="s">
+        <v>41</v>
+      </c>
+      <c r="M67" s="273" t="s">
         <v>54</v>
       </c>
-      <c r="N67" s="274" t="s">
-        <v>457</v>
+      <c r="N67" s="273" t="s">
+        <v>455</v>
       </c>
       <c r="O67" s="168">
         <v>46588</v>
       </c>
       <c r="P67" s="7"/>
     </row>
     <row r="68" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A68" s="276"/>
+      <c r="A68" s="275"/>
       <c r="B68" s="160" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C68" s="44">
         <v>26170</v>
       </c>
       <c r="D68" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E68" s="39">
         <v>2026</v>
       </c>
       <c r="F68" s="40">
         <v>46295</v>
       </c>
-      <c r="G68" s="273" t="s">
+      <c r="G68" s="272" t="s">
         <v>21</v>
       </c>
-      <c r="H68" s="273" t="s">
+      <c r="H68" s="272" t="s">
         <v>104</v>
       </c>
-      <c r="I68" s="273" t="s">
+      <c r="I68" s="272" t="s">
         <v>31</v>
       </c>
       <c r="J68" s="66" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="K68" s="273" t="s">
+        <v>462</v>
+      </c>
+      <c r="K68" s="272" t="s">
         <v>110</v>
       </c>
-      <c r="L68" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M68" s="273" t="s">
+      <c r="L68" s="271" t="s">
+        <v>41</v>
+      </c>
+      <c r="M68" s="272" t="s">
         <v>54</v>
       </c>
-      <c r="N68" s="273" t="s">
+      <c r="N68" s="272" t="s">
         <v>18</v>
       </c>
       <c r="O68" s="168">
         <v>44907</v>
       </c>
       <c r="P68" s="7"/>
     </row>
     <row r="69" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A69" s="276"/>
+      <c r="A69" s="275"/>
       <c r="B69" s="160" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="C69" s="44">
         <v>26170</v>
       </c>
       <c r="D69" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E69" s="39">
         <v>2026</v>
       </c>
       <c r="F69" s="40">
         <v>46295</v>
       </c>
-      <c r="G69" s="273" t="s">
+      <c r="G69" s="272" t="s">
         <v>21</v>
       </c>
-      <c r="H69" s="273" t="s">
+      <c r="H69" s="272" t="s">
         <v>104</v>
       </c>
-      <c r="I69" s="273" t="s">
+      <c r="I69" s="272" t="s">
         <v>31</v>
       </c>
       <c r="J69" s="66" t="s">
-        <v>465</v>
-[...1 lines deleted...]
-      <c r="K69" s="273" t="s">
+        <v>463</v>
+      </c>
+      <c r="K69" s="272" t="s">
         <v>109</v>
       </c>
-      <c r="L69" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M69" s="273" t="s">
+      <c r="L69" s="271" t="s">
+        <v>41</v>
+      </c>
+      <c r="M69" s="272" t="s">
         <v>54</v>
       </c>
-      <c r="N69" s="273" t="s">
+      <c r="N69" s="272" t="s">
         <v>18</v>
       </c>
       <c r="O69" s="168">
         <v>45090</v>
       </c>
       <c r="P69" s="7"/>
     </row>
     <row r="70" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A70" s="276"/>
+      <c r="A70" s="275"/>
       <c r="B70" s="160" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="C70" s="44">
         <v>26170</v>
       </c>
       <c r="D70" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E70" s="59">
         <v>2026</v>
       </c>
       <c r="F70" s="40">
         <v>46295</v>
       </c>
-      <c r="G70" s="273" t="s">
+      <c r="G70" s="272" t="s">
         <v>21</v>
       </c>
-      <c r="H70" s="273" t="s">
+      <c r="H70" s="272" t="s">
         <v>106</v>
       </c>
-      <c r="I70" s="273" t="s">
+      <c r="I70" s="272" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="66" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="K70" s="273" t="s">
+        <v>467</v>
+      </c>
+      <c r="K70" s="272" t="s">
         <v>111</v>
       </c>
-      <c r="L70" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M70" s="273" t="s">
+      <c r="L70" s="271" t="s">
+        <v>41</v>
+      </c>
+      <c r="M70" s="272" t="s">
         <v>54</v>
       </c>
-      <c r="N70" s="273" t="s">
+      <c r="N70" s="272" t="s">
         <v>18</v>
       </c>
       <c r="O70" s="168">
         <v>46100</v>
       </c>
       <c r="P70" s="7"/>
     </row>
     <row r="71" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A71" s="276"/>
+      <c r="A71" s="275"/>
       <c r="B71" s="160" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C71" s="44">
         <v>26170</v>
       </c>
       <c r="D71" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E71" s="59">
         <v>2026</v>
       </c>
       <c r="F71" s="40">
         <v>46295</v>
       </c>
-      <c r="G71" s="273" t="s">
+      <c r="G71" s="272" t="s">
         <v>21</v>
       </c>
-      <c r="H71" s="273" t="s">
+      <c r="H71" s="272" t="s">
         <v>106</v>
       </c>
-      <c r="I71" s="273" t="s">
+      <c r="I71" s="272" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="66" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="K71" s="273" t="s">
+        <v>468</v>
+      </c>
+      <c r="K71" s="272" t="s">
         <v>111</v>
       </c>
-      <c r="L71" s="273" t="s">
-[...2 lines deleted...]
-      <c r="M71" s="273" t="s">
+      <c r="L71" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M71" s="272" t="s">
         <v>54</v>
       </c>
-      <c r="N71" s="273" t="s">
+      <c r="N71" s="272" t="s">
         <v>18</v>
       </c>
       <c r="O71" s="168">
         <v>46995</v>
       </c>
       <c r="P71" s="7"/>
     </row>
     <row r="72" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A72" s="276"/>
+      <c r="A72" s="275"/>
       <c r="B72" s="160" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C72" s="44">
         <v>26170</v>
       </c>
       <c r="D72" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E72" s="59">
         <v>2026</v>
       </c>
       <c r="F72" s="40">
         <v>46295</v>
       </c>
-      <c r="G72" s="273" t="s">
+      <c r="G72" s="272" t="s">
         <v>21</v>
       </c>
-      <c r="H72" s="273" t="s">
+      <c r="H72" s="272" t="s">
         <v>104</v>
       </c>
-      <c r="I72" s="273" t="s">
+      <c r="I72" s="272" t="s">
         <v>31</v>
       </c>
       <c r="J72" s="66" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="K72" s="273" t="s">
+        <v>471</v>
+      </c>
+      <c r="K72" s="272" t="s">
         <v>112</v>
       </c>
-      <c r="L72" s="273" t="s">
-[...2 lines deleted...]
-      <c r="M72" s="273" t="s">
+      <c r="L72" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M72" s="272" t="s">
         <v>54</v>
       </c>
-      <c r="N72" s="273" t="s">
+      <c r="N72" s="272" t="s">
         <v>18</v>
       </c>
       <c r="O72" s="168">
         <v>46645</v>
       </c>
       <c r="P72" s="7"/>
     </row>
     <row r="73" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A73" s="276"/>
+      <c r="A73" s="275"/>
       <c r="B73" s="160" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C73" s="44">
         <v>26170</v>
       </c>
       <c r="D73" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E73" s="59">
         <v>2026</v>
       </c>
       <c r="F73" s="40">
         <v>46295</v>
       </c>
-      <c r="G73" s="273" t="s">
+      <c r="G73" s="272" t="s">
         <v>21</v>
       </c>
-      <c r="H73" s="273" t="s">
+      <c r="H73" s="272" t="s">
         <v>106</v>
       </c>
-      <c r="I73" s="273" t="s">
+      <c r="I73" s="272" t="s">
         <v>32</v>
       </c>
       <c r="J73" s="66" t="s">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="K73" s="273" t="s">
+        <v>472</v>
+      </c>
+      <c r="K73" s="272" t="s">
         <v>113</v>
       </c>
-      <c r="L73" s="273" t="s">
-[...2 lines deleted...]
-      <c r="M73" s="273" t="s">
+      <c r="L73" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M73" s="272" t="s">
         <v>54</v>
       </c>
-      <c r="N73" s="273" t="s">
+      <c r="N73" s="272" t="s">
         <v>18</v>
       </c>
       <c r="O73" s="168">
         <v>47764</v>
       </c>
       <c r="P73" s="7"/>
     </row>
     <row r="74" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A74" s="276"/>
+      <c r="A74" s="275"/>
       <c r="B74" s="160" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C74" s="44">
         <v>26170</v>
       </c>
       <c r="D74" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E74" s="39">
         <v>2026</v>
       </c>
       <c r="F74" s="40">
         <v>46295</v>
       </c>
-      <c r="G74" s="273" t="s">
+      <c r="G74" s="272" t="s">
         <v>21</v>
       </c>
-      <c r="H74" s="273" t="s">
+      <c r="H74" s="272" t="s">
         <v>106</v>
       </c>
-      <c r="I74" s="273" t="s">
+      <c r="I74" s="272" t="s">
         <v>32</v>
       </c>
       <c r="J74" s="66" t="s">
-        <v>476</v>
-[...1 lines deleted...]
-      <c r="K74" s="273" t="s">
+        <v>474</v>
+      </c>
+      <c r="K74" s="272" t="s">
         <v>114</v>
       </c>
-      <c r="L74" s="273" t="s">
-[...2 lines deleted...]
-      <c r="M74" s="273" t="s">
+      <c r="L74" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M74" s="272" t="s">
         <v>54</v>
       </c>
-      <c r="N74" s="273" t="s">
+      <c r="N74" s="272" t="s">
         <v>18</v>
       </c>
       <c r="O74" s="168">
         <v>48676</v>
       </c>
       <c r="P74" s="7"/>
     </row>
     <row r="75" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A75" s="276"/>
+      <c r="A75" s="275"/>
       <c r="B75" s="160" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C75" s="44">
         <v>26170</v>
       </c>
       <c r="D75" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E75" s="39">
         <v>2026</v>
       </c>
       <c r="F75" s="40">
         <v>46295</v>
       </c>
-      <c r="G75" s="273" t="s">
+      <c r="G75" s="272" t="s">
         <v>21</v>
       </c>
-      <c r="H75" s="273" t="s">
+      <c r="H75" s="272" t="s">
         <v>106</v>
       </c>
-      <c r="I75" s="273" t="s">
+      <c r="I75" s="272" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="66" t="s">
-        <v>478</v>
-[...1 lines deleted...]
-      <c r="K75" s="273" t="s">
+        <v>476</v>
+      </c>
+      <c r="K75" s="272" t="s">
         <v>114</v>
       </c>
-      <c r="L75" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M75" s="273" t="s">
+      <c r="L75" s="271" t="s">
+        <v>41</v>
+      </c>
+      <c r="M75" s="272" t="s">
         <v>54</v>
       </c>
-      <c r="N75" s="273" t="s">
+      <c r="N75" s="272" t="s">
         <v>18</v>
       </c>
       <c r="O75" s="168">
         <v>47959</v>
       </c>
       <c r="P75" s="7"/>
     </row>
     <row r="76" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B76" s="128" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C76" s="123">
         <v>26065</v>
       </c>
       <c r="D76" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E76" s="59">
         <v>2026</v>
       </c>
       <c r="F76" s="40">
         <v>46295</v>
       </c>
-      <c r="G76" s="257" t="s">
+      <c r="G76" s="256" t="s">
         <v>6</v>
       </c>
-      <c r="H76" s="257" t="s">
+      <c r="H76" s="256" t="s">
         <v>46</v>
       </c>
-      <c r="I76" s="257" t="s">
+      <c r="I76" s="256" t="s">
         <v>31</v>
       </c>
       <c r="J76" s="66" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="K76" s="257" t="s">
+        <v>333</v>
+      </c>
+      <c r="K76" s="256" t="s">
         <v>56</v>
       </c>
-      <c r="L76" s="257" t="s">
+      <c r="L76" s="256" t="s">
         <v>43</v>
       </c>
-      <c r="M76" s="257" t="s">
+      <c r="M76" s="256" t="s">
         <v>54</v>
       </c>
-      <c r="N76" s="257" t="s">
+      <c r="N76" s="256" t="s">
         <v>7</v>
       </c>
       <c r="O76" s="168">
         <v>41613</v>
       </c>
       <c r="P76" s="7"/>
     </row>
     <row r="77" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A77" s="5"/>
-      <c r="B77" s="259" t="s">
-        <v>335</v>
+      <c r="B77" s="258" t="s">
+        <v>334</v>
       </c>
       <c r="C77" s="131">
         <v>26065</v>
       </c>
-      <c r="D77" s="260" t="s">
+      <c r="D77" s="259" t="s">
         <v>121</v>
       </c>
       <c r="E77" s="63">
         <v>2026</v>
       </c>
       <c r="F77" s="64">
         <v>46295</v>
       </c>
-      <c r="G77" s="261" t="s">
+      <c r="G77" s="260" t="s">
         <v>6</v>
       </c>
-      <c r="H77" s="262" t="s">
+      <c r="H77" s="261" t="s">
         <v>33</v>
       </c>
-      <c r="I77" s="261" t="s">
+      <c r="I77" s="260" t="s">
         <v>32</v>
       </c>
-      <c r="J77" s="263" t="s">
-[...2 lines deleted...]
-      <c r="K77" s="261" t="s">
+      <c r="J77" s="262" t="s">
+        <v>335</v>
+      </c>
+      <c r="K77" s="260" t="s">
         <v>57</v>
       </c>
-      <c r="L77" s="261" t="s">
+      <c r="L77" s="260" t="s">
         <v>43</v>
       </c>
-      <c r="M77" s="261" t="s">
+      <c r="M77" s="260" t="s">
         <v>54</v>
       </c>
-      <c r="N77" s="256" t="s">
+      <c r="N77" s="255" t="s">
         <v>7</v>
       </c>
-      <c r="O77" s="264">
+      <c r="O77" s="263">
         <v>43024</v>
       </c>
       <c r="P77" s="94"/>
     </row>
     <row r="78" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B78" s="128" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C78" s="123">
         <v>26065</v>
       </c>
       <c r="D78" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E78" s="39">
         <v>2026</v>
       </c>
       <c r="F78" s="40">
         <v>46295</v>
       </c>
       <c r="G78" s="190" t="s">
         <v>6</v>
       </c>
       <c r="H78" s="190" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="190" t="s">
         <v>32</v>
       </c>
       <c r="J78" s="66" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="K78" s="190" t="s">
         <v>128</v>
       </c>
       <c r="L78" s="190" t="s">
         <v>43</v>
       </c>
       <c r="M78" s="190" t="s">
         <v>54</v>
       </c>
       <c r="N78" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O78" s="168">
         <v>43961</v>
       </c>
       <c r="P78" s="7"/>
     </row>
     <row r="79" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B79" s="128" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C79" s="123">
         <v>26065</v>
       </c>
       <c r="D79" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E79" s="59">
         <v>2026</v>
       </c>
       <c r="F79" s="40" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="G79" s="190" t="s">
         <v>6</v>
       </c>
       <c r="H79" s="190" t="s">
         <v>46</v>
       </c>
       <c r="I79" s="190" t="s">
         <v>31</v>
       </c>
       <c r="J79" s="66" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="K79" s="190" t="s">
         <v>58</v>
       </c>
       <c r="L79" s="190" t="s">
         <v>43</v>
       </c>
       <c r="M79" s="190" t="s">
         <v>54</v>
       </c>
       <c r="N79" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O79" s="168">
         <v>44703</v>
       </c>
       <c r="P79" s="7"/>
     </row>
     <row r="80" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B80" s="128" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="C80" s="123">
         <v>26065</v>
       </c>
       <c r="D80" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E80" s="39">
         <v>2026</v>
       </c>
       <c r="F80" s="40">
         <v>46295</v>
       </c>
       <c r="G80" s="190" t="s">
         <v>6</v>
       </c>
       <c r="H80" s="190" t="s">
         <v>46</v>
       </c>
       <c r="I80" s="190" t="s">
         <v>31</v>
       </c>
       <c r="J80" s="66" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="K80" s="190" t="s">
         <v>58</v>
       </c>
       <c r="L80" s="190" t="s">
         <v>43</v>
       </c>
       <c r="M80" s="190" t="s">
         <v>54</v>
       </c>
       <c r="N80" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O80" s="168">
         <v>44913</v>
       </c>
       <c r="P80" s="7"/>
     </row>
     <row r="81" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B81" s="128" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="C81" s="123">
         <v>26065</v>
       </c>
       <c r="D81" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E81" s="39">
         <v>2026</v>
       </c>
       <c r="F81" s="40">
         <v>46295</v>
       </c>
       <c r="G81" s="190" t="s">
         <v>6</v>
       </c>
       <c r="H81" s="190" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="190" t="s">
         <v>32</v>
       </c>
       <c r="J81" s="66" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="K81" s="190" t="s">
         <v>129</v>
       </c>
       <c r="L81" s="190" t="s">
         <v>43</v>
       </c>
       <c r="M81" s="190" t="s">
         <v>54</v>
       </c>
       <c r="N81" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O81" s="168">
         <v>45873</v>
       </c>
       <c r="P81" s="7"/>
     </row>
     <row r="82" spans="2:16" s="5" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="128" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="C82" s="123">
         <v>26065</v>
       </c>
       <c r="D82" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E82" s="59">
         <v>2026</v>
       </c>
       <c r="F82" s="40">
         <v>46295</v>
       </c>
       <c r="G82" s="190" t="s">
         <v>6</v>
       </c>
       <c r="H82" s="190" t="s">
         <v>46</v>
       </c>
       <c r="I82" s="190" t="s">
         <v>31</v>
       </c>
       <c r="J82" s="66" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="K82" s="190" t="s">
         <v>47</v>
       </c>
       <c r="L82" s="190" t="s">
         <v>43</v>
       </c>
       <c r="M82" s="190" t="s">
         <v>49</v>
       </c>
       <c r="N82" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O82" s="168">
         <v>56124</v>
       </c>
       <c r="P82" s="7"/>
     </row>
     <row r="83" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B83" s="128" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="C83" s="123">
         <v>26065</v>
       </c>
       <c r="D83" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E83" s="39">
         <v>2026</v>
       </c>
       <c r="F83" s="40">
         <v>46295</v>
       </c>
       <c r="G83" s="190" t="s">
         <v>6</v>
       </c>
       <c r="H83" s="190" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="190" t="s">
         <v>32</v>
       </c>
       <c r="J83" s="66" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="K83" s="190" t="s">
         <v>48</v>
       </c>
       <c r="L83" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M83" s="190" t="s">
         <v>49</v>
       </c>
       <c r="N83" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O83" s="168">
         <v>57394</v>
       </c>
       <c r="P83" s="7"/>
     </row>
     <row r="84" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B84" s="128" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="C84" s="123">
         <v>26065</v>
       </c>
       <c r="D84" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E84" s="39">
         <v>2026</v>
       </c>
       <c r="F84" s="40">
         <v>46295</v>
       </c>
       <c r="G84" s="190" t="s">
         <v>6</v>
       </c>
       <c r="H84" s="190" t="s">
         <v>33</v>
       </c>
       <c r="I84" s="190" t="s">
         <v>32</v>
       </c>
       <c r="J84" s="66" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="K84" s="190" t="s">
         <v>35</v>
       </c>
       <c r="L84" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M84" s="190" t="s">
         <v>49</v>
       </c>
       <c r="N84" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O84" s="168">
         <v>58897</v>
       </c>
       <c r="P84" s="7"/>
     </row>
     <row r="85" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H85" s="94"/>
     </row>
     <row r="86" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B86" s="355" t="s">
-[...14 lines deleted...]
-      <c r="O86" s="357"/>
+      <c r="B86" s="407" t="s">
+        <v>406</v>
+      </c>
+      <c r="C86" s="408"/>
+      <c r="D86" s="408"/>
+      <c r="E86" s="408"/>
+      <c r="F86" s="408"/>
+      <c r="G86" s="408"/>
+      <c r="H86" s="408"/>
+      <c r="I86" s="408"/>
+      <c r="J86" s="408"/>
+      <c r="K86" s="408"/>
+      <c r="L86" s="408"/>
+      <c r="M86" s="408"/>
+      <c r="N86" s="408"/>
+      <c r="O86" s="409"/>
       <c r="P86" s="14"/>
     </row>
     <row r="87" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B87" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C87" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D87" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E87" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F87" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G87" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H87" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I87" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J87" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K87" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L87" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M87" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N87" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O87" s="167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P87" s="82"/>
     </row>
     <row r="88" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B88" s="252" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="C88" s="44">
         <v>26055</v>
       </c>
       <c r="D88" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E88" s="39">
         <v>2026</v>
       </c>
       <c r="F88" s="40">
         <v>46295</v>
       </c>
       <c r="G88" s="235" t="s">
         <v>24</v>
       </c>
       <c r="H88" s="235">
         <v>4500</v>
       </c>
       <c r="I88" s="234" t="s">
         <v>44</v>
       </c>
       <c r="J88" s="221" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="K88" s="235" t="s">
         <v>158</v>
       </c>
       <c r="L88" s="235" t="s">
         <v>41</v>
       </c>
       <c r="M88" s="235" t="s">
         <v>131</v>
       </c>
       <c r="N88" s="235" t="s">
         <v>62</v>
       </c>
       <c r="O88" s="168">
         <v>52101</v>
       </c>
       <c r="P88" s="7"/>
     </row>
     <row r="89" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B89" s="252" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="C89" s="44">
         <v>26055</v>
       </c>
       <c r="D89" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E89" s="39">
         <v>2026</v>
       </c>
       <c r="F89" s="40">
         <v>46295</v>
       </c>
-      <c r="G89" s="257" t="s">
+      <c r="G89" s="256" t="s">
         <v>24</v>
       </c>
-      <c r="H89" s="257">
+      <c r="H89" s="256">
         <v>4500</v>
       </c>
-      <c r="I89" s="255" t="s">
+      <c r="I89" s="254" t="s">
         <v>44</v>
       </c>
       <c r="J89" s="221" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="K89" s="257" t="s">
+        <v>443</v>
+      </c>
+      <c r="K89" s="256" t="s">
         <v>159</v>
       </c>
-      <c r="L89" s="257" t="s">
-[...2 lines deleted...]
-      <c r="M89" s="257" t="s">
+      <c r="L89" s="256" t="s">
+        <v>41</v>
+      </c>
+      <c r="M89" s="256" t="s">
         <v>131</v>
       </c>
-      <c r="N89" s="257" t="s">
+      <c r="N89" s="256" t="s">
         <v>62</v>
       </c>
       <c r="O89" s="168">
         <v>53031</v>
       </c>
       <c r="P89" s="7"/>
     </row>
     <row r="90" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B90" s="252" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="C90" s="44">
         <v>26055</v>
       </c>
       <c r="D90" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E90" s="39">
         <v>2026</v>
       </c>
       <c r="F90" s="40">
         <v>46295</v>
       </c>
-      <c r="G90" s="257" t="s">
+      <c r="G90" s="256" t="s">
         <v>24</v>
       </c>
-      <c r="H90" s="257">
+      <c r="H90" s="256">
         <v>5500</v>
       </c>
-      <c r="I90" s="255" t="s">
+      <c r="I90" s="254" t="s">
         <v>45</v>
       </c>
       <c r="J90" s="221" t="s">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="K90" s="257" t="s">
+        <v>445</v>
+      </c>
+      <c r="K90" s="256" t="s">
         <v>160</v>
       </c>
-      <c r="L90" s="257" t="s">
-[...2 lines deleted...]
-      <c r="M90" s="257" t="s">
+      <c r="L90" s="256" t="s">
+        <v>41</v>
+      </c>
+      <c r="M90" s="256" t="s">
         <v>131</v>
       </c>
-      <c r="N90" s="257" t="s">
+      <c r="N90" s="256" t="s">
         <v>62</v>
       </c>
       <c r="O90" s="168">
         <v>53089</v>
       </c>
       <c r="P90" s="7"/>
     </row>
     <row r="91" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B91" s="252" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="C91" s="44">
         <v>26055</v>
       </c>
       <c r="D91" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E91" s="39">
         <v>2026</v>
       </c>
       <c r="F91" s="40">
         <v>46295</v>
       </c>
-      <c r="G91" s="257" t="s">
+      <c r="G91" s="256" t="s">
         <v>24</v>
       </c>
-      <c r="H91" s="257">
+      <c r="H91" s="256">
         <v>5500</v>
       </c>
-      <c r="I91" s="255" t="s">
+      <c r="I91" s="254" t="s">
         <v>45</v>
       </c>
       <c r="J91" s="221" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="K91" s="257" t="s">
+        <v>447</v>
+      </c>
+      <c r="K91" s="256" t="s">
         <v>161</v>
       </c>
-      <c r="L91" s="257" t="s">
-[...2 lines deleted...]
-      <c r="M91" s="257" t="s">
+      <c r="L91" s="256" t="s">
+        <v>41</v>
+      </c>
+      <c r="M91" s="256" t="s">
         <v>131</v>
       </c>
-      <c r="N91" s="257" t="s">
+      <c r="N91" s="256" t="s">
         <v>62</v>
       </c>
       <c r="O91" s="168">
         <v>54105</v>
       </c>
       <c r="P91" s="7"/>
     </row>
     <row r="92" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B92" s="252" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="C92" s="44">
         <v>26063</v>
       </c>
       <c r="D92" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E92" s="39">
         <v>2026</v>
       </c>
       <c r="F92" s="40">
         <v>46295</v>
       </c>
-      <c r="G92" s="257" t="s">
+      <c r="G92" s="256" t="s">
         <v>8</v>
       </c>
-      <c r="H92" s="257" t="s">
+      <c r="H92" s="256" t="s">
         <v>38</v>
       </c>
-      <c r="I92" s="255" t="s">
+      <c r="I92" s="254" t="s">
         <v>44</v>
       </c>
       <c r="J92" s="221" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="K92" s="257" t="s">
+        <v>315</v>
+      </c>
+      <c r="K92" s="256" t="s">
         <v>37</v>
       </c>
-      <c r="L92" s="257" t="s">
-[...2 lines deleted...]
-      <c r="M92" s="257" t="s">
+      <c r="L92" s="256" t="s">
+        <v>41</v>
+      </c>
+      <c r="M92" s="256" t="s">
         <v>54</v>
       </c>
-      <c r="N92" s="257" t="s">
+      <c r="N92" s="256" t="s">
         <v>7</v>
       </c>
       <c r="O92" s="168">
         <v>52727</v>
       </c>
       <c r="P92" s="7"/>
     </row>
     <row r="93" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B93" s="308" t="s">
-[...2 lines deleted...]
-      <c r="C93" s="309">
+      <c r="B93" s="307" t="s">
+        <v>408</v>
+      </c>
+      <c r="C93" s="308">
         <v>26063</v>
       </c>
       <c r="D93" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E93" s="63">
         <v>2026</v>
       </c>
       <c r="F93" s="64">
         <v>46295</v>
       </c>
-      <c r="G93" s="256" t="s">
+      <c r="G93" s="255" t="s">
         <v>8</v>
       </c>
-      <c r="H93" s="256" t="s">
+      <c r="H93" s="255" t="s">
         <v>38</v>
       </c>
       <c r="I93" s="233" t="s">
         <v>44</v>
       </c>
-      <c r="J93" s="265" t="s">
-[...8 lines deleted...]
-      <c r="M93" s="256" t="s">
+      <c r="J93" s="264" t="s">
+        <v>314</v>
+      </c>
+      <c r="K93" s="255" t="s">
+        <v>310</v>
+      </c>
+      <c r="L93" s="255" t="s">
+        <v>41</v>
+      </c>
+      <c r="M93" s="255" t="s">
         <v>54</v>
       </c>
-      <c r="N93" s="256" t="s">
+      <c r="N93" s="255" t="s">
         <v>7</v>
       </c>
       <c r="O93" s="177">
         <v>55044</v>
       </c>
       <c r="P93" s="7"/>
     </row>
     <row r="94" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B94" s="252" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="C94" s="44">
         <v>26063</v>
       </c>
       <c r="D94" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E94" s="39">
         <v>2026</v>
       </c>
       <c r="F94" s="40">
         <v>46295</v>
       </c>
       <c r="G94" s="190" t="s">
         <v>8</v>
       </c>
       <c r="H94" s="190" t="s">
         <v>25</v>
       </c>
       <c r="I94" s="188" t="s">
         <v>45</v>
       </c>
       <c r="J94" s="221" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="K94" s="190" t="s">
         <v>36</v>
       </c>
       <c r="L94" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M94" s="190" t="s">
         <v>54</v>
       </c>
       <c r="N94" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O94" s="168">
         <v>53043</v>
       </c>
       <c r="P94" s="7"/>
     </row>
     <row r="95" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B95" s="252" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="C95" s="44">
         <v>26063</v>
       </c>
       <c r="D95" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E95" s="39">
         <v>2026</v>
       </c>
       <c r="F95" s="40">
         <v>46295</v>
       </c>
       <c r="G95" s="190" t="s">
         <v>8</v>
       </c>
       <c r="H95" s="190" t="s">
         <v>25</v>
       </c>
       <c r="I95" s="188" t="s">
         <v>45</v>
       </c>
       <c r="J95" s="221" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="K95" s="190" t="s">
         <v>39</v>
       </c>
       <c r="L95" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M95" s="190" t="s">
         <v>54</v>
       </c>
       <c r="N95" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O95" s="168">
         <v>56888</v>
       </c>
       <c r="P95" s="7"/>
     </row>
     <row r="96" spans="2:16" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B96" s="310" t="s">
-[...2 lines deleted...]
-      <c r="C96" s="305">
+      <c r="B96" s="309" t="s">
+        <v>411</v>
+      </c>
+      <c r="C96" s="304">
         <v>26063</v>
       </c>
       <c r="D96" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E96" s="46">
         <v>2026</v>
       </c>
       <c r="F96" s="47">
         <v>46295</v>
       </c>
       <c r="G96" s="45" t="s">
         <v>8</v>
       </c>
       <c r="H96" s="45" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="I96" s="74" t="s">
         <v>45</v>
       </c>
       <c r="J96" s="251" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="K96" s="45" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="L96" s="45" t="s">
         <v>41</v>
       </c>
       <c r="M96" s="45" t="s">
         <v>54</v>
       </c>
       <c r="N96" s="45" t="s">
         <v>7</v>
       </c>
       <c r="O96" s="175">
         <v>52762</v>
       </c>
       <c r="P96" s="7"/>
     </row>
     <row r="97" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B97" s="139"/>
       <c r="C97" s="134"/>
       <c r="D97" s="17"/>
       <c r="E97" s="96"/>
       <c r="F97" s="12"/>
       <c r="G97" s="94"/>
       <c r="H97" s="94"/>
       <c r="I97" s="101"/>
       <c r="J97" s="16"/>
       <c r="K97" s="94"/>
       <c r="L97" s="94"/>
       <c r="M97" s="94"/>
       <c r="N97" s="195"/>
       <c r="O97" s="4"/>
       <c r="P97" s="7"/>
     </row>
     <row r="98" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B98" s="148"/>
       <c r="C98" s="139"/>
       <c r="D98" s="27"/>
       <c r="E98" s="101"/>
       <c r="F98" s="102"/>
       <c r="G98" s="94"/>
       <c r="H98" s="94"/>
       <c r="I98" s="94"/>
       <c r="J98" s="4"/>
       <c r="K98" s="94"/>
       <c r="L98" s="94"/>
       <c r="M98" s="94"/>
       <c r="N98" s="196"/>
       <c r="O98" s="4"/>
       <c r="P98" s="95"/>
     </row>
     <row r="99" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B99" s="350" t="s">
+      <c r="B99" s="402" t="s">
         <v>208</v>
       </c>
-      <c r="C99" s="351"/>
-[...11 lines deleted...]
-      <c r="O99" s="352"/>
+      <c r="C99" s="403"/>
+      <c r="D99" s="403"/>
+      <c r="E99" s="403"/>
+      <c r="F99" s="403"/>
+      <c r="G99" s="403"/>
+      <c r="H99" s="403"/>
+      <c r="I99" s="403"/>
+      <c r="J99" s="403"/>
+      <c r="K99" s="403"/>
+      <c r="L99" s="403"/>
+      <c r="M99" s="403"/>
+      <c r="N99" s="403"/>
+      <c r="O99" s="404"/>
       <c r="P99" s="14"/>
     </row>
     <row r="100" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B100" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C100" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D100" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E100" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F100" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G100" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H100" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I100" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J100" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K100" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L100" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M100" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N100" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O100" s="167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P100" s="82"/>
     </row>
     <row r="101" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="128" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="C101" s="123" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D101" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E101" s="39">
         <v>2026</v>
       </c>
       <c r="F101" s="40">
         <v>46189</v>
       </c>
       <c r="G101" s="250" t="s">
         <v>21</v>
       </c>
       <c r="H101" s="250" t="s">
         <v>197</v>
       </c>
       <c r="I101" s="250" t="s">
         <v>146</v>
       </c>
       <c r="J101" s="42" t="s">
         <v>181</v>
       </c>
       <c r="K101" s="250" t="s">
         <v>198</v>
       </c>
       <c r="L101" s="250" t="s">
         <v>41</v>
       </c>
       <c r="M101" s="250" t="s">
         <v>41</v>
       </c>
       <c r="N101" s="250" t="s">
         <v>18</v>
       </c>
       <c r="O101" s="168">
         <v>20969.400000000001</v>
       </c>
       <c r="P101" s="7"/>
     </row>
     <row r="102" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B102" s="128" t="s">
+        <v>370</v>
+      </c>
+      <c r="C102" s="123" t="s">
         <v>371</v>
       </c>
-      <c r="C102" s="123" t="s">
-[...3 lines deleted...]
-        <v>489</v>
+      <c r="D102" s="285" t="s">
+        <v>487</v>
       </c>
       <c r="E102" s="39">
         <v>2026</v>
       </c>
       <c r="F102" s="40">
         <v>46203</v>
       </c>
       <c r="G102" s="250" t="s">
         <v>21</v>
       </c>
       <c r="H102" s="250" t="s">
         <v>154</v>
       </c>
       <c r="I102" s="250" t="s">
         <v>146</v>
       </c>
       <c r="J102" s="42" t="s">
         <v>143</v>
       </c>
       <c r="K102" s="250" t="s">
         <v>199</v>
       </c>
       <c r="L102" s="250" t="s">
         <v>41</v>
       </c>
       <c r="M102" s="250" t="s">
         <v>41</v>
       </c>
       <c r="N102" s="250" t="s">
         <v>18</v>
       </c>
       <c r="O102" s="168">
         <v>26275.4</v>
       </c>
       <c r="P102" s="7"/>
     </row>
     <row r="103" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B103" s="128" t="s">
         <v>117</v>
       </c>
       <c r="C103" s="123" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>489</v>
+        <v>371</v>
+      </c>
+      <c r="D103" s="285" t="s">
+        <v>487</v>
       </c>
       <c r="E103" s="39">
         <v>2026</v>
       </c>
       <c r="F103" s="40">
         <v>46203</v>
       </c>
       <c r="G103" s="247" t="s">
         <v>21</v>
       </c>
       <c r="H103" s="247" t="s">
         <v>154</v>
       </c>
       <c r="I103" s="247" t="s">
         <v>146</v>
       </c>
       <c r="J103" s="69" t="s">
         <v>144</v>
       </c>
       <c r="K103" s="250" t="s">
         <v>199</v>
       </c>
       <c r="L103" s="250" t="s">
         <v>41</v>
       </c>
       <c r="M103" s="250" t="s">
         <v>41</v>
       </c>
       <c r="N103" s="250" t="s">
         <v>18</v>
       </c>
       <c r="O103" s="168">
         <v>28173.4</v>
       </c>
       <c r="P103" s="7"/>
     </row>
     <row r="104" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="128" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="C104" s="123" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>489</v>
+        <v>371</v>
+      </c>
+      <c r="D104" s="285" t="s">
+        <v>487</v>
       </c>
       <c r="E104" s="39">
         <v>2026</v>
       </c>
       <c r="F104" s="40">
         <v>46203</v>
       </c>
       <c r="G104" s="250" t="s">
         <v>21</v>
       </c>
       <c r="H104" s="250" t="s">
         <v>154</v>
       </c>
       <c r="I104" s="250" t="s">
         <v>146</v>
       </c>
       <c r="J104" s="42" t="s">
         <v>155</v>
       </c>
       <c r="K104" s="250" t="s">
         <v>199</v>
       </c>
       <c r="L104" s="250" t="s">
         <v>41</v>
       </c>
       <c r="M104" s="250" t="s">
         <v>41</v>
       </c>
       <c r="N104" s="250" t="s">
         <v>18</v>
       </c>
       <c r="O104" s="168">
         <v>28709.65</v>
       </c>
       <c r="P104" s="7"/>
     </row>
     <row r="105" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B105" s="232" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="131" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="D105" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E105" s="63">
         <v>2026</v>
       </c>
       <c r="F105" s="64">
         <v>46133</v>
       </c>
       <c r="G105" s="249" t="s">
         <v>8</v>
       </c>
       <c r="H105" s="249" t="s">
         <v>59</v>
       </c>
       <c r="I105" s="248" t="s">
         <v>150</v>
       </c>
       <c r="J105" s="43" t="s">
         <v>215</v>
       </c>
       <c r="K105" s="249" t="s">
         <v>189</v>
       </c>
@@ -8571,1424 +8568,1424 @@
       <c r="M105" s="249" t="s">
         <v>41</v>
       </c>
       <c r="N105" s="250" t="s">
         <v>190</v>
       </c>
       <c r="O105" s="177">
         <v>38955</v>
       </c>
       <c r="P105" s="7"/>
     </row>
     <row r="106" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B106" s="160" t="s">
         <v>249</v>
       </c>
       <c r="C106" s="44">
         <v>25146</v>
       </c>
       <c r="D106" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E106" s="39">
         <v>2026</v>
       </c>
       <c r="F106" s="40">
-        <v>46047</v>
+        <v>46412</v>
       </c>
       <c r="G106" s="247" t="s">
         <v>21</v>
       </c>
       <c r="H106" s="247" t="s">
         <v>250</v>
       </c>
       <c r="I106" s="247" t="s">
         <v>146</v>
       </c>
       <c r="J106" s="42" t="s">
-        <v>267</v>
+        <v>510</v>
       </c>
       <c r="K106" s="250" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="L106" s="250" t="s">
         <v>41</v>
       </c>
       <c r="M106" s="250" t="s">
         <v>41</v>
       </c>
       <c r="N106" s="250" t="s">
         <v>18</v>
       </c>
       <c r="O106" s="168">
         <v>21770.400000000001</v>
       </c>
       <c r="P106" s="7"/>
     </row>
     <row r="107" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B107" s="160" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="C107" s="44" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="D107" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E107" s="39">
         <v>2026</v>
       </c>
       <c r="F107" s="40" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="G107" s="250" t="s">
         <v>8</v>
       </c>
       <c r="H107" s="250" t="s">
         <v>55</v>
       </c>
       <c r="I107" s="250" t="s">
         <v>146</v>
       </c>
       <c r="J107" s="42" t="s">
         <v>145</v>
       </c>
       <c r="K107" s="250" t="s">
+        <v>439</v>
+      </c>
+      <c r="L107" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="M107" s="250" t="s">
+        <v>41</v>
+      </c>
+      <c r="N107" s="250" t="s">
         <v>440</v>
-      </c>
-[...7 lines deleted...]
-        <v>441</v>
       </c>
       <c r="O107" s="168">
         <v>25375</v>
       </c>
       <c r="P107" s="7"/>
     </row>
     <row r="108" spans="2:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B108" s="128" t="s">
+        <v>373</v>
+      </c>
+      <c r="C108" s="123" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="D108" s="39" t="s">
         <v>122</v>
       </c>
       <c r="E108" s="39">
         <v>2026</v>
       </c>
       <c r="F108" s="68">
         <v>46217</v>
       </c>
       <c r="G108" s="250" t="s">
         <v>8</v>
       </c>
       <c r="H108" s="250" t="s">
         <v>55</v>
       </c>
       <c r="I108" s="250" t="s">
         <v>146</v>
       </c>
       <c r="J108" s="42" t="s">
         <v>181</v>
       </c>
       <c r="K108" s="250" t="s">
         <v>205</v>
       </c>
       <c r="L108" s="250" t="s">
         <v>41</v>
       </c>
       <c r="M108" s="250" t="s">
         <v>41</v>
       </c>
       <c r="N108" s="250" t="s">
         <v>7</v>
       </c>
       <c r="O108" s="168">
         <v>26432</v>
       </c>
       <c r="P108" s="7"/>
     </row>
     <row r="109" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B109" s="128" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="C109" s="123">
         <v>26047</v>
       </c>
       <c r="D109" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E109" s="39">
         <v>2026</v>
       </c>
       <c r="F109" s="40">
         <v>46295</v>
       </c>
       <c r="G109" s="250" t="s">
         <v>137</v>
       </c>
       <c r="H109" s="250" t="s">
         <v>142</v>
       </c>
       <c r="I109" s="250" t="s">
         <v>146</v>
       </c>
       <c r="J109" s="42" t="s">
         <v>143</v>
       </c>
       <c r="K109" s="250" t="s">
         <v>141</v>
       </c>
       <c r="L109" s="250" t="s">
         <v>41</v>
       </c>
       <c r="M109" s="250" t="s">
         <v>41</v>
       </c>
       <c r="N109" s="250" t="s">
         <v>138</v>
       </c>
       <c r="O109" s="168">
         <v>36180</v>
       </c>
       <c r="P109" s="7"/>
     </row>
     <row r="110" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B110" s="253" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="C110" s="123">
         <v>26047</v>
       </c>
       <c r="D110" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E110" s="59">
         <v>2026</v>
       </c>
       <c r="F110" s="40">
         <v>46295</v>
       </c>
       <c r="G110" s="247" t="s">
         <v>137</v>
       </c>
       <c r="H110" s="247" t="s">
         <v>142</v>
       </c>
       <c r="I110" s="247" t="s">
         <v>146</v>
       </c>
       <c r="J110" s="69" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="K110" s="247" t="s">
         <v>141</v>
       </c>
       <c r="L110" s="247" t="s">
         <v>41</v>
       </c>
       <c r="M110" s="247" t="s">
         <v>41</v>
       </c>
       <c r="N110" s="250" t="s">
         <v>138</v>
       </c>
       <c r="O110" s="168">
         <v>40230</v>
       </c>
       <c r="P110" s="7"/>
     </row>
     <row r="111" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B111" s="253" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C111" s="123">
         <v>26049</v>
       </c>
       <c r="D111" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E111" s="39">
         <v>2026</v>
       </c>
       <c r="F111" s="40">
         <v>46295</v>
       </c>
       <c r="G111" s="247" t="s">
         <v>177</v>
       </c>
       <c r="H111" s="247" t="s">
         <v>178</v>
       </c>
       <c r="I111" s="247" t="s">
         <v>146</v>
       </c>
       <c r="J111" s="69" t="s">
         <v>181</v>
       </c>
       <c r="K111" s="250" t="s">
         <v>180</v>
       </c>
       <c r="L111" s="247" t="s">
         <v>41</v>
       </c>
       <c r="M111" s="247" t="s">
         <v>41</v>
       </c>
       <c r="N111" s="250" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="O111" s="168">
         <v>25944</v>
       </c>
       <c r="P111" s="7"/>
     </row>
     <row r="112" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B112" s="253" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="C112" s="123">
         <v>26049</v>
       </c>
       <c r="D112" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E112" s="39">
         <v>2026</v>
       </c>
       <c r="F112" s="40">
         <v>46295</v>
       </c>
       <c r="G112" s="250" t="s">
         <v>177</v>
       </c>
       <c r="H112" s="250" t="s">
         <v>178</v>
       </c>
       <c r="I112" s="250" t="s">
         <v>146</v>
       </c>
       <c r="J112" s="42" t="s">
         <v>182</v>
       </c>
       <c r="K112" s="250" t="s">
         <v>180</v>
       </c>
       <c r="L112" s="250" t="s">
         <v>41</v>
       </c>
       <c r="M112" s="250" t="s">
         <v>41</v>
       </c>
       <c r="N112" s="250" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="O112" s="168">
         <v>27812</v>
       </c>
       <c r="P112" s="7"/>
     </row>
     <row r="113" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B113" s="128" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="C113" s="123">
         <v>26049</v>
       </c>
       <c r="D113" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E113" s="39">
         <v>2026</v>
       </c>
       <c r="F113" s="40">
         <v>46295</v>
       </c>
       <c r="G113" s="250" t="s">
         <v>177</v>
       </c>
       <c r="H113" s="250" t="s">
         <v>179</v>
       </c>
       <c r="I113" s="250" t="s">
         <v>150</v>
       </c>
       <c r="J113" s="42" t="s">
         <v>216</v>
       </c>
       <c r="K113" s="247" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="L113" s="247" t="s">
         <v>41</v>
       </c>
       <c r="M113" s="247" t="s">
         <v>41</v>
       </c>
       <c r="N113" s="250" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="O113" s="168">
         <v>45944</v>
       </c>
       <c r="P113" s="7"/>
     </row>
     <row r="114" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B114" s="232" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C114" s="123">
         <v>26066</v>
       </c>
       <c r="D114" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E114" s="63">
         <v>2026</v>
       </c>
       <c r="F114" s="64">
         <v>46295</v>
       </c>
       <c r="G114" s="249" t="s">
         <v>8</v>
       </c>
       <c r="H114" s="233" t="s">
         <v>157</v>
       </c>
       <c r="I114" s="233" t="s">
         <v>151</v>
       </c>
       <c r="J114" s="43" t="s">
         <v>232</v>
       </c>
       <c r="K114" s="249" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="L114" s="249" t="s">
         <v>41</v>
       </c>
       <c r="M114" s="249" t="s">
         <v>41</v>
       </c>
       <c r="N114" s="250" t="s">
         <v>7</v>
       </c>
       <c r="O114" s="177">
         <v>57037</v>
       </c>
       <c r="P114" s="7"/>
     </row>
     <row r="115" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B115" s="160" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="C115" s="44">
         <v>26078</v>
       </c>
       <c r="D115" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E115" s="39">
         <v>2026</v>
       </c>
       <c r="F115" s="40">
         <v>46295</v>
       </c>
-      <c r="G115" s="257" t="s">
+      <c r="G115" s="256" t="s">
         <v>21</v>
       </c>
-      <c r="H115" s="257" t="s">
+      <c r="H115" s="256" t="s">
         <v>75</v>
       </c>
-      <c r="I115" s="258" t="s">
+      <c r="I115" s="257" t="s">
         <v>150</v>
       </c>
       <c r="J115" s="42" t="s">
         <v>217</v>
       </c>
-      <c r="K115" s="257" t="s">
-[...8 lines deleted...]
-      <c r="N115" s="257" t="s">
+      <c r="K115" s="256" t="s">
+        <v>478</v>
+      </c>
+      <c r="L115" s="256" t="s">
+        <v>41</v>
+      </c>
+      <c r="M115" s="256" t="s">
+        <v>41</v>
+      </c>
+      <c r="N115" s="256" t="s">
         <v>18</v>
       </c>
       <c r="O115" s="168">
         <v>38979.78</v>
       </c>
       <c r="P115" s="7"/>
     </row>
     <row r="116" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B116" s="128" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="C116" s="123">
         <v>26078</v>
       </c>
       <c r="D116" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E116" s="39">
         <v>2026</v>
       </c>
       <c r="F116" s="40">
         <v>46295</v>
       </c>
-      <c r="G116" s="257" t="s">
+      <c r="G116" s="256" t="s">
         <v>21</v>
       </c>
-      <c r="H116" s="255" t="s">
+      <c r="H116" s="254" t="s">
         <v>250</v>
       </c>
-      <c r="I116" s="255" t="s">
+      <c r="I116" s="254" t="s">
         <v>146</v>
       </c>
       <c r="J116" s="42" t="s">
-        <v>482</v>
-[...10 lines deleted...]
-      <c r="N116" s="257" t="s">
+        <v>480</v>
+      </c>
+      <c r="K116" s="256" t="s">
+        <v>481</v>
+      </c>
+      <c r="L116" s="256" t="s">
+        <v>41</v>
+      </c>
+      <c r="M116" s="256" t="s">
+        <v>41</v>
+      </c>
+      <c r="N116" s="256" t="s">
         <v>18</v>
       </c>
       <c r="O116" s="168">
         <v>23245</v>
       </c>
       <c r="P116" s="7"/>
     </row>
     <row r="117" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B117" s="230" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C117" s="126">
         <v>26078</v>
       </c>
       <c r="D117" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E117" s="46">
         <v>2026</v>
       </c>
       <c r="F117" s="47">
         <v>46295</v>
       </c>
       <c r="G117" s="45" t="s">
         <v>21</v>
       </c>
       <c r="H117" s="74" t="s">
         <v>23</v>
       </c>
       <c r="I117" s="74" t="s">
         <v>151</v>
       </c>
-      <c r="J117" s="266" t="s">
+      <c r="J117" s="265" t="s">
         <v>156</v>
       </c>
       <c r="K117" s="45" t="s">
         <v>118</v>
       </c>
       <c r="L117" s="45" t="s">
         <v>41</v>
       </c>
       <c r="M117" s="45" t="s">
         <v>41</v>
       </c>
       <c r="N117" s="45" t="s">
         <v>18</v>
       </c>
       <c r="O117" s="175">
         <v>62154.98</v>
       </c>
       <c r="P117" s="7"/>
     </row>
     <row r="118" spans="1:17" x14ac:dyDescent="0.25">
       <c r="B118" s="148"/>
       <c r="C118" s="134"/>
       <c r="D118" s="17"/>
       <c r="E118" s="96"/>
       <c r="F118" s="103"/>
       <c r="G118" s="94"/>
       <c r="H118" s="101"/>
       <c r="I118" s="101"/>
       <c r="J118" s="100"/>
       <c r="K118" s="94"/>
       <c r="L118" s="94"/>
       <c r="M118" s="94"/>
       <c r="N118" s="194"/>
       <c r="O118" s="4"/>
       <c r="P118" s="95"/>
     </row>
     <row r="119" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="P119" s="87"/>
     </row>
     <row r="120" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B120" s="368" t="s">
+      <c r="B120" s="389" t="s">
         <v>248</v>
       </c>
-      <c r="C120" s="369"/>
-[...11 lines deleted...]
-      <c r="O120" s="370"/>
+      <c r="C120" s="390"/>
+      <c r="D120" s="390"/>
+      <c r="E120" s="390"/>
+      <c r="F120" s="390"/>
+      <c r="G120" s="390"/>
+      <c r="H120" s="390"/>
+      <c r="I120" s="390"/>
+      <c r="J120" s="390"/>
+      <c r="K120" s="390"/>
+      <c r="L120" s="390"/>
+      <c r="M120" s="390"/>
+      <c r="N120" s="390"/>
+      <c r="O120" s="391"/>
       <c r="P120" s="14"/>
     </row>
     <row r="121" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B121" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C121" s="156" t="s">
         <v>218</v>
       </c>
-      <c r="D121" s="271" t="s">
+      <c r="D121" s="270" t="s">
         <v>206</v>
       </c>
       <c r="E121" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F121" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G121" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H121" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I121" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J121" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K121" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L121" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M121" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N121" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O121" s="167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P121" s="82"/>
     </row>
     <row r="122" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B122" s="128" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="C122" s="123">
         <v>25280</v>
       </c>
       <c r="D122" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E122" s="39">
         <v>2026</v>
       </c>
       <c r="F122" s="40">
         <v>46344</v>
       </c>
-      <c r="G122" s="283" t="s">
+      <c r="G122" s="282" t="s">
         <v>257</v>
       </c>
-      <c r="H122" s="283" t="s">
+      <c r="H122" s="282" t="s">
         <v>258</v>
       </c>
-      <c r="I122" s="282" t="s">
+      <c r="I122" s="281" t="s">
         <v>152</v>
       </c>
       <c r="J122" s="42" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="K122" s="283" t="s">
+        <v>452</v>
+      </c>
+      <c r="K122" s="282" t="s">
         <v>259</v>
       </c>
-      <c r="L122" s="283" t="s">
-[...5 lines deleted...]
-      <c r="N122" s="283" t="s">
+      <c r="L122" s="282" t="s">
+        <v>41</v>
+      </c>
+      <c r="M122" s="282" t="s">
+        <v>41</v>
+      </c>
+      <c r="N122" s="282" t="s">
         <v>266</v>
       </c>
       <c r="O122" s="168">
         <v>81812</v>
       </c>
       <c r="P122" s="7"/>
     </row>
     <row r="123" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A123" s="5"/>
       <c r="B123" s="243" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="C123" s="44">
         <v>26057</v>
       </c>
       <c r="D123" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E123" s="39">
         <v>2026</v>
       </c>
       <c r="F123" s="40">
         <v>46295</v>
       </c>
       <c r="G123" s="51" t="s">
         <v>71</v>
       </c>
       <c r="H123" s="55" t="s">
         <v>187</v>
       </c>
       <c r="I123" s="55" t="s">
         <v>149</v>
       </c>
       <c r="J123" s="54" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="K123" s="51" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="L123" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M123" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="N123" s="283" t="s">
-        <v>279</v>
+      <c r="N123" s="282" t="s">
+        <v>278</v>
       </c>
       <c r="O123" s="173">
         <v>38698</v>
       </c>
       <c r="P123" s="15"/>
     </row>
     <row r="124" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B124" s="160" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="C124" s="44">
         <v>26067</v>
       </c>
       <c r="D124" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E124" s="39">
         <v>2026</v>
       </c>
       <c r="F124" s="40">
         <v>46295</v>
       </c>
-      <c r="G124" s="283" t="s">
+      <c r="G124" s="282" t="s">
         <v>8</v>
       </c>
-      <c r="H124" s="283" t="s">
+      <c r="H124" s="282" t="s">
         <v>77</v>
       </c>
-      <c r="I124" s="282" t="s">
+      <c r="I124" s="281" t="s">
         <v>152</v>
       </c>
       <c r="J124" s="42" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="K124" s="283" t="s">
+        <v>380</v>
+      </c>
+      <c r="K124" s="282" t="s">
         <v>116</v>
       </c>
-      <c r="L124" s="283" t="s">
-[...5 lines deleted...]
-      <c r="N124" s="283" t="s">
+      <c r="L124" s="282" t="s">
+        <v>41</v>
+      </c>
+      <c r="M124" s="282" t="s">
+        <v>41</v>
+      </c>
+      <c r="N124" s="282" t="s">
         <v>7</v>
       </c>
       <c r="O124" s="168">
         <v>47732</v>
       </c>
       <c r="P124" s="7"/>
     </row>
     <row r="125" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B125" s="160" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="C125" s="44">
         <v>26067</v>
       </c>
       <c r="D125" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E125" s="39">
         <v>2026</v>
       </c>
       <c r="F125" s="40">
         <v>46295</v>
       </c>
-      <c r="G125" s="283" t="s">
+      <c r="G125" s="282" t="s">
         <v>8</v>
       </c>
-      <c r="H125" s="283" t="s">
+      <c r="H125" s="282" t="s">
         <v>77</v>
       </c>
-      <c r="I125" s="282" t="s">
+      <c r="I125" s="281" t="s">
         <v>152</v>
       </c>
       <c r="J125" s="42" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="K125" s="283" t="s">
+        <v>386</v>
+      </c>
+      <c r="K125" s="282" t="s">
         <v>130</v>
       </c>
-      <c r="L125" s="283" t="s">
-[...5 lines deleted...]
-      <c r="N125" s="283" t="s">
+      <c r="L125" s="282" t="s">
+        <v>41</v>
+      </c>
+      <c r="M125" s="282" t="s">
+        <v>41</v>
+      </c>
+      <c r="N125" s="282" t="s">
         <v>7</v>
       </c>
       <c r="O125" s="168">
         <v>50652</v>
       </c>
       <c r="P125" s="7"/>
     </row>
     <row r="126" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B126" s="160" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="C126" s="44">
         <v>26067</v>
       </c>
       <c r="D126" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E126" s="39">
         <v>2026</v>
       </c>
       <c r="F126" s="40">
         <v>46295</v>
       </c>
-      <c r="G126" s="283" t="s">
+      <c r="G126" s="282" t="s">
         <v>8</v>
       </c>
-      <c r="H126" s="282" t="s">
+      <c r="H126" s="281" t="s">
         <v>77</v>
       </c>
-      <c r="I126" s="282" t="s">
+      <c r="I126" s="281" t="s">
         <v>152</v>
       </c>
       <c r="J126" s="42" t="s">
-        <v>386</v>
-[...10 lines deleted...]
-      <c r="N126" s="283" t="s">
+        <v>385</v>
+      </c>
+      <c r="K126" s="281" t="s">
+        <v>382</v>
+      </c>
+      <c r="L126" s="282" t="s">
+        <v>41</v>
+      </c>
+      <c r="M126" s="282" t="s">
+        <v>41</v>
+      </c>
+      <c r="N126" s="282" t="s">
         <v>7</v>
       </c>
       <c r="O126" s="168">
         <v>52703</v>
       </c>
       <c r="P126" s="7"/>
       <c r="Q126" s="7"/>
     </row>
     <row r="127" spans="1:17" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A127" s="222"/>
-      <c r="B127" s="306" t="s">
-[...2 lines deleted...]
-      <c r="C127" s="307">
+      <c r="B127" s="305" t="s">
+        <v>384</v>
+      </c>
+      <c r="C127" s="306">
         <v>26067</v>
       </c>
       <c r="D127" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E127" s="59">
         <v>2026</v>
       </c>
-      <c r="F127" s="287">
+      <c r="F127" s="286">
         <v>46295</v>
       </c>
-      <c r="G127" s="285" t="s">
+      <c r="G127" s="284" t="s">
         <v>8</v>
       </c>
-      <c r="H127" s="285" t="s">
+      <c r="H127" s="284" t="s">
         <v>255</v>
       </c>
-      <c r="I127" s="288" t="s">
+      <c r="I127" s="287" t="s">
         <v>153</v>
       </c>
       <c r="J127" s="69" t="s">
+        <v>387</v>
+      </c>
+      <c r="K127" s="284" t="s">
         <v>388</v>
       </c>
-      <c r="K127" s="285" t="s">
-[...8 lines deleted...]
-      <c r="N127" s="285" t="s">
+      <c r="L127" s="284" t="s">
+        <v>41</v>
+      </c>
+      <c r="M127" s="284" t="s">
+        <v>41</v>
+      </c>
+      <c r="N127" s="284" t="s">
         <v>7</v>
       </c>
-      <c r="O127" s="289">
+      <c r="O127" s="288">
         <v>56718</v>
       </c>
       <c r="P127" s="7"/>
     </row>
-    <row r="128" spans="1:17" s="295" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C128" s="300">
+    <row r="128" spans="1:17" s="294" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B128" s="301" t="s">
+        <v>495</v>
+      </c>
+      <c r="C128" s="299">
         <v>26177</v>
       </c>
       <c r="D128" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E128" s="284">
+      <c r="E128" s="283">
         <v>2026</v>
       </c>
-      <c r="F128" s="287">
+      <c r="F128" s="286">
         <v>46295</v>
       </c>
-      <c r="G128" s="284" t="s">
+      <c r="G128" s="283" t="s">
         <v>21</v>
       </c>
-      <c r="H128" s="284" t="s">
-[...2 lines deleted...]
-      <c r="I128" s="284" t="s">
+      <c r="H128" s="283" t="s">
+        <v>488</v>
+      </c>
+      <c r="I128" s="283" t="s">
         <v>152</v>
       </c>
-      <c r="J128" s="294" t="s">
-[...11 lines deleted...]
-      <c r="N128" s="284" t="s">
+      <c r="J128" s="293" t="s">
+        <v>500</v>
+      </c>
+      <c r="K128" s="283" t="s">
+        <v>489</v>
+      </c>
+      <c r="L128" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="M128" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="N128" s="283" t="s">
         <v>18</v>
       </c>
-      <c r="O128" s="296">
+      <c r="O128" s="295">
         <v>40274.35</v>
       </c>
       <c r="P128" s="242"/>
     </row>
-    <row r="129" spans="1:17" s="295" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C129" s="300">
+    <row r="129" spans="1:17" s="294" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B129" s="301" t="s">
+        <v>496</v>
+      </c>
+      <c r="C129" s="299">
         <v>26177</v>
       </c>
       <c r="D129" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E129" s="284">
+      <c r="E129" s="283">
         <v>2026</v>
       </c>
-      <c r="F129" s="287">
+      <c r="F129" s="286">
         <v>46295</v>
       </c>
-      <c r="G129" s="284" t="s">
+      <c r="G129" s="283" t="s">
         <v>21</v>
       </c>
-      <c r="H129" s="284" t="s">
+      <c r="H129" s="283" t="s">
+        <v>488</v>
+      </c>
+      <c r="I129" s="283" t="s">
+        <v>152</v>
+      </c>
+      <c r="J129" s="293" t="s">
+        <v>501</v>
+      </c>
+      <c r="K129" s="283" t="s">
         <v>490</v>
       </c>
-      <c r="I129" s="284" t="s">
-[...14 lines deleted...]
-      <c r="N129" s="284" t="s">
+      <c r="L129" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="M129" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="N129" s="283" t="s">
         <v>18</v>
       </c>
-      <c r="O129" s="296">
+      <c r="O129" s="295">
         <v>42472.2</v>
       </c>
       <c r="P129" s="242"/>
     </row>
-    <row r="130" spans="1:17" s="295" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C130" s="300">
+    <row r="130" spans="1:17" s="294" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B130" s="301" t="s">
+        <v>497</v>
+      </c>
+      <c r="C130" s="299">
         <v>26177</v>
       </c>
       <c r="D130" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E130" s="284">
+      <c r="E130" s="283">
         <v>2026</v>
       </c>
-      <c r="F130" s="287">
+      <c r="F130" s="286">
         <v>46295</v>
       </c>
-      <c r="G130" s="284" t="s">
+      <c r="G130" s="283" t="s">
         <v>21</v>
       </c>
-      <c r="H130" s="284" t="s">
-[...2 lines deleted...]
-      <c r="I130" s="284" t="s">
+      <c r="H130" s="283" t="s">
+        <v>491</v>
+      </c>
+      <c r="I130" s="283" t="s">
         <v>152</v>
       </c>
-      <c r="J130" s="294" t="s">
-[...11 lines deleted...]
-      <c r="N130" s="284" t="s">
+      <c r="J130" s="293" t="s">
+        <v>502</v>
+      </c>
+      <c r="K130" s="283" t="s">
+        <v>492</v>
+      </c>
+      <c r="L130" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="M130" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="N130" s="283" t="s">
         <v>18</v>
       </c>
-      <c r="O130" s="296">
+      <c r="O130" s="295">
         <v>43805.95</v>
       </c>
       <c r="P130" s="242"/>
     </row>
-    <row r="131" spans="1:17" s="295" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C131" s="300">
+    <row r="131" spans="1:17" s="294" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B131" s="301" t="s">
+        <v>498</v>
+      </c>
+      <c r="C131" s="299">
         <v>26177</v>
       </c>
       <c r="D131" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E131" s="284">
+      <c r="E131" s="283">
         <v>2026</v>
       </c>
-      <c r="F131" s="287">
+      <c r="F131" s="286">
         <v>46295</v>
       </c>
-      <c r="G131" s="284" t="s">
+      <c r="G131" s="283" t="s">
         <v>21</v>
       </c>
-      <c r="H131" s="284" t="s">
+      <c r="H131" s="283" t="s">
+        <v>491</v>
+      </c>
+      <c r="I131" s="283" t="s">
+        <v>152</v>
+      </c>
+      <c r="J131" s="293" t="s">
+        <v>503</v>
+      </c>
+      <c r="K131" s="283" t="s">
         <v>493</v>
       </c>
-      <c r="I131" s="284" t="s">
-[...14 lines deleted...]
-      <c r="N131" s="284" t="s">
+      <c r="L131" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="M131" s="283" t="s">
+        <v>41</v>
+      </c>
+      <c r="N131" s="283" t="s">
         <v>18</v>
       </c>
-      <c r="O131" s="296">
+      <c r="O131" s="295">
         <v>44548.6</v>
       </c>
       <c r="P131" s="242"/>
     </row>
-    <row r="132" spans="1:17" s="295" customFormat="1" ht="57" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C132" s="301">
+    <row r="132" spans="1:17" s="294" customFormat="1" ht="57" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B132" s="302" t="s">
+        <v>499</v>
+      </c>
+      <c r="C132" s="300">
         <v>26177</v>
       </c>
       <c r="D132" s="46" t="s">
         <v>121</v>
       </c>
-      <c r="E132" s="297">
+      <c r="E132" s="296">
         <v>2026</v>
       </c>
       <c r="F132" s="47">
         <v>46295</v>
       </c>
-      <c r="G132" s="297" t="s">
+      <c r="G132" s="296" t="s">
         <v>21</v>
       </c>
-      <c r="H132" s="297" t="s">
-[...2 lines deleted...]
-      <c r="I132" s="297" t="s">
+      <c r="H132" s="296" t="s">
+        <v>491</v>
+      </c>
+      <c r="I132" s="296" t="s">
         <v>153</v>
       </c>
-      <c r="J132" s="298" t="s">
-[...11 lines deleted...]
-      <c r="N132" s="297" t="s">
+      <c r="J132" s="297" t="s">
+        <v>504</v>
+      </c>
+      <c r="K132" s="296" t="s">
+        <v>494</v>
+      </c>
+      <c r="L132" s="296" t="s">
+        <v>41</v>
+      </c>
+      <c r="M132" s="296" t="s">
+        <v>41</v>
+      </c>
+      <c r="N132" s="296" t="s">
         <v>18</v>
       </c>
-      <c r="O132" s="299">
+      <c r="O132" s="298">
         <v>45431.8</v>
       </c>
       <c r="P132" s="242"/>
     </row>
     <row r="133" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B133" s="226"/>
       <c r="C133" s="226"/>
-      <c r="D133" s="290"/>
-[...10 lines deleted...]
-      <c r="O133" s="293"/>
+      <c r="D133" s="289"/>
+      <c r="E133" s="289"/>
+      <c r="F133" s="290"/>
+      <c r="G133" s="280"/>
+      <c r="H133" s="280"/>
+      <c r="I133" s="279"/>
+      <c r="J133" s="291"/>
+      <c r="K133" s="280"/>
+      <c r="L133" s="280"/>
+      <c r="M133" s="280"/>
+      <c r="N133" s="280"/>
+      <c r="O133" s="292"/>
       <c r="P133" s="7"/>
     </row>
     <row r="134" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="N134" s="204"/>
       <c r="P134" s="87"/>
     </row>
     <row r="135" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B135" s="406" t="s">
+      <c r="B135" s="331" t="s">
         <v>209</v>
       </c>
-      <c r="C135" s="407"/>
-[...11 lines deleted...]
-      <c r="O135" s="408"/>
+      <c r="C135" s="332"/>
+      <c r="D135" s="332"/>
+      <c r="E135" s="332"/>
+      <c r="F135" s="332"/>
+      <c r="G135" s="332"/>
+      <c r="H135" s="332"/>
+      <c r="I135" s="332"/>
+      <c r="J135" s="332"/>
+      <c r="K135" s="332"/>
+      <c r="L135" s="332"/>
+      <c r="M135" s="332"/>
+      <c r="N135" s="332"/>
+      <c r="O135" s="333"/>
       <c r="P135" s="14"/>
     </row>
     <row r="136" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B136" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C136" s="156" t="s">
         <v>218</v>
       </c>
-      <c r="D136" s="271" t="s">
+      <c r="D136" s="270" t="s">
         <v>206</v>
       </c>
       <c r="E136" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F136" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G136" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H136" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I136" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J136" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K136" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L136" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M136" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N136" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O136" s="167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P136" s="82"/>
     </row>
     <row r="137" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="5"/>
       <c r="B137" s="129" t="s">
         <v>227</v>
       </c>
       <c r="C137" s="123">
         <v>25096</v>
       </c>
       <c r="D137" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E137" s="39">
         <v>2026</v>
       </c>
       <c r="F137" s="40">
         <v>46312</v>
       </c>
-      <c r="G137" s="268" t="s">
+      <c r="G137" s="267" t="s">
         <v>229</v>
       </c>
-      <c r="H137" s="269" t="s">
+      <c r="H137" s="268" t="s">
         <v>230</v>
       </c>
-      <c r="I137" s="267" t="s">
+      <c r="I137" s="266" t="s">
         <v>148</v>
       </c>
       <c r="J137" s="71" t="s">
         <v>100</v>
       </c>
-      <c r="K137" s="269"/>
-[...6 lines deleted...]
-      <c r="N137" s="269" t="s">
+      <c r="K137" s="268"/>
+      <c r="L137" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="M137" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="N137" s="268" t="s">
         <v>62</v>
       </c>
       <c r="O137" s="168">
         <v>23789</v>
       </c>
       <c r="P137" s="7"/>
     </row>
     <row r="138" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="5"/>
       <c r="B138" s="129" t="s">
         <v>228</v>
       </c>
       <c r="C138" s="123">
         <v>25096</v>
       </c>
       <c r="D138" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E138" s="39">
         <v>2026</v>
       </c>
       <c r="F138" s="40">
         <v>46312</v>
       </c>
-      <c r="G138" s="268" t="s">
+      <c r="G138" s="267" t="s">
         <v>229</v>
       </c>
-      <c r="H138" s="269" t="s">
+      <c r="H138" s="268" t="s">
         <v>231</v>
       </c>
-      <c r="I138" s="267" t="s">
+      <c r="I138" s="266" t="s">
         <v>148</v>
       </c>
       <c r="J138" s="71" t="s">
         <v>98</v>
       </c>
-      <c r="K138" s="269"/>
-[...6 lines deleted...]
-      <c r="N138" s="269" t="s">
+      <c r="K138" s="268"/>
+      <c r="L138" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="M138" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="N138" s="268" t="s">
         <v>62</v>
       </c>
       <c r="O138" s="168">
         <v>27750</v>
       </c>
       <c r="P138" s="7"/>
     </row>
     <row r="139" spans="1:17" s="5" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B139" s="128" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="C139" s="123">
         <v>26047</v>
       </c>
       <c r="D139" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E139" s="39">
         <v>2026</v>
       </c>
       <c r="F139" s="40">
         <v>46295</v>
       </c>
-      <c r="G139" s="268" t="s">
+      <c r="G139" s="267" t="s">
         <v>137</v>
       </c>
-      <c r="H139" s="269" t="s">
+      <c r="H139" s="268" t="s">
         <v>139</v>
       </c>
-      <c r="I139" s="267" t="s">
+      <c r="I139" s="266" t="s">
         <v>148</v>
       </c>
       <c r="J139" s="71" t="s">
         <v>99</v>
       </c>
-      <c r="K139" s="269" t="s">
+      <c r="K139" s="268" t="s">
         <v>140</v>
       </c>
-      <c r="L139" s="269" t="s">
-[...5 lines deleted...]
-      <c r="N139" s="269" t="s">
+      <c r="L139" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="M139" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="N139" s="268" t="s">
         <v>138</v>
       </c>
       <c r="O139" s="168">
         <v>29585</v>
       </c>
       <c r="P139" s="7"/>
     </row>
     <row r="140" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B140" s="128" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="C140" s="123">
         <v>26047</v>
       </c>
       <c r="D140" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E140" s="39">
         <v>2026</v>
       </c>
       <c r="F140" s="40">
         <v>46295</v>
       </c>
-      <c r="G140" s="268" t="s">
+      <c r="G140" s="267" t="s">
         <v>137</v>
       </c>
-      <c r="H140" s="269" t="s">
+      <c r="H140" s="268" t="s">
         <v>139</v>
       </c>
-      <c r="I140" s="267" t="s">
+      <c r="I140" s="266" t="s">
         <v>148</v>
       </c>
       <c r="J140" s="71" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="K140" s="269" t="s">
+        <v>272</v>
+      </c>
+      <c r="K140" s="268" t="s">
         <v>140</v>
       </c>
-      <c r="L140" s="269" t="s">
-[...5 lines deleted...]
-      <c r="N140" s="269" t="s">
+      <c r="L140" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="M140" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="N140" s="268" t="s">
         <v>138</v>
       </c>
       <c r="O140" s="168">
         <v>31185</v>
       </c>
       <c r="P140" s="7"/>
     </row>
     <row r="141" spans="1:17" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B141" s="304" t="s">
-        <v>392</v>
+      <c r="B141" s="303" t="s">
+        <v>391</v>
       </c>
       <c r="C141" s="126">
         <v>26048</v>
       </c>
       <c r="D141" s="152" t="s">
         <v>121</v>
       </c>
       <c r="E141" s="46">
         <v>2026</v>
       </c>
       <c r="F141" s="47">
         <v>46295</v>
       </c>
       <c r="G141" s="73" t="s">
         <v>86</v>
       </c>
       <c r="H141" s="45" t="s">
         <v>88</v>
       </c>
       <c r="I141" s="74" t="s">
         <v>147</v>
       </c>
       <c r="J141" s="75" t="s">
         <v>100</v>
       </c>
@@ -10008,110 +10005,110 @@
         <v>29998</v>
       </c>
       <c r="P141" s="7"/>
     </row>
     <row r="142" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B142" s="142"/>
       <c r="C142" s="140"/>
       <c r="D142" s="28"/>
       <c r="E142" s="36"/>
       <c r="F142" s="104"/>
       <c r="G142" s="105"/>
       <c r="H142" s="106"/>
       <c r="I142" s="106"/>
       <c r="J142" s="107"/>
       <c r="K142" s="7"/>
       <c r="L142" s="7"/>
       <c r="M142" s="7"/>
       <c r="N142" s="197"/>
       <c r="O142" s="108"/>
       <c r="P142" s="95"/>
       <c r="Q142" s="6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="143" spans="1:17" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B143" s="409" t="s">
+      <c r="B143" s="334" t="s">
         <v>213</v>
       </c>
-      <c r="C143" s="410"/>
-[...11 lines deleted...]
-      <c r="O143" s="411"/>
+      <c r="C143" s="335"/>
+      <c r="D143" s="335"/>
+      <c r="E143" s="335"/>
+      <c r="F143" s="335"/>
+      <c r="G143" s="335"/>
+      <c r="H143" s="335"/>
+      <c r="I143" s="335"/>
+      <c r="J143" s="335"/>
+      <c r="K143" s="335"/>
+      <c r="L143" s="335"/>
+      <c r="M143" s="335"/>
+      <c r="N143" s="335"/>
+      <c r="O143" s="336"/>
       <c r="P143" s="95"/>
     </row>
     <row r="144" spans="1:17" s="76" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B144" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C144" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D144" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E144" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F144" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G144" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H144" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I144" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J144" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K144" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L144" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M144" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N144" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O144" s="167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P144" s="82"/>
     </row>
     <row r="145" spans="1:17" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B145" s="130" t="s">
         <v>256</v>
       </c>
       <c r="C145" s="126">
         <v>240051911</v>
       </c>
       <c r="D145" s="153" t="s">
         <v>121</v>
       </c>
       <c r="E145" s="46">
         <v>2026</v>
       </c>
       <c r="F145" s="47">
         <v>45944</v>
       </c>
       <c r="G145" s="56" t="s">
         <v>71</v>
       </c>
       <c r="H145" s="67" t="s">
         <v>187</v>
       </c>
@@ -10137,640 +10134,640 @@
         <v>62530</v>
       </c>
       <c r="P145" s="95"/>
       <c r="Q145" s="95"/>
     </row>
     <row r="146" spans="1:17" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B146" s="149"/>
       <c r="C146" s="141"/>
       <c r="D146" s="21"/>
       <c r="E146" s="21"/>
       <c r="F146" s="13"/>
       <c r="G146" s="110"/>
       <c r="H146" s="110"/>
       <c r="I146" s="110"/>
       <c r="J146" s="111"/>
       <c r="K146" s="109" t="s">
         <v>93</v>
       </c>
       <c r="L146" s="109"/>
       <c r="M146" s="109"/>
       <c r="N146" s="198"/>
       <c r="O146" s="112"/>
       <c r="P146" s="7"/>
     </row>
     <row r="147" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B147" s="343" t="s">
+      <c r="B147" s="398" t="s">
         <v>210</v>
       </c>
-      <c r="C147" s="344"/>
-[...11 lines deleted...]
-      <c r="O147" s="345"/>
+      <c r="C147" s="399"/>
+      <c r="D147" s="399"/>
+      <c r="E147" s="399"/>
+      <c r="F147" s="399"/>
+      <c r="G147" s="399"/>
+      <c r="H147" s="399"/>
+      <c r="I147" s="399"/>
+      <c r="J147" s="399"/>
+      <c r="K147" s="399"/>
+      <c r="L147" s="399"/>
+      <c r="M147" s="399"/>
+      <c r="N147" s="399"/>
+      <c r="O147" s="400"/>
       <c r="P147" s="14"/>
     </row>
     <row r="148" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B148" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C148" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D148" s="154" t="s">
         <v>206</v>
       </c>
       <c r="E148" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F148" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G148" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H148" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I148" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J148" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K148" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L148" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M148" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N148" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O148" s="167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P148" s="82"/>
     </row>
     <row r="149" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="222"/>
       <c r="B149" s="129" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="C149" s="123">
         <v>26047</v>
       </c>
       <c r="D149" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E149" s="39">
         <v>2026</v>
       </c>
       <c r="F149" s="40">
         <v>46295</v>
       </c>
       <c r="G149" s="72" t="s">
         <v>137</v>
       </c>
-      <c r="H149" s="268" t="s">
+      <c r="H149" s="267" t="s">
+        <v>269</v>
+      </c>
+      <c r="I149" s="267" t="s">
+        <v>151</v>
+      </c>
+      <c r="J149" s="71" t="s">
         <v>270</v>
       </c>
-      <c r="I149" s="268" t="s">
-[...2 lines deleted...]
-      <c r="J149" s="71" t="s">
+      <c r="K149" s="268" t="s">
         <v>271</v>
       </c>
-      <c r="K149" s="269" t="s">
-[...8 lines deleted...]
-      <c r="N149" s="269" t="s">
+      <c r="L149" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="M149" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="N149" s="268" t="s">
         <v>138</v>
       </c>
       <c r="O149" s="168">
         <v>44685</v>
       </c>
-      <c r="P149" s="270"/>
+      <c r="P149" s="269"/>
     </row>
     <row r="150" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B150" s="311" t="s">
-        <v>393</v>
+      <c r="B150" s="310" t="s">
+        <v>392</v>
       </c>
       <c r="C150" s="123">
         <v>26048</v>
       </c>
       <c r="D150" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E150" s="59">
         <v>2026</v>
       </c>
       <c r="F150" s="40">
         <v>46295</v>
       </c>
       <c r="G150" s="72" t="s">
         <v>86</v>
       </c>
       <c r="H150" s="113" t="s">
         <v>95</v>
       </c>
       <c r="I150" s="113" t="s">
         <v>147</v>
       </c>
       <c r="J150" s="71" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="K150" s="190" t="s">
         <v>97</v>
       </c>
       <c r="L150" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M150" s="190" t="s">
         <v>41</v>
       </c>
       <c r="N150" s="190" t="s">
         <v>89</v>
       </c>
       <c r="O150" s="168">
         <v>25476</v>
       </c>
       <c r="P150" s="166"/>
     </row>
     <row r="151" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B151" s="311" t="s">
-        <v>394</v>
+      <c r="B151" s="310" t="s">
+        <v>393</v>
       </c>
       <c r="C151" s="123">
         <v>26048</v>
       </c>
       <c r="D151" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E151" s="59">
         <v>2026</v>
       </c>
       <c r="F151" s="40">
         <v>46295</v>
       </c>
       <c r="G151" s="72" t="s">
         <v>86</v>
       </c>
       <c r="H151" s="113" t="s">
         <v>96</v>
       </c>
       <c r="I151" s="113" t="s">
         <v>148</v>
       </c>
       <c r="J151" s="71" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="K151" s="190" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="L151" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M151" s="190" t="s">
         <v>41</v>
       </c>
       <c r="N151" s="190" t="s">
         <v>89</v>
       </c>
       <c r="O151" s="168">
         <v>31300</v>
       </c>
       <c r="P151" s="166"/>
     </row>
     <row r="152" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B152" s="311" t="s">
-        <v>395</v>
+      <c r="B152" s="310" t="s">
+        <v>394</v>
       </c>
       <c r="C152" s="123">
         <v>26048</v>
       </c>
       <c r="D152" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E152" s="39">
         <v>2026</v>
       </c>
       <c r="F152" s="40">
         <v>46295</v>
       </c>
       <c r="G152" s="72" t="s">
         <v>86</v>
       </c>
       <c r="H152" s="113" t="s">
         <v>96</v>
       </c>
       <c r="I152" s="113" t="s">
         <v>148</v>
       </c>
       <c r="J152" s="71" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="K152" s="190" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="L152" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M152" s="190" t="s">
         <v>41</v>
       </c>
       <c r="N152" s="190" t="s">
         <v>89</v>
       </c>
       <c r="O152" s="168">
         <v>35605</v>
       </c>
       <c r="P152" s="166"/>
     </row>
     <row r="153" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="222"/>
       <c r="B153" s="243" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C153" s="44">
         <v>26056</v>
       </c>
       <c r="D153" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E153" s="39">
         <v>2026</v>
       </c>
       <c r="F153" s="40">
         <v>46295</v>
       </c>
       <c r="G153" s="72" t="s">
         <v>133</v>
       </c>
       <c r="H153" s="218" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="I153" s="218" t="s">
         <v>151</v>
       </c>
       <c r="J153" s="71" t="s">
+        <v>435</v>
+      </c>
+      <c r="K153" s="219" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="L153" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M153" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N153" s="219" t="s">
         <v>62</v>
       </c>
       <c r="O153" s="168">
         <v>35545</v>
       </c>
       <c r="P153" s="216"/>
     </row>
     <row r="154" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="5"/>
       <c r="B154" s="243" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C154" s="44">
         <v>26064</v>
       </c>
       <c r="D154" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E154" s="39">
         <v>2026</v>
       </c>
       <c r="F154" s="40">
         <v>46295</v>
       </c>
       <c r="G154" s="72" t="s">
         <v>8</v>
       </c>
       <c r="H154" s="189" t="s">
         <v>127</v>
       </c>
       <c r="I154" s="189" t="s">
         <v>29</v>
       </c>
       <c r="J154" s="58" t="s">
+        <v>328</v>
+      </c>
+      <c r="K154" s="190" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="L154" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M154" s="190" t="s">
         <v>41</v>
       </c>
       <c r="N154" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O154" s="168">
         <v>26659</v>
       </c>
       <c r="P154" s="166"/>
     </row>
     <row r="155" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="5"/>
       <c r="B155" s="243" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C155" s="44">
         <v>26064</v>
       </c>
       <c r="D155" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E155" s="39">
         <v>2026</v>
       </c>
       <c r="F155" s="40">
         <v>46295</v>
       </c>
       <c r="G155" s="72" t="s">
         <v>8</v>
       </c>
-      <c r="H155" s="277" t="s">
+      <c r="H155" s="276" t="s">
         <v>127</v>
       </c>
-      <c r="I155" s="277" t="s">
+      <c r="I155" s="276" t="s">
         <v>29</v>
       </c>
       <c r="J155" s="58" t="s">
-        <v>332</v>
-[...10 lines deleted...]
-      <c r="N155" s="278" t="s">
+        <v>331</v>
+      </c>
+      <c r="K155" s="277" t="s">
+        <v>324</v>
+      </c>
+      <c r="L155" s="277" t="s">
+        <v>41</v>
+      </c>
+      <c r="M155" s="277" t="s">
+        <v>41</v>
+      </c>
+      <c r="N155" s="277" t="s">
         <v>7</v>
       </c>
       <c r="O155" s="168">
         <v>28113</v>
       </c>
-      <c r="P155" s="279"/>
+      <c r="P155" s="278"/>
     </row>
     <row r="156" spans="1:17" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A156" s="5"/>
       <c r="B156" s="245" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="C156" s="246">
         <v>26171</v>
       </c>
       <c r="D156" s="153" t="s">
         <v>121</v>
       </c>
       <c r="E156" s="153">
         <v>2026</v>
       </c>
       <c r="F156" s="157">
         <v>46295</v>
       </c>
       <c r="G156" s="165" t="s">
         <v>8</v>
       </c>
       <c r="H156" s="163" t="s">
         <v>10</v>
       </c>
       <c r="I156" s="163" t="s">
         <v>30</v>
       </c>
       <c r="J156" s="223" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="K156" s="48" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="L156" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M156" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N156" s="48" t="s">
         <v>7</v>
       </c>
       <c r="O156" s="171">
         <v>44221</v>
       </c>
       <c r="P156" s="95"/>
     </row>
     <row r="157" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B157" s="147"/>
       <c r="C157" s="135"/>
       <c r="D157" s="30"/>
       <c r="E157" s="17"/>
       <c r="F157" s="12"/>
       <c r="G157" s="106"/>
       <c r="H157" s="37"/>
       <c r="I157" s="37"/>
       <c r="J157" s="115"/>
       <c r="K157" s="7"/>
       <c r="L157" s="7"/>
       <c r="M157" s="7"/>
       <c r="N157" s="199"/>
       <c r="O157" s="18"/>
       <c r="P157" s="95"/>
     </row>
     <row r="158" spans="1:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B158" s="343" t="s">
+      <c r="B158" s="398" t="s">
         <v>211</v>
       </c>
-      <c r="C158" s="344"/>
-[...11 lines deleted...]
-      <c r="O158" s="345"/>
+      <c r="C158" s="399"/>
+      <c r="D158" s="399"/>
+      <c r="E158" s="399"/>
+      <c r="F158" s="399"/>
+      <c r="G158" s="399"/>
+      <c r="H158" s="399"/>
+      <c r="I158" s="399"/>
+      <c r="J158" s="399"/>
+      <c r="K158" s="399"/>
+      <c r="L158" s="399"/>
+      <c r="M158" s="399"/>
+      <c r="N158" s="399"/>
+      <c r="O158" s="400"/>
       <c r="P158" s="95"/>
     </row>
     <row r="159" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B159" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C159" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D159" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E159" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F159" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G159" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H159" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I159" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J159" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K159" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L159" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M159" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N159" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O159" s="167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="P159" s="82"/>
     </row>
     <row r="160" spans="1:17" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B160" s="304" t="s">
-[...2 lines deleted...]
-      <c r="C160" s="305">
+      <c r="B160" s="303" t="s">
+        <v>505</v>
+      </c>
+      <c r="C160" s="304">
         <v>26180</v>
       </c>
-      <c r="D160" s="426" t="s">
+      <c r="D160" s="311" t="s">
         <v>122</v>
       </c>
       <c r="E160" s="46">
         <v>2026</v>
       </c>
       <c r="F160" s="47">
         <v>46295</v>
       </c>
       <c r="G160" s="114" t="s">
         <v>8</v>
       </c>
       <c r="H160" s="73" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="I160" s="74" t="s">
         <v>30</v>
       </c>
       <c r="J160" s="75" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="K160" s="45" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="L160" s="45" t="s">
         <v>41</v>
       </c>
       <c r="M160" s="45" t="s">
         <v>41</v>
       </c>
       <c r="N160" s="45" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="O160" s="178">
         <v>46194</v>
       </c>
       <c r="P160" s="166"/>
       <c r="Q160" s="166"/>
     </row>
     <row r="161" spans="2:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B161" s="147"/>
       <c r="C161" s="142"/>
       <c r="D161" s="35"/>
       <c r="E161" s="17"/>
       <c r="F161" s="12"/>
       <c r="G161" s="106"/>
       <c r="H161" s="37"/>
       <c r="I161" s="101"/>
       <c r="J161" s="115"/>
       <c r="K161" s="7"/>
       <c r="L161" s="7"/>
       <c r="M161" s="7"/>
       <c r="N161" s="194"/>
       <c r="O161" s="116"/>
       <c r="P161" s="95"/>
       <c r="Q161" s="95"/>
     </row>
     <row r="162" spans="2:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B162" s="343" t="s">
+      <c r="B162" s="398" t="s">
         <v>212</v>
       </c>
-      <c r="C162" s="344"/>
-[...11 lines deleted...]
-      <c r="O162" s="345"/>
+      <c r="C162" s="399"/>
+      <c r="D162" s="399"/>
+      <c r="E162" s="399"/>
+      <c r="F162" s="399"/>
+      <c r="G162" s="399"/>
+      <c r="H162" s="399"/>
+      <c r="I162" s="399"/>
+      <c r="J162" s="399"/>
+      <c r="K162" s="399"/>
+      <c r="L162" s="399"/>
+      <c r="M162" s="399"/>
+      <c r="N162" s="399"/>
+      <c r="O162" s="400"/>
       <c r="P162" s="95"/>
     </row>
     <row r="163" spans="2:17" s="76" customFormat="1" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B163" s="179" t="s">
         <v>42</v>
       </c>
       <c r="C163" s="180" t="s">
         <v>218</v>
       </c>
       <c r="D163" s="181" t="s">
         <v>206</v>
       </c>
       <c r="E163" s="182" t="s">
         <v>64</v>
       </c>
       <c r="F163" s="183" t="s">
         <v>40</v>
       </c>
       <c r="G163" s="184" t="s">
         <v>2</v>
       </c>
       <c r="H163" s="184" t="s">
         <v>3</v>
       </c>
       <c r="I163" s="184" t="s">
@@ -10797,812 +10794,812 @@
       <c r="P163" s="82"/>
     </row>
     <row r="164" spans="2:17" x14ac:dyDescent="0.25">
       <c r="B164" s="147"/>
       <c r="C164" s="135"/>
       <c r="D164" s="17"/>
       <c r="E164" s="17"/>
       <c r="F164" s="12"/>
       <c r="G164" s="106"/>
       <c r="H164" s="37"/>
       <c r="I164" s="37"/>
       <c r="J164" s="115"/>
       <c r="K164" s="7"/>
       <c r="L164" s="7"/>
       <c r="M164" s="98"/>
       <c r="N164" s="194"/>
       <c r="O164" s="116"/>
       <c r="P164" s="95"/>
       <c r="Q164" s="95"/>
     </row>
     <row r="165" spans="2:17" x14ac:dyDescent="0.25">
       <c r="P165" s="87"/>
     </row>
     <row r="166" spans="2:17" ht="26.25" x14ac:dyDescent="0.25">
       <c r="H166" s="191"/>
-      <c r="I166" s="354" t="s">
+      <c r="I166" s="406" t="s">
         <v>17</v>
       </c>
-      <c r="J166" s="354"/>
-[...4 lines deleted...]
-      <c r="O166" s="354"/>
+      <c r="J166" s="406"/>
+      <c r="K166" s="406"/>
+      <c r="L166" s="406"/>
+      <c r="M166" s="406"/>
+      <c r="N166" s="406"/>
+      <c r="O166" s="406"/>
       <c r="P166" s="87"/>
     </row>
     <row r="167" spans="2:17" x14ac:dyDescent="0.25">
       <c r="H167" s="15"/>
-      <c r="I167" s="348" t="s">
+      <c r="I167" s="401" t="s">
         <v>1</v>
       </c>
-      <c r="J167" s="348"/>
-      <c r="K167" s="342" t="s">
+      <c r="J167" s="401"/>
+      <c r="K167" s="397" t="s">
         <v>15</v>
       </c>
-      <c r="L167" s="342"/>
-      <c r="M167" s="342"/>
+      <c r="L167" s="397"/>
+      <c r="M167" s="397"/>
       <c r="N167" s="201" t="s">
         <v>12</v>
       </c>
       <c r="O167" s="187" t="s">
         <v>13</v>
       </c>
       <c r="P167" s="87"/>
     </row>
     <row r="168" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H168" s="95"/>
-      <c r="I168" s="346" t="s">
+      <c r="I168" s="345" t="s">
         <v>219</v>
       </c>
-      <c r="J168" s="346"/>
-      <c r="K168" s="330" t="s">
+      <c r="J168" s="345"/>
+      <c r="K168" s="317" t="s">
         <v>79</v>
       </c>
-      <c r="L168" s="330"/>
-[...1 lines deleted...]
-      <c r="N168" s="341" t="s">
+      <c r="L168" s="317"/>
+      <c r="M168" s="317"/>
+      <c r="N168" s="316" t="s">
         <v>72</v>
       </c>
-      <c r="O168" s="349" t="s">
+      <c r="O168" s="323" t="s">
         <v>63</v>
       </c>
       <c r="P168" s="87"/>
     </row>
     <row r="169" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H169" s="95"/>
-      <c r="I169" s="346"/>
-[...5 lines deleted...]
-      <c r="O169" s="349"/>
+      <c r="I169" s="345"/>
+      <c r="J169" s="345"/>
+      <c r="K169" s="317"/>
+      <c r="L169" s="317"/>
+      <c r="M169" s="317"/>
+      <c r="N169" s="316"/>
+      <c r="O169" s="323"/>
       <c r="P169" s="87"/>
     </row>
     <row r="170" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H170" s="96"/>
-      <c r="I170" s="347"/>
-[...5 lines deleted...]
-      <c r="O170" s="349"/>
+      <c r="I170" s="346"/>
+      <c r="J170" s="346"/>
+      <c r="K170" s="317"/>
+      <c r="L170" s="317"/>
+      <c r="M170" s="317"/>
+      <c r="N170" s="316"/>
+      <c r="O170" s="323"/>
       <c r="P170" s="87"/>
     </row>
     <row r="171" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H171" s="95"/>
-      <c r="I171" s="414" t="s">
+      <c r="I171" s="339" t="s">
         <v>190</v>
       </c>
-      <c r="J171" s="415"/>
-      <c r="K171" s="416" t="s">
+      <c r="J171" s="340"/>
+      <c r="K171" s="341" t="s">
         <v>16</v>
       </c>
-      <c r="L171" s="417"/>
-[...1 lines deleted...]
-      <c r="N171" s="353" t="s">
+      <c r="L171" s="342"/>
+      <c r="M171" s="342"/>
+      <c r="N171" s="405" t="s">
         <v>204</v>
       </c>
-      <c r="O171" s="387" t="s">
+      <c r="O171" s="322" t="s">
         <v>14</v>
       </c>
       <c r="P171" s="87"/>
     </row>
     <row r="172" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H172" s="117"/>
-      <c r="I172" s="412" t="s">
+      <c r="I172" s="337" t="s">
         <v>203</v>
       </c>
-      <c r="J172" s="413"/>
-[...4 lines deleted...]
-      <c r="O172" s="387"/>
+      <c r="J172" s="338"/>
+      <c r="K172" s="341"/>
+      <c r="L172" s="342"/>
+      <c r="M172" s="342"/>
+      <c r="N172" s="405"/>
+      <c r="O172" s="322"/>
       <c r="P172" s="87"/>
     </row>
     <row r="173" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H173" s="98"/>
-      <c r="I173" s="373" t="s">
+      <c r="I173" s="394" t="s">
         <v>202</v>
       </c>
-      <c r="J173" s="374"/>
-[...4 lines deleted...]
-      <c r="O173" s="387"/>
+      <c r="J173" s="395"/>
+      <c r="K173" s="341"/>
+      <c r="L173" s="342"/>
+      <c r="M173" s="342"/>
+      <c r="N173" s="405"/>
+      <c r="O173" s="322"/>
       <c r="P173" s="87"/>
     </row>
     <row r="174" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H174" s="98"/>
-      <c r="I174" s="389" t="s">
+      <c r="I174" s="344" t="s">
         <v>223</v>
       </c>
-      <c r="J174" s="389"/>
-      <c r="K174" s="330" t="s">
+      <c r="J174" s="344"/>
+      <c r="K174" s="317" t="s">
         <v>173</v>
       </c>
-      <c r="L174" s="330"/>
-[...1 lines deleted...]
-      <c r="N174" s="341" t="s">
+      <c r="L174" s="317"/>
+      <c r="M174" s="317"/>
+      <c r="N174" s="316" t="s">
         <v>174</v>
       </c>
-      <c r="O174" s="349" t="s">
+      <c r="O174" s="323" t="s">
         <v>175</v>
       </c>
       <c r="P174" s="87"/>
     </row>
     <row r="175" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H175" s="98"/>
-      <c r="I175" s="346"/>
-[...5 lines deleted...]
-      <c r="O175" s="349"/>
+      <c r="I175" s="345"/>
+      <c r="J175" s="345"/>
+      <c r="K175" s="317"/>
+      <c r="L175" s="317"/>
+      <c r="M175" s="317"/>
+      <c r="N175" s="316"/>
+      <c r="O175" s="323"/>
       <c r="P175" s="87"/>
     </row>
     <row r="176" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H176" s="98"/>
-      <c r="I176" s="347"/>
-[...5 lines deleted...]
-      <c r="O176" s="349"/>
+      <c r="I176" s="346"/>
+      <c r="J176" s="346"/>
+      <c r="K176" s="317"/>
+      <c r="L176" s="317"/>
+      <c r="M176" s="317"/>
+      <c r="N176" s="316"/>
+      <c r="O176" s="323"/>
       <c r="P176" s="87"/>
     </row>
     <row r="177" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H177" s="98"/>
-      <c r="I177" s="366" t="s">
-[...3 lines deleted...]
-      <c r="K177" s="393" t="s">
+      <c r="I177" s="359" t="s">
+        <v>281</v>
+      </c>
+      <c r="J177" s="360"/>
+      <c r="K177" s="350" t="s">
+        <v>284</v>
+      </c>
+      <c r="L177" s="350"/>
+      <c r="M177" s="351"/>
+      <c r="N177" s="356" t="s">
+        <v>286</v>
+      </c>
+      <c r="O177" s="343" t="s">
         <v>285</v>
-      </c>
-[...6 lines deleted...]
-        <v>286</v>
       </c>
       <c r="P177" s="87"/>
     </row>
     <row r="178" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H178" s="98"/>
-      <c r="I178" s="320" t="s">
-[...7 lines deleted...]
-      <c r="O178" s="398"/>
+      <c r="I178" s="385" t="s">
+        <v>282</v>
+      </c>
+      <c r="J178" s="386"/>
+      <c r="K178" s="315"/>
+      <c r="L178" s="315"/>
+      <c r="M178" s="352"/>
+      <c r="N178" s="357"/>
+      <c r="O178" s="355"/>
       <c r="P178" s="87"/>
     </row>
     <row r="179" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H179" s="98"/>
-      <c r="I179" s="322" t="s">
-[...7 lines deleted...]
-      <c r="O179" s="399"/>
+      <c r="I179" s="387" t="s">
+        <v>283</v>
+      </c>
+      <c r="J179" s="388"/>
+      <c r="K179" s="353"/>
+      <c r="L179" s="353"/>
+      <c r="M179" s="354"/>
+      <c r="N179" s="358"/>
+      <c r="O179" s="321"/>
       <c r="P179" s="87"/>
     </row>
     <row r="180" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H180" s="95"/>
-      <c r="I180" s="360" t="s">
+      <c r="I180" s="379" t="s">
         <v>18</v>
       </c>
-      <c r="J180" s="361"/>
-      <c r="K180" s="390" t="s">
+      <c r="J180" s="380"/>
+      <c r="K180" s="347" t="s">
         <v>233</v>
       </c>
-      <c r="L180" s="387"/>
-[...1 lines deleted...]
-      <c r="N180" s="387" t="s">
+      <c r="L180" s="322"/>
+      <c r="M180" s="322"/>
+      <c r="N180" s="322" t="s">
         <v>234</v>
       </c>
-      <c r="O180" s="387" t="s">
+      <c r="O180" s="322" t="s">
         <v>235</v>
       </c>
       <c r="P180" s="87"/>
     </row>
     <row r="181" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H181" s="95"/>
-      <c r="I181" s="391" t="s">
+      <c r="I181" s="348" t="s">
         <v>201</v>
       </c>
-      <c r="J181" s="392"/>
-[...4 lines deleted...]
-      <c r="O181" s="387"/>
+      <c r="J181" s="349"/>
+      <c r="K181" s="347"/>
+      <c r="L181" s="322"/>
+      <c r="M181" s="322"/>
+      <c r="N181" s="322"/>
+      <c r="O181" s="322"/>
       <c r="P181" s="87"/>
     </row>
     <row r="182" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F182" s="118"/>
       <c r="H182" s="95"/>
-      <c r="I182" s="371" t="s">
+      <c r="I182" s="392" t="s">
         <v>202</v>
       </c>
-      <c r="J182" s="372"/>
-[...4 lines deleted...]
-      <c r="O182" s="387"/>
+      <c r="J182" s="393"/>
+      <c r="K182" s="347"/>
+      <c r="L182" s="322"/>
+      <c r="M182" s="322"/>
+      <c r="N182" s="322"/>
+      <c r="O182" s="322"/>
       <c r="P182" s="87"/>
     </row>
     <row r="183" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F183" s="118"/>
       <c r="H183" s="161"/>
-      <c r="I183" s="346" t="s">
+      <c r="I183" s="345" t="s">
         <v>222</v>
       </c>
-      <c r="J183" s="346"/>
-      <c r="K183" s="330" t="s">
+      <c r="J183" s="345"/>
+      <c r="K183" s="317" t="s">
         <v>79</v>
       </c>
-      <c r="L183" s="330"/>
-[...1 lines deleted...]
-      <c r="N183" s="341" t="s">
+      <c r="L183" s="317"/>
+      <c r="M183" s="317"/>
+      <c r="N183" s="316" t="s">
         <v>72</v>
       </c>
-      <c r="O183" s="349" t="s">
+      <c r="O183" s="323" t="s">
         <v>63</v>
       </c>
       <c r="P183" s="87"/>
     </row>
     <row r="184" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B184" s="231"/>
       <c r="C184" s="231"/>
       <c r="D184" s="6"/>
       <c r="F184" s="118"/>
       <c r="H184" s="161"/>
-      <c r="I184" s="346"/>
-[...5 lines deleted...]
-      <c r="O184" s="349"/>
+      <c r="I184" s="345"/>
+      <c r="J184" s="345"/>
+      <c r="K184" s="317"/>
+      <c r="L184" s="317"/>
+      <c r="M184" s="317"/>
+      <c r="N184" s="316"/>
+      <c r="O184" s="323"/>
       <c r="P184" s="87"/>
     </row>
     <row r="185" spans="2:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B185" s="231"/>
       <c r="C185" s="231"/>
       <c r="D185" s="6"/>
       <c r="F185" s="118"/>
       <c r="H185" s="161"/>
-      <c r="I185" s="347"/>
-[...5 lines deleted...]
-      <c r="O185" s="349"/>
+      <c r="I185" s="346"/>
+      <c r="J185" s="346"/>
+      <c r="K185" s="317"/>
+      <c r="L185" s="317"/>
+      <c r="M185" s="317"/>
+      <c r="N185" s="316"/>
+      <c r="O185" s="323"/>
       <c r="P185" s="87"/>
     </row>
     <row r="186" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B186" s="231"/>
       <c r="C186" s="231"/>
       <c r="D186" s="6"/>
       <c r="F186" s="118"/>
       <c r="H186" s="161"/>
-      <c r="I186" s="366" t="s">
+      <c r="I186" s="359" t="s">
         <v>191</v>
       </c>
-      <c r="J186" s="367"/>
-      <c r="K186" s="403" t="s">
+      <c r="J186" s="360"/>
+      <c r="K186" s="361" t="s">
         <v>194</v>
       </c>
-      <c r="L186" s="404"/>
-[...1 lines deleted...]
-      <c r="N186" s="405" t="s">
+      <c r="L186" s="319"/>
+      <c r="M186" s="319"/>
+      <c r="N186" s="320" t="s">
         <v>195</v>
       </c>
-      <c r="O186" s="387" t="s">
+      <c r="O186" s="322" t="s">
         <v>196</v>
       </c>
       <c r="P186" s="87"/>
     </row>
     <row r="187" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B187" s="231"/>
       <c r="C187" s="231"/>
       <c r="D187" s="6"/>
       <c r="F187" s="118"/>
       <c r="H187" s="161"/>
-      <c r="I187" s="320" t="s">
+      <c r="I187" s="385" t="s">
         <v>192</v>
       </c>
-      <c r="J187" s="321"/>
-[...4 lines deleted...]
-      <c r="O187" s="387"/>
+      <c r="J187" s="386"/>
+      <c r="K187" s="361"/>
+      <c r="L187" s="319"/>
+      <c r="M187" s="319"/>
+      <c r="N187" s="320"/>
+      <c r="O187" s="322"/>
       <c r="P187" s="87"/>
     </row>
     <row r="188" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B188" s="231"/>
       <c r="C188" s="231"/>
       <c r="D188" s="6"/>
       <c r="F188" s="118"/>
       <c r="H188" s="161"/>
-      <c r="I188" s="322" t="s">
+      <c r="I188" s="387" t="s">
         <v>193</v>
       </c>
-      <c r="J188" s="323"/>
-[...4 lines deleted...]
-      <c r="O188" s="388"/>
+      <c r="J188" s="388"/>
+      <c r="K188" s="361"/>
+      <c r="L188" s="319"/>
+      <c r="M188" s="319"/>
+      <c r="N188" s="320"/>
+      <c r="O188" s="343"/>
       <c r="P188" s="87"/>
     </row>
     <row r="189" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B189" s="231"/>
       <c r="C189" s="231"/>
       <c r="D189" s="6"/>
       <c r="F189" s="118"/>
       <c r="H189" s="161"/>
-      <c r="I189" s="362" t="s">
+      <c r="I189" s="381" t="s">
         <v>186</v>
       </c>
-      <c r="J189" s="363"/>
-      <c r="K189" s="329" t="s">
+      <c r="J189" s="382"/>
+      <c r="K189" s="330" t="s">
+        <v>275</v>
+      </c>
+      <c r="L189" s="317"/>
+      <c r="M189" s="317"/>
+      <c r="N189" s="329" t="s">
         <v>276</v>
       </c>
-      <c r="L189" s="330"/>
-[...1 lines deleted...]
-      <c r="N189" s="425" t="s">
+      <c r="O189" s="312" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="P189" s="87"/>
     </row>
     <row r="190" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B190" s="231"/>
       <c r="C190" s="231"/>
       <c r="D190" s="6"/>
       <c r="F190" s="118"/>
       <c r="H190" s="161"/>
-      <c r="I190" s="364" t="s">
-[...7 lines deleted...]
-      <c r="O190" s="419"/>
+      <c r="I190" s="383" t="s">
+        <v>273</v>
+      </c>
+      <c r="J190" s="384"/>
+      <c r="K190" s="330"/>
+      <c r="L190" s="317"/>
+      <c r="M190" s="317"/>
+      <c r="N190" s="329"/>
+      <c r="O190" s="313"/>
       <c r="P190" s="87"/>
     </row>
     <row r="191" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B191" s="231"/>
       <c r="C191" s="231"/>
       <c r="D191" s="6"/>
       <c r="F191" s="118"/>
       <c r="H191" s="161"/>
-      <c r="I191" s="324" t="s">
-[...7 lines deleted...]
-      <c r="O191" s="420"/>
+      <c r="I191" s="410" t="s">
+        <v>274</v>
+      </c>
+      <c r="J191" s="411"/>
+      <c r="K191" s="330"/>
+      <c r="L191" s="317"/>
+      <c r="M191" s="317"/>
+      <c r="N191" s="329"/>
+      <c r="O191" s="314"/>
       <c r="P191" s="87"/>
     </row>
     <row r="192" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B192" s="231"/>
       <c r="C192" s="231"/>
       <c r="D192" s="6"/>
       <c r="F192" s="118"/>
       <c r="H192" s="161"/>
-      <c r="I192" s="314" t="s">
+      <c r="I192" s="420" t="s">
         <v>260</v>
       </c>
-      <c r="J192" s="315"/>
-      <c r="K192" s="422" t="s">
+      <c r="J192" s="421"/>
+      <c r="K192" s="326" t="s">
         <v>263</v>
       </c>
-      <c r="L192" s="423"/>
-[...1 lines deleted...]
-      <c r="N192" s="424" t="s">
+      <c r="L192" s="327"/>
+      <c r="M192" s="327"/>
+      <c r="N192" s="328" t="s">
         <v>264</v>
       </c>
-      <c r="O192" s="399" t="s">
+      <c r="O192" s="321" t="s">
         <v>265</v>
       </c>
       <c r="P192" s="87"/>
     </row>
     <row r="193" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B193" s="231"/>
       <c r="C193" s="231"/>
       <c r="D193" s="6"/>
       <c r="F193" s="118"/>
       <c r="H193" s="161"/>
-      <c r="I193" s="316" t="s">
+      <c r="I193" s="422" t="s">
         <v>261</v>
       </c>
-      <c r="J193" s="317"/>
-[...4 lines deleted...]
-      <c r="O193" s="387"/>
+      <c r="J193" s="423"/>
+      <c r="K193" s="326"/>
+      <c r="L193" s="327"/>
+      <c r="M193" s="327"/>
+      <c r="N193" s="328"/>
+      <c r="O193" s="322"/>
       <c r="P193" s="87"/>
     </row>
     <row r="194" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B194" s="231"/>
       <c r="C194" s="231"/>
       <c r="D194" s="6"/>
       <c r="F194" s="118"/>
       <c r="H194" s="161"/>
-      <c r="I194" s="318" t="s">
+      <c r="I194" s="424" t="s">
         <v>262</v>
       </c>
-      <c r="J194" s="319"/>
-[...4 lines deleted...]
-      <c r="O194" s="387"/>
+      <c r="J194" s="425"/>
+      <c r="K194" s="326"/>
+      <c r="L194" s="327"/>
+      <c r="M194" s="327"/>
+      <c r="N194" s="328"/>
+      <c r="O194" s="322"/>
       <c r="P194" s="87"/>
     </row>
     <row r="195" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B195" s="231"/>
       <c r="C195" s="231"/>
       <c r="D195" s="6"/>
       <c r="F195" s="118"/>
       <c r="H195" s="95"/>
-      <c r="I195" s="326" t="s">
+      <c r="I195" s="412" t="s">
         <v>101</v>
       </c>
-      <c r="J195" s="327"/>
-      <c r="K195" s="329" t="s">
+      <c r="J195" s="413"/>
+      <c r="K195" s="330" t="s">
         <v>16</v>
       </c>
-      <c r="L195" s="330"/>
-[...1 lines deleted...]
-      <c r="N195" s="421" t="s">
+      <c r="L195" s="317"/>
+      <c r="M195" s="317"/>
+      <c r="N195" s="325" t="s">
         <v>20</v>
       </c>
-      <c r="O195" s="349" t="s">
+      <c r="O195" s="323" t="s">
         <v>14</v>
       </c>
       <c r="P195" s="87"/>
     </row>
     <row r="196" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B196" s="231"/>
       <c r="C196" s="231"/>
       <c r="D196" s="6"/>
       <c r="H196" s="95"/>
-      <c r="I196" s="332" t="s">
+      <c r="I196" s="415" t="s">
         <v>80</v>
       </c>
-      <c r="J196" s="333"/>
-[...4 lines deleted...]
-      <c r="O196" s="349"/>
+      <c r="J196" s="416"/>
+      <c r="K196" s="330"/>
+      <c r="L196" s="317"/>
+      <c r="M196" s="317"/>
+      <c r="N196" s="325"/>
+      <c r="O196" s="323"/>
       <c r="P196" s="87"/>
     </row>
     <row r="197" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B197" s="231"/>
       <c r="C197" s="231"/>
       <c r="D197" s="6"/>
       <c r="G197" s="83"/>
       <c r="H197" s="95"/>
-      <c r="I197" s="334" t="s">
+      <c r="I197" s="417" t="s">
         <v>81</v>
       </c>
-      <c r="J197" s="335"/>
-[...4 lines deleted...]
-      <c r="O197" s="349"/>
+      <c r="J197" s="418"/>
+      <c r="K197" s="330"/>
+      <c r="L197" s="317"/>
+      <c r="M197" s="317"/>
+      <c r="N197" s="325"/>
+      <c r="O197" s="323"/>
       <c r="P197" s="87"/>
     </row>
     <row r="198" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B198" s="231"/>
       <c r="C198" s="231"/>
       <c r="D198" s="6"/>
       <c r="H198" s="95"/>
-      <c r="I198" s="358" t="s">
+      <c r="I198" s="377" t="s">
         <v>220</v>
       </c>
-      <c r="J198" s="358"/>
-      <c r="K198" s="404" t="s">
+      <c r="J198" s="377"/>
+      <c r="K198" s="319" t="s">
         <v>162</v>
       </c>
-      <c r="L198" s="404"/>
-[...1 lines deleted...]
-      <c r="N198" s="405" t="s">
+      <c r="L198" s="319"/>
+      <c r="M198" s="319"/>
+      <c r="N198" s="320" t="s">
         <v>163</v>
       </c>
-      <c r="O198" s="387" t="s">
+      <c r="O198" s="322" t="s">
         <v>164</v>
       </c>
       <c r="P198" s="87"/>
     </row>
     <row r="199" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B199" s="231"/>
       <c r="C199" s="231"/>
       <c r="D199" s="6"/>
       <c r="G199" s="83"/>
       <c r="H199" s="95"/>
-      <c r="I199" s="359"/>
-[...5 lines deleted...]
-      <c r="O199" s="387"/>
+      <c r="I199" s="378"/>
+      <c r="J199" s="378"/>
+      <c r="K199" s="319"/>
+      <c r="L199" s="319"/>
+      <c r="M199" s="319"/>
+      <c r="N199" s="320"/>
+      <c r="O199" s="322"/>
       <c r="P199" s="87"/>
     </row>
     <row r="200" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B200" s="231"/>
       <c r="C200" s="231"/>
       <c r="D200" s="6"/>
       <c r="H200" s="95"/>
-      <c r="I200" s="359"/>
-[...5 lines deleted...]
-      <c r="O200" s="387"/>
+      <c r="I200" s="378"/>
+      <c r="J200" s="378"/>
+      <c r="K200" s="319"/>
+      <c r="L200" s="319"/>
+      <c r="M200" s="319"/>
+      <c r="N200" s="320"/>
+      <c r="O200" s="322"/>
       <c r="P200" s="87"/>
     </row>
     <row r="201" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B201" s="231"/>
       <c r="C201" s="231"/>
       <c r="D201" s="6"/>
       <c r="H201" s="95"/>
-      <c r="I201" s="346" t="s">
+      <c r="I201" s="345" t="s">
         <v>221</v>
       </c>
-      <c r="J201" s="346"/>
-      <c r="K201" s="330" t="s">
+      <c r="J201" s="345"/>
+      <c r="K201" s="317" t="s">
         <v>79</v>
       </c>
-      <c r="L201" s="330"/>
-[...1 lines deleted...]
-      <c r="N201" s="341" t="s">
+      <c r="L201" s="317"/>
+      <c r="M201" s="317"/>
+      <c r="N201" s="316" t="s">
         <v>72</v>
       </c>
-      <c r="O201" s="349" t="s">
+      <c r="O201" s="323" t="s">
         <v>63</v>
       </c>
       <c r="P201" s="87"/>
     </row>
     <row r="202" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B202" s="231"/>
       <c r="C202" s="231"/>
       <c r="D202" s="6"/>
       <c r="H202" s="95"/>
-      <c r="I202" s="346"/>
-[...5 lines deleted...]
-      <c r="O202" s="349"/>
+      <c r="I202" s="345"/>
+      <c r="J202" s="345"/>
+      <c r="K202" s="317"/>
+      <c r="L202" s="317"/>
+      <c r="M202" s="317"/>
+      <c r="N202" s="316"/>
+      <c r="O202" s="323"/>
       <c r="P202" s="87"/>
     </row>
     <row r="203" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B203" s="231"/>
       <c r="C203" s="231"/>
       <c r="D203" s="6"/>
       <c r="E203" s="101"/>
       <c r="F203" s="102"/>
       <c r="G203" s="94"/>
       <c r="H203" s="95"/>
-      <c r="I203" s="346"/>
-[...5 lines deleted...]
-      <c r="O203" s="349"/>
+      <c r="I203" s="345"/>
+      <c r="J203" s="345"/>
+      <c r="K203" s="317"/>
+      <c r="L203" s="317"/>
+      <c r="M203" s="317"/>
+      <c r="N203" s="316"/>
+      <c r="O203" s="323"/>
       <c r="P203" s="87"/>
     </row>
     <row r="204" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B204" s="231"/>
       <c r="C204" s="231"/>
       <c r="D204" s="6"/>
       <c r="E204" s="101"/>
       <c r="F204" s="119"/>
       <c r="G204" s="94"/>
       <c r="H204" s="98"/>
       <c r="I204" s="6"/>
       <c r="J204" s="6"/>
       <c r="K204" s="6"/>
       <c r="L204" s="6"/>
       <c r="M204" s="6"/>
       <c r="N204" s="204"/>
       <c r="O204" s="6"/>
       <c r="P204" s="87"/>
     </row>
     <row r="205" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B205" s="231"/>
       <c r="C205" s="231"/>
       <c r="D205" s="6"/>
       <c r="E205" s="101"/>
       <c r="F205" s="102"/>
       <c r="G205" s="7"/>
       <c r="H205" s="95"/>
       <c r="I205" s="6"/>
       <c r="J205" s="6"/>
       <c r="K205" s="6"/>
       <c r="L205" s="6"/>
       <c r="M205" s="6"/>
       <c r="N205" s="204"/>
       <c r="O205" s="6"/>
       <c r="P205" s="87"/>
     </row>
     <row r="206" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H206" s="96"/>
       <c r="I206" s="6"/>
       <c r="J206" s="6"/>
       <c r="K206" s="6"/>
       <c r="L206" s="6"/>
       <c r="M206" s="6"/>
       <c r="N206" s="204"/>
       <c r="O206" s="6"/>
       <c r="P206" s="87"/>
     </row>
     <row r="207" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H207" s="312"/>
-[...6 lines deleted...]
-      <c r="O207" s="337"/>
+      <c r="H207" s="419"/>
+      <c r="I207" s="414"/>
+      <c r="J207" s="414"/>
+      <c r="K207" s="315"/>
+      <c r="L207" s="315"/>
+      <c r="M207" s="315"/>
+      <c r="N207" s="324"/>
+      <c r="O207" s="318"/>
       <c r="P207" s="87"/>
     </row>
     <row r="208" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H208" s="312"/>
-[...6 lines deleted...]
-      <c r="O208" s="337"/>
+      <c r="H208" s="419"/>
+      <c r="I208" s="396"/>
+      <c r="J208" s="396"/>
+      <c r="K208" s="315"/>
+      <c r="L208" s="315"/>
+      <c r="M208" s="315"/>
+      <c r="N208" s="324"/>
+      <c r="O208" s="318"/>
       <c r="P208" s="87"/>
     </row>
     <row r="209" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H209" s="312"/>
-[...6 lines deleted...]
-      <c r="O209" s="337"/>
+      <c r="H209" s="419"/>
+      <c r="I209" s="396"/>
+      <c r="J209" s="396"/>
+      <c r="K209" s="315"/>
+      <c r="L209" s="315"/>
+      <c r="M209" s="315"/>
+      <c r="N209" s="324"/>
+      <c r="O209" s="318"/>
       <c r="P209" s="87"/>
     </row>
     <row r="210" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H210" s="98"/>
-      <c r="I210" s="313"/>
-[...5 lines deleted...]
-      <c r="O210" s="337"/>
+      <c r="I210" s="414"/>
+      <c r="J210" s="414"/>
+      <c r="K210" s="315"/>
+      <c r="L210" s="315"/>
+      <c r="M210" s="315"/>
+      <c r="N210" s="324"/>
+      <c r="O210" s="318"/>
       <c r="P210" s="87"/>
     </row>
     <row r="211" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H211" s="95"/>
-      <c r="I211" s="331"/>
-[...5 lines deleted...]
-      <c r="O211" s="337"/>
+      <c r="I211" s="396"/>
+      <c r="J211" s="396"/>
+      <c r="K211" s="315"/>
+      <c r="L211" s="315"/>
+      <c r="M211" s="315"/>
+      <c r="N211" s="324"/>
+      <c r="O211" s="318"/>
       <c r="P211" s="87"/>
     </row>
     <row r="212" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H212" s="98"/>
-      <c r="I212" s="331"/>
-[...5 lines deleted...]
-      <c r="O212" s="337"/>
+      <c r="I212" s="396"/>
+      <c r="J212" s="396"/>
+      <c r="K212" s="315"/>
+      <c r="L212" s="315"/>
+      <c r="M212" s="315"/>
+      <c r="N212" s="324"/>
+      <c r="O212" s="318"/>
       <c r="P212" s="87"/>
     </row>
     <row r="213" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H213" s="312"/>
+      <c r="H213" s="419"/>
       <c r="I213" s="162"/>
       <c r="J213" s="162"/>
       <c r="K213" s="162"/>
       <c r="L213" s="162"/>
       <c r="M213" s="162"/>
       <c r="O213" s="162"/>
       <c r="P213" s="87"/>
     </row>
     <row r="214" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H214" s="312"/>
+      <c r="H214" s="419"/>
       <c r="I214" s="70"/>
       <c r="J214" s="70"/>
       <c r="K214" s="70"/>
       <c r="L214" s="70"/>
       <c r="M214" s="70"/>
       <c r="O214" s="8"/>
       <c r="P214" s="87"/>
     </row>
     <row r="215" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H215" s="312"/>
+      <c r="H215" s="419"/>
       <c r="P215" s="87"/>
     </row>
     <row r="216" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H216" s="98"/>
       <c r="J216" s="24"/>
       <c r="K216" s="24"/>
       <c r="L216" s="24"/>
       <c r="M216" s="24"/>
       <c r="N216" s="205"/>
       <c r="O216" s="24"/>
       <c r="P216" s="87"/>
     </row>
     <row r="217" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H217" s="95"/>
       <c r="J217" s="24"/>
       <c r="K217" s="24"/>
       <c r="L217" s="24"/>
       <c r="M217" s="24"/>
       <c r="N217" s="205"/>
       <c r="O217" s="24"/>
       <c r="P217" s="87"/>
     </row>
     <row r="218" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H218" s="98"/>
       <c r="J218" s="24"/>
@@ -11678,149 +11675,149 @@
       <c r="N222" s="204"/>
       <c r="O222" s="6"/>
       <c r="P222" s="6"/>
     </row>
     <row r="223" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B223" s="144"/>
       <c r="C223" s="144"/>
       <c r="D223" s="29"/>
       <c r="E223" s="70"/>
       <c r="F223" s="32"/>
       <c r="G223" s="70"/>
       <c r="H223" s="70"/>
       <c r="P223" s="6"/>
     </row>
     <row r="224" spans="2:16" x14ac:dyDescent="0.25">
       <c r="P224" s="6"/>
     </row>
     <row r="225" spans="2:16" x14ac:dyDescent="0.25">
       <c r="P225" s="6"/>
     </row>
     <row r="226" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B226" s="151"/>
     </row>
   </sheetData>
   <mergeCells count="99">
+    <mergeCell ref="H213:H215"/>
+    <mergeCell ref="I210:J210"/>
+    <mergeCell ref="H207:H209"/>
+    <mergeCell ref="I192:J192"/>
+    <mergeCell ref="I193:J193"/>
+    <mergeCell ref="I194:J194"/>
+    <mergeCell ref="I187:J187"/>
+    <mergeCell ref="I188:J188"/>
+    <mergeCell ref="I191:J191"/>
+    <mergeCell ref="I195:J195"/>
+    <mergeCell ref="N210:N212"/>
+    <mergeCell ref="K195:M197"/>
+    <mergeCell ref="I207:J207"/>
+    <mergeCell ref="I208:J208"/>
+    <mergeCell ref="I209:J209"/>
+    <mergeCell ref="I196:J196"/>
+    <mergeCell ref="I197:J197"/>
+    <mergeCell ref="K210:M212"/>
+    <mergeCell ref="O210:O212"/>
+    <mergeCell ref="I211:J211"/>
+    <mergeCell ref="I212:J212"/>
+    <mergeCell ref="B39:O39"/>
+    <mergeCell ref="N168:N170"/>
+    <mergeCell ref="K167:M167"/>
+    <mergeCell ref="B147:O147"/>
+    <mergeCell ref="B162:O162"/>
+    <mergeCell ref="I168:J170"/>
+    <mergeCell ref="B158:O158"/>
+    <mergeCell ref="I167:J167"/>
+    <mergeCell ref="O168:O170"/>
+    <mergeCell ref="B99:O99"/>
+    <mergeCell ref="N171:N173"/>
+    <mergeCell ref="I166:O166"/>
+    <mergeCell ref="B86:O86"/>
+    <mergeCell ref="B57:O57"/>
+    <mergeCell ref="I201:J203"/>
+    <mergeCell ref="I198:J200"/>
+    <mergeCell ref="O201:O203"/>
+    <mergeCell ref="I180:J180"/>
+    <mergeCell ref="K174:M176"/>
+    <mergeCell ref="N174:N176"/>
+    <mergeCell ref="O174:O176"/>
+    <mergeCell ref="I189:J189"/>
+    <mergeCell ref="I190:J190"/>
+    <mergeCell ref="I177:J177"/>
+    <mergeCell ref="I178:J178"/>
+    <mergeCell ref="I179:J179"/>
+    <mergeCell ref="B120:O120"/>
+    <mergeCell ref="I182:J182"/>
+    <mergeCell ref="I173:J173"/>
+    <mergeCell ref="B2:O2"/>
+    <mergeCell ref="B4:O4"/>
+    <mergeCell ref="B14:O14"/>
+    <mergeCell ref="B28:O28"/>
+    <mergeCell ref="B7:O7"/>
+    <mergeCell ref="B3:O3"/>
+    <mergeCell ref="B12:O12"/>
+    <mergeCell ref="B9:O9"/>
+    <mergeCell ref="B8:O8"/>
+    <mergeCell ref="B11:O11"/>
+    <mergeCell ref="O186:O188"/>
+    <mergeCell ref="I174:J176"/>
+    <mergeCell ref="O180:O182"/>
+    <mergeCell ref="N180:N182"/>
+    <mergeCell ref="K180:M182"/>
+    <mergeCell ref="I181:J181"/>
+    <mergeCell ref="O183:O185"/>
+    <mergeCell ref="K177:M179"/>
+    <mergeCell ref="O177:O179"/>
+    <mergeCell ref="N177:N179"/>
+    <mergeCell ref="I183:J185"/>
+    <mergeCell ref="K183:M185"/>
+    <mergeCell ref="N183:N185"/>
+    <mergeCell ref="I186:J186"/>
+    <mergeCell ref="K186:M188"/>
+    <mergeCell ref="N186:N188"/>
+    <mergeCell ref="B135:O135"/>
+    <mergeCell ref="B143:O143"/>
+    <mergeCell ref="I172:J172"/>
+    <mergeCell ref="I171:J171"/>
+    <mergeCell ref="K168:M170"/>
+    <mergeCell ref="O171:O173"/>
+    <mergeCell ref="K171:M173"/>
     <mergeCell ref="O189:O191"/>
     <mergeCell ref="K207:M209"/>
     <mergeCell ref="N201:N203"/>
     <mergeCell ref="K201:M203"/>
     <mergeCell ref="O207:O209"/>
     <mergeCell ref="K198:M200"/>
     <mergeCell ref="N198:N200"/>
     <mergeCell ref="O192:O194"/>
     <mergeCell ref="O195:O197"/>
     <mergeCell ref="N207:N209"/>
     <mergeCell ref="O198:O200"/>
     <mergeCell ref="N195:N197"/>
     <mergeCell ref="K192:M194"/>
     <mergeCell ref="N192:N194"/>
     <mergeCell ref="N189:N191"/>
     <mergeCell ref="K189:M191"/>
-    <mergeCell ref="B135:O135"/>
-[...81 lines deleted...]
-    <mergeCell ref="I194:J194"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="J5" r:id="rId1" xr:uid="{47298CFF-06E7-4B39-A0F6-636DD9976E37}"/>
     <hyperlink ref="B30" r:id="rId2" xr:uid="{C3791F4C-903A-4B27-A804-DB98A4607262}"/>
     <hyperlink ref="B31" r:id="rId3" xr:uid="{1EB0D253-A4D7-4B3A-ADE0-1CE8DDB9469C}"/>
     <hyperlink ref="B23" r:id="rId4" xr:uid="{1FAA1DC3-C1EB-4DF0-A6AD-1F0DC8472856}"/>
     <hyperlink ref="B24" r:id="rId5" xr:uid="{7CEB8FB5-A501-4F39-BBFA-5DE121519576}"/>
     <hyperlink ref="B25" r:id="rId6" xr:uid="{C3BC536F-2875-4D95-B469-F8DE97F2B3EA}"/>
     <hyperlink ref="B26" r:id="rId7" xr:uid="{E80877C2-7AFF-44B5-96DC-13C27F200CEC}"/>
     <hyperlink ref="B34" r:id="rId8" xr:uid="{15F899E1-652D-44B5-B5C9-C38FB6C4FB7C}"/>
     <hyperlink ref="B35" r:id="rId9" xr:uid="{DF4E0BE3-DE30-4754-9786-3BCCA43DF773}"/>
     <hyperlink ref="B37" r:id="rId10" display="J 10.1" xr:uid="{9DF3CD35-9F4D-4B9B-9743-E0BBB34FDC12}"/>
     <hyperlink ref="C32" r:id="rId11" xr:uid="{2AF37B65-F4B6-4666-BB4E-41154A6EDE3F}"/>
     <hyperlink ref="B32" r:id="rId12" xr:uid="{0BDFD18E-9E10-4620-96E5-952AF2EC1059}"/>
     <hyperlink ref="J6" r:id="rId13" xr:uid="{86FE0367-2520-43EC-95BB-6F890574597F}"/>
     <hyperlink ref="C59" r:id="rId14" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{3C258BEE-76FF-4D27-8F4A-53886FF43BA3}"/>
     <hyperlink ref="B59" r:id="rId15" xr:uid="{841FA687-BA7C-4E2C-8645-3883981E5AB4}"/>
     <hyperlink ref="B93" r:id="rId16" xr:uid="{8DE26607-D74A-49CF-9275-2C671D7397DF}"/>
     <hyperlink ref="B94" r:id="rId17" xr:uid="{501B7B77-E56F-491D-B44A-975F8C0748B8}"/>
     <hyperlink ref="B95" r:id="rId18" xr:uid="{8250DAAD-20BC-41BA-A3EE-8F6C520B625B}"/>
     <hyperlink ref="C88" r:id="rId19" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{3C77F52C-F86E-4F18-91C3-F251B1B059E2}"/>
     <hyperlink ref="B88" r:id="rId20" xr:uid="{93D305D6-80AD-4A12-B676-473E162B7975}"/>
     <hyperlink ref="B65" r:id="rId21" xr:uid="{48B6E5B0-7A15-4360-99D8-B84ADC4A5ECF}"/>
     <hyperlink ref="C150" r:id="rId22" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{A0236471-C190-4E58-B273-13054DDECE53}"/>
     <hyperlink ref="C151" r:id="rId23" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{C2600744-2D33-4C3F-9910-4BC05AEED230}"/>