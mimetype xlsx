--- v2 (2026-01-08)
+++ v3 (2026-02-01)
@@ -3,86 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\cpeusers\MFlower\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\CPEUsers\MFlower\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{354D2FD6-D119-4019-9C03-5D60994B0499}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{649BAE68-CD72-434C-81FA-F2D8C78B68E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$15:$R$15</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$1:$O$223</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$1:$O$228</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1396" uniqueCount="512">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1446" uniqueCount="531">
   <si>
     <t xml:space="preserve">Description </t>
   </si>
   <si>
     <t xml:space="preserve">Dealer </t>
   </si>
   <si>
     <t xml:space="preserve">Make </t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Dodge</t>
   </si>
   <si>
     <t xml:space="preserve">Ford </t>
   </si>
   <si>
     <t>Stiver's Ford</t>
   </si>
   <si>
@@ -1975,50 +1975,133 @@
         <scheme val="minor"/>
       </rPr>
       <t>, 4.3L V6, 9,600 GVWR</t>
     </r>
   </si>
   <si>
     <t>EV 1</t>
   </si>
   <si>
     <t>W1B</t>
   </si>
   <si>
     <t xml:space="preserve">Stivers </t>
   </si>
   <si>
     <t>F150 Lightning</t>
   </si>
   <si>
     <t>All Electric, SuperCrew, 5.5 bed, 4x4, 536 HP, 775 Torque,  2189 Payload, 7700 Towing Capacity, 8550 GVWR, Range 240</t>
   </si>
   <si>
     <t>4 Dr Utility, FWD, 5-Passsenger, 4 cyl. Engine, 25.3 Cu. Ft. Cargo capacity behind rear seat</t>
   </si>
   <si>
     <t>CLOSING MARCH 1ST</t>
+  </si>
+  <si>
+    <t>SUV 17</t>
+  </si>
+  <si>
+    <t>SUV 18</t>
+  </si>
+  <si>
+    <t>SUV 19</t>
+  </si>
+  <si>
+    <t>Latitude</t>
+  </si>
+  <si>
+    <t>4 DR Small SUV, AWD, 4 Cyl, 2.0L, Cargo capcity 27.2 Cu. Ft. behind rear seat</t>
+  </si>
+  <si>
+    <t>MPJM74</t>
+  </si>
+  <si>
+    <t>Stew Hansen</t>
+  </si>
+  <si>
+    <t>Laredo</t>
+  </si>
+  <si>
+    <t>WLJH74</t>
+  </si>
+  <si>
+    <t>WLJH75</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">4 DR Midsize SUV, AWD, 6 Cyl, 3.6L, Cargo capcity 37.7 Cu. Ft. behind rear seat, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2 Row seating</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">4 Dr Large SUV, 4X4, V6, 3.6L, Cargo capacity 17.2 Cu. Ft. behind rear seat, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>3 Row Seating</t>
+    </r>
+  </si>
+  <si>
+    <t>HEV 16</t>
+  </si>
+  <si>
+    <t>Cherokee Sport</t>
+  </si>
+  <si>
+    <t>Hybrid Electric, AWD, 4 Cyl, 1.6L, 33.6 Cargo capacity behind rear seat</t>
+  </si>
+  <si>
+    <t>VAN 12</t>
+  </si>
+  <si>
+    <t>Pacifica</t>
+  </si>
+  <si>
+    <t>Small Passenger Van, FWD, 8-passenger, V6, 3.6L, 1534 payload, 121.6 WB</t>
+  </si>
+  <si>
+    <t>RUCH53</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2305,51 +2388,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="42">
+  <borders count="43">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -2830,57 +2913,68 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="426">
+  <cellXfs count="439">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -3503,53 +3597,50 @@
     <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="12" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -3606,53 +3697,50 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="12" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="12" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="19" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3695,96 +3783,136 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="8" fontId="9" fillId="12" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="9" fillId="12" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="34" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="15" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="15" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="15" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="8" fontId="9" fillId="12" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="8" fontId="9" fillId="12" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="15" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -4116,89 +4244,92 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="15" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FFF6F67E"/>
       <color rgb="FF0066FF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>2233083</xdr:colOff>
-      <xdr:row>214</xdr:row>
+      <xdr:row>219</xdr:row>
       <xdr:rowOff>21166</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="184731" cy="264560"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="17335500" y="92371333"/>
           <a:ext cx="184731" cy="264560"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -4494,321 +4625,321 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e4915bdf-6e5e-4d2a-8f51-cadf95d0b90b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9c9cb32d-80f4-431e-92be-bc71a6c13c56" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1ada532-b471-4332-ba4f-c5f4750753c7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b56771e3-cd88-4aed-b489-4c131b9cdcd0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/1910/download?inline" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ca641d31-750b-42ff-94e4-7ce7d5e4099c" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9291c125-194e-4cf8-be9a-e7d1d65dc1a3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/5c1b0456-5f07-4124-9c37-53a89cef61d4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/81382758-cf80-413d-b967-6b640f656575" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c43440c4-819a-4a1d-9922-ee5bbbae7368" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/35eed5b7-5214-4363-ac68-1b65f4f052fa" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1d1dc33-15fd-4a28-81f5-e59047130ae5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c9f41ed0-df3b-49d2-a562-7c65c6be693e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/35eed5b7-5214-4363-ac68-1b65f4f052fa" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1763e996-6d5e-4679-a574-f61c41ca4864" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ed7a2367-2ecc-478a-806c-cf06e909ca0e" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bbb1268f-0fa7-4217-8bf8-097f28e52573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/AwardedContracts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3fbfbec-dd34-4751-b340-35044effe9cc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c43440c4-819a-4a1d-9922-ee5bbbae7368" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/eed8637d-6148-452a-b90f-17524730c3ac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3edfcd8-ba05-4b32-99f1-47b34ad73106" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e4915bdf-6e5e-4d2a-8f51-cadf95d0b90b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9c9cb32d-80f4-431e-92be-bc71a6c13c56" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1ada532-b471-4332-ba4f-c5f4750753c7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b56771e3-cd88-4aed-b489-4c131b9cdcd0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/1910/download?inline" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ca641d31-750b-42ff-94e4-7ce7d5e4099c" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9291c125-194e-4cf8-be9a-e7d1d65dc1a3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/5c1b0456-5f07-4124-9c37-53a89cef61d4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/81382758-cf80-413d-b967-6b640f656575" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1d1dc33-15fd-4a28-81f5-e59047130ae5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c9f41ed0-df3b-49d2-a562-7c65c6be693e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1763e996-6d5e-4679-a574-f61c41ca4864" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ed7a2367-2ecc-478a-806c-cf06e909ca0e" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bbb1268f-0fa7-4217-8bf8-097f28e52573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/AwardedContracts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3fbfbec-dd34-4751-b340-35044effe9cc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/eed8637d-6148-452a-b90f-17524730c3ac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3edfcd8-ba05-4b32-99f1-47b34ad73106" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q226"/>
+  <dimension ref="A1:Q231"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A96" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
-      <selection activeCell="E106" sqref="E106"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A162" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
+      <selection activeCell="D136" sqref="D136"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" style="146" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.28515625" style="138" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" style="26" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.42578125" style="89" customWidth="1"/>
     <col min="6" max="6" width="14.5703125" style="90" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="20.42578125" style="91" customWidth="1"/>
     <col min="9" max="9" width="18.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="88.85546875" style="92" customWidth="1"/>
     <col min="11" max="11" width="16.5703125" style="91" customWidth="1"/>
     <col min="12" max="12" width="10" style="91" customWidth="1"/>
     <col min="13" max="13" width="12.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="30.140625" style="164" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="40.85546875" style="2" customWidth="1"/>
     <col min="16" max="16" width="4.140625" style="93" customWidth="1"/>
     <col min="17" max="17" width="1.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B1" s="145"/>
       <c r="C1" s="136"/>
       <c r="D1" s="25"/>
       <c r="E1" s="84"/>
       <c r="F1" s="85"/>
       <c r="G1" s="83"/>
       <c r="H1" s="83"/>
       <c r="I1" s="83"/>
       <c r="J1" s="86"/>
       <c r="K1" s="83"/>
       <c r="L1" s="83"/>
       <c r="M1" s="83"/>
       <c r="N1" s="192"/>
       <c r="O1" s="3"/>
       <c r="P1" s="87"/>
     </row>
     <row r="2" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B2" s="362" t="s">
+      <c r="B2" s="374" t="s">
         <v>450</v>
       </c>
-      <c r="C2" s="362"/>
-[...11 lines deleted...]
-      <c r="O2" s="362"/>
+      <c r="C2" s="374"/>
+      <c r="D2" s="374"/>
+      <c r="E2" s="374"/>
+      <c r="F2" s="374"/>
+      <c r="G2" s="374"/>
+      <c r="H2" s="374"/>
+      <c r="I2" s="374"/>
+      <c r="J2" s="374"/>
+      <c r="K2" s="374"/>
+      <c r="L2" s="374"/>
+      <c r="M2" s="374"/>
+      <c r="N2" s="374"/>
+      <c r="O2" s="374"/>
       <c r="P2" s="19"/>
     </row>
     <row r="3" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B3" s="368"/>
-[...12 lines deleted...]
-      <c r="O3" s="368"/>
+      <c r="B3" s="380"/>
+      <c r="C3" s="380"/>
+      <c r="D3" s="380"/>
+      <c r="E3" s="380"/>
+      <c r="F3" s="380"/>
+      <c r="G3" s="380"/>
+      <c r="H3" s="380"/>
+      <c r="I3" s="380"/>
+      <c r="J3" s="380"/>
+      <c r="K3" s="380"/>
+      <c r="L3" s="380"/>
+      <c r="M3" s="380"/>
+      <c r="N3" s="380"/>
+      <c r="O3" s="380"/>
       <c r="P3" s="19"/>
     </row>
     <row r="4" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B4" s="363" t="s">
+      <c r="B4" s="375" t="s">
         <v>236</v>
       </c>
-      <c r="C4" s="363"/>
-[...11 lines deleted...]
-      <c r="O4" s="363"/>
+      <c r="C4" s="375"/>
+      <c r="D4" s="375"/>
+      <c r="E4" s="375"/>
+      <c r="F4" s="375"/>
+      <c r="G4" s="375"/>
+      <c r="H4" s="375"/>
+      <c r="I4" s="375"/>
+      <c r="J4" s="375"/>
+      <c r="K4" s="375"/>
+      <c r="L4" s="375"/>
+      <c r="M4" s="375"/>
+      <c r="N4" s="375"/>
+      <c r="O4" s="375"/>
       <c r="P4" s="88"/>
     </row>
     <row r="5" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B5" s="137"/>
       <c r="C5" s="137"/>
       <c r="D5" s="124"/>
       <c r="E5" s="124"/>
       <c r="F5" s="124"/>
       <c r="G5" s="124"/>
       <c r="H5" s="124"/>
       <c r="I5" s="124"/>
       <c r="J5" s="133" t="s">
         <v>247</v>
       </c>
       <c r="K5" s="124"/>
       <c r="L5" s="124"/>
       <c r="M5" s="124"/>
       <c r="N5" s="202"/>
       <c r="O5" s="124"/>
       <c r="P5" s="88"/>
     </row>
     <row r="6" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B6" s="137"/>
       <c r="C6" s="137"/>
       <c r="D6" s="124"/>
       <c r="E6" s="124"/>
       <c r="F6" s="124"/>
       <c r="G6" s="124"/>
       <c r="H6" s="124"/>
       <c r="I6" s="124"/>
       <c r="J6" s="125" t="s">
         <v>239</v>
       </c>
       <c r="K6" s="124"/>
       <c r="L6" s="124"/>
       <c r="M6" s="124"/>
       <c r="N6" s="202"/>
       <c r="O6" s="124"/>
       <c r="P6" s="88"/>
     </row>
     <row r="7" spans="2:16" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="367" t="s">
+      <c r="B7" s="379" t="s">
         <v>237</v>
       </c>
-      <c r="C7" s="367"/>
-[...11 lines deleted...]
-      <c r="O7" s="367"/>
+      <c r="C7" s="379"/>
+      <c r="D7" s="379"/>
+      <c r="E7" s="379"/>
+      <c r="F7" s="379"/>
+      <c r="G7" s="379"/>
+      <c r="H7" s="379"/>
+      <c r="I7" s="379"/>
+      <c r="J7" s="379"/>
+      <c r="K7" s="379"/>
+      <c r="L7" s="379"/>
+      <c r="M7" s="379"/>
+      <c r="N7" s="379"/>
+      <c r="O7" s="379"/>
       <c r="P7" s="11"/>
     </row>
     <row r="8" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B8" s="372" t="s">
+      <c r="B8" s="384" t="s">
         <v>68</v>
       </c>
-      <c r="C8" s="372"/>
-[...11 lines deleted...]
-      <c r="O8" s="372"/>
+      <c r="C8" s="384"/>
+      <c r="D8" s="384"/>
+      <c r="E8" s="384"/>
+      <c r="F8" s="384"/>
+      <c r="G8" s="384"/>
+      <c r="H8" s="384"/>
+      <c r="I8" s="384"/>
+      <c r="J8" s="384"/>
+      <c r="K8" s="384"/>
+      <c r="L8" s="384"/>
+      <c r="M8" s="384"/>
+      <c r="N8" s="384"/>
+      <c r="O8" s="384"/>
       <c r="P8" s="20"/>
     </row>
     <row r="9" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B9" s="371" t="s">
+      <c r="B9" s="383" t="s">
         <v>69</v>
       </c>
-      <c r="C9" s="371"/>
-[...11 lines deleted...]
-      <c r="O9" s="371"/>
+      <c r="C9" s="383"/>
+      <c r="D9" s="383"/>
+      <c r="E9" s="383"/>
+      <c r="F9" s="383"/>
+      <c r="G9" s="383"/>
+      <c r="H9" s="383"/>
+      <c r="I9" s="383"/>
+      <c r="J9" s="383"/>
+      <c r="K9" s="383"/>
+      <c r="L9" s="383"/>
+      <c r="M9" s="383"/>
+      <c r="N9" s="383"/>
+      <c r="O9" s="383"/>
       <c r="P9" s="20"/>
     </row>
     <row r="10" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B10" s="138"/>
       <c r="G10" s="89"/>
       <c r="H10" s="89"/>
       <c r="I10" s="89"/>
       <c r="J10" s="89"/>
       <c r="K10" s="89"/>
       <c r="L10" s="89"/>
       <c r="M10" s="89"/>
       <c r="O10" s="89"/>
       <c r="P10" s="89"/>
     </row>
     <row r="11" spans="2:16" s="9" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="373" t="s">
+      <c r="B11" s="385" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="373"/>
-[...11 lines deleted...]
-      <c r="O11" s="373"/>
+      <c r="C11" s="385"/>
+      <c r="D11" s="385"/>
+      <c r="E11" s="385"/>
+      <c r="F11" s="385"/>
+      <c r="G11" s="385"/>
+      <c r="H11" s="385"/>
+      <c r="I11" s="385"/>
+      <c r="J11" s="385"/>
+      <c r="K11" s="385"/>
+      <c r="L11" s="385"/>
+      <c r="M11" s="385"/>
+      <c r="N11" s="385"/>
+      <c r="O11" s="385"/>
       <c r="P11" s="10"/>
     </row>
     <row r="12" spans="2:16" s="22" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="369" t="s">
+      <c r="B12" s="381" t="s">
         <v>73</v>
       </c>
-      <c r="C12" s="370"/>
-[...11 lines deleted...]
-      <c r="O12" s="370"/>
+      <c r="C12" s="382"/>
+      <c r="D12" s="382"/>
+      <c r="E12" s="382"/>
+      <c r="F12" s="382"/>
+      <c r="G12" s="382"/>
+      <c r="H12" s="382"/>
+      <c r="I12" s="382"/>
+      <c r="J12" s="382"/>
+      <c r="K12" s="382"/>
+      <c r="L12" s="382"/>
+      <c r="M12" s="382"/>
+      <c r="N12" s="382"/>
+      <c r="O12" s="382"/>
       <c r="P12" s="23"/>
     </row>
     <row r="13" spans="2:16" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="14" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B14" s="364" t="s">
+      <c r="B14" s="376" t="s">
         <v>66</v>
       </c>
-      <c r="C14" s="365"/>
-[...11 lines deleted...]
-      <c r="O14" s="366"/>
+      <c r="C14" s="377"/>
+      <c r="D14" s="377"/>
+      <c r="E14" s="377"/>
+      <c r="F14" s="377"/>
+      <c r="G14" s="377"/>
+      <c r="H14" s="377"/>
+      <c r="I14" s="377"/>
+      <c r="J14" s="377"/>
+      <c r="K14" s="377"/>
+      <c r="L14" s="377"/>
+      <c r="M14" s="377"/>
+      <c r="N14" s="377"/>
+      <c r="O14" s="378"/>
       <c r="P14" s="14"/>
     </row>
     <row r="15" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B15" s="206" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="207" t="s">
         <v>218</v>
       </c>
       <c r="D15" s="208" t="s">
         <v>206</v>
       </c>
       <c r="E15" s="209" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="210" t="s">
         <v>40</v>
       </c>
       <c r="G15" s="211" t="s">
         <v>2</v>
       </c>
       <c r="H15" s="211" t="s">
         <v>3</v>
       </c>
       <c r="I15" s="211" t="s">
@@ -5014,141 +5145,141 @@
       </c>
       <c r="P19" s="7"/>
     </row>
     <row r="20" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B20" s="229" t="s">
         <v>299</v>
       </c>
       <c r="C20" s="123" t="s">
         <v>302</v>
       </c>
       <c r="D20" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E20" s="39">
         <v>2026</v>
       </c>
       <c r="F20" s="40">
         <v>46309</v>
       </c>
       <c r="G20" s="215" t="s">
         <v>8</v>
       </c>
       <c r="H20" s="215" t="s">
         <v>10</v>
       </c>
-      <c r="I20" s="233" t="s">
+      <c r="I20" s="232" t="s">
         <v>30</v>
       </c>
       <c r="J20" s="43" t="s">
         <v>132</v>
       </c>
       <c r="K20" s="215" t="s">
         <v>84</v>
       </c>
       <c r="L20" s="215" t="s">
         <v>41</v>
       </c>
       <c r="M20" s="215" t="s">
         <v>41</v>
       </c>
       <c r="N20" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O20" s="169">
         <v>49024</v>
       </c>
       <c r="P20" s="7"/>
     </row>
     <row r="21" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B21" s="229" t="s">
         <v>300</v>
       </c>
       <c r="C21" s="123" t="s">
         <v>302</v>
       </c>
       <c r="D21" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E21" s="39">
         <v>2026</v>
       </c>
       <c r="F21" s="40">
         <v>46309</v>
       </c>
       <c r="G21" s="215" t="s">
         <v>8</v>
       </c>
       <c r="H21" s="215" t="s">
         <v>10</v>
       </c>
-      <c r="I21" s="233" t="s">
+      <c r="I21" s="232" t="s">
         <v>30</v>
       </c>
       <c r="J21" s="43" t="s">
         <v>288</v>
       </c>
       <c r="K21" s="215" t="s">
         <v>84</v>
       </c>
       <c r="L21" s="215" t="s">
         <v>41</v>
       </c>
       <c r="M21" s="215" t="s">
         <v>41</v>
       </c>
       <c r="N21" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O21" s="169">
         <v>52063</v>
       </c>
       <c r="P21" s="7"/>
     </row>
     <row r="22" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B22" s="229" t="s">
         <v>301</v>
       </c>
       <c r="C22" s="123" t="s">
         <v>302</v>
       </c>
       <c r="D22" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E22" s="39">
         <v>2026</v>
       </c>
       <c r="F22" s="40">
         <v>46309</v>
       </c>
       <c r="G22" s="215" t="s">
         <v>8</v>
       </c>
       <c r="H22" s="215" t="s">
         <v>10</v>
       </c>
-      <c r="I22" s="233" t="s">
+      <c r="I22" s="232" t="s">
         <v>30</v>
       </c>
       <c r="J22" s="43" t="s">
         <v>289</v>
       </c>
       <c r="K22" s="215" t="s">
         <v>84</v>
       </c>
       <c r="L22" s="215" t="s">
         <v>41</v>
       </c>
       <c r="M22" s="215" t="s">
         <v>41</v>
       </c>
       <c r="N22" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O22" s="169">
         <v>52336</v>
       </c>
       <c r="P22" s="7"/>
     </row>
     <row r="23" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B23" s="127" t="s">
         <v>240</v>
@@ -5311,66 +5442,66 @@
       </c>
       <c r="J26" s="49" t="s">
         <v>341</v>
       </c>
       <c r="K26" s="48" t="s">
         <v>124</v>
       </c>
       <c r="L26" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M26" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N26" s="152" t="s">
         <v>18</v>
       </c>
       <c r="O26" s="171">
         <v>49322.8</v>
       </c>
       <c r="P26" s="7"/>
     </row>
     <row r="27" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="P27" s="87"/>
     </row>
     <row r="28" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B28" s="364" t="s">
+      <c r="B28" s="376" t="s">
         <v>67</v>
       </c>
-      <c r="C28" s="365"/>
-[...11 lines deleted...]
-      <c r="O28" s="366"/>
+      <c r="C28" s="377"/>
+      <c r="D28" s="377"/>
+      <c r="E28" s="377"/>
+      <c r="F28" s="377"/>
+      <c r="G28" s="377"/>
+      <c r="H28" s="377"/>
+      <c r="I28" s="377"/>
+      <c r="J28" s="377"/>
+      <c r="K28" s="377"/>
+      <c r="L28" s="377"/>
+      <c r="M28" s="377"/>
+      <c r="N28" s="377"/>
+      <c r="O28" s="378"/>
       <c r="P28" s="14"/>
     </row>
     <row r="29" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B29" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D29" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E29" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F29" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G29" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H29" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I29" s="80" t="s">
@@ -5651,52 +5782,52 @@
       </c>
       <c r="K35" s="219" t="s">
         <v>126</v>
       </c>
       <c r="L35" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M35" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N35" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O35" s="168">
         <v>47314.5</v>
       </c>
       <c r="P35" s="15"/>
     </row>
     <row r="36" spans="1:16" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="127" t="s">
         <v>246</v>
       </c>
       <c r="C36" s="123" t="s">
         <v>404</v>
       </c>
-      <c r="D36" s="39" t="s">
-        <v>121</v>
+      <c r="D36" s="308" t="s">
+        <v>122</v>
       </c>
       <c r="E36" s="39">
         <v>2026</v>
       </c>
       <c r="F36" s="40">
         <v>46309</v>
       </c>
       <c r="G36" s="219" t="s">
         <v>21</v>
       </c>
       <c r="H36" s="219" t="s">
         <v>102</v>
       </c>
       <c r="I36" s="41" t="s">
         <v>151</v>
       </c>
       <c r="J36" s="42" t="s">
         <v>344</v>
       </c>
       <c r="K36" s="219" t="s">
         <v>103</v>
       </c>
       <c r="L36" s="219" t="s">
         <v>41</v>
       </c>
@@ -5752,115 +5883,115 @@
         <v>18</v>
       </c>
       <c r="O37" s="228">
         <v>37728.19</v>
       </c>
       <c r="P37" s="7"/>
     </row>
     <row r="38" spans="1:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="140"/>
       <c r="C38" s="134"/>
       <c r="D38" s="17"/>
       <c r="E38" s="17"/>
       <c r="F38" s="12"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="94"/>
       <c r="J38" s="97"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="194"/>
       <c r="O38" s="18"/>
       <c r="P38" s="7"/>
     </row>
     <row r="39" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B39" s="374" t="s">
+      <c r="B39" s="386" t="s">
         <v>207</v>
       </c>
-      <c r="C39" s="375"/>
-[...11 lines deleted...]
-      <c r="O39" s="376"/>
+      <c r="C39" s="387"/>
+      <c r="D39" s="387"/>
+      <c r="E39" s="387"/>
+      <c r="F39" s="387"/>
+      <c r="G39" s="387"/>
+      <c r="H39" s="387"/>
+      <c r="I39" s="387"/>
+      <c r="J39" s="387"/>
+      <c r="K39" s="387"/>
+      <c r="L39" s="387"/>
+      <c r="M39" s="387"/>
+      <c r="N39" s="387"/>
+      <c r="O39" s="388"/>
       <c r="P39" s="14"/>
     </row>
     <row r="40" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B40" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C40" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D40" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E40" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F40" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G40" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H40" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I40" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J40" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K40" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L40" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M40" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N40" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O40" s="167" t="s">
         <v>268</v>
       </c>
       <c r="P40" s="82"/>
     </row>
     <row r="41" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B41" s="232" t="s">
+      <c r="B41" s="231" t="s">
         <v>225</v>
       </c>
       <c r="C41" s="131" t="s">
         <v>402</v>
       </c>
       <c r="D41" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E41" s="63">
         <v>2026</v>
       </c>
       <c r="F41" s="64">
         <v>46224</v>
       </c>
       <c r="G41" s="215" t="s">
         <v>115</v>
       </c>
       <c r="H41" s="215">
         <v>1500</v>
       </c>
       <c r="I41" s="215" t="s">
         <v>30</v>
       </c>
       <c r="J41" s="42" t="s">
         <v>351</v>
@@ -6050,143 +6181,143 @@
       <c r="K45" s="60" t="s">
         <v>254</v>
       </c>
       <c r="L45" s="60" t="s">
         <v>41</v>
       </c>
       <c r="M45" s="62" t="s">
         <v>41</v>
       </c>
       <c r="N45" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O45" s="174">
         <v>34751.800000000003</v>
       </c>
       <c r="P45" s="7"/>
     </row>
     <row r="46" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A46" s="5"/>
       <c r="B46" s="129" t="s">
         <v>303</v>
       </c>
       <c r="C46" s="123">
         <v>26052</v>
       </c>
-      <c r="D46" s="285" t="s">
+      <c r="D46" s="283" t="s">
         <v>511</v>
       </c>
       <c r="E46" s="39">
         <v>2026</v>
       </c>
       <c r="F46" s="40">
         <v>46295</v>
       </c>
       <c r="G46" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H46" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I46" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J46" s="58" t="s">
         <v>308</v>
       </c>
       <c r="K46" s="51" t="s">
         <v>304</v>
       </c>
       <c r="L46" s="51" t="s">
         <v>305</v>
       </c>
       <c r="M46" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N46" s="219" t="s">
         <v>306</v>
       </c>
       <c r="O46" s="173">
         <v>36250</v>
       </c>
       <c r="P46" s="94"/>
     </row>
     <row r="47" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A47" s="5"/>
       <c r="B47" s="129" t="s">
         <v>397</v>
       </c>
       <c r="C47" s="123">
         <v>26053</v>
       </c>
-      <c r="D47" s="285" t="s">
+      <c r="D47" s="283" t="s">
         <v>511</v>
       </c>
       <c r="E47" s="39">
         <v>2026</v>
       </c>
       <c r="F47" s="40" t="s">
         <v>280</v>
       </c>
       <c r="G47" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H47" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I47" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J47" s="58" t="s">
         <v>399</v>
       </c>
       <c r="K47" s="51" t="s">
         <v>400</v>
       </c>
       <c r="L47" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M47" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N47" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O47" s="173">
         <v>36605.5</v>
       </c>
       <c r="P47" s="94"/>
     </row>
     <row r="48" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A48" s="5"/>
       <c r="B48" s="129" t="s">
         <v>398</v>
       </c>
       <c r="C48" s="123">
         <v>26053</v>
       </c>
-      <c r="D48" s="285" t="s">
+      <c r="D48" s="283" t="s">
         <v>511</v>
       </c>
       <c r="E48" s="39">
         <v>2026</v>
       </c>
       <c r="F48" s="40" t="s">
         <v>280</v>
       </c>
       <c r="G48" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H48" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I48" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J48" s="58" t="s">
         <v>401</v>
       </c>
       <c r="K48" s="51" t="s">
         <v>126</v>
       </c>
       <c r="L48" s="51" t="s">
         <v>41</v>
@@ -6318,1172 +6449,1172 @@
       </c>
       <c r="I51" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J51" s="42" t="s">
         <v>318</v>
       </c>
       <c r="K51" s="219" t="s">
         <v>183</v>
       </c>
       <c r="L51" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M51" s="219" t="s">
         <v>49</v>
       </c>
       <c r="N51" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O51" s="168">
         <v>36806</v>
       </c>
       <c r="P51" s="7"/>
     </row>
     <row r="52" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B52" s="128" t="s">
+      <c r="B52" s="160" t="s">
         <v>319</v>
       </c>
       <c r="C52" s="123">
         <v>26064</v>
       </c>
       <c r="D52" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E52" s="39">
         <v>2026</v>
       </c>
       <c r="F52" s="40">
         <v>46295</v>
       </c>
       <c r="G52" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H52" s="219" t="s">
         <v>10</v>
       </c>
       <c r="I52" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J52" s="42" t="s">
         <v>320</v>
       </c>
       <c r="K52" s="219" t="s">
         <v>185</v>
       </c>
       <c r="L52" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M52" s="219" t="s">
         <v>49</v>
       </c>
       <c r="N52" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O52" s="168">
         <v>39124</v>
       </c>
       <c r="P52" s="7"/>
     </row>
     <row r="53" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B53" s="128" t="s">
+      <c r="B53" s="160" t="s">
         <v>350</v>
       </c>
       <c r="C53" s="123">
         <v>26064</v>
       </c>
       <c r="D53" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E53" s="39">
         <v>2026</v>
       </c>
       <c r="F53" s="40">
         <v>46295</v>
       </c>
       <c r="G53" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H53" s="219" t="s">
         <v>10</v>
       </c>
       <c r="I53" s="219" t="s">
         <v>30</v>
       </c>
       <c r="J53" s="42" t="s">
         <v>321</v>
       </c>
       <c r="K53" s="219" t="s">
         <v>184</v>
       </c>
       <c r="L53" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M53" s="219" t="s">
         <v>49</v>
       </c>
       <c r="N53" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O53" s="168">
         <v>40794</v>
       </c>
       <c r="P53" s="7"/>
     </row>
     <row r="54" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="33"/>
-      <c r="B54" s="128" t="s">
+      <c r="B54" s="160" t="s">
         <v>322</v>
       </c>
       <c r="C54" s="123">
         <v>26064</v>
       </c>
       <c r="D54" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E54" s="39">
         <v>2026</v>
       </c>
       <c r="F54" s="40">
         <v>46295</v>
       </c>
       <c r="G54" s="219" t="s">
         <v>8</v>
       </c>
       <c r="H54" s="219" t="s">
         <v>74</v>
       </c>
       <c r="I54" s="219" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="42" t="s">
         <v>323</v>
       </c>
       <c r="K54" s="219" t="s">
         <v>349</v>
       </c>
       <c r="L54" s="219" t="s">
         <v>41</v>
       </c>
       <c r="M54" s="219" t="s">
         <v>41</v>
       </c>
       <c r="N54" s="219" t="s">
         <v>7</v>
       </c>
       <c r="O54" s="168">
         <v>33533</v>
       </c>
       <c r="P54" s="7"/>
     </row>
     <row r="55" spans="1:16" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="33"/>
-      <c r="B55" s="130" t="s">
+      <c r="B55" s="314" t="s">
         <v>325</v>
       </c>
       <c r="C55" s="126">
         <v>26064</v>
       </c>
       <c r="D55" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E55" s="46">
         <v>2026</v>
       </c>
       <c r="F55" s="47">
         <v>46295</v>
       </c>
       <c r="G55" s="56" t="s">
         <v>8</v>
       </c>
       <c r="H55" s="56" t="s">
         <v>127</v>
       </c>
       <c r="I55" s="56" t="s">
         <v>30</v>
       </c>
-      <c r="J55" s="236" t="s">
+      <c r="J55" s="235" t="s">
         <v>326</v>
       </c>
       <c r="K55" s="56" t="s">
         <v>324</v>
       </c>
       <c r="L55" s="56" t="s">
         <v>41</v>
       </c>
-      <c r="M55" s="237" t="s">
+      <c r="M55" s="236" t="s">
         <v>41</v>
       </c>
       <c r="N55" s="45" t="s">
         <v>7</v>
       </c>
-      <c r="O55" s="238">
+      <c r="O55" s="237">
         <v>26221</v>
       </c>
       <c r="P55" s="7"/>
     </row>
     <row r="56" spans="1:16" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B56" s="147"/>
       <c r="C56" s="134"/>
       <c r="D56" s="17"/>
       <c r="E56" s="17"/>
       <c r="F56" s="12"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="100"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
       <c r="N56" s="194"/>
       <c r="O56" s="4"/>
       <c r="P56" s="94"/>
     </row>
     <row r="57" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B57" s="374" t="s">
+      <c r="B57" s="386" t="s">
         <v>407</v>
       </c>
-      <c r="C57" s="375"/>
-[...11 lines deleted...]
-      <c r="O57" s="376"/>
+      <c r="C57" s="387"/>
+      <c r="D57" s="387"/>
+      <c r="E57" s="387"/>
+      <c r="F57" s="387"/>
+      <c r="G57" s="387"/>
+      <c r="H57" s="387"/>
+      <c r="I57" s="387"/>
+      <c r="J57" s="387"/>
+      <c r="K57" s="387"/>
+      <c r="L57" s="387"/>
+      <c r="M57" s="387"/>
+      <c r="N57" s="387"/>
+      <c r="O57" s="388"/>
       <c r="P57" s="14"/>
     </row>
     <row r="58" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B58" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C58" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D58" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E58" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F58" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G58" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H58" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I58" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J58" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K58" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L58" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M58" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N58" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O58" s="167" t="s">
         <v>268</v>
       </c>
       <c r="P58" s="82"/>
     </row>
     <row r="59" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B59" s="243" t="s">
+      <c r="B59" s="242" t="s">
         <v>418</v>
       </c>
-      <c r="C59" s="244">
+      <c r="C59" s="243">
         <v>26054</v>
       </c>
       <c r="D59" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E59" s="65">
         <v>2026</v>
       </c>
-      <c r="F59" s="240">
+      <c r="F59" s="239">
         <v>46295</v>
       </c>
       <c r="G59" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H59" s="52">
         <v>2500</v>
       </c>
       <c r="I59" s="52" t="s">
         <v>31</v>
       </c>
       <c r="J59" s="53" t="s">
         <v>419</v>
       </c>
       <c r="K59" s="52" t="s">
         <v>50</v>
       </c>
       <c r="L59" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M59" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N59" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O59" s="241">
+      <c r="O59" s="240">
         <v>41309</v>
       </c>
-      <c r="P59" s="242"/>
+      <c r="P59" s="241"/>
     </row>
     <row r="60" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B60" s="243" t="s">
+      <c r="B60" s="242" t="s">
         <v>420</v>
       </c>
-      <c r="C60" s="244">
+      <c r="C60" s="243">
         <v>26054</v>
       </c>
       <c r="D60" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E60" s="65">
         <v>2026</v>
       </c>
-      <c r="F60" s="240">
+      <c r="F60" s="239">
         <v>46295</v>
       </c>
       <c r="G60" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H60" s="52">
         <v>3500</v>
       </c>
       <c r="I60" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="53" t="s">
         <v>421</v>
       </c>
       <c r="K60" s="52" t="s">
         <v>51</v>
       </c>
       <c r="L60" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M60" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N60" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O60" s="241">
+      <c r="O60" s="240">
         <v>41631</v>
       </c>
-      <c r="P60" s="242"/>
+      <c r="P60" s="241"/>
     </row>
     <row r="61" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B61" s="243" t="s">
+      <c r="B61" s="242" t="s">
         <v>422</v>
       </c>
-      <c r="C61" s="244">
+      <c r="C61" s="243">
         <v>26054</v>
       </c>
       <c r="D61" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E61" s="65">
         <v>2026</v>
       </c>
-      <c r="F61" s="240">
+      <c r="F61" s="239">
         <v>46295</v>
       </c>
       <c r="G61" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H61" s="52">
         <v>3500</v>
       </c>
       <c r="I61" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="53" t="s">
         <v>423</v>
       </c>
       <c r="K61" s="52" t="s">
         <v>52</v>
       </c>
       <c r="L61" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M61" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N61" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O61" s="241">
+      <c r="O61" s="240">
         <v>42614</v>
       </c>
-      <c r="P61" s="242"/>
+      <c r="P61" s="241"/>
     </row>
     <row r="62" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B62" s="243" t="s">
+      <c r="B62" s="242" t="s">
         <v>424</v>
       </c>
-      <c r="C62" s="244">
+      <c r="C62" s="243">
         <v>26054</v>
       </c>
       <c r="D62" s="65" t="s">
         <v>121</v>
       </c>
-      <c r="E62" s="239">
+      <c r="E62" s="238">
         <v>2026</v>
       </c>
-      <c r="F62" s="240">
+      <c r="F62" s="239">
         <v>46295</v>
       </c>
       <c r="G62" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H62" s="52">
         <v>2500</v>
       </c>
       <c r="I62" s="52" t="s">
         <v>31</v>
       </c>
       <c r="J62" s="53" t="s">
         <v>426</v>
       </c>
       <c r="K62" s="52" t="s">
         <v>53</v>
       </c>
       <c r="L62" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M62" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N62" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O62" s="241">
+      <c r="O62" s="240">
         <v>55711</v>
       </c>
-      <c r="P62" s="242"/>
+      <c r="P62" s="241"/>
     </row>
     <row r="63" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B63" s="243" t="s">
+      <c r="B63" s="242" t="s">
         <v>425</v>
       </c>
-      <c r="C63" s="244">
+      <c r="C63" s="243">
         <v>26054</v>
       </c>
       <c r="D63" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E63" s="65">
         <v>2026</v>
       </c>
-      <c r="F63" s="240">
+      <c r="F63" s="239">
         <v>46295</v>
       </c>
       <c r="G63" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H63" s="52">
         <v>3500</v>
       </c>
       <c r="I63" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="53" t="s">
         <v>431</v>
       </c>
       <c r="K63" s="52" t="s">
         <v>78</v>
       </c>
       <c r="L63" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M63" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N63" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O63" s="241">
+      <c r="O63" s="240">
         <v>55833</v>
       </c>
-      <c r="P63" s="242"/>
+      <c r="P63" s="241"/>
     </row>
     <row r="64" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B64" s="243" t="s">
+      <c r="B64" s="242" t="s">
         <v>432</v>
       </c>
-      <c r="C64" s="244">
+      <c r="C64" s="243">
         <v>26054</v>
       </c>
       <c r="D64" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E64" s="65">
         <v>2026</v>
       </c>
-      <c r="F64" s="240">
+      <c r="F64" s="239">
         <v>46295</v>
       </c>
       <c r="G64" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H64" s="52">
         <v>3500</v>
       </c>
       <c r="I64" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="53" t="s">
         <v>433</v>
       </c>
       <c r="K64" s="52" t="s">
         <v>34</v>
       </c>
       <c r="L64" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M64" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N64" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O64" s="241">
+      <c r="O64" s="240">
         <v>55968</v>
       </c>
-      <c r="P64" s="242"/>
+      <c r="P64" s="241"/>
     </row>
     <row r="65" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B65" s="160" t="s">
         <v>454</v>
       </c>
       <c r="C65" s="44">
         <v>26095</v>
       </c>
       <c r="D65" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E65" s="39">
         <v>2026</v>
       </c>
       <c r="F65" s="40">
         <v>46295</v>
       </c>
-      <c r="G65" s="273" t="s">
+      <c r="G65" s="271" t="s">
         <v>21</v>
       </c>
-      <c r="H65" s="273" t="s">
+      <c r="H65" s="271" t="s">
         <v>104</v>
       </c>
-      <c r="I65" s="273" t="s">
+      <c r="I65" s="271" t="s">
         <v>31</v>
       </c>
       <c r="J65" s="66" t="s">
         <v>458</v>
       </c>
-      <c r="K65" s="273" t="s">
+      <c r="K65" s="271" t="s">
         <v>105</v>
       </c>
-      <c r="L65" s="274" t="s">
-[...2 lines deleted...]
-      <c r="M65" s="273" t="s">
+      <c r="L65" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M65" s="271" t="s">
         <v>54</v>
       </c>
-      <c r="N65" s="273" t="s">
+      <c r="N65" s="271" t="s">
         <v>455</v>
       </c>
       <c r="O65" s="168">
         <v>44420</v>
       </c>
       <c r="P65" s="7"/>
     </row>
     <row r="66" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B66" s="160" t="s">
         <v>456</v>
       </c>
       <c r="C66" s="44">
         <v>26095</v>
       </c>
       <c r="D66" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E66" s="59">
         <v>2026</v>
       </c>
       <c r="F66" s="40">
         <v>46295</v>
       </c>
-      <c r="G66" s="273" t="s">
+      <c r="G66" s="271" t="s">
         <v>21</v>
       </c>
-      <c r="H66" s="273" t="s">
+      <c r="H66" s="271" t="s">
         <v>106</v>
       </c>
-      <c r="I66" s="273" t="s">
+      <c r="I66" s="271" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="66" t="s">
         <v>457</v>
       </c>
-      <c r="K66" s="273" t="s">
+      <c r="K66" s="271" t="s">
         <v>107</v>
       </c>
-      <c r="L66" s="274" t="s">
-[...2 lines deleted...]
-      <c r="M66" s="273" t="s">
+      <c r="L66" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M66" s="271" t="s">
         <v>54</v>
       </c>
-      <c r="N66" s="273" t="s">
+      <c r="N66" s="271" t="s">
         <v>455</v>
       </c>
       <c r="O66" s="168">
         <v>45460</v>
       </c>
       <c r="P66" s="7"/>
     </row>
     <row r="67" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B67" s="160" t="s">
         <v>459</v>
       </c>
       <c r="C67" s="44">
         <v>26095</v>
       </c>
       <c r="D67" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E67" s="59">
         <v>2026</v>
       </c>
       <c r="F67" s="40">
         <v>46295</v>
       </c>
-      <c r="G67" s="273" t="s">
+      <c r="G67" s="271" t="s">
         <v>21</v>
       </c>
-      <c r="H67" s="273" t="s">
+      <c r="H67" s="271" t="s">
         <v>106</v>
       </c>
-      <c r="I67" s="273" t="s">
+      <c r="I67" s="271" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="66" t="s">
         <v>460</v>
       </c>
-      <c r="K67" s="273" t="s">
+      <c r="K67" s="271" t="s">
         <v>108</v>
       </c>
-      <c r="L67" s="274" t="s">
-[...2 lines deleted...]
-      <c r="M67" s="273" t="s">
+      <c r="L67" s="272" t="s">
+        <v>41</v>
+      </c>
+      <c r="M67" s="271" t="s">
         <v>54</v>
       </c>
-      <c r="N67" s="273" t="s">
+      <c r="N67" s="271" t="s">
         <v>455</v>
       </c>
       <c r="O67" s="168">
         <v>46588</v>
       </c>
       <c r="P67" s="7"/>
     </row>
     <row r="68" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A68" s="275"/>
+      <c r="A68" s="273"/>
       <c r="B68" s="160" t="s">
         <v>461</v>
       </c>
       <c r="C68" s="44">
         <v>26170</v>
       </c>
       <c r="D68" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E68" s="39">
         <v>2026</v>
       </c>
       <c r="F68" s="40">
         <v>46295</v>
       </c>
-      <c r="G68" s="272" t="s">
+      <c r="G68" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H68" s="272" t="s">
+      <c r="H68" s="270" t="s">
         <v>104</v>
       </c>
-      <c r="I68" s="272" t="s">
+      <c r="I68" s="270" t="s">
         <v>31</v>
       </c>
       <c r="J68" s="66" t="s">
         <v>462</v>
       </c>
-      <c r="K68" s="272" t="s">
+      <c r="K68" s="270" t="s">
         <v>110</v>
       </c>
-      <c r="L68" s="271" t="s">
-[...2 lines deleted...]
-      <c r="M68" s="272" t="s">
+      <c r="L68" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M68" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N68" s="272" t="s">
+      <c r="N68" s="270" t="s">
         <v>18</v>
       </c>
       <c r="O68" s="168">
-        <v>44907</v>
+        <v>46111.4</v>
       </c>
       <c r="P68" s="7"/>
     </row>
     <row r="69" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A69" s="275"/>
+      <c r="A69" s="273"/>
       <c r="B69" s="160" t="s">
         <v>464</v>
       </c>
       <c r="C69" s="44">
         <v>26170</v>
       </c>
       <c r="D69" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E69" s="39">
         <v>2026</v>
       </c>
       <c r="F69" s="40">
         <v>46295</v>
       </c>
-      <c r="G69" s="272" t="s">
+      <c r="G69" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H69" s="272" t="s">
+      <c r="H69" s="270" t="s">
         <v>104</v>
       </c>
-      <c r="I69" s="272" t="s">
+      <c r="I69" s="270" t="s">
         <v>31</v>
       </c>
       <c r="J69" s="66" t="s">
         <v>463</v>
       </c>
-      <c r="K69" s="272" t="s">
+      <c r="K69" s="270" t="s">
         <v>109</v>
       </c>
-      <c r="L69" s="271" t="s">
-[...2 lines deleted...]
-      <c r="M69" s="272" t="s">
+      <c r="L69" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M69" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N69" s="272" t="s">
+      <c r="N69" s="270" t="s">
         <v>18</v>
       </c>
       <c r="O69" s="168">
-        <v>45090</v>
+        <v>46118.6</v>
       </c>
       <c r="P69" s="7"/>
     </row>
     <row r="70" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A70" s="275"/>
+      <c r="A70" s="273"/>
       <c r="B70" s="160" t="s">
         <v>465</v>
       </c>
       <c r="C70" s="44">
         <v>26170</v>
       </c>
       <c r="D70" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E70" s="59">
         <v>2026</v>
       </c>
       <c r="F70" s="40">
         <v>46295</v>
       </c>
-      <c r="G70" s="272" t="s">
+      <c r="G70" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H70" s="272" t="s">
+      <c r="H70" s="270" t="s">
         <v>106</v>
       </c>
-      <c r="I70" s="272" t="s">
+      <c r="I70" s="270" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="66" t="s">
         <v>467</v>
       </c>
-      <c r="K70" s="272" t="s">
+      <c r="K70" s="270" t="s">
         <v>111</v>
       </c>
-      <c r="L70" s="271" t="s">
-[...2 lines deleted...]
-      <c r="M70" s="272" t="s">
+      <c r="L70" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M70" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N70" s="272" t="s">
+      <c r="N70" s="270" t="s">
         <v>18</v>
       </c>
       <c r="O70" s="168">
-        <v>46100</v>
+        <v>47217.8</v>
       </c>
       <c r="P70" s="7"/>
     </row>
     <row r="71" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A71" s="275"/>
+      <c r="A71" s="273"/>
       <c r="B71" s="160" t="s">
         <v>466</v>
       </c>
       <c r="C71" s="44">
         <v>26170</v>
       </c>
       <c r="D71" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E71" s="59">
         <v>2026</v>
       </c>
       <c r="F71" s="40">
         <v>46295</v>
       </c>
-      <c r="G71" s="272" t="s">
+      <c r="G71" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H71" s="272" t="s">
+      <c r="H71" s="270" t="s">
         <v>106</v>
       </c>
-      <c r="I71" s="272" t="s">
+      <c r="I71" s="270" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="66" t="s">
         <v>468</v>
       </c>
-      <c r="K71" s="272" t="s">
+      <c r="K71" s="270" t="s">
         <v>111</v>
       </c>
-      <c r="L71" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M71" s="272" t="s">
+      <c r="L71" s="270" t="s">
+        <v>41</v>
+      </c>
+      <c r="M71" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N71" s="272" t="s">
+      <c r="N71" s="270" t="s">
         <v>18</v>
       </c>
       <c r="O71" s="168">
-        <v>46995</v>
+        <v>48031</v>
       </c>
       <c r="P71" s="7"/>
     </row>
     <row r="72" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A72" s="275"/>
+      <c r="A72" s="273"/>
       <c r="B72" s="160" t="s">
         <v>469</v>
       </c>
       <c r="C72" s="44">
         <v>26170</v>
       </c>
       <c r="D72" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E72" s="59">
         <v>2026</v>
       </c>
       <c r="F72" s="40">
         <v>46295</v>
       </c>
-      <c r="G72" s="272" t="s">
+      <c r="G72" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H72" s="272" t="s">
+      <c r="H72" s="270" t="s">
         <v>104</v>
       </c>
-      <c r="I72" s="272" t="s">
+      <c r="I72" s="270" t="s">
         <v>31</v>
       </c>
       <c r="J72" s="66" t="s">
         <v>471</v>
       </c>
-      <c r="K72" s="272" t="s">
+      <c r="K72" s="270" t="s">
         <v>112</v>
       </c>
-      <c r="L72" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M72" s="272" t="s">
+      <c r="L72" s="270" t="s">
+        <v>41</v>
+      </c>
+      <c r="M72" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N72" s="272" t="s">
+      <c r="N72" s="270" t="s">
         <v>18</v>
       </c>
       <c r="O72" s="168">
-        <v>46645</v>
+        <v>47872.2</v>
       </c>
       <c r="P72" s="7"/>
     </row>
     <row r="73" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A73" s="275"/>
+      <c r="A73" s="273"/>
       <c r="B73" s="160" t="s">
         <v>470</v>
       </c>
       <c r="C73" s="44">
         <v>26170</v>
       </c>
       <c r="D73" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E73" s="59">
         <v>2026</v>
       </c>
       <c r="F73" s="40">
         <v>46295</v>
       </c>
-      <c r="G73" s="272" t="s">
+      <c r="G73" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H73" s="272" t="s">
+      <c r="H73" s="270" t="s">
         <v>106</v>
       </c>
-      <c r="I73" s="272" t="s">
+      <c r="I73" s="270" t="s">
         <v>32</v>
       </c>
       <c r="J73" s="66" t="s">
         <v>472</v>
       </c>
-      <c r="K73" s="272" t="s">
+      <c r="K73" s="270" t="s">
         <v>113</v>
       </c>
-      <c r="L73" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M73" s="272" t="s">
+      <c r="L73" s="270" t="s">
+        <v>41</v>
+      </c>
+      <c r="M73" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N73" s="272" t="s">
+      <c r="N73" s="270" t="s">
         <v>18</v>
       </c>
       <c r="O73" s="168">
-        <v>47764</v>
+        <v>48795.4</v>
       </c>
       <c r="P73" s="7"/>
     </row>
     <row r="74" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A74" s="275"/>
+      <c r="A74" s="273"/>
       <c r="B74" s="160" t="s">
         <v>473</v>
       </c>
       <c r="C74" s="44">
         <v>26170</v>
       </c>
       <c r="D74" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E74" s="39">
         <v>2026</v>
       </c>
       <c r="F74" s="40">
         <v>46295</v>
       </c>
-      <c r="G74" s="272" t="s">
+      <c r="G74" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H74" s="272" t="s">
+      <c r="H74" s="270" t="s">
         <v>106</v>
       </c>
-      <c r="I74" s="272" t="s">
+      <c r="I74" s="270" t="s">
         <v>32</v>
       </c>
       <c r="J74" s="66" t="s">
         <v>474</v>
       </c>
-      <c r="K74" s="272" t="s">
+      <c r="K74" s="270" t="s">
         <v>114</v>
       </c>
-      <c r="L74" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M74" s="272" t="s">
+      <c r="L74" s="270" t="s">
+        <v>41</v>
+      </c>
+      <c r="M74" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N74" s="272" t="s">
+      <c r="N74" s="270" t="s">
         <v>18</v>
       </c>
       <c r="O74" s="168">
-        <v>48676</v>
+        <v>50099.8</v>
       </c>
       <c r="P74" s="7"/>
     </row>
     <row r="75" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A75" s="275"/>
+      <c r="A75" s="273"/>
       <c r="B75" s="160" t="s">
         <v>475</v>
       </c>
       <c r="C75" s="44">
         <v>26170</v>
       </c>
       <c r="D75" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E75" s="39">
         <v>2026</v>
       </c>
       <c r="F75" s="40">
         <v>46295</v>
       </c>
-      <c r="G75" s="272" t="s">
+      <c r="G75" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H75" s="272" t="s">
+      <c r="H75" s="270" t="s">
         <v>106</v>
       </c>
-      <c r="I75" s="272" t="s">
+      <c r="I75" s="270" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="66" t="s">
         <v>476</v>
       </c>
-      <c r="K75" s="272" t="s">
+      <c r="K75" s="270" t="s">
         <v>114</v>
       </c>
-      <c r="L75" s="271" t="s">
-[...2 lines deleted...]
-      <c r="M75" s="272" t="s">
+      <c r="L75" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M75" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N75" s="272" t="s">
+      <c r="N75" s="270" t="s">
         <v>18</v>
       </c>
       <c r="O75" s="168">
-        <v>47959</v>
+        <v>49154.6</v>
       </c>
       <c r="P75" s="7"/>
     </row>
     <row r="76" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B76" s="128" t="s">
         <v>332</v>
       </c>
       <c r="C76" s="123">
         <v>26065</v>
       </c>
       <c r="D76" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E76" s="59">
         <v>2026</v>
       </c>
       <c r="F76" s="40">
         <v>46295</v>
       </c>
-      <c r="G76" s="256" t="s">
+      <c r="G76" s="255" t="s">
         <v>6</v>
       </c>
-      <c r="H76" s="256" t="s">
+      <c r="H76" s="255" t="s">
         <v>46</v>
       </c>
-      <c r="I76" s="256" t="s">
+      <c r="I76" s="255" t="s">
         <v>31</v>
       </c>
       <c r="J76" s="66" t="s">
         <v>333</v>
       </c>
-      <c r="K76" s="256" t="s">
+      <c r="K76" s="255" t="s">
         <v>56</v>
       </c>
-      <c r="L76" s="256" t="s">
+      <c r="L76" s="255" t="s">
         <v>43</v>
       </c>
-      <c r="M76" s="256" t="s">
+      <c r="M76" s="255" t="s">
         <v>54</v>
       </c>
-      <c r="N76" s="256" t="s">
+      <c r="N76" s="255" t="s">
         <v>7</v>
       </c>
       <c r="O76" s="168">
         <v>41613</v>
       </c>
       <c r="P76" s="7"/>
     </row>
     <row r="77" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A77" s="5"/>
-      <c r="B77" s="258" t="s">
+      <c r="B77" s="257" t="s">
         <v>334</v>
       </c>
       <c r="C77" s="131">
         <v>26065</v>
       </c>
-      <c r="D77" s="259" t="s">
+      <c r="D77" s="258" t="s">
         <v>121</v>
       </c>
       <c r="E77" s="63">
         <v>2026</v>
       </c>
       <c r="F77" s="64">
         <v>46295</v>
       </c>
-      <c r="G77" s="260" t="s">
+      <c r="G77" s="259" t="s">
         <v>6</v>
       </c>
-      <c r="H77" s="261" t="s">
+      <c r="H77" s="260" t="s">
         <v>33</v>
       </c>
-      <c r="I77" s="260" t="s">
+      <c r="I77" s="259" t="s">
         <v>32</v>
       </c>
-      <c r="J77" s="262" t="s">
+      <c r="J77" s="261" t="s">
         <v>335</v>
       </c>
-      <c r="K77" s="260" t="s">
+      <c r="K77" s="259" t="s">
         <v>57</v>
       </c>
-      <c r="L77" s="260" t="s">
+      <c r="L77" s="259" t="s">
         <v>43</v>
       </c>
-      <c r="M77" s="260" t="s">
+      <c r="M77" s="259" t="s">
         <v>54</v>
       </c>
-      <c r="N77" s="255" t="s">
+      <c r="N77" s="254" t="s">
         <v>7</v>
       </c>
-      <c r="O77" s="263">
+      <c r="O77" s="262">
         <v>43024</v>
       </c>
       <c r="P77" s="94"/>
     </row>
     <row r="78" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B78" s="128" t="s">
         <v>354</v>
       </c>
       <c r="C78" s="123">
         <v>26065</v>
       </c>
       <c r="D78" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E78" s="39">
         <v>2026</v>
       </c>
       <c r="F78" s="40">
         <v>46295</v>
       </c>
       <c r="G78" s="190" t="s">
         <v>6</v>
       </c>
       <c r="H78" s="190" t="s">
         <v>33</v>
@@ -7763,499 +7894,499 @@
       </c>
       <c r="J84" s="66" t="s">
         <v>338</v>
       </c>
       <c r="K84" s="190" t="s">
         <v>35</v>
       </c>
       <c r="L84" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M84" s="190" t="s">
         <v>49</v>
       </c>
       <c r="N84" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O84" s="168">
         <v>58897</v>
       </c>
       <c r="P84" s="7"/>
     </row>
     <row r="85" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H85" s="94"/>
     </row>
     <row r="86" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B86" s="407" t="s">
+      <c r="B86" s="419" t="s">
         <v>406</v>
       </c>
-      <c r="C86" s="408"/>
-[...11 lines deleted...]
-      <c r="O86" s="409"/>
+      <c r="C86" s="420"/>
+      <c r="D86" s="420"/>
+      <c r="E86" s="420"/>
+      <c r="F86" s="420"/>
+      <c r="G86" s="420"/>
+      <c r="H86" s="420"/>
+      <c r="I86" s="420"/>
+      <c r="J86" s="420"/>
+      <c r="K86" s="420"/>
+      <c r="L86" s="420"/>
+      <c r="M86" s="420"/>
+      <c r="N86" s="420"/>
+      <c r="O86" s="421"/>
       <c r="P86" s="14"/>
     </row>
     <row r="87" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B87" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C87" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D87" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E87" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F87" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G87" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H87" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I87" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J87" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K87" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L87" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M87" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N87" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O87" s="167" t="s">
         <v>268</v>
       </c>
       <c r="P87" s="82"/>
     </row>
     <row r="88" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B88" s="252" t="s">
+      <c r="B88" s="251" t="s">
         <v>441</v>
       </c>
       <c r="C88" s="44">
         <v>26055</v>
       </c>
       <c r="D88" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E88" s="39">
         <v>2026</v>
       </c>
       <c r="F88" s="40">
         <v>46295</v>
       </c>
-      <c r="G88" s="235" t="s">
+      <c r="G88" s="234" t="s">
         <v>24</v>
       </c>
-      <c r="H88" s="235">
+      <c r="H88" s="234">
         <v>4500</v>
       </c>
-      <c r="I88" s="234" t="s">
+      <c r="I88" s="233" t="s">
         <v>44</v>
       </c>
       <c r="J88" s="221" t="s">
         <v>449</v>
       </c>
-      <c r="K88" s="235" t="s">
+      <c r="K88" s="234" t="s">
         <v>158</v>
       </c>
-      <c r="L88" s="235" t="s">
-[...2 lines deleted...]
-      <c r="M88" s="235" t="s">
+      <c r="L88" s="234" t="s">
+        <v>41</v>
+      </c>
+      <c r="M88" s="234" t="s">
         <v>131</v>
       </c>
-      <c r="N88" s="235" t="s">
+      <c r="N88" s="234" t="s">
         <v>62</v>
       </c>
       <c r="O88" s="168">
         <v>52101</v>
       </c>
       <c r="P88" s="7"/>
     </row>
     <row r="89" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B89" s="252" t="s">
+      <c r="B89" s="251" t="s">
         <v>442</v>
       </c>
       <c r="C89" s="44">
         <v>26055</v>
       </c>
       <c r="D89" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E89" s="39">
         <v>2026</v>
       </c>
       <c r="F89" s="40">
         <v>46295</v>
       </c>
-      <c r="G89" s="256" t="s">
+      <c r="G89" s="255" t="s">
         <v>24</v>
       </c>
-      <c r="H89" s="256">
+      <c r="H89" s="255">
         <v>4500</v>
       </c>
-      <c r="I89" s="254" t="s">
+      <c r="I89" s="253" t="s">
         <v>44</v>
       </c>
       <c r="J89" s="221" t="s">
         <v>443</v>
       </c>
-      <c r="K89" s="256" t="s">
+      <c r="K89" s="255" t="s">
         <v>159</v>
       </c>
-      <c r="L89" s="256" t="s">
-[...2 lines deleted...]
-      <c r="M89" s="256" t="s">
+      <c r="L89" s="255" t="s">
+        <v>41</v>
+      </c>
+      <c r="M89" s="255" t="s">
         <v>131</v>
       </c>
-      <c r="N89" s="256" t="s">
+      <c r="N89" s="255" t="s">
         <v>62</v>
       </c>
       <c r="O89" s="168">
         <v>53031</v>
       </c>
       <c r="P89" s="7"/>
     </row>
     <row r="90" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B90" s="252" t="s">
+      <c r="B90" s="251" t="s">
         <v>444</v>
       </c>
       <c r="C90" s="44">
         <v>26055</v>
       </c>
       <c r="D90" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E90" s="39">
         <v>2026</v>
       </c>
       <c r="F90" s="40">
         <v>46295</v>
       </c>
-      <c r="G90" s="256" t="s">
+      <c r="G90" s="255" t="s">
         <v>24</v>
       </c>
-      <c r="H90" s="256">
+      <c r="H90" s="255">
         <v>5500</v>
       </c>
-      <c r="I90" s="254" t="s">
+      <c r="I90" s="253" t="s">
         <v>45</v>
       </c>
       <c r="J90" s="221" t="s">
         <v>445</v>
       </c>
-      <c r="K90" s="256" t="s">
+      <c r="K90" s="255" t="s">
         <v>160</v>
       </c>
-      <c r="L90" s="256" t="s">
-[...2 lines deleted...]
-      <c r="M90" s="256" t="s">
+      <c r="L90" s="255" t="s">
+        <v>41</v>
+      </c>
+      <c r="M90" s="255" t="s">
         <v>131</v>
       </c>
-      <c r="N90" s="256" t="s">
+      <c r="N90" s="255" t="s">
         <v>62</v>
       </c>
       <c r="O90" s="168">
         <v>53089</v>
       </c>
       <c r="P90" s="7"/>
     </row>
     <row r="91" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B91" s="252" t="s">
+      <c r="B91" s="251" t="s">
         <v>446</v>
       </c>
       <c r="C91" s="44">
         <v>26055</v>
       </c>
       <c r="D91" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E91" s="39">
         <v>2026</v>
       </c>
       <c r="F91" s="40">
         <v>46295</v>
       </c>
-      <c r="G91" s="256" t="s">
+      <c r="G91" s="255" t="s">
         <v>24</v>
       </c>
-      <c r="H91" s="256">
+      <c r="H91" s="255">
         <v>5500</v>
       </c>
-      <c r="I91" s="254" t="s">
+      <c r="I91" s="253" t="s">
         <v>45</v>
       </c>
       <c r="J91" s="221" t="s">
         <v>447</v>
       </c>
-      <c r="K91" s="256" t="s">
+      <c r="K91" s="255" t="s">
         <v>161</v>
       </c>
-      <c r="L91" s="256" t="s">
-[...2 lines deleted...]
-      <c r="M91" s="256" t="s">
+      <c r="L91" s="255" t="s">
+        <v>41</v>
+      </c>
+      <c r="M91" s="255" t="s">
         <v>131</v>
       </c>
-      <c r="N91" s="256" t="s">
+      <c r="N91" s="255" t="s">
         <v>62</v>
       </c>
       <c r="O91" s="168">
         <v>54105</v>
       </c>
       <c r="P91" s="7"/>
     </row>
     <row r="92" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B92" s="252" t="s">
+      <c r="B92" s="251" t="s">
         <v>309</v>
       </c>
       <c r="C92" s="44">
         <v>26063</v>
       </c>
       <c r="D92" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E92" s="39">
         <v>2026</v>
       </c>
       <c r="F92" s="40">
         <v>46295</v>
       </c>
-      <c r="G92" s="256" t="s">
+      <c r="G92" s="255" t="s">
         <v>8</v>
       </c>
-      <c r="H92" s="256" t="s">
+      <c r="H92" s="255" t="s">
         <v>38</v>
       </c>
-      <c r="I92" s="254" t="s">
+      <c r="I92" s="253" t="s">
         <v>44</v>
       </c>
       <c r="J92" s="221" t="s">
         <v>315</v>
       </c>
-      <c r="K92" s="256" t="s">
+      <c r="K92" s="255" t="s">
         <v>37</v>
       </c>
-      <c r="L92" s="256" t="s">
-[...2 lines deleted...]
-      <c r="M92" s="256" t="s">
+      <c r="L92" s="255" t="s">
+        <v>41</v>
+      </c>
+      <c r="M92" s="255" t="s">
         <v>54</v>
       </c>
-      <c r="N92" s="256" t="s">
+      <c r="N92" s="255" t="s">
         <v>7</v>
       </c>
       <c r="O92" s="168">
         <v>52727</v>
       </c>
       <c r="P92" s="7"/>
     </row>
     <row r="93" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B93" s="307" t="s">
+      <c r="B93" s="301" t="s">
         <v>408</v>
       </c>
-      <c r="C93" s="308">
+      <c r="C93" s="302">
         <v>26063</v>
       </c>
       <c r="D93" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E93" s="63">
         <v>2026</v>
       </c>
       <c r="F93" s="64">
         <v>46295</v>
       </c>
-      <c r="G93" s="255" t="s">
+      <c r="G93" s="254" t="s">
         <v>8</v>
       </c>
-      <c r="H93" s="255" t="s">
+      <c r="H93" s="254" t="s">
         <v>38</v>
       </c>
-      <c r="I93" s="233" t="s">
+      <c r="I93" s="232" t="s">
         <v>44</v>
       </c>
-      <c r="J93" s="264" t="s">
+      <c r="J93" s="263" t="s">
         <v>314</v>
       </c>
-      <c r="K93" s="255" t="s">
+      <c r="K93" s="254" t="s">
         <v>310</v>
       </c>
-      <c r="L93" s="255" t="s">
-[...2 lines deleted...]
-      <c r="M93" s="255" t="s">
+      <c r="L93" s="254" t="s">
+        <v>41</v>
+      </c>
+      <c r="M93" s="254" t="s">
         <v>54</v>
       </c>
-      <c r="N93" s="255" t="s">
+      <c r="N93" s="254" t="s">
         <v>7</v>
       </c>
       <c r="O93" s="177">
         <v>55044</v>
       </c>
       <c r="P93" s="7"/>
     </row>
     <row r="94" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B94" s="252" t="s">
+      <c r="B94" s="251" t="s">
         <v>409</v>
       </c>
       <c r="C94" s="44">
         <v>26063</v>
       </c>
       <c r="D94" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E94" s="39">
         <v>2026</v>
       </c>
       <c r="F94" s="40">
         <v>46295</v>
       </c>
       <c r="G94" s="190" t="s">
         <v>8</v>
       </c>
       <c r="H94" s="190" t="s">
         <v>25</v>
       </c>
       <c r="I94" s="188" t="s">
         <v>45</v>
       </c>
       <c r="J94" s="221" t="s">
         <v>313</v>
       </c>
       <c r="K94" s="190" t="s">
         <v>36</v>
       </c>
       <c r="L94" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M94" s="190" t="s">
         <v>54</v>
       </c>
       <c r="N94" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O94" s="168">
         <v>53043</v>
       </c>
       <c r="P94" s="7"/>
     </row>
     <row r="95" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B95" s="252" t="s">
+      <c r="B95" s="251" t="s">
         <v>410</v>
       </c>
       <c r="C95" s="44">
         <v>26063</v>
       </c>
       <c r="D95" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E95" s="39">
         <v>2026</v>
       </c>
       <c r="F95" s="40">
         <v>46295</v>
       </c>
       <c r="G95" s="190" t="s">
         <v>8</v>
       </c>
       <c r="H95" s="190" t="s">
         <v>25</v>
       </c>
       <c r="I95" s="188" t="s">
         <v>45</v>
       </c>
       <c r="J95" s="221" t="s">
         <v>312</v>
       </c>
       <c r="K95" s="190" t="s">
         <v>39</v>
       </c>
       <c r="L95" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M95" s="190" t="s">
         <v>54</v>
       </c>
       <c r="N95" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O95" s="168">
         <v>56888</v>
       </c>
       <c r="P95" s="7"/>
     </row>
     <row r="96" spans="2:16" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B96" s="309" t="s">
+      <c r="B96" s="303" t="s">
         <v>411</v>
       </c>
-      <c r="C96" s="304">
+      <c r="C96" s="298">
         <v>26063</v>
       </c>
       <c r="D96" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E96" s="46">
         <v>2026</v>
       </c>
       <c r="F96" s="47">
         <v>46295</v>
       </c>
       <c r="G96" s="45" t="s">
         <v>8</v>
       </c>
       <c r="H96" s="45" t="s">
         <v>453</v>
       </c>
       <c r="I96" s="74" t="s">
         <v>45</v>
       </c>
-      <c r="J96" s="251" t="s">
+      <c r="J96" s="250" t="s">
         <v>311</v>
       </c>
       <c r="K96" s="45" t="s">
         <v>316</v>
       </c>
       <c r="L96" s="45" t="s">
         <v>41</v>
       </c>
       <c r="M96" s="45" t="s">
         <v>54</v>
       </c>
       <c r="N96" s="45" t="s">
         <v>7</v>
       </c>
       <c r="O96" s="175">
         <v>52762</v>
       </c>
       <c r="P96" s="7"/>
     </row>
     <row r="97" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B97" s="139"/>
       <c r="C97" s="134"/>
       <c r="D97" s="17"/>
       <c r="E97" s="96"/>
       <c r="F97" s="12"/>
@@ -8266,66 +8397,66 @@
       <c r="K97" s="94"/>
       <c r="L97" s="94"/>
       <c r="M97" s="94"/>
       <c r="N97" s="195"/>
       <c r="O97" s="4"/>
       <c r="P97" s="7"/>
     </row>
     <row r="98" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B98" s="148"/>
       <c r="C98" s="139"/>
       <c r="D98" s="27"/>
       <c r="E98" s="101"/>
       <c r="F98" s="102"/>
       <c r="G98" s="94"/>
       <c r="H98" s="94"/>
       <c r="I98" s="94"/>
       <c r="J98" s="4"/>
       <c r="K98" s="94"/>
       <c r="L98" s="94"/>
       <c r="M98" s="94"/>
       <c r="N98" s="196"/>
       <c r="O98" s="4"/>
       <c r="P98" s="95"/>
     </row>
     <row r="99" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B99" s="402" t="s">
+      <c r="B99" s="414" t="s">
         <v>208</v>
       </c>
-      <c r="C99" s="403"/>
-[...11 lines deleted...]
-      <c r="O99" s="404"/>
+      <c r="C99" s="415"/>
+      <c r="D99" s="415"/>
+      <c r="E99" s="415"/>
+      <c r="F99" s="415"/>
+      <c r="G99" s="415"/>
+      <c r="H99" s="415"/>
+      <c r="I99" s="415"/>
+      <c r="J99" s="415"/>
+      <c r="K99" s="415"/>
+      <c r="L99" s="415"/>
+      <c r="M99" s="415"/>
+      <c r="N99" s="415"/>
+      <c r="O99" s="416"/>
       <c r="P99" s="14"/>
     </row>
     <row r="100" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B100" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C100" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D100" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E100" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F100" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G100" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H100" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I100" s="80" t="s">
@@ -8345,3709 +8476,3946 @@
       </c>
       <c r="N100" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O100" s="167" t="s">
         <v>268</v>
       </c>
       <c r="P100" s="82"/>
     </row>
     <row r="101" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="128" t="s">
         <v>364</v>
       </c>
       <c r="C101" s="123" t="s">
         <v>376</v>
       </c>
       <c r="D101" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E101" s="39">
         <v>2026</v>
       </c>
       <c r="F101" s="40">
         <v>46189</v>
       </c>
-      <c r="G101" s="250" t="s">
+      <c r="G101" s="249" t="s">
         <v>21</v>
       </c>
-      <c r="H101" s="250" t="s">
+      <c r="H101" s="249" t="s">
         <v>197</v>
       </c>
-      <c r="I101" s="250" t="s">
+      <c r="I101" s="249" t="s">
         <v>146</v>
       </c>
       <c r="J101" s="42" t="s">
         <v>181</v>
       </c>
-      <c r="K101" s="250" t="s">
+      <c r="K101" s="249" t="s">
         <v>198</v>
       </c>
-      <c r="L101" s="250" t="s">
-[...5 lines deleted...]
-      <c r="N101" s="250" t="s">
+      <c r="L101" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M101" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N101" s="249" t="s">
         <v>18</v>
       </c>
       <c r="O101" s="168">
         <v>20969.400000000001</v>
       </c>
       <c r="P101" s="7"/>
     </row>
     <row r="102" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B102" s="128" t="s">
         <v>370</v>
       </c>
       <c r="C102" s="123" t="s">
         <v>371</v>
       </c>
-      <c r="D102" s="285" t="s">
+      <c r="D102" s="283" t="s">
         <v>487</v>
       </c>
       <c r="E102" s="39">
         <v>2026</v>
       </c>
       <c r="F102" s="40">
         <v>46203</v>
       </c>
-      <c r="G102" s="250" t="s">
+      <c r="G102" s="249" t="s">
         <v>21</v>
       </c>
-      <c r="H102" s="250" t="s">
+      <c r="H102" s="249" t="s">
         <v>154</v>
       </c>
-      <c r="I102" s="250" t="s">
+      <c r="I102" s="249" t="s">
         <v>146</v>
       </c>
       <c r="J102" s="42" t="s">
         <v>143</v>
       </c>
-      <c r="K102" s="250" t="s">
+      <c r="K102" s="249" t="s">
         <v>199</v>
       </c>
-      <c r="L102" s="250" t="s">
-[...5 lines deleted...]
-      <c r="N102" s="250" t="s">
+      <c r="L102" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M102" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N102" s="249" t="s">
         <v>18</v>
       </c>
       <c r="O102" s="168">
         <v>26275.4</v>
       </c>
       <c r="P102" s="7"/>
     </row>
     <row r="103" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B103" s="128" t="s">
         <v>117</v>
       </c>
       <c r="C103" s="123" t="s">
         <v>371</v>
       </c>
-      <c r="D103" s="285" t="s">
+      <c r="D103" s="283" t="s">
         <v>487</v>
       </c>
       <c r="E103" s="39">
         <v>2026</v>
       </c>
       <c r="F103" s="40">
         <v>46203</v>
       </c>
-      <c r="G103" s="247" t="s">
+      <c r="G103" s="246" t="s">
         <v>21</v>
       </c>
-      <c r="H103" s="247" t="s">
+      <c r="H103" s="246" t="s">
         <v>154</v>
       </c>
-      <c r="I103" s="247" t="s">
+      <c r="I103" s="246" t="s">
         <v>146</v>
       </c>
       <c r="J103" s="69" t="s">
         <v>144</v>
       </c>
-      <c r="K103" s="250" t="s">
+      <c r="K103" s="249" t="s">
         <v>199</v>
       </c>
-      <c r="L103" s="250" t="s">
-[...5 lines deleted...]
-      <c r="N103" s="250" t="s">
+      <c r="L103" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M103" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N103" s="249" t="s">
         <v>18</v>
       </c>
       <c r="O103" s="168">
         <v>28173.4</v>
       </c>
       <c r="P103" s="7"/>
     </row>
     <row r="104" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="128" t="s">
         <v>372</v>
       </c>
       <c r="C104" s="123" t="s">
         <v>371</v>
       </c>
-      <c r="D104" s="285" t="s">
+      <c r="D104" s="283" t="s">
         <v>487</v>
       </c>
       <c r="E104" s="39">
         <v>2026</v>
       </c>
       <c r="F104" s="40">
         <v>46203</v>
       </c>
-      <c r="G104" s="250" t="s">
+      <c r="G104" s="249" t="s">
         <v>21</v>
       </c>
-      <c r="H104" s="250" t="s">
+      <c r="H104" s="249" t="s">
         <v>154</v>
       </c>
-      <c r="I104" s="250" t="s">
+      <c r="I104" s="249" t="s">
         <v>146</v>
       </c>
       <c r="J104" s="42" t="s">
         <v>155</v>
       </c>
-      <c r="K104" s="250" t="s">
+      <c r="K104" s="249" t="s">
         <v>199</v>
       </c>
-      <c r="L104" s="250" t="s">
-[...5 lines deleted...]
-      <c r="N104" s="250" t="s">
+      <c r="L104" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M104" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N104" s="249" t="s">
         <v>18</v>
       </c>
       <c r="O104" s="168">
         <v>28709.65</v>
       </c>
       <c r="P104" s="7"/>
     </row>
     <row r="105" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B105" s="232" t="s">
+      <c r="B105" s="231" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="131" t="s">
         <v>413</v>
       </c>
       <c r="D105" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E105" s="63">
         <v>2026</v>
       </c>
       <c r="F105" s="64">
         <v>46133</v>
       </c>
-      <c r="G105" s="249" t="s">
+      <c r="G105" s="248" t="s">
         <v>8</v>
       </c>
-      <c r="H105" s="249" t="s">
+      <c r="H105" s="248" t="s">
         <v>59</v>
       </c>
-      <c r="I105" s="248" t="s">
+      <c r="I105" s="247" t="s">
         <v>150</v>
       </c>
       <c r="J105" s="43" t="s">
         <v>215</v>
       </c>
-      <c r="K105" s="249" t="s">
+      <c r="K105" s="248" t="s">
         <v>189</v>
       </c>
-      <c r="L105" s="249" t="s">
-[...5 lines deleted...]
-      <c r="N105" s="250" t="s">
+      <c r="L105" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="M105" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="N105" s="249" t="s">
         <v>190</v>
       </c>
       <c r="O105" s="177">
         <v>38955</v>
       </c>
       <c r="P105" s="7"/>
     </row>
     <row r="106" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B106" s="160" t="s">
         <v>249</v>
       </c>
       <c r="C106" s="44">
         <v>25146</v>
       </c>
       <c r="D106" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E106" s="39">
         <v>2026</v>
       </c>
       <c r="F106" s="40">
         <v>46412</v>
       </c>
-      <c r="G106" s="247" t="s">
+      <c r="G106" s="246" t="s">
         <v>21</v>
       </c>
-      <c r="H106" s="247" t="s">
+      <c r="H106" s="246" t="s">
         <v>250</v>
       </c>
-      <c r="I106" s="247" t="s">
+      <c r="I106" s="246" t="s">
         <v>146</v>
       </c>
       <c r="J106" s="42" t="s">
         <v>510</v>
       </c>
-      <c r="K106" s="250" t="s">
+      <c r="K106" s="249" t="s">
         <v>412</v>
       </c>
-      <c r="L106" s="250" t="s">
-[...5 lines deleted...]
-      <c r="N106" s="250" t="s">
+      <c r="L106" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M106" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N106" s="249" t="s">
         <v>18</v>
       </c>
       <c r="O106" s="168">
         <v>21770.400000000001</v>
       </c>
       <c r="P106" s="7"/>
     </row>
     <row r="107" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B107" s="160" t="s">
         <v>437</v>
       </c>
       <c r="C107" s="44" t="s">
         <v>375</v>
       </c>
       <c r="D107" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E107" s="39">
         <v>2026</v>
       </c>
       <c r="F107" s="40" t="s">
         <v>438</v>
       </c>
-      <c r="G107" s="250" t="s">
+      <c r="G107" s="249" t="s">
         <v>8</v>
       </c>
-      <c r="H107" s="250" t="s">
+      <c r="H107" s="249" t="s">
         <v>55</v>
       </c>
-      <c r="I107" s="250" t="s">
+      <c r="I107" s="249" t="s">
         <v>146</v>
       </c>
       <c r="J107" s="42" t="s">
         <v>145</v>
       </c>
-      <c r="K107" s="250" t="s">
+      <c r="K107" s="249" t="s">
         <v>439</v>
       </c>
-      <c r="L107" s="250" t="s">
-[...5 lines deleted...]
-      <c r="N107" s="250" t="s">
+      <c r="L107" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M107" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N107" s="249" t="s">
         <v>440</v>
       </c>
       <c r="O107" s="168">
         <v>25375</v>
       </c>
       <c r="P107" s="7"/>
     </row>
     <row r="108" spans="2:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B108" s="128" t="s">
         <v>373</v>
       </c>
       <c r="C108" s="123" t="s">
         <v>374</v>
       </c>
       <c r="D108" s="39" t="s">
         <v>122</v>
       </c>
       <c r="E108" s="39">
         <v>2026</v>
       </c>
       <c r="F108" s="68">
         <v>46217</v>
       </c>
-      <c r="G108" s="250" t="s">
+      <c r="G108" s="249" t="s">
         <v>8</v>
       </c>
-      <c r="H108" s="250" t="s">
+      <c r="H108" s="249" t="s">
         <v>55</v>
       </c>
-      <c r="I108" s="250" t="s">
+      <c r="I108" s="249" t="s">
         <v>146</v>
       </c>
       <c r="J108" s="42" t="s">
         <v>181</v>
       </c>
-      <c r="K108" s="250" t="s">
+      <c r="K108" s="249" t="s">
         <v>205</v>
       </c>
-      <c r="L108" s="250" t="s">
-[...5 lines deleted...]
-      <c r="N108" s="250" t="s">
+      <c r="L108" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M108" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N108" s="249" t="s">
         <v>7</v>
       </c>
       <c r="O108" s="168">
         <v>26432</v>
       </c>
       <c r="P108" s="7"/>
     </row>
     <row r="109" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B109" s="128" t="s">
         <v>363</v>
       </c>
       <c r="C109" s="123">
         <v>26047</v>
       </c>
       <c r="D109" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E109" s="39">
         <v>2026</v>
       </c>
       <c r="F109" s="40">
         <v>46295</v>
       </c>
-      <c r="G109" s="250" t="s">
+      <c r="G109" s="249" t="s">
         <v>137</v>
       </c>
-      <c r="H109" s="250" t="s">
+      <c r="H109" s="249" t="s">
         <v>142</v>
       </c>
-      <c r="I109" s="250" t="s">
+      <c r="I109" s="249" t="s">
         <v>146</v>
       </c>
       <c r="J109" s="42" t="s">
         <v>143</v>
       </c>
-      <c r="K109" s="250" t="s">
+      <c r="K109" s="249" t="s">
         <v>141</v>
       </c>
-      <c r="L109" s="250" t="s">
-[...5 lines deleted...]
-      <c r="N109" s="250" t="s">
+      <c r="L109" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M109" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N109" s="249" t="s">
         <v>138</v>
       </c>
       <c r="O109" s="168">
         <v>36180</v>
       </c>
       <c r="P109" s="7"/>
     </row>
     <row r="110" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B110" s="253" t="s">
+      <c r="B110" s="252" t="s">
         <v>365</v>
       </c>
       <c r="C110" s="123">
         <v>26047</v>
       </c>
       <c r="D110" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E110" s="59">
         <v>2026</v>
       </c>
       <c r="F110" s="40">
         <v>46295</v>
       </c>
-      <c r="G110" s="247" t="s">
+      <c r="G110" s="246" t="s">
         <v>137</v>
       </c>
-      <c r="H110" s="247" t="s">
+      <c r="H110" s="246" t="s">
         <v>142</v>
       </c>
-      <c r="I110" s="247" t="s">
+      <c r="I110" s="246" t="s">
         <v>146</v>
       </c>
       <c r="J110" s="69" t="s">
         <v>267</v>
       </c>
-      <c r="K110" s="247" t="s">
+      <c r="K110" s="246" t="s">
         <v>141</v>
       </c>
-      <c r="L110" s="247" t="s">
-[...5 lines deleted...]
-      <c r="N110" s="250" t="s">
+      <c r="L110" s="246" t="s">
+        <v>41</v>
+      </c>
+      <c r="M110" s="246" t="s">
+        <v>41</v>
+      </c>
+      <c r="N110" s="249" t="s">
         <v>138</v>
       </c>
       <c r="O110" s="168">
         <v>40230</v>
       </c>
       <c r="P110" s="7"/>
     </row>
     <row r="111" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B111" s="253" t="s">
+      <c r="B111" s="252" t="s">
         <v>367</v>
       </c>
       <c r="C111" s="123">
         <v>26049</v>
       </c>
       <c r="D111" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E111" s="39">
         <v>2026</v>
       </c>
       <c r="F111" s="40">
         <v>46295</v>
       </c>
-      <c r="G111" s="247" t="s">
+      <c r="G111" s="246" t="s">
         <v>177</v>
       </c>
-      <c r="H111" s="247" t="s">
+      <c r="H111" s="246" t="s">
         <v>178</v>
       </c>
-      <c r="I111" s="247" t="s">
+      <c r="I111" s="246" t="s">
         <v>146</v>
       </c>
       <c r="J111" s="69" t="s">
         <v>181</v>
       </c>
-      <c r="K111" s="250" t="s">
+      <c r="K111" s="249" t="s">
         <v>180</v>
       </c>
-      <c r="L111" s="247" t="s">
-[...5 lines deleted...]
-      <c r="N111" s="250" t="s">
+      <c r="L111" s="246" t="s">
+        <v>41</v>
+      </c>
+      <c r="M111" s="246" t="s">
+        <v>41</v>
+      </c>
+      <c r="N111" s="249" t="s">
         <v>278</v>
       </c>
       <c r="O111" s="168">
         <v>25944</v>
       </c>
       <c r="P111" s="7"/>
     </row>
     <row r="112" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B112" s="253" t="s">
+      <c r="B112" s="252" t="s">
         <v>368</v>
       </c>
       <c r="C112" s="123">
         <v>26049</v>
       </c>
       <c r="D112" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E112" s="39">
         <v>2026</v>
       </c>
       <c r="F112" s="40">
         <v>46295</v>
       </c>
-      <c r="G112" s="250" t="s">
+      <c r="G112" s="249" t="s">
         <v>177</v>
       </c>
-      <c r="H112" s="250" t="s">
+      <c r="H112" s="249" t="s">
         <v>178</v>
       </c>
-      <c r="I112" s="250" t="s">
+      <c r="I112" s="249" t="s">
         <v>146</v>
       </c>
       <c r="J112" s="42" t="s">
         <v>182</v>
       </c>
-      <c r="K112" s="250" t="s">
+      <c r="K112" s="249" t="s">
         <v>180</v>
       </c>
-      <c r="L112" s="250" t="s">
-[...5 lines deleted...]
-      <c r="N112" s="250" t="s">
+      <c r="L112" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="M112" s="249" t="s">
+        <v>41</v>
+      </c>
+      <c r="N112" s="249" t="s">
         <v>278</v>
       </c>
       <c r="O112" s="168">
         <v>27812</v>
       </c>
       <c r="P112" s="7"/>
     </row>
-    <row r="113" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B113" s="128" t="s">
         <v>369</v>
       </c>
       <c r="C113" s="123">
         <v>26049</v>
       </c>
       <c r="D113" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E113" s="39">
         <v>2026</v>
       </c>
       <c r="F113" s="40">
         <v>46295</v>
       </c>
-      <c r="G113" s="250" t="s">
+      <c r="G113" s="249" t="s">
         <v>177</v>
       </c>
-      <c r="H113" s="250" t="s">
+      <c r="H113" s="249" t="s">
         <v>179</v>
       </c>
-      <c r="I113" s="250" t="s">
+      <c r="I113" s="249" t="s">
         <v>150</v>
       </c>
       <c r="J113" s="42" t="s">
         <v>216</v>
       </c>
-      <c r="K113" s="247" t="s">
+      <c r="K113" s="307" t="s">
         <v>279</v>
       </c>
-      <c r="L113" s="247" t="s">
-[...5 lines deleted...]
-      <c r="N113" s="250" t="s">
+      <c r="L113" s="307" t="s">
+        <v>41</v>
+      </c>
+      <c r="M113" s="307" t="s">
+        <v>41</v>
+      </c>
+      <c r="N113" s="249" t="s">
         <v>278</v>
       </c>
       <c r="O113" s="168">
         <v>45944</v>
       </c>
       <c r="P113" s="7"/>
     </row>
-    <row r="114" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B114" s="232" t="s">
+    <row r="114" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B114" s="231" t="s">
         <v>378</v>
       </c>
       <c r="C114" s="123">
         <v>26066</v>
       </c>
-      <c r="D114" s="39" t="s">
-        <v>121</v>
+      <c r="D114" s="308" t="s">
+        <v>122</v>
       </c>
       <c r="E114" s="63">
         <v>2026</v>
       </c>
       <c r="F114" s="64">
         <v>46295</v>
       </c>
-      <c r="G114" s="249" t="s">
+      <c r="G114" s="248" t="s">
         <v>8</v>
       </c>
-      <c r="H114" s="233" t="s">
+      <c r="H114" s="232" t="s">
         <v>157</v>
       </c>
-      <c r="I114" s="233" t="s">
+      <c r="I114" s="232" t="s">
         <v>151</v>
       </c>
       <c r="J114" s="43" t="s">
         <v>232</v>
       </c>
-      <c r="K114" s="249" t="s">
+      <c r="K114" s="307" t="s">
         <v>377</v>
       </c>
-      <c r="L114" s="249" t="s">
-[...5 lines deleted...]
-      <c r="N114" s="250" t="s">
+      <c r="L114" s="307" t="s">
+        <v>41</v>
+      </c>
+      <c r="M114" s="307" t="s">
+        <v>41</v>
+      </c>
+      <c r="N114" s="249" t="s">
         <v>7</v>
       </c>
       <c r="O114" s="177">
         <v>57037</v>
       </c>
       <c r="P114" s="7"/>
     </row>
-    <row r="115" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B115" s="160" t="s">
         <v>477</v>
       </c>
       <c r="C115" s="44">
         <v>26078</v>
       </c>
       <c r="D115" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E115" s="39">
         <v>2026</v>
       </c>
       <c r="F115" s="40">
         <v>46295</v>
       </c>
-      <c r="G115" s="256" t="s">
+      <c r="G115" s="255" t="s">
         <v>21</v>
       </c>
-      <c r="H115" s="256" t="s">
+      <c r="H115" s="255" t="s">
         <v>75</v>
       </c>
-      <c r="I115" s="257" t="s">
+      <c r="I115" s="256" t="s">
         <v>150</v>
       </c>
       <c r="J115" s="42" t="s">
         <v>217</v>
       </c>
-      <c r="K115" s="256" t="s">
+      <c r="K115" s="255" t="s">
         <v>478</v>
       </c>
-      <c r="L115" s="256" t="s">
-[...5 lines deleted...]
-      <c r="N115" s="256" t="s">
+      <c r="L115" s="255" t="s">
+        <v>41</v>
+      </c>
+      <c r="M115" s="255" t="s">
+        <v>41</v>
+      </c>
+      <c r="N115" s="255" t="s">
         <v>18</v>
       </c>
       <c r="O115" s="168">
         <v>38979.78</v>
       </c>
       <c r="P115" s="7"/>
     </row>
-    <row r="116" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:16" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B116" s="128" t="s">
         <v>479</v>
       </c>
       <c r="C116" s="123">
         <v>26078</v>
       </c>
       <c r="D116" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E116" s="39">
         <v>2026</v>
       </c>
       <c r="F116" s="40">
         <v>46295</v>
       </c>
-      <c r="G116" s="256" t="s">
+      <c r="G116" s="255" t="s">
         <v>21</v>
       </c>
-      <c r="H116" s="254" t="s">
+      <c r="H116" s="253" t="s">
         <v>250</v>
       </c>
-      <c r="I116" s="254" t="s">
+      <c r="I116" s="253" t="s">
         <v>146</v>
       </c>
       <c r="J116" s="42" t="s">
         <v>480</v>
       </c>
-      <c r="K116" s="256" t="s">
+      <c r="K116" s="255" t="s">
         <v>481</v>
       </c>
-      <c r="L116" s="256" t="s">
-[...5 lines deleted...]
-      <c r="N116" s="256" t="s">
+      <c r="L116" s="255" t="s">
+        <v>41</v>
+      </c>
+      <c r="M116" s="255" t="s">
+        <v>41</v>
+      </c>
+      <c r="N116" s="255" t="s">
         <v>18</v>
       </c>
       <c r="O116" s="168">
         <v>23245</v>
       </c>
       <c r="P116" s="7"/>
     </row>
-    <row r="117" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B117" s="230" t="s">
+    <row r="117" spans="1:16" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B117" s="128" t="s">
         <v>482</v>
       </c>
-      <c r="C117" s="126">
+      <c r="C117" s="123">
         <v>26078</v>
       </c>
-      <c r="D117" s="46" t="s">
+      <c r="D117" s="39" t="s">
         <v>121</v>
       </c>
-      <c r="E117" s="46">
+      <c r="E117" s="39">
         <v>2026</v>
       </c>
-      <c r="F117" s="47">
+      <c r="F117" s="40">
         <v>46295</v>
       </c>
-      <c r="G117" s="45" t="s">
+      <c r="G117" s="310" t="s">
         <v>21</v>
       </c>
-      <c r="H117" s="74" t="s">
+      <c r="H117" s="311" t="s">
         <v>23</v>
       </c>
-      <c r="I117" s="74" t="s">
+      <c r="I117" s="311" t="s">
         <v>151</v>
       </c>
-      <c r="J117" s="265" t="s">
+      <c r="J117" s="42" t="s">
         <v>156</v>
       </c>
-      <c r="K117" s="45" t="s">
+      <c r="K117" s="310" t="s">
         <v>118</v>
       </c>
-      <c r="L117" s="45" t="s">
-[...5 lines deleted...]
-      <c r="N117" s="45" t="s">
+      <c r="L117" s="310" t="s">
+        <v>41</v>
+      </c>
+      <c r="M117" s="310" t="s">
+        <v>41</v>
+      </c>
+      <c r="N117" s="310" t="s">
         <v>18</v>
       </c>
-      <c r="O117" s="175">
+      <c r="O117" s="168">
         <v>62154.98</v>
       </c>
       <c r="P117" s="7"/>
     </row>
-    <row r="118" spans="1:17" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-      <c r="B120" s="389" t="s">
+    <row r="118" spans="1:16" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B118" s="160" t="s">
+        <v>512</v>
+      </c>
+      <c r="C118" s="44">
+        <v>26205</v>
+      </c>
+      <c r="D118" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E118" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F118" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G118" s="310" t="s">
+        <v>133</v>
+      </c>
+      <c r="H118" s="311" t="s">
+        <v>515</v>
+      </c>
+      <c r="I118" s="311" t="s">
+        <v>146</v>
+      </c>
+      <c r="J118" s="42" t="s">
+        <v>516</v>
+      </c>
+      <c r="K118" s="310" t="s">
+        <v>517</v>
+      </c>
+      <c r="L118" s="310" t="s">
+        <v>41</v>
+      </c>
+      <c r="M118" s="310" t="s">
+        <v>41</v>
+      </c>
+      <c r="N118" s="310" t="s">
+        <v>518</v>
+      </c>
+      <c r="O118" s="168">
+        <v>26900</v>
+      </c>
+      <c r="P118" s="7"/>
+    </row>
+    <row r="119" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B119" s="160" t="s">
+        <v>513</v>
+      </c>
+      <c r="C119" s="44">
+        <v>26205</v>
+      </c>
+      <c r="D119" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E119" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F119" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G119" s="310" t="s">
+        <v>133</v>
+      </c>
+      <c r="H119" s="311" t="s">
+        <v>519</v>
+      </c>
+      <c r="I119" s="311" t="s">
+        <v>150</v>
+      </c>
+      <c r="J119" s="42" t="s">
+        <v>522</v>
+      </c>
+      <c r="K119" s="310" t="s">
+        <v>520</v>
+      </c>
+      <c r="L119" s="310" t="s">
+        <v>41</v>
+      </c>
+      <c r="M119" s="310" t="s">
+        <v>41</v>
+      </c>
+      <c r="N119" s="310" t="s">
+        <v>518</v>
+      </c>
+      <c r="O119" s="168">
+        <v>36400</v>
+      </c>
+      <c r="P119" s="7"/>
+    </row>
+    <row r="120" spans="1:16" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B120" s="316" t="s">
+        <v>514</v>
+      </c>
+      <c r="C120" s="315">
+        <v>26205</v>
+      </c>
+      <c r="D120" s="153" t="s">
+        <v>121</v>
+      </c>
+      <c r="E120" s="153">
+        <v>2026</v>
+      </c>
+      <c r="F120" s="157">
+        <v>46295</v>
+      </c>
+      <c r="G120" s="48" t="s">
+        <v>133</v>
+      </c>
+      <c r="H120" s="224" t="s">
+        <v>519</v>
+      </c>
+      <c r="I120" s="224" t="s">
+        <v>150</v>
+      </c>
+      <c r="J120" s="49" t="s">
+        <v>523</v>
+      </c>
+      <c r="K120" s="48" t="s">
+        <v>521</v>
+      </c>
+      <c r="L120" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="M120" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="N120" s="48" t="s">
+        <v>518</v>
+      </c>
+      <c r="O120" s="171">
+        <v>38200</v>
+      </c>
+      <c r="P120" s="7"/>
+    </row>
+    <row r="121" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="B121" s="148"/>
+      <c r="C121" s="134"/>
+      <c r="D121" s="17"/>
+      <c r="E121" s="96"/>
+      <c r="F121" s="103"/>
+      <c r="G121" s="94"/>
+      <c r="H121" s="101"/>
+      <c r="I121" s="101"/>
+      <c r="J121" s="100"/>
+      <c r="K121" s="94"/>
+      <c r="L121" s="94"/>
+      <c r="M121" s="94"/>
+      <c r="N121" s="194"/>
+      <c r="O121" s="4"/>
+      <c r="P121" s="95"/>
+    </row>
+    <row r="122" spans="1:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="P122" s="87"/>
+    </row>
+    <row r="123" spans="1:16" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B123" s="401" t="s">
         <v>248</v>
       </c>
-      <c r="C120" s="390"/>
-[...15 lines deleted...]
-      <c r="B121" s="155" t="s">
+      <c r="C123" s="402"/>
+      <c r="D123" s="402"/>
+      <c r="E123" s="402"/>
+      <c r="F123" s="402"/>
+      <c r="G123" s="402"/>
+      <c r="H123" s="402"/>
+      <c r="I123" s="402"/>
+      <c r="J123" s="402"/>
+      <c r="K123" s="402"/>
+      <c r="L123" s="402"/>
+      <c r="M123" s="402"/>
+      <c r="N123" s="402"/>
+      <c r="O123" s="403"/>
+      <c r="P123" s="14"/>
+    </row>
+    <row r="124" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B124" s="155" t="s">
         <v>42</v>
       </c>
-      <c r="C121" s="156" t="s">
+      <c r="C124" s="156" t="s">
         <v>218</v>
       </c>
-      <c r="D121" s="270" t="s">
+      <c r="D124" s="268" t="s">
         <v>206</v>
       </c>
-      <c r="E121" s="77" t="s">
+      <c r="E124" s="77" t="s">
         <v>64</v>
       </c>
-      <c r="F121" s="79" t="s">
+      <c r="F124" s="79" t="s">
         <v>40</v>
       </c>
-      <c r="G121" s="80" t="s">
+      <c r="G124" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="H121" s="80" t="s">
+      <c r="H124" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="I121" s="80" t="s">
+      <c r="I124" s="80" t="s">
         <v>27</v>
       </c>
-      <c r="J121" s="81" t="s">
+      <c r="J124" s="81" t="s">
         <v>0</v>
       </c>
-      <c r="K121" s="77" t="s">
+      <c r="K124" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="L121" s="77" t="s">
+      <c r="L124" s="77" t="s">
         <v>76</v>
       </c>
-      <c r="M121" s="77" t="s">
+      <c r="M124" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="N121" s="193" t="s">
+      <c r="N124" s="193" t="s">
         <v>1</v>
       </c>
-      <c r="O121" s="167" t="s">
+      <c r="O124" s="167" t="s">
         <v>268</v>
       </c>
-      <c r="P121" s="82"/>
-[...2 lines deleted...]
-      <c r="B122" s="128" t="s">
+      <c r="P124" s="82"/>
+    </row>
+    <row r="125" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B125" s="128" t="s">
         <v>451</v>
       </c>
-      <c r="C122" s="123">
+      <c r="C125" s="123">
         <v>25280</v>
-      </c>
-[...134 lines deleted...]
-        <v>26067</v>
       </c>
       <c r="D125" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E125" s="39">
         <v>2026</v>
       </c>
       <c r="F125" s="40">
-        <v>46295</v>
-[...7 lines deleted...]
-      <c r="I125" s="281" t="s">
+        <v>46344</v>
+      </c>
+      <c r="G125" s="280" t="s">
+        <v>257</v>
+      </c>
+      <c r="H125" s="280" t="s">
+        <v>258</v>
+      </c>
+      <c r="I125" s="279" t="s">
         <v>152</v>
       </c>
       <c r="J125" s="42" t="s">
-        <v>386</v>
-[...11 lines deleted...]
-        <v>7</v>
+        <v>452</v>
+      </c>
+      <c r="K125" s="280" t="s">
+        <v>259</v>
+      </c>
+      <c r="L125" s="280" t="s">
+        <v>41</v>
+      </c>
+      <c r="M125" s="280" t="s">
+        <v>41</v>
+      </c>
+      <c r="N125" s="280" t="s">
+        <v>266</v>
       </c>
       <c r="O125" s="168">
-        <v>50652</v>
+        <v>81812</v>
       </c>
       <c r="P125" s="7"/>
     </row>
-    <row r="126" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>381</v>
+    <row r="126" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A126" s="5"/>
+      <c r="B126" s="242" t="s">
+        <v>448</v>
       </c>
       <c r="C126" s="44">
-        <v>26067</v>
+        <v>26057</v>
       </c>
       <c r="D126" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E126" s="39">
         <v>2026</v>
       </c>
       <c r="F126" s="40">
         <v>46295</v>
       </c>
-      <c r="G126" s="282" t="s">
+      <c r="G126" s="51" t="s">
+        <v>71</v>
+      </c>
+      <c r="H126" s="55" t="s">
+        <v>187</v>
+      </c>
+      <c r="I126" s="55" t="s">
+        <v>149</v>
+      </c>
+      <c r="J126" s="54" t="s">
+        <v>296</v>
+      </c>
+      <c r="K126" s="51" t="s">
+        <v>295</v>
+      </c>
+      <c r="L126" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="M126" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="N126" s="280" t="s">
+        <v>278</v>
+      </c>
+      <c r="O126" s="173">
+        <v>38698</v>
+      </c>
+      <c r="P126" s="15"/>
+    </row>
+    <row r="127" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B127" s="160" t="s">
+        <v>379</v>
+      </c>
+      <c r="C127" s="44">
+        <v>26067</v>
+      </c>
+      <c r="D127" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E127" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F127" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G127" s="280" t="s">
         <v>8</v>
       </c>
-      <c r="H126" s="281" t="s">
+      <c r="H127" s="280" t="s">
         <v>77</v>
       </c>
-      <c r="I126" s="281" t="s">
+      <c r="I127" s="279" t="s">
         <v>152</v>
       </c>
-      <c r="J126" s="42" t="s">
+      <c r="J127" s="42" t="s">
+        <v>380</v>
+      </c>
+      <c r="K127" s="280" t="s">
+        <v>116</v>
+      </c>
+      <c r="L127" s="280" t="s">
+        <v>41</v>
+      </c>
+      <c r="M127" s="280" t="s">
+        <v>41</v>
+      </c>
+      <c r="N127" s="280" t="s">
+        <v>7</v>
+      </c>
+      <c r="O127" s="168">
+        <v>47732</v>
+      </c>
+      <c r="P127" s="7"/>
+    </row>
+    <row r="128" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B128" s="160" t="s">
+        <v>383</v>
+      </c>
+      <c r="C128" s="44">
+        <v>26067</v>
+      </c>
+      <c r="D128" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E128" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F128" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G128" s="280" t="s">
+        <v>8</v>
+      </c>
+      <c r="H128" s="280" t="s">
+        <v>77</v>
+      </c>
+      <c r="I128" s="279" t="s">
+        <v>152</v>
+      </c>
+      <c r="J128" s="42" t="s">
+        <v>386</v>
+      </c>
+      <c r="K128" s="280" t="s">
+        <v>130</v>
+      </c>
+      <c r="L128" s="280" t="s">
+        <v>41</v>
+      </c>
+      <c r="M128" s="280" t="s">
+        <v>41</v>
+      </c>
+      <c r="N128" s="280" t="s">
+        <v>7</v>
+      </c>
+      <c r="O128" s="168">
+        <v>50652</v>
+      </c>
+      <c r="P128" s="7"/>
+    </row>
+    <row r="129" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B129" s="160" t="s">
+        <v>381</v>
+      </c>
+      <c r="C129" s="44">
+        <v>26067</v>
+      </c>
+      <c r="D129" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E129" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F129" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G129" s="280" t="s">
+        <v>8</v>
+      </c>
+      <c r="H129" s="279" t="s">
+        <v>77</v>
+      </c>
+      <c r="I129" s="279" t="s">
+        <v>152</v>
+      </c>
+      <c r="J129" s="42" t="s">
         <v>385</v>
       </c>
-      <c r="K126" s="281" t="s">
+      <c r="K129" s="279" t="s">
         <v>382</v>
       </c>
-      <c r="L126" s="282" t="s">
-[...5 lines deleted...]
-      <c r="N126" s="282" t="s">
+      <c r="L129" s="280" t="s">
+        <v>41</v>
+      </c>
+      <c r="M129" s="280" t="s">
+        <v>41</v>
+      </c>
+      <c r="N129" s="280" t="s">
         <v>7</v>
       </c>
-      <c r="O126" s="168">
+      <c r="O129" s="168">
         <v>52703</v>
       </c>
-      <c r="P126" s="7"/>
-[...4 lines deleted...]
-      <c r="B127" s="305" t="s">
+      <c r="P129" s="7"/>
+      <c r="Q129" s="7"/>
+    </row>
+    <row r="130" spans="1:17" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A130" s="222"/>
+      <c r="B130" s="299" t="s">
         <v>384</v>
       </c>
-      <c r="C127" s="306">
+      <c r="C130" s="300">
         <v>26067</v>
-      </c>
-[...133 lines deleted...]
-        <v>26177</v>
       </c>
       <c r="D130" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E130" s="283">
+      <c r="E130" s="59">
         <v>2026</v>
       </c>
-      <c r="F130" s="286">
+      <c r="F130" s="284">
         <v>46295</v>
       </c>
-      <c r="G130" s="283" t="s">
-[...32 lines deleted...]
-      <c r="C131" s="299">
+      <c r="G130" s="282" t="s">
+        <v>8</v>
+      </c>
+      <c r="H130" s="282" t="s">
+        <v>255</v>
+      </c>
+      <c r="I130" s="285" t="s">
+        <v>153</v>
+      </c>
+      <c r="J130" s="69" t="s">
+        <v>387</v>
+      </c>
+      <c r="K130" s="282" t="s">
+        <v>388</v>
+      </c>
+      <c r="L130" s="282" t="s">
+        <v>41</v>
+      </c>
+      <c r="M130" s="282" t="s">
+        <v>41</v>
+      </c>
+      <c r="N130" s="282" t="s">
+        <v>7</v>
+      </c>
+      <c r="O130" s="286">
+        <v>56718</v>
+      </c>
+      <c r="P130" s="7"/>
+    </row>
+    <row r="131" spans="1:17" s="292" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B131" s="296" t="s">
+        <v>495</v>
+      </c>
+      <c r="C131" s="295">
         <v>26177</v>
       </c>
       <c r="D131" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E131" s="283">
+      <c r="E131" s="281">
         <v>2026</v>
       </c>
-      <c r="F131" s="286">
+      <c r="F131" s="284">
         <v>46295</v>
       </c>
-      <c r="G131" s="283" t="s">
+      <c r="G131" s="281" t="s">
         <v>21</v>
       </c>
-      <c r="H131" s="283" t="s">
+      <c r="H131" s="281" t="s">
+        <v>488</v>
+      </c>
+      <c r="I131" s="281" t="s">
+        <v>152</v>
+      </c>
+      <c r="J131" s="291" t="s">
+        <v>500</v>
+      </c>
+      <c r="K131" s="281" t="s">
+        <v>489</v>
+      </c>
+      <c r="L131" s="281" t="s">
+        <v>41</v>
+      </c>
+      <c r="M131" s="281" t="s">
+        <v>41</v>
+      </c>
+      <c r="N131" s="281" t="s">
+        <v>18</v>
+      </c>
+      <c r="O131" s="293">
+        <v>40274.35</v>
+      </c>
+      <c r="P131" s="241"/>
+    </row>
+    <row r="132" spans="1:17" s="292" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B132" s="296" t="s">
+        <v>496</v>
+      </c>
+      <c r="C132" s="295">
+        <v>26177</v>
+      </c>
+      <c r="D132" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E132" s="281">
+        <v>2026</v>
+      </c>
+      <c r="F132" s="284">
+        <v>46295</v>
+      </c>
+      <c r="G132" s="281" t="s">
+        <v>21</v>
+      </c>
+      <c r="H132" s="281" t="s">
+        <v>488</v>
+      </c>
+      <c r="I132" s="281" t="s">
+        <v>152</v>
+      </c>
+      <c r="J132" s="291" t="s">
+        <v>501</v>
+      </c>
+      <c r="K132" s="281" t="s">
+        <v>490</v>
+      </c>
+      <c r="L132" s="281" t="s">
+        <v>41</v>
+      </c>
+      <c r="M132" s="281" t="s">
+        <v>41</v>
+      </c>
+      <c r="N132" s="281" t="s">
+        <v>18</v>
+      </c>
+      <c r="O132" s="293">
+        <v>42472.2</v>
+      </c>
+      <c r="P132" s="241"/>
+    </row>
+    <row r="133" spans="1:17" s="292" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B133" s="296" t="s">
+        <v>497</v>
+      </c>
+      <c r="C133" s="295">
+        <v>26177</v>
+      </c>
+      <c r="D133" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E133" s="281">
+        <v>2026</v>
+      </c>
+      <c r="F133" s="284">
+        <v>46295</v>
+      </c>
+      <c r="G133" s="281" t="s">
+        <v>21</v>
+      </c>
+      <c r="H133" s="281" t="s">
         <v>491</v>
       </c>
-      <c r="I131" s="283" t="s">
+      <c r="I133" s="281" t="s">
         <v>152</v>
       </c>
-      <c r="J131" s="293" t="s">
+      <c r="J133" s="291" t="s">
+        <v>502</v>
+      </c>
+      <c r="K133" s="281" t="s">
+        <v>492</v>
+      </c>
+      <c r="L133" s="281" t="s">
+        <v>41</v>
+      </c>
+      <c r="M133" s="281" t="s">
+        <v>41</v>
+      </c>
+      <c r="N133" s="281" t="s">
+        <v>18</v>
+      </c>
+      <c r="O133" s="293">
+        <v>43805.95</v>
+      </c>
+      <c r="P133" s="241"/>
+    </row>
+    <row r="134" spans="1:17" s="292" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B134" s="296" t="s">
+        <v>498</v>
+      </c>
+      <c r="C134" s="295">
+        <v>26177</v>
+      </c>
+      <c r="D134" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E134" s="281">
+        <v>2026</v>
+      </c>
+      <c r="F134" s="284">
+        <v>46295</v>
+      </c>
+      <c r="G134" s="281" t="s">
+        <v>21</v>
+      </c>
+      <c r="H134" s="281" t="s">
+        <v>491</v>
+      </c>
+      <c r="I134" s="281" t="s">
+        <v>152</v>
+      </c>
+      <c r="J134" s="291" t="s">
         <v>503</v>
       </c>
-      <c r="K131" s="283" t="s">
+      <c r="K134" s="281" t="s">
         <v>493</v>
       </c>
-      <c r="L131" s="283" t="s">
-[...5 lines deleted...]
-      <c r="N131" s="283" t="s">
+      <c r="L134" s="281" t="s">
+        <v>41</v>
+      </c>
+      <c r="M134" s="281" t="s">
+        <v>41</v>
+      </c>
+      <c r="N134" s="281" t="s">
         <v>18</v>
       </c>
-      <c r="O131" s="295">
+      <c r="O134" s="293">
         <v>44548.6</v>
       </c>
-      <c r="P131" s="242"/>
-[...2 lines deleted...]
-      <c r="B132" s="302" t="s">
+      <c r="P134" s="241"/>
+    </row>
+    <row r="135" spans="1:17" s="292" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A135" s="322"/>
+      <c r="B135" s="296" t="s">
         <v>499</v>
       </c>
-      <c r="C132" s="300">
+      <c r="C135" s="295">
         <v>26177</v>
       </c>
-      <c r="D132" s="46" t="s">
+      <c r="D135" s="39" t="s">
         <v>121</v>
       </c>
-      <c r="E132" s="296">
+      <c r="E135" s="313">
         <v>2026</v>
       </c>
-      <c r="F132" s="47">
+      <c r="F135" s="40">
         <v>46295</v>
       </c>
-      <c r="G132" s="296" t="s">
+      <c r="G135" s="313" t="s">
         <v>21</v>
       </c>
-      <c r="H132" s="296" t="s">
+      <c r="H135" s="313" t="s">
         <v>491</v>
       </c>
-      <c r="I132" s="296" t="s">
+      <c r="I135" s="313" t="s">
         <v>153</v>
       </c>
-      <c r="J132" s="297" t="s">
+      <c r="J135" s="291" t="s">
         <v>504</v>
       </c>
-      <c r="K132" s="296" t="s">
+      <c r="K135" s="313" t="s">
         <v>494</v>
       </c>
-      <c r="L132" s="296" t="s">
-[...5 lines deleted...]
-      <c r="N132" s="296" t="s">
+      <c r="L135" s="313" t="s">
+        <v>41</v>
+      </c>
+      <c r="M135" s="313" t="s">
+        <v>41</v>
+      </c>
+      <c r="N135" s="313" t="s">
         <v>18</v>
       </c>
-      <c r="O132" s="298">
+      <c r="O135" s="317">
         <v>45431.8</v>
       </c>
-      <c r="P132" s="242"/>
-[...23 lines deleted...]
-      <c r="B135" s="331" t="s">
+      <c r="P135" s="241"/>
+    </row>
+    <row r="136" spans="1:17" s="292" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B136" s="318" t="s">
+        <v>527</v>
+      </c>
+      <c r="C136" s="319">
+        <v>26205</v>
+      </c>
+      <c r="D136" s="438" t="s">
+        <v>122</v>
+      </c>
+      <c r="E136" s="320">
+        <v>2026</v>
+      </c>
+      <c r="F136" s="157">
+        <v>46295</v>
+      </c>
+      <c r="G136" s="320" t="s">
+        <v>71</v>
+      </c>
+      <c r="H136" s="320" t="s">
+        <v>528</v>
+      </c>
+      <c r="I136" s="320" t="s">
+        <v>149</v>
+      </c>
+      <c r="J136" s="321" t="s">
+        <v>529</v>
+      </c>
+      <c r="K136" s="320" t="s">
+        <v>530</v>
+      </c>
+      <c r="L136" s="320" t="s">
+        <v>41</v>
+      </c>
+      <c r="M136" s="320" t="s">
+        <v>41</v>
+      </c>
+      <c r="N136" s="323" t="s">
+        <v>518</v>
+      </c>
+      <c r="O136" s="294">
+        <v>38103</v>
+      </c>
+      <c r="P136" s="241"/>
+    </row>
+    <row r="137" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B137" s="226"/>
+      <c r="C137" s="226"/>
+      <c r="D137" s="287"/>
+      <c r="E137" s="287"/>
+      <c r="F137" s="288"/>
+      <c r="G137" s="278"/>
+      <c r="H137" s="278"/>
+      <c r="I137" s="277"/>
+      <c r="J137" s="289"/>
+      <c r="K137" s="278"/>
+      <c r="L137" s="278"/>
+      <c r="M137" s="278"/>
+      <c r="N137" s="278"/>
+      <c r="O137" s="290"/>
+      <c r="P137" s="7"/>
+    </row>
+    <row r="138" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="N138" s="204"/>
+      <c r="P138" s="87"/>
+    </row>
+    <row r="139" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B139" s="343" t="s">
         <v>209</v>
       </c>
-      <c r="C135" s="332"/>
-[...15 lines deleted...]
-      <c r="B136" s="155" t="s">
+      <c r="C139" s="344"/>
+      <c r="D139" s="344"/>
+      <c r="E139" s="344"/>
+      <c r="F139" s="344"/>
+      <c r="G139" s="344"/>
+      <c r="H139" s="344"/>
+      <c r="I139" s="344"/>
+      <c r="J139" s="344"/>
+      <c r="K139" s="344"/>
+      <c r="L139" s="344"/>
+      <c r="M139" s="344"/>
+      <c r="N139" s="344"/>
+      <c r="O139" s="345"/>
+      <c r="P139" s="14"/>
+    </row>
+    <row r="140" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B140" s="155" t="s">
         <v>42</v>
       </c>
-      <c r="C136" s="156" t="s">
+      <c r="C140" s="156" t="s">
         <v>218</v>
       </c>
-      <c r="D136" s="270" t="s">
+      <c r="D140" s="268" t="s">
         <v>206</v>
       </c>
-      <c r="E136" s="77" t="s">
+      <c r="E140" s="77" t="s">
         <v>64</v>
       </c>
-      <c r="F136" s="79" t="s">
+      <c r="F140" s="79" t="s">
         <v>40</v>
       </c>
-      <c r="G136" s="80" t="s">
+      <c r="G140" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="H136" s="80" t="s">
+      <c r="H140" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="I136" s="80" t="s">
+      <c r="I140" s="80" t="s">
         <v>27</v>
       </c>
-      <c r="J136" s="81" t="s">
+      <c r="J140" s="81" t="s">
         <v>0</v>
       </c>
-      <c r="K136" s="77" t="s">
+      <c r="K140" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="L136" s="77" t="s">
+      <c r="L140" s="77" t="s">
         <v>76</v>
       </c>
-      <c r="M136" s="77" t="s">
+      <c r="M140" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="N136" s="193" t="s">
+      <c r="N140" s="193" t="s">
         <v>1</v>
       </c>
-      <c r="O136" s="167" t="s">
+      <c r="O140" s="167" t="s">
         <v>268</v>
       </c>
-      <c r="P136" s="82"/>
-[...3 lines deleted...]
-      <c r="B137" s="129" t="s">
+      <c r="P140" s="82"/>
+    </row>
+    <row r="141" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="5"/>
+      <c r="B141" s="242" t="s">
         <v>227</v>
       </c>
-      <c r="C137" s="123">
-[...2 lines deleted...]
-      <c r="D137" s="39" t="s">
+      <c r="C141" s="44">
+        <v>26233</v>
+      </c>
+      <c r="D141" s="39" t="s">
         <v>121</v>
       </c>
-      <c r="E137" s="39">
+      <c r="E141" s="39">
         <v>2026</v>
       </c>
-      <c r="F137" s="40">
+      <c r="F141" s="40">
         <v>46312</v>
       </c>
-      <c r="G137" s="267" t="s">
+      <c r="G141" s="265" t="s">
         <v>229</v>
       </c>
-      <c r="H137" s="268" t="s">
+      <c r="H141" s="266" t="s">
         <v>230</v>
       </c>
-      <c r="I137" s="266" t="s">
+      <c r="I141" s="264" t="s">
         <v>148</v>
       </c>
-      <c r="J137" s="71" t="s">
+      <c r="J141" s="71" t="s">
         <v>100</v>
       </c>
-      <c r="K137" s="268"/>
-[...6 lines deleted...]
-      <c r="N137" s="268" t="s">
+      <c r="K141" s="266"/>
+      <c r="L141" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="M141" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="N141" s="266" t="s">
         <v>62</v>
       </c>
-      <c r="O137" s="168">
+      <c r="O141" s="168">
         <v>23789</v>
       </c>
-      <c r="P137" s="7"/>
-[...3 lines deleted...]
-      <c r="B138" s="129" t="s">
+      <c r="P141" s="7"/>
+    </row>
+    <row r="142" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="5"/>
+      <c r="B142" s="242" t="s">
         <v>228</v>
       </c>
-      <c r="C138" s="123">
-[...2 lines deleted...]
-      <c r="D138" s="39" t="s">
+      <c r="C142" s="44">
+        <v>26233</v>
+      </c>
+      <c r="D142" s="39" t="s">
         <v>121</v>
       </c>
-      <c r="E138" s="39">
+      <c r="E142" s="39">
         <v>2026</v>
       </c>
-      <c r="F138" s="40">
+      <c r="F142" s="40">
         <v>46312</v>
       </c>
-      <c r="G138" s="267" t="s">
+      <c r="G142" s="265" t="s">
         <v>229</v>
       </c>
-      <c r="H138" s="268" t="s">
+      <c r="H142" s="266" t="s">
         <v>231</v>
       </c>
-      <c r="I138" s="266" t="s">
+      <c r="I142" s="264" t="s">
         <v>148</v>
       </c>
-      <c r="J138" s="71" t="s">
+      <c r="J142" s="71" t="s">
         <v>98</v>
       </c>
-      <c r="K138" s="268"/>
-[...6 lines deleted...]
-      <c r="N138" s="268" t="s">
+      <c r="K142" s="266"/>
+      <c r="L142" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="M142" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="N142" s="266" t="s">
         <v>62</v>
       </c>
-      <c r="O138" s="168">
+      <c r="O142" s="168">
         <v>27750</v>
       </c>
-      <c r="P138" s="7"/>
-[...2 lines deleted...]
-      <c r="B139" s="128" t="s">
+      <c r="P142" s="7"/>
+    </row>
+    <row r="143" spans="1:17" s="5" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B143" s="128" t="s">
         <v>361</v>
       </c>
-      <c r="C139" s="123">
+      <c r="C143" s="123">
         <v>26047</v>
       </c>
-      <c r="D139" s="38" t="s">
+      <c r="D143" s="38" t="s">
         <v>121</v>
       </c>
-      <c r="E139" s="39">
+      <c r="E143" s="39">
         <v>2026</v>
       </c>
-      <c r="F139" s="40">
+      <c r="F143" s="40">
         <v>46295</v>
       </c>
-      <c r="G139" s="267" t="s">
+      <c r="G143" s="265" t="s">
         <v>137</v>
       </c>
-      <c r="H139" s="268" t="s">
+      <c r="H143" s="266" t="s">
         <v>139</v>
       </c>
-      <c r="I139" s="266" t="s">
+      <c r="I143" s="264" t="s">
         <v>148</v>
       </c>
-      <c r="J139" s="71" t="s">
+      <c r="J143" s="71" t="s">
         <v>99</v>
       </c>
-      <c r="K139" s="268" t="s">
+      <c r="K143" s="266" t="s">
         <v>140</v>
       </c>
-      <c r="L139" s="268" t="s">
-[...5 lines deleted...]
-      <c r="N139" s="268" t="s">
+      <c r="L143" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="M143" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="N143" s="266" t="s">
         <v>138</v>
       </c>
-      <c r="O139" s="168">
+      <c r="O143" s="168">
         <v>29585</v>
       </c>
-      <c r="P139" s="7"/>
-[...2 lines deleted...]
-      <c r="B140" s="128" t="s">
+      <c r="P143" s="7"/>
+    </row>
+    <row r="144" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B144" s="128" t="s">
         <v>362</v>
       </c>
-      <c r="C140" s="123">
+      <c r="C144" s="123">
         <v>26047</v>
       </c>
-      <c r="D140" s="38" t="s">
+      <c r="D144" s="38" t="s">
         <v>121</v>
       </c>
-      <c r="E140" s="39">
+      <c r="E144" s="39">
         <v>2026</v>
       </c>
-      <c r="F140" s="40">
+      <c r="F144" s="40">
         <v>46295</v>
       </c>
-      <c r="G140" s="267" t="s">
+      <c r="G144" s="265" t="s">
         <v>137</v>
       </c>
-      <c r="H140" s="268" t="s">
+      <c r="H144" s="266" t="s">
         <v>139</v>
       </c>
-      <c r="I140" s="266" t="s">
+      <c r="I144" s="264" t="s">
         <v>148</v>
       </c>
-      <c r="J140" s="71" t="s">
+      <c r="J144" s="71" t="s">
         <v>272</v>
       </c>
-      <c r="K140" s="268" t="s">
+      <c r="K144" s="266" t="s">
         <v>140</v>
       </c>
-      <c r="L140" s="268" t="s">
-[...5 lines deleted...]
-      <c r="N140" s="268" t="s">
+      <c r="L144" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="M144" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="N144" s="266" t="s">
         <v>138</v>
       </c>
-      <c r="O140" s="168">
+      <c r="O144" s="168">
         <v>31185</v>
       </c>
-      <c r="P140" s="7"/>
-[...2 lines deleted...]
-      <c r="B141" s="303" t="s">
+      <c r="P144" s="7"/>
+    </row>
+    <row r="145" spans="1:17" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B145" s="297" t="s">
         <v>391</v>
       </c>
-      <c r="C141" s="126">
+      <c r="C145" s="126">
         <v>26048</v>
       </c>
-      <c r="D141" s="152" t="s">
-[...128 lines deleted...]
-      <c r="D145" s="153" t="s">
+      <c r="D145" s="152" t="s">
         <v>121</v>
       </c>
       <c r="E145" s="46">
         <v>2026</v>
       </c>
       <c r="F145" s="47">
-        <v>45944</v>
-[...19 lines deleted...]
-      <c r="M145" s="56" t="s">
+        <v>46295</v>
+      </c>
+      <c r="G145" s="73" t="s">
+        <v>86</v>
+      </c>
+      <c r="H145" s="45" t="s">
+        <v>88</v>
+      </c>
+      <c r="I145" s="74" t="s">
+        <v>147</v>
+      </c>
+      <c r="J145" s="75" t="s">
+        <v>100</v>
+      </c>
+      <c r="K145" s="45" t="s">
+        <v>165</v>
+      </c>
+      <c r="L145" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="M145" s="45" t="s">
         <v>41</v>
       </c>
       <c r="N145" s="45" t="s">
-        <v>62</v>
-[...43 lines deleted...]
-      <c r="P147" s="14"/>
+        <v>89</v>
+      </c>
+      <c r="O145" s="175">
+        <v>29998</v>
+      </c>
+      <c r="P145" s="7"/>
+    </row>
+    <row r="146" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B146" s="142"/>
+      <c r="C146" s="140"/>
+      <c r="D146" s="28"/>
+      <c r="E146" s="36"/>
+      <c r="F146" s="104"/>
+      <c r="G146" s="105"/>
+      <c r="H146" s="106"/>
+      <c r="I146" s="106"/>
+      <c r="J146" s="107"/>
+      <c r="K146" s="7"/>
+      <c r="L146" s="7"/>
+      <c r="M146" s="7"/>
+      <c r="N146" s="197"/>
+      <c r="O146" s="108"/>
+      <c r="P146" s="95"/>
+      <c r="Q146" s="6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B147" s="346" t="s">
+        <v>213</v>
+      </c>
+      <c r="C147" s="347"/>
+      <c r="D147" s="347"/>
+      <c r="E147" s="347"/>
+      <c r="F147" s="347"/>
+      <c r="G147" s="347"/>
+      <c r="H147" s="347"/>
+      <c r="I147" s="347"/>
+      <c r="J147" s="347"/>
+      <c r="K147" s="347"/>
+      <c r="L147" s="347"/>
+      <c r="M147" s="347"/>
+      <c r="N147" s="347"/>
+      <c r="O147" s="348"/>
+      <c r="P147" s="95"/>
     </row>
     <row r="148" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B148" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C148" s="156" t="s">
         <v>218</v>
       </c>
-      <c r="D148" s="154" t="s">
+      <c r="D148" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E148" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F148" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G148" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H148" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I148" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J148" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K148" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L148" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M148" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N148" s="193" t="s">
         <v>1</v>
       </c>
       <c r="O148" s="167" t="s">
         <v>268</v>
       </c>
       <c r="P148" s="82"/>
     </row>
-    <row r="149" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="D149" s="39" t="s">
+    <row r="149" spans="1:17" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B149" s="130" t="s">
+        <v>256</v>
+      </c>
+      <c r="C149" s="126">
+        <v>240051911</v>
+      </c>
+      <c r="D149" s="153" t="s">
         <v>121</v>
       </c>
-      <c r="E149" s="39">
+      <c r="E149" s="46">
         <v>2026</v>
       </c>
-      <c r="F149" s="40">
-[...164 lines deleted...]
-      <c r="P152" s="166"/>
+      <c r="F149" s="47">
+        <v>46101</v>
+      </c>
+      <c r="G149" s="56" t="s">
+        <v>71</v>
+      </c>
+      <c r="H149" s="67" t="s">
+        <v>187</v>
+      </c>
+      <c r="I149" s="67" t="s">
+        <v>149</v>
+      </c>
+      <c r="J149" s="57" t="s">
+        <v>188</v>
+      </c>
+      <c r="K149" s="56" t="s">
+        <v>134</v>
+      </c>
+      <c r="L149" s="56" t="s">
+        <v>41</v>
+      </c>
+      <c r="M149" s="56" t="s">
+        <v>41</v>
+      </c>
+      <c r="N149" s="45" t="s">
+        <v>62</v>
+      </c>
+      <c r="O149" s="176">
+        <v>62530</v>
+      </c>
+      <c r="P149" s="95"/>
+      <c r="Q149" s="95"/>
+    </row>
+    <row r="150" spans="1:17" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B150" s="149"/>
+      <c r="C150" s="141"/>
+      <c r="D150" s="21"/>
+      <c r="E150" s="21"/>
+      <c r="F150" s="13"/>
+      <c r="G150" s="110"/>
+      <c r="H150" s="110"/>
+      <c r="I150" s="110"/>
+      <c r="J150" s="111"/>
+      <c r="K150" s="109" t="s">
+        <v>93</v>
+      </c>
+      <c r="L150" s="109"/>
+      <c r="M150" s="109"/>
+      <c r="N150" s="198"/>
+      <c r="O150" s="112"/>
+      <c r="P150" s="7"/>
+    </row>
+    <row r="151" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B151" s="410" t="s">
+        <v>210</v>
+      </c>
+      <c r="C151" s="411"/>
+      <c r="D151" s="411"/>
+      <c r="E151" s="411"/>
+      <c r="F151" s="411"/>
+      <c r="G151" s="411"/>
+      <c r="H151" s="411"/>
+      <c r="I151" s="411"/>
+      <c r="J151" s="411"/>
+      <c r="K151" s="411"/>
+      <c r="L151" s="411"/>
+      <c r="M151" s="411"/>
+      <c r="N151" s="411"/>
+      <c r="O151" s="412"/>
+      <c r="P151" s="14"/>
+    </row>
+    <row r="152" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B152" s="155" t="s">
+        <v>42</v>
+      </c>
+      <c r="C152" s="156" t="s">
+        <v>218</v>
+      </c>
+      <c r="D152" s="154" t="s">
+        <v>206</v>
+      </c>
+      <c r="E152" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F152" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G152" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H152" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I152" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J152" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K152" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L152" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M152" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N152" s="193" t="s">
+        <v>1</v>
+      </c>
+      <c r="O152" s="167" t="s">
+        <v>268</v>
+      </c>
+      <c r="P152" s="82"/>
     </row>
     <row r="153" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="222"/>
-      <c r="B153" s="243" t="s">
-[...3 lines deleted...]
-        <v>26056</v>
+      <c r="B153" s="129" t="s">
+        <v>366</v>
+      </c>
+      <c r="C153" s="123">
+        <v>26047</v>
       </c>
       <c r="D153" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E153" s="39">
         <v>2026</v>
       </c>
       <c r="F153" s="40">
         <v>46295</v>
       </c>
       <c r="G153" s="72" t="s">
-        <v>133</v>
-[...4 lines deleted...]
-      <c r="I153" s="218" t="s">
+        <v>137</v>
+      </c>
+      <c r="H153" s="265" t="s">
+        <v>269</v>
+      </c>
+      <c r="I153" s="265" t="s">
         <v>151</v>
       </c>
       <c r="J153" s="71" t="s">
-        <v>435</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>270</v>
+      </c>
+      <c r="K153" s="266" t="s">
+        <v>271</v>
+      </c>
+      <c r="L153" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="M153" s="266" t="s">
+        <v>41</v>
+      </c>
+      <c r="N153" s="266" t="s">
+        <v>138</v>
       </c>
       <c r="O153" s="168">
-        <v>35545</v>
-[...9 lines deleted...]
-        <v>26064</v>
+        <v>44685</v>
+      </c>
+      <c r="P153" s="267"/>
+    </row>
+    <row r="154" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B154" s="304" t="s">
+        <v>392</v>
+      </c>
+      <c r="C154" s="123">
+        <v>26048</v>
       </c>
       <c r="D154" s="39" t="s">
         <v>121</v>
       </c>
-      <c r="E154" s="39">
+      <c r="E154" s="59">
         <v>2026</v>
       </c>
       <c r="F154" s="40">
         <v>46295</v>
       </c>
       <c r="G154" s="72" t="s">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>328</v>
+        <v>86</v>
+      </c>
+      <c r="H154" s="113" t="s">
+        <v>95</v>
+      </c>
+      <c r="I154" s="113" t="s">
+        <v>147</v>
+      </c>
+      <c r="J154" s="71" t="s">
+        <v>270</v>
       </c>
       <c r="K154" s="190" t="s">
-        <v>329</v>
+        <v>97</v>
       </c>
       <c r="L154" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M154" s="190" t="s">
         <v>41</v>
       </c>
       <c r="N154" s="190" t="s">
-        <v>7</v>
+        <v>89</v>
       </c>
       <c r="O154" s="168">
-        <v>26659</v>
+        <v>25476</v>
       </c>
       <c r="P154" s="166"/>
     </row>
-    <row r="155" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="E155" s="39">
+    <row r="155" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B155" s="304" t="s">
+        <v>393</v>
+      </c>
+      <c r="C155" s="123">
+        <v>26048</v>
+      </c>
+      <c r="D155" s="306" t="s">
+        <v>122</v>
+      </c>
+      <c r="E155" s="59">
         <v>2026</v>
       </c>
       <c r="F155" s="40">
         <v>46295</v>
       </c>
       <c r="G155" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="H155" s="113" t="s">
+        <v>96</v>
+      </c>
+      <c r="I155" s="113" t="s">
+        <v>148</v>
+      </c>
+      <c r="J155" s="71" t="s">
+        <v>270</v>
+      </c>
+      <c r="K155" s="190" t="s">
+        <v>395</v>
+      </c>
+      <c r="L155" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M155" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="N155" s="190" t="s">
+        <v>89</v>
+      </c>
+      <c r="O155" s="168">
+        <v>31300</v>
+      </c>
+      <c r="P155" s="166"/>
+    </row>
+    <row r="156" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B156" s="304" t="s">
+        <v>394</v>
+      </c>
+      <c r="C156" s="123">
+        <v>26048</v>
+      </c>
+      <c r="D156" s="306" t="s">
+        <v>122</v>
+      </c>
+      <c r="E156" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F156" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G156" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="H156" s="113" t="s">
+        <v>96</v>
+      </c>
+      <c r="I156" s="113" t="s">
+        <v>148</v>
+      </c>
+      <c r="J156" s="71" t="s">
+        <v>270</v>
+      </c>
+      <c r="K156" s="190" t="s">
+        <v>396</v>
+      </c>
+      <c r="L156" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M156" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="N156" s="190" t="s">
+        <v>89</v>
+      </c>
+      <c r="O156" s="168">
+        <v>35605</v>
+      </c>
+      <c r="P156" s="166"/>
+    </row>
+    <row r="157" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="222"/>
+      <c r="B157" s="242" t="s">
+        <v>434</v>
+      </c>
+      <c r="C157" s="44">
+        <v>26056</v>
+      </c>
+      <c r="D157" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E157" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F157" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G157" s="72" t="s">
+        <v>133</v>
+      </c>
+      <c r="H157" s="218" t="s">
+        <v>483</v>
+      </c>
+      <c r="I157" s="218" t="s">
+        <v>151</v>
+      </c>
+      <c r="J157" s="71" t="s">
+        <v>435</v>
+      </c>
+      <c r="K157" s="219" t="s">
+        <v>436</v>
+      </c>
+      <c r="L157" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="M157" s="219" t="s">
+        <v>41</v>
+      </c>
+      <c r="N157" s="219" t="s">
+        <v>62</v>
+      </c>
+      <c r="O157" s="168">
+        <v>35545</v>
+      </c>
+      <c r="P157" s="216"/>
+    </row>
+    <row r="158" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="5"/>
+      <c r="B158" s="242" t="s">
+        <v>327</v>
+      </c>
+      <c r="C158" s="44">
+        <v>26064</v>
+      </c>
+      <c r="D158" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E158" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F158" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G158" s="72" t="s">
         <v>8</v>
       </c>
-      <c r="H155" s="276" t="s">
+      <c r="H158" s="189" t="s">
         <v>127</v>
       </c>
-      <c r="I155" s="276" t="s">
+      <c r="I158" s="189" t="s">
         <v>29</v>
       </c>
-      <c r="J155" s="58" t="s">
+      <c r="J158" s="58" t="s">
+        <v>328</v>
+      </c>
+      <c r="K158" s="190" t="s">
+        <v>329</v>
+      </c>
+      <c r="L158" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="M158" s="190" t="s">
+        <v>41</v>
+      </c>
+      <c r="N158" s="190" t="s">
+        <v>7</v>
+      </c>
+      <c r="O158" s="168">
+        <v>26659</v>
+      </c>
+      <c r="P158" s="166"/>
+    </row>
+    <row r="159" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="5"/>
+      <c r="B159" s="242" t="s">
+        <v>330</v>
+      </c>
+      <c r="C159" s="44">
+        <v>26064</v>
+      </c>
+      <c r="D159" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E159" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F159" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G159" s="72" t="s">
+        <v>8</v>
+      </c>
+      <c r="H159" s="274" t="s">
+        <v>127</v>
+      </c>
+      <c r="I159" s="274" t="s">
+        <v>29</v>
+      </c>
+      <c r="J159" s="58" t="s">
         <v>331</v>
       </c>
-      <c r="K155" s="277" t="s">
+      <c r="K159" s="275" t="s">
         <v>324</v>
       </c>
-      <c r="L155" s="277" t="s">
-[...5 lines deleted...]
-      <c r="N155" s="277" t="s">
+      <c r="L159" s="275" t="s">
+        <v>41</v>
+      </c>
+      <c r="M159" s="275" t="s">
+        <v>41</v>
+      </c>
+      <c r="N159" s="275" t="s">
         <v>7</v>
       </c>
-      <c r="O155" s="168">
+      <c r="O159" s="168">
         <v>28113</v>
       </c>
-      <c r="P155" s="278"/>
-[...3 lines deleted...]
-      <c r="B156" s="245" t="s">
+      <c r="P159" s="276"/>
+    </row>
+    <row r="160" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="5"/>
+      <c r="B160" s="242" t="s">
         <v>484</v>
       </c>
-      <c r="C156" s="246">
+      <c r="C160" s="44">
         <v>26171</v>
       </c>
-      <c r="D156" s="153" t="s">
+      <c r="D160" s="39" t="s">
         <v>121</v>
       </c>
-      <c r="E156" s="153">
+      <c r="E160" s="39">
         <v>2026</v>
       </c>
-      <c r="F156" s="157">
+      <c r="F160" s="40">
         <v>46295</v>
       </c>
-      <c r="G156" s="165" t="s">
+      <c r="G160" s="72" t="s">
         <v>8</v>
       </c>
-      <c r="H156" s="163" t="s">
+      <c r="H160" s="312" t="s">
         <v>10</v>
       </c>
-      <c r="I156" s="163" t="s">
+      <c r="I160" s="312" t="s">
         <v>30</v>
       </c>
-      <c r="J156" s="223" t="s">
+      <c r="J160" s="58" t="s">
         <v>485</v>
       </c>
-      <c r="K156" s="48" t="s">
+      <c r="K160" s="310" t="s">
         <v>486</v>
       </c>
-      <c r="L156" s="48" t="s">
-[...5 lines deleted...]
-      <c r="N156" s="48" t="s">
+      <c r="L160" s="310" t="s">
+        <v>41</v>
+      </c>
+      <c r="M160" s="310" t="s">
+        <v>41</v>
+      </c>
+      <c r="N160" s="310" t="s">
         <v>7</v>
       </c>
-      <c r="O156" s="171">
+      <c r="O160" s="168">
         <v>44221</v>
       </c>
-      <c r="P156" s="95"/>
-[...19 lines deleted...]
-      <c r="B158" s="398" t="s">
+      <c r="P160" s="309"/>
+    </row>
+    <row r="161" spans="1:17" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="5"/>
+      <c r="B161" s="244" t="s">
+        <v>524</v>
+      </c>
+      <c r="C161" s="245">
+        <v>26205</v>
+      </c>
+      <c r="D161" s="153" t="s">
+        <v>121</v>
+      </c>
+      <c r="E161" s="153">
+        <v>2026</v>
+      </c>
+      <c r="F161" s="157">
+        <v>46295</v>
+      </c>
+      <c r="G161" s="165" t="s">
+        <v>133</v>
+      </c>
+      <c r="H161" s="163" t="s">
+        <v>525</v>
+      </c>
+      <c r="I161" s="163" t="s">
+        <v>150</v>
+      </c>
+      <c r="J161" s="223" t="s">
+        <v>526</v>
+      </c>
+      <c r="K161" s="48" t="s">
+        <v>436</v>
+      </c>
+      <c r="L161" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="M161" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="N161" s="48" t="s">
+        <v>62</v>
+      </c>
+      <c r="O161" s="171">
+        <v>44221</v>
+      </c>
+      <c r="P161" s="95"/>
+    </row>
+    <row r="162" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B162" s="147"/>
+      <c r="C162" s="135"/>
+      <c r="D162" s="30"/>
+      <c r="E162" s="17"/>
+      <c r="F162" s="12"/>
+      <c r="G162" s="106"/>
+      <c r="H162" s="37"/>
+      <c r="I162" s="37"/>
+      <c r="J162" s="115"/>
+      <c r="K162" s="7"/>
+      <c r="L162" s="7"/>
+      <c r="M162" s="7"/>
+      <c r="N162" s="199"/>
+      <c r="O162" s="18"/>
+      <c r="P162" s="95"/>
+    </row>
+    <row r="163" spans="1:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B163" s="410" t="s">
         <v>211</v>
       </c>
-      <c r="C158" s="399"/>
-[...15 lines deleted...]
-      <c r="B159" s="155" t="s">
+      <c r="C163" s="411"/>
+      <c r="D163" s="411"/>
+      <c r="E163" s="411"/>
+      <c r="F163" s="411"/>
+      <c r="G163" s="411"/>
+      <c r="H163" s="411"/>
+      <c r="I163" s="411"/>
+      <c r="J163" s="411"/>
+      <c r="K163" s="411"/>
+      <c r="L163" s="411"/>
+      <c r="M163" s="411"/>
+      <c r="N163" s="411"/>
+      <c r="O163" s="412"/>
+      <c r="P163" s="95"/>
+    </row>
+    <row r="164" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B164" s="155" t="s">
         <v>42</v>
       </c>
-      <c r="C159" s="156" t="s">
+      <c r="C164" s="156" t="s">
         <v>218</v>
       </c>
-      <c r="D159" s="78" t="s">
+      <c r="D164" s="78" t="s">
         <v>206</v>
       </c>
-      <c r="E159" s="77" t="s">
+      <c r="E164" s="77" t="s">
         <v>64</v>
       </c>
-      <c r="F159" s="79" t="s">
+      <c r="F164" s="79" t="s">
         <v>40</v>
       </c>
-      <c r="G159" s="80" t="s">
+      <c r="G164" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="H159" s="80" t="s">
+      <c r="H164" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="I159" s="80" t="s">
+      <c r="I164" s="80" t="s">
         <v>27</v>
       </c>
-      <c r="J159" s="81" t="s">
+      <c r="J164" s="81" t="s">
         <v>0</v>
       </c>
-      <c r="K159" s="77" t="s">
+      <c r="K164" s="77" t="s">
         <v>22</v>
       </c>
-      <c r="L159" s="77" t="s">
+      <c r="L164" s="77" t="s">
         <v>76</v>
       </c>
-      <c r="M159" s="77" t="s">
+      <c r="M164" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="N159" s="193" t="s">
+      <c r="N164" s="193" t="s">
         <v>1</v>
       </c>
-      <c r="O159" s="167" t="s">
+      <c r="O164" s="167" t="s">
         <v>268</v>
       </c>
-      <c r="P159" s="82"/>
-[...2 lines deleted...]
-      <c r="B160" s="303" t="s">
+      <c r="P164" s="82"/>
+    </row>
+    <row r="165" spans="1:17" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B165" s="297" t="s">
         <v>505</v>
       </c>
-      <c r="C160" s="304">
+      <c r="C165" s="298">
         <v>26180</v>
       </c>
-      <c r="D160" s="311" t="s">
+      <c r="D165" s="305" t="s">
         <v>122</v>
       </c>
-      <c r="E160" s="46">
+      <c r="E165" s="46">
         <v>2026</v>
       </c>
-      <c r="F160" s="47">
+      <c r="F165" s="47">
         <v>46295</v>
       </c>
-      <c r="G160" s="114" t="s">
+      <c r="G165" s="114" t="s">
         <v>8</v>
       </c>
-      <c r="H160" s="73" t="s">
+      <c r="H165" s="73" t="s">
         <v>508</v>
       </c>
-      <c r="I160" s="74" t="s">
+      <c r="I165" s="74" t="s">
         <v>30</v>
       </c>
-      <c r="J160" s="75" t="s">
+      <c r="J165" s="75" t="s">
         <v>509</v>
       </c>
-      <c r="K160" s="45" t="s">
+      <c r="K165" s="45" t="s">
         <v>506</v>
       </c>
-      <c r="L160" s="45" t="s">
-[...5 lines deleted...]
-      <c r="N160" s="45" t="s">
+      <c r="L165" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="M165" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="N165" s="45" t="s">
         <v>507</v>
       </c>
-      <c r="O160" s="178">
+      <c r="O165" s="178">
         <v>46194</v>
       </c>
-      <c r="P160" s="166"/>
-[...21 lines deleted...]
-      <c r="B162" s="398" t="s">
+      <c r="P165" s="166"/>
+      <c r="Q165" s="166"/>
+    </row>
+    <row r="166" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B166" s="147"/>
+      <c r="C166" s="142"/>
+      <c r="D166" s="35"/>
+      <c r="E166" s="17"/>
+      <c r="F166" s="12"/>
+      <c r="G166" s="106"/>
+      <c r="H166" s="37"/>
+      <c r="I166" s="101"/>
+      <c r="J166" s="115"/>
+      <c r="K166" s="7"/>
+      <c r="L166" s="7"/>
+      <c r="M166" s="7"/>
+      <c r="N166" s="194"/>
+      <c r="O166" s="116"/>
+      <c r="P166" s="95"/>
+      <c r="Q166" s="95"/>
+    </row>
+    <row r="167" spans="1:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B167" s="410" t="s">
         <v>212</v>
       </c>
-      <c r="C162" s="399"/>
-[...15 lines deleted...]
-      <c r="B163" s="179" t="s">
+      <c r="C167" s="411"/>
+      <c r="D167" s="411"/>
+      <c r="E167" s="411"/>
+      <c r="F167" s="411"/>
+      <c r="G167" s="411"/>
+      <c r="H167" s="411"/>
+      <c r="I167" s="411"/>
+      <c r="J167" s="411"/>
+      <c r="K167" s="411"/>
+      <c r="L167" s="411"/>
+      <c r="M167" s="411"/>
+      <c r="N167" s="411"/>
+      <c r="O167" s="412"/>
+      <c r="P167" s="95"/>
+    </row>
+    <row r="168" spans="1:17" s="76" customFormat="1" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B168" s="179" t="s">
         <v>42</v>
       </c>
-      <c r="C163" s="180" t="s">
+      <c r="C168" s="180" t="s">
         <v>218</v>
       </c>
-      <c r="D163" s="181" t="s">
+      <c r="D168" s="181" t="s">
         <v>206</v>
       </c>
-      <c r="E163" s="182" t="s">
+      <c r="E168" s="182" t="s">
         <v>64</v>
       </c>
-      <c r="F163" s="183" t="s">
+      <c r="F168" s="183" t="s">
         <v>40</v>
       </c>
-      <c r="G163" s="184" t="s">
+      <c r="G168" s="184" t="s">
         <v>2</v>
       </c>
-      <c r="H163" s="184" t="s">
+      <c r="H168" s="184" t="s">
         <v>3</v>
       </c>
-      <c r="I163" s="184" t="s">
+      <c r="I168" s="184" t="s">
         <v>27</v>
       </c>
-      <c r="J163" s="185" t="s">
+      <c r="J168" s="185" t="s">
         <v>0</v>
       </c>
-      <c r="K163" s="182" t="s">
+      <c r="K168" s="182" t="s">
         <v>22</v>
       </c>
-      <c r="L163" s="182" t="s">
+      <c r="L168" s="182" t="s">
         <v>76</v>
       </c>
-      <c r="M163" s="182" t="s">
+      <c r="M168" s="182" t="s">
         <v>65</v>
       </c>
-      <c r="N163" s="200" t="s">
+      <c r="N168" s="200" t="s">
         <v>1</v>
       </c>
-      <c r="O163" s="186" t="s">
+      <c r="O168" s="186" t="s">
         <v>4</v>
       </c>
-      <c r="P163" s="82"/>
-[...24 lines deleted...]
-      <c r="I166" s="406" t="s">
+      <c r="P168" s="82"/>
+    </row>
+    <row r="169" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B169" s="147"/>
+      <c r="C169" s="135"/>
+      <c r="D169" s="17"/>
+      <c r="E169" s="17"/>
+      <c r="F169" s="12"/>
+      <c r="G169" s="106"/>
+      <c r="H169" s="37"/>
+      <c r="I169" s="37"/>
+      <c r="J169" s="115"/>
+      <c r="K169" s="7"/>
+      <c r="L169" s="7"/>
+      <c r="M169" s="98"/>
+      <c r="N169" s="194"/>
+      <c r="O169" s="116"/>
+      <c r="P169" s="95"/>
+      <c r="Q169" s="95"/>
+    </row>
+    <row r="170" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="P170" s="87"/>
+    </row>
+    <row r="171" spans="1:17" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="H171" s="191"/>
+      <c r="I171" s="418" t="s">
         <v>17</v>
       </c>
-      <c r="J166" s="406"/>
-[...9 lines deleted...]
-      <c r="I167" s="401" t="s">
+      <c r="J171" s="418"/>
+      <c r="K171" s="418"/>
+      <c r="L171" s="418"/>
+      <c r="M171" s="418"/>
+      <c r="N171" s="418"/>
+      <c r="O171" s="418"/>
+      <c r="P171" s="87"/>
+    </row>
+    <row r="172" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="H172" s="15"/>
+      <c r="I172" s="413" t="s">
         <v>1</v>
       </c>
-      <c r="J167" s="401"/>
-      <c r="K167" s="397" t="s">
+      <c r="J172" s="413"/>
+      <c r="K172" s="409" t="s">
         <v>15</v>
       </c>
-      <c r="L167" s="397"/>
-[...1 lines deleted...]
-      <c r="N167" s="201" t="s">
+      <c r="L172" s="409"/>
+      <c r="M172" s="409"/>
+      <c r="N172" s="201" t="s">
         <v>12</v>
       </c>
-      <c r="O167" s="187" t="s">
+      <c r="O172" s="187" t="s">
         <v>13</v>
       </c>
-      <c r="P167" s="87"/>
-[...3 lines deleted...]
-      <c r="I168" s="345" t="s">
+      <c r="P172" s="87"/>
+    </row>
+    <row r="173" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H173" s="95"/>
+      <c r="I173" s="357" t="s">
         <v>219</v>
       </c>
-      <c r="J168" s="345"/>
-      <c r="K168" s="317" t="s">
+      <c r="J173" s="357"/>
+      <c r="K173" s="329" t="s">
         <v>79</v>
       </c>
-      <c r="L168" s="317"/>
-[...1 lines deleted...]
-      <c r="N168" s="316" t="s">
+      <c r="L173" s="329"/>
+      <c r="M173" s="329"/>
+      <c r="N173" s="328" t="s">
         <v>72</v>
       </c>
-      <c r="O168" s="323" t="s">
+      <c r="O173" s="335" t="s">
         <v>63</v>
       </c>
-      <c r="P168" s="87"/>
-[...25 lines deleted...]
-      <c r="I171" s="339" t="s">
+      <c r="P173" s="87"/>
+    </row>
+    <row r="174" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H174" s="95"/>
+      <c r="I174" s="357"/>
+      <c r="J174" s="357"/>
+      <c r="K174" s="329"/>
+      <c r="L174" s="329"/>
+      <c r="M174" s="329"/>
+      <c r="N174" s="328"/>
+      <c r="O174" s="335"/>
+      <c r="P174" s="87"/>
+    </row>
+    <row r="175" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H175" s="96"/>
+      <c r="I175" s="358"/>
+      <c r="J175" s="358"/>
+      <c r="K175" s="329"/>
+      <c r="L175" s="329"/>
+      <c r="M175" s="329"/>
+      <c r="N175" s="328"/>
+      <c r="O175" s="335"/>
+      <c r="P175" s="87"/>
+    </row>
+    <row r="176" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H176" s="95"/>
+      <c r="I176" s="351" t="s">
         <v>190</v>
       </c>
-      <c r="J171" s="340"/>
-      <c r="K171" s="341" t="s">
+      <c r="J176" s="352"/>
+      <c r="K176" s="353" t="s">
         <v>16</v>
       </c>
-      <c r="L171" s="342"/>
-[...1 lines deleted...]
-      <c r="N171" s="405" t="s">
+      <c r="L176" s="354"/>
+      <c r="M176" s="354"/>
+      <c r="N176" s="417" t="s">
         <v>204</v>
       </c>
-      <c r="O171" s="322" t="s">
+      <c r="O176" s="334" t="s">
         <v>14</v>
       </c>
-      <c r="P171" s="87"/>
-[...3 lines deleted...]
-      <c r="I172" s="337" t="s">
+      <c r="P176" s="87"/>
+    </row>
+    <row r="177" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H177" s="117"/>
+      <c r="I177" s="349" t="s">
         <v>203</v>
       </c>
-      <c r="J172" s="338"/>
-[...77 lines deleted...]
-      </c>
+      <c r="J177" s="350"/>
+      <c r="K177" s="353"/>
+      <c r="L177" s="354"/>
+      <c r="M177" s="354"/>
+      <c r="N177" s="417"/>
+      <c r="O177" s="334"/>
       <c r="P177" s="87"/>
     </row>
     <row r="178" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H178" s="98"/>
-      <c r="I178" s="385" t="s">
-[...7 lines deleted...]
-      <c r="O178" s="355"/>
+      <c r="I178" s="406" t="s">
+        <v>202</v>
+      </c>
+      <c r="J178" s="407"/>
+      <c r="K178" s="353"/>
+      <c r="L178" s="354"/>
+      <c r="M178" s="354"/>
+      <c r="N178" s="417"/>
+      <c r="O178" s="334"/>
       <c r="P178" s="87"/>
     </row>
     <row r="179" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H179" s="98"/>
-      <c r="I179" s="387" t="s">
+      <c r="I179" s="356" t="s">
+        <v>223</v>
+      </c>
+      <c r="J179" s="356"/>
+      <c r="K179" s="329" t="s">
+        <v>173</v>
+      </c>
+      <c r="L179" s="329"/>
+      <c r="M179" s="329"/>
+      <c r="N179" s="328" t="s">
+        <v>174</v>
+      </c>
+      <c r="O179" s="335" t="s">
+        <v>175</v>
+      </c>
+      <c r="P179" s="87"/>
+    </row>
+    <row r="180" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H180" s="98"/>
+      <c r="I180" s="357"/>
+      <c r="J180" s="357"/>
+      <c r="K180" s="329"/>
+      <c r="L180" s="329"/>
+      <c r="M180" s="329"/>
+      <c r="N180" s="328"/>
+      <c r="O180" s="335"/>
+      <c r="P180" s="87"/>
+    </row>
+    <row r="181" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H181" s="98"/>
+      <c r="I181" s="358"/>
+      <c r="J181" s="358"/>
+      <c r="K181" s="329"/>
+      <c r="L181" s="329"/>
+      <c r="M181" s="329"/>
+      <c r="N181" s="328"/>
+      <c r="O181" s="335"/>
+      <c r="P181" s="87"/>
+    </row>
+    <row r="182" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H182" s="98"/>
+      <c r="I182" s="371" t="s">
+        <v>281</v>
+      </c>
+      <c r="J182" s="372"/>
+      <c r="K182" s="362" t="s">
+        <v>284</v>
+      </c>
+      <c r="L182" s="362"/>
+      <c r="M182" s="363"/>
+      <c r="N182" s="368" t="s">
+        <v>286</v>
+      </c>
+      <c r="O182" s="355" t="s">
+        <v>285</v>
+      </c>
+      <c r="P182" s="87"/>
+    </row>
+    <row r="183" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H183" s="98"/>
+      <c r="I183" s="397" t="s">
+        <v>282</v>
+      </c>
+      <c r="J183" s="398"/>
+      <c r="K183" s="327"/>
+      <c r="L183" s="327"/>
+      <c r="M183" s="364"/>
+      <c r="N183" s="369"/>
+      <c r="O183" s="367"/>
+      <c r="P183" s="87"/>
+    </row>
+    <row r="184" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H184" s="98"/>
+      <c r="I184" s="399" t="s">
         <v>283</v>
       </c>
-      <c r="J179" s="388"/>
-[...9 lines deleted...]
-      <c r="I180" s="379" t="s">
+      <c r="J184" s="400"/>
+      <c r="K184" s="365"/>
+      <c r="L184" s="365"/>
+      <c r="M184" s="366"/>
+      <c r="N184" s="370"/>
+      <c r="O184" s="333"/>
+      <c r="P184" s="87"/>
+    </row>
+    <row r="185" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H185" s="95"/>
+      <c r="I185" s="391" t="s">
         <v>18</v>
       </c>
-      <c r="J180" s="380"/>
-      <c r="K180" s="347" t="s">
+      <c r="J185" s="392"/>
+      <c r="K185" s="359" t="s">
         <v>233</v>
       </c>
-      <c r="L180" s="322"/>
-[...1 lines deleted...]
-      <c r="N180" s="322" t="s">
+      <c r="L185" s="334"/>
+      <c r="M185" s="334"/>
+      <c r="N185" s="334" t="s">
         <v>234</v>
       </c>
-      <c r="O180" s="322" t="s">
+      <c r="O185" s="334" t="s">
         <v>235</v>
       </c>
-      <c r="P180" s="87"/>
-[...3 lines deleted...]
-      <c r="I181" s="348" t="s">
+      <c r="P185" s="87"/>
+    </row>
+    <row r="186" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H186" s="95"/>
+      <c r="I186" s="360" t="s">
         <v>201</v>
       </c>
-      <c r="J181" s="349"/>
-[...10 lines deleted...]
-      <c r="I182" s="392" t="s">
+      <c r="J186" s="361"/>
+      <c r="K186" s="359"/>
+      <c r="L186" s="334"/>
+      <c r="M186" s="334"/>
+      <c r="N186" s="334"/>
+      <c r="O186" s="334"/>
+      <c r="P186" s="87"/>
+    </row>
+    <row r="187" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F187" s="118"/>
+      <c r="H187" s="95"/>
+      <c r="I187" s="404" t="s">
         <v>202</v>
       </c>
-      <c r="J182" s="393"/>
-[...94 lines deleted...]
-      <c r="O187" s="322"/>
+      <c r="J187" s="405"/>
+      <c r="K187" s="359"/>
+      <c r="L187" s="334"/>
+      <c r="M187" s="334"/>
+      <c r="N187" s="334"/>
+      <c r="O187" s="334"/>
       <c r="P187" s="87"/>
     </row>
-    <row r="188" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D188" s="6"/>
+    <row r="188" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F188" s="118"/>
       <c r="H188" s="161"/>
-      <c r="I188" s="387" t="s">
-[...7 lines deleted...]
-      <c r="O188" s="343"/>
+      <c r="I188" s="357" t="s">
+        <v>222</v>
+      </c>
+      <c r="J188" s="357"/>
+      <c r="K188" s="329" t="s">
+        <v>79</v>
+      </c>
+      <c r="L188" s="329"/>
+      <c r="M188" s="329"/>
+      <c r="N188" s="328" t="s">
+        <v>72</v>
+      </c>
+      <c r="O188" s="335" t="s">
+        <v>63</v>
+      </c>
       <c r="P188" s="87"/>
     </row>
     <row r="189" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B189" s="231"/>
-      <c r="C189" s="231"/>
+      <c r="B189" s="230"/>
+      <c r="C189" s="230"/>
       <c r="D189" s="6"/>
       <c r="F189" s="118"/>
       <c r="H189" s="161"/>
-      <c r="I189" s="381" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="I189" s="357"/>
+      <c r="J189" s="357"/>
+      <c r="K189" s="329"/>
+      <c r="L189" s="329"/>
+      <c r="M189" s="329"/>
+      <c r="N189" s="328"/>
+      <c r="O189" s="335"/>
       <c r="P189" s="87"/>
     </row>
-    <row r="190" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C190" s="231"/>
+    <row r="190" spans="2:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B190" s="230"/>
+      <c r="C190" s="230"/>
       <c r="D190" s="6"/>
       <c r="F190" s="118"/>
       <c r="H190" s="161"/>
-      <c r="I190" s="383" t="s">
-[...7 lines deleted...]
-      <c r="O190" s="313"/>
+      <c r="I190" s="358"/>
+      <c r="J190" s="358"/>
+      <c r="K190" s="329"/>
+      <c r="L190" s="329"/>
+      <c r="M190" s="329"/>
+      <c r="N190" s="328"/>
+      <c r="O190" s="335"/>
       <c r="P190" s="87"/>
     </row>
     <row r="191" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B191" s="231"/>
-      <c r="C191" s="231"/>
+      <c r="B191" s="230"/>
+      <c r="C191" s="230"/>
       <c r="D191" s="6"/>
       <c r="F191" s="118"/>
       <c r="H191" s="161"/>
-      <c r="I191" s="410" t="s">
-[...7 lines deleted...]
-      <c r="O191" s="314"/>
+      <c r="I191" s="371" t="s">
+        <v>191</v>
+      </c>
+      <c r="J191" s="372"/>
+      <c r="K191" s="373" t="s">
+        <v>194</v>
+      </c>
+      <c r="L191" s="331"/>
+      <c r="M191" s="331"/>
+      <c r="N191" s="332" t="s">
+        <v>195</v>
+      </c>
+      <c r="O191" s="334" t="s">
+        <v>196</v>
+      </c>
       <c r="P191" s="87"/>
     </row>
     <row r="192" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B192" s="231"/>
-      <c r="C192" s="231"/>
+      <c r="B192" s="230"/>
+      <c r="C192" s="230"/>
       <c r="D192" s="6"/>
       <c r="F192" s="118"/>
       <c r="H192" s="161"/>
-      <c r="I192" s="420" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="I192" s="397" t="s">
+        <v>192</v>
+      </c>
+      <c r="J192" s="398"/>
+      <c r="K192" s="373"/>
+      <c r="L192" s="331"/>
+      <c r="M192" s="331"/>
+      <c r="N192" s="332"/>
+      <c r="O192" s="334"/>
       <c r="P192" s="87"/>
     </row>
     <row r="193" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B193" s="231"/>
-      <c r="C193" s="231"/>
+      <c r="B193" s="230"/>
+      <c r="C193" s="230"/>
       <c r="D193" s="6"/>
       <c r="F193" s="118"/>
       <c r="H193" s="161"/>
-      <c r="I193" s="422" t="s">
-[...7 lines deleted...]
-      <c r="O193" s="322"/>
+      <c r="I193" s="399" t="s">
+        <v>193</v>
+      </c>
+      <c r="J193" s="400"/>
+      <c r="K193" s="373"/>
+      <c r="L193" s="331"/>
+      <c r="M193" s="331"/>
+      <c r="N193" s="332"/>
+      <c r="O193" s="355"/>
       <c r="P193" s="87"/>
     </row>
     <row r="194" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B194" s="231"/>
-      <c r="C194" s="231"/>
+      <c r="B194" s="230"/>
+      <c r="C194" s="230"/>
       <c r="D194" s="6"/>
       <c r="F194" s="118"/>
       <c r="H194" s="161"/>
-      <c r="I194" s="424" t="s">
-[...7 lines deleted...]
-      <c r="O194" s="322"/>
+      <c r="I194" s="393" t="s">
+        <v>186</v>
+      </c>
+      <c r="J194" s="394"/>
+      <c r="K194" s="342" t="s">
+        <v>275</v>
+      </c>
+      <c r="L194" s="329"/>
+      <c r="M194" s="329"/>
+      <c r="N194" s="341" t="s">
+        <v>276</v>
+      </c>
+      <c r="O194" s="324" t="s">
+        <v>277</v>
+      </c>
       <c r="P194" s="87"/>
     </row>
     <row r="195" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B195" s="231"/>
-      <c r="C195" s="231"/>
+      <c r="B195" s="230"/>
+      <c r="C195" s="230"/>
       <c r="D195" s="6"/>
       <c r="F195" s="118"/>
-      <c r="H195" s="95"/>
-      <c r="I195" s="412" t="s">
+      <c r="H195" s="161"/>
+      <c r="I195" s="395" t="s">
+        <v>273</v>
+      </c>
+      <c r="J195" s="396"/>
+      <c r="K195" s="342"/>
+      <c r="L195" s="329"/>
+      <c r="M195" s="329"/>
+      <c r="N195" s="341"/>
+      <c r="O195" s="325"/>
+      <c r="P195" s="87"/>
+    </row>
+    <row r="196" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B196" s="230"/>
+      <c r="C196" s="230"/>
+      <c r="D196" s="6"/>
+      <c r="F196" s="118"/>
+      <c r="H196" s="161"/>
+      <c r="I196" s="422" t="s">
+        <v>274</v>
+      </c>
+      <c r="J196" s="423"/>
+      <c r="K196" s="342"/>
+      <c r="L196" s="329"/>
+      <c r="M196" s="329"/>
+      <c r="N196" s="341"/>
+      <c r="O196" s="326"/>
+      <c r="P196" s="87"/>
+    </row>
+    <row r="197" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B197" s="230"/>
+      <c r="C197" s="230"/>
+      <c r="D197" s="6"/>
+      <c r="F197" s="118"/>
+      <c r="H197" s="161"/>
+      <c r="I197" s="432" t="s">
+        <v>260</v>
+      </c>
+      <c r="J197" s="433"/>
+      <c r="K197" s="338" t="s">
+        <v>263</v>
+      </c>
+      <c r="L197" s="339"/>
+      <c r="M197" s="339"/>
+      <c r="N197" s="340" t="s">
+        <v>264</v>
+      </c>
+      <c r="O197" s="333" t="s">
+        <v>265</v>
+      </c>
+      <c r="P197" s="87"/>
+    </row>
+    <row r="198" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B198" s="230"/>
+      <c r="C198" s="230"/>
+      <c r="D198" s="6"/>
+      <c r="F198" s="118"/>
+      <c r="H198" s="161"/>
+      <c r="I198" s="434" t="s">
+        <v>261</v>
+      </c>
+      <c r="J198" s="435"/>
+      <c r="K198" s="338"/>
+      <c r="L198" s="339"/>
+      <c r="M198" s="339"/>
+      <c r="N198" s="340"/>
+      <c r="O198" s="334"/>
+      <c r="P198" s="87"/>
+    </row>
+    <row r="199" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B199" s="230"/>
+      <c r="C199" s="230"/>
+      <c r="D199" s="6"/>
+      <c r="F199" s="118"/>
+      <c r="H199" s="161"/>
+      <c r="I199" s="436" t="s">
+        <v>262</v>
+      </c>
+      <c r="J199" s="437"/>
+      <c r="K199" s="338"/>
+      <c r="L199" s="339"/>
+      <c r="M199" s="339"/>
+      <c r="N199" s="340"/>
+      <c r="O199" s="334"/>
+      <c r="P199" s="87"/>
+    </row>
+    <row r="200" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B200" s="230"/>
+      <c r="C200" s="230"/>
+      <c r="D200" s="6"/>
+      <c r="F200" s="118"/>
+      <c r="H200" s="95"/>
+      <c r="I200" s="424" t="s">
         <v>101</v>
       </c>
-      <c r="J195" s="413"/>
-      <c r="K195" s="330" t="s">
+      <c r="J200" s="425"/>
+      <c r="K200" s="342" t="s">
         <v>16</v>
       </c>
-      <c r="L195" s="317"/>
-[...1 lines deleted...]
-      <c r="N195" s="325" t="s">
+      <c r="L200" s="329"/>
+      <c r="M200" s="329"/>
+      <c r="N200" s="337" t="s">
         <v>20</v>
       </c>
-      <c r="O195" s="323" t="s">
+      <c r="O200" s="335" t="s">
         <v>14</v>
       </c>
-      <c r="P195" s="87"/>
-[...82 lines deleted...]
-      <c r="O200" s="322"/>
       <c r="P200" s="87"/>
     </row>
     <row r="201" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B201" s="231"/>
-      <c r="C201" s="231"/>
+      <c r="B201" s="230"/>
+      <c r="C201" s="230"/>
       <c r="D201" s="6"/>
       <c r="H201" s="95"/>
-      <c r="I201" s="345" t="s">
+      <c r="I201" s="427" t="s">
+        <v>80</v>
+      </c>
+      <c r="J201" s="428"/>
+      <c r="K201" s="342"/>
+      <c r="L201" s="329"/>
+      <c r="M201" s="329"/>
+      <c r="N201" s="337"/>
+      <c r="O201" s="335"/>
+      <c r="P201" s="87"/>
+    </row>
+    <row r="202" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B202" s="230"/>
+      <c r="C202" s="230"/>
+      <c r="D202" s="6"/>
+      <c r="G202" s="83"/>
+      <c r="H202" s="95"/>
+      <c r="I202" s="429" t="s">
+        <v>81</v>
+      </c>
+      <c r="J202" s="430"/>
+      <c r="K202" s="342"/>
+      <c r="L202" s="329"/>
+      <c r="M202" s="329"/>
+      <c r="N202" s="337"/>
+      <c r="O202" s="335"/>
+      <c r="P202" s="87"/>
+    </row>
+    <row r="203" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B203" s="230"/>
+      <c r="C203" s="230"/>
+      <c r="D203" s="6"/>
+      <c r="H203" s="95"/>
+      <c r="I203" s="389" t="s">
+        <v>220</v>
+      </c>
+      <c r="J203" s="389"/>
+      <c r="K203" s="331" t="s">
+        <v>162</v>
+      </c>
+      <c r="L203" s="331"/>
+      <c r="M203" s="331"/>
+      <c r="N203" s="332" t="s">
+        <v>163</v>
+      </c>
+      <c r="O203" s="334" t="s">
+        <v>164</v>
+      </c>
+      <c r="P203" s="87"/>
+    </row>
+    <row r="204" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B204" s="230"/>
+      <c r="C204" s="230"/>
+      <c r="D204" s="6"/>
+      <c r="G204" s="83"/>
+      <c r="H204" s="95"/>
+      <c r="I204" s="390"/>
+      <c r="J204" s="390"/>
+      <c r="K204" s="331"/>
+      <c r="L204" s="331"/>
+      <c r="M204" s="331"/>
+      <c r="N204" s="332"/>
+      <c r="O204" s="334"/>
+      <c r="P204" s="87"/>
+    </row>
+    <row r="205" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B205" s="230"/>
+      <c r="C205" s="230"/>
+      <c r="D205" s="6"/>
+      <c r="H205" s="95"/>
+      <c r="I205" s="390"/>
+      <c r="J205" s="390"/>
+      <c r="K205" s="331"/>
+      <c r="L205" s="331"/>
+      <c r="M205" s="331"/>
+      <c r="N205" s="332"/>
+      <c r="O205" s="334"/>
+      <c r="P205" s="87"/>
+    </row>
+    <row r="206" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B206" s="230"/>
+      <c r="C206" s="230"/>
+      <c r="D206" s="6"/>
+      <c r="H206" s="95"/>
+      <c r="I206" s="357" t="s">
         <v>221</v>
       </c>
-      <c r="J201" s="345"/>
-      <c r="K201" s="317" t="s">
+      <c r="J206" s="357"/>
+      <c r="K206" s="329" t="s">
         <v>79</v>
       </c>
-      <c r="L201" s="317"/>
-[...1 lines deleted...]
-      <c r="N201" s="316" t="s">
+      <c r="L206" s="329"/>
+      <c r="M206" s="329"/>
+      <c r="N206" s="328" t="s">
         <v>72</v>
       </c>
-      <c r="O201" s="323" t="s">
+      <c r="O206" s="335" t="s">
         <v>63</v>
       </c>
-      <c r="P201" s="87"/>
-[...74 lines deleted...]
-      <c r="O206" s="6"/>
       <c r="P206" s="87"/>
     </row>
-    <row r="207" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="O207" s="318"/>
+    <row r="207" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B207" s="230"/>
+      <c r="C207" s="230"/>
+      <c r="D207" s="6"/>
+      <c r="H207" s="95"/>
+      <c r="I207" s="357"/>
+      <c r="J207" s="357"/>
+      <c r="K207" s="329"/>
+      <c r="L207" s="329"/>
+      <c r="M207" s="329"/>
+      <c r="N207" s="328"/>
+      <c r="O207" s="335"/>
       <c r="P207" s="87"/>
     </row>
-    <row r="208" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="O208" s="318"/>
+    <row r="208" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B208" s="230"/>
+      <c r="C208" s="230"/>
+      <c r="D208" s="6"/>
+      <c r="E208" s="101"/>
+      <c r="F208" s="102"/>
+      <c r="G208" s="94"/>
+      <c r="H208" s="95"/>
+      <c r="I208" s="357"/>
+      <c r="J208" s="357"/>
+      <c r="K208" s="329"/>
+      <c r="L208" s="329"/>
+      <c r="M208" s="329"/>
+      <c r="N208" s="328"/>
+      <c r="O208" s="335"/>
       <c r="P208" s="87"/>
     </row>
-    <row r="209" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="O209" s="318"/>
+    <row r="209" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B209" s="230"/>
+      <c r="C209" s="230"/>
+      <c r="D209" s="6"/>
+      <c r="E209" s="101"/>
+      <c r="F209" s="119"/>
+      <c r="G209" s="94"/>
+      <c r="H209" s="98"/>
+      <c r="I209" s="6"/>
+      <c r="J209" s="6"/>
+      <c r="K209" s="6"/>
+      <c r="L209" s="6"/>
+      <c r="M209" s="6"/>
+      <c r="N209" s="204"/>
+      <c r="O209" s="6"/>
       <c r="P209" s="87"/>
     </row>
-    <row r="210" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="O210" s="318"/>
+    <row r="210" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B210" s="230"/>
+      <c r="C210" s="230"/>
+      <c r="D210" s="6"/>
+      <c r="E210" s="101"/>
+      <c r="F210" s="102"/>
+      <c r="G210" s="7"/>
+      <c r="H210" s="95"/>
+      <c r="I210" s="6"/>
+      <c r="J210" s="6"/>
+      <c r="K210" s="6"/>
+      <c r="L210" s="6"/>
+      <c r="M210" s="6"/>
+      <c r="N210" s="204"/>
+      <c r="O210" s="6"/>
       <c r="P210" s="87"/>
     </row>
     <row r="211" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H211" s="95"/>
-[...6 lines deleted...]
-      <c r="O211" s="318"/>
+      <c r="H211" s="96"/>
+      <c r="I211" s="6"/>
+      <c r="J211" s="6"/>
+      <c r="K211" s="6"/>
+      <c r="L211" s="6"/>
+      <c r="M211" s="6"/>
+      <c r="N211" s="204"/>
+      <c r="O211" s="6"/>
       <c r="P211" s="87"/>
     </row>
     <row r="212" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H212" s="98"/>
-[...6 lines deleted...]
-      <c r="O212" s="318"/>
+      <c r="H212" s="431"/>
+      <c r="I212" s="426"/>
+      <c r="J212" s="426"/>
+      <c r="K212" s="327"/>
+      <c r="L212" s="327"/>
+      <c r="M212" s="327"/>
+      <c r="N212" s="336"/>
+      <c r="O212" s="330"/>
       <c r="P212" s="87"/>
     </row>
     <row r="213" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H213" s="419"/>
-[...5 lines deleted...]
-      <c r="O213" s="162"/>
+      <c r="H213" s="431"/>
+      <c r="I213" s="408"/>
+      <c r="J213" s="408"/>
+      <c r="K213" s="327"/>
+      <c r="L213" s="327"/>
+      <c r="M213" s="327"/>
+      <c r="N213" s="336"/>
+      <c r="O213" s="330"/>
       <c r="P213" s="87"/>
     </row>
     <row r="214" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H214" s="419"/>
-[...5 lines deleted...]
-      <c r="O214" s="8"/>
+      <c r="H214" s="431"/>
+      <c r="I214" s="408"/>
+      <c r="J214" s="408"/>
+      <c r="K214" s="327"/>
+      <c r="L214" s="327"/>
+      <c r="M214" s="327"/>
+      <c r="N214" s="336"/>
+      <c r="O214" s="330"/>
       <c r="P214" s="87"/>
     </row>
     <row r="215" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H215" s="419"/>
+      <c r="H215" s="98"/>
+      <c r="I215" s="426"/>
+      <c r="J215" s="426"/>
+      <c r="K215" s="327"/>
+      <c r="L215" s="327"/>
+      <c r="M215" s="327"/>
+      <c r="N215" s="336"/>
+      <c r="O215" s="330"/>
       <c r="P215" s="87"/>
     </row>
     <row r="216" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H216" s="98"/>
-[...5 lines deleted...]
-      <c r="O216" s="24"/>
+      <c r="H216" s="95"/>
+      <c r="I216" s="408"/>
+      <c r="J216" s="408"/>
+      <c r="K216" s="327"/>
+      <c r="L216" s="327"/>
+      <c r="M216" s="327"/>
+      <c r="N216" s="336"/>
+      <c r="O216" s="330"/>
       <c r="P216" s="87"/>
     </row>
     <row r="217" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H217" s="95"/>
-[...5 lines deleted...]
-      <c r="O217" s="24"/>
+      <c r="H217" s="98"/>
+      <c r="I217" s="408"/>
+      <c r="J217" s="408"/>
+      <c r="K217" s="327"/>
+      <c r="L217" s="327"/>
+      <c r="M217" s="327"/>
+      <c r="N217" s="336"/>
+      <c r="O217" s="330"/>
       <c r="P217" s="87"/>
     </row>
     <row r="218" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H218" s="98"/>
-[...5 lines deleted...]
-      <c r="O218" s="24"/>
+      <c r="H218" s="431"/>
+      <c r="I218" s="162"/>
+      <c r="J218" s="162"/>
+      <c r="K218" s="162"/>
+      <c r="L218" s="162"/>
+      <c r="M218" s="162"/>
+      <c r="O218" s="162"/>
       <c r="P218" s="87"/>
     </row>
-    <row r="219" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...49 lines deleted...]
-      <c r="C222" s="144" t="s">
+    <row r="219" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H219" s="431"/>
+      <c r="I219" s="70"/>
+      <c r="J219" s="70"/>
+      <c r="K219" s="70"/>
+      <c r="L219" s="70"/>
+      <c r="M219" s="70"/>
+      <c r="O219" s="8"/>
+      <c r="P219" s="87"/>
+    </row>
+    <row r="220" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H220" s="431"/>
+      <c r="P220" s="87"/>
+    </row>
+    <row r="221" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H221" s="98"/>
+      <c r="J221" s="24"/>
+      <c r="K221" s="24"/>
+      <c r="L221" s="24"/>
+      <c r="M221" s="24"/>
+      <c r="N221" s="205"/>
+      <c r="O221" s="24"/>
+      <c r="P221" s="87"/>
+    </row>
+    <row r="222" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H222" s="95"/>
+      <c r="J222" s="24"/>
+      <c r="K222" s="24"/>
+      <c r="L222" s="24"/>
+      <c r="M222" s="24"/>
+      <c r="N222" s="205"/>
+      <c r="O222" s="24"/>
+      <c r="P222" s="87"/>
+    </row>
+    <row r="223" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H223" s="98"/>
+      <c r="J223" s="24"/>
+      <c r="K223" s="24"/>
+      <c r="L223" s="24"/>
+      <c r="M223" s="24"/>
+      <c r="N223" s="205"/>
+      <c r="O223" s="24"/>
+      <c r="P223" s="87"/>
+    </row>
+    <row r="224" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B224" s="150"/>
+      <c r="C224" s="143"/>
+      <c r="D224" s="31"/>
+      <c r="E224" s="121"/>
+      <c r="F224" s="122"/>
+      <c r="G224" s="120"/>
+      <c r="H224" s="158"/>
+      <c r="I224" s="91"/>
+      <c r="J224" s="6"/>
+      <c r="K224" s="6"/>
+      <c r="L224" s="6"/>
+      <c r="M224" s="6"/>
+      <c r="N224" s="204"/>
+      <c r="O224" s="6"/>
+    </row>
+    <row r="225" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B225" s="150"/>
+      <c r="C225" s="143"/>
+      <c r="D225" s="31"/>
+      <c r="E225" s="121"/>
+      <c r="F225" s="122"/>
+      <c r="G225" s="120"/>
+      <c r="H225" s="159"/>
+      <c r="I225" s="91"/>
+      <c r="J225" s="6"/>
+      <c r="K225" s="6"/>
+      <c r="L225" s="6"/>
+      <c r="M225" s="6"/>
+      <c r="N225" s="204"/>
+      <c r="O225" s="6"/>
+    </row>
+    <row r="226" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B226" s="150"/>
+      <c r="C226" s="143"/>
+      <c r="D226" s="31"/>
+      <c r="E226" s="121"/>
+      <c r="F226" s="122"/>
+      <c r="G226" s="120"/>
+      <c r="H226" s="158"/>
+      <c r="I226" s="91"/>
+      <c r="J226" s="6"/>
+      <c r="K226" s="6"/>
+      <c r="L226" s="6"/>
+      <c r="M226" s="6"/>
+      <c r="N226" s="204"/>
+      <c r="O226" s="6"/>
+    </row>
+    <row r="227" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B227" s="144"/>
+      <c r="C227" s="144" t="s">
         <v>28</v>
       </c>
-      <c r="D222" s="162"/>
-[...29 lines deleted...]
-      <c r="B226" s="151"/>
+      <c r="D227" s="162"/>
+      <c r="E227" s="162"/>
+      <c r="F227" s="162"/>
+      <c r="G227" s="162"/>
+      <c r="H227" s="162"/>
+      <c r="J227" s="6"/>
+      <c r="K227" s="6"/>
+      <c r="L227" s="6"/>
+      <c r="M227" s="6"/>
+      <c r="N227" s="204"/>
+      <c r="O227" s="6"/>
+      <c r="P227" s="6"/>
+    </row>
+    <row r="228" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="B228" s="144"/>
+      <c r="C228" s="144"/>
+      <c r="D228" s="29"/>
+      <c r="E228" s="70"/>
+      <c r="F228" s="32"/>
+      <c r="G228" s="70"/>
+      <c r="H228" s="70"/>
+      <c r="P228" s="6"/>
+    </row>
+    <row r="229" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="P229" s="6"/>
+    </row>
+    <row r="230" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="P230" s="6"/>
+    </row>
+    <row r="231" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="B231" s="151"/>
     </row>
   </sheetData>
   <mergeCells count="99">
-    <mergeCell ref="H213:H215"/>
-[...1 lines deleted...]
-    <mergeCell ref="H207:H209"/>
+    <mergeCell ref="H218:H220"/>
+    <mergeCell ref="I215:J215"/>
+    <mergeCell ref="H212:H214"/>
+    <mergeCell ref="I197:J197"/>
+    <mergeCell ref="I198:J198"/>
+    <mergeCell ref="I199:J199"/>
     <mergeCell ref="I192:J192"/>
     <mergeCell ref="I193:J193"/>
-    <mergeCell ref="I194:J194"/>
-[...8 lines deleted...]
-    <mergeCell ref="I209:J209"/>
     <mergeCell ref="I196:J196"/>
-    <mergeCell ref="I197:J197"/>
-[...2 lines deleted...]
-    <mergeCell ref="I211:J211"/>
+    <mergeCell ref="I200:J200"/>
+    <mergeCell ref="N215:N217"/>
+    <mergeCell ref="K200:M202"/>
     <mergeCell ref="I212:J212"/>
+    <mergeCell ref="I213:J213"/>
+    <mergeCell ref="I214:J214"/>
+    <mergeCell ref="I201:J201"/>
+    <mergeCell ref="I202:J202"/>
+    <mergeCell ref="K215:M217"/>
+    <mergeCell ref="O215:O217"/>
+    <mergeCell ref="I216:J216"/>
+    <mergeCell ref="I217:J217"/>
     <mergeCell ref="B39:O39"/>
-    <mergeCell ref="N168:N170"/>
-[...6 lines deleted...]
-    <mergeCell ref="O168:O170"/>
+    <mergeCell ref="N173:N175"/>
+    <mergeCell ref="K172:M172"/>
+    <mergeCell ref="B151:O151"/>
+    <mergeCell ref="B167:O167"/>
+    <mergeCell ref="I173:J175"/>
+    <mergeCell ref="B163:O163"/>
+    <mergeCell ref="I172:J172"/>
+    <mergeCell ref="O173:O175"/>
     <mergeCell ref="B99:O99"/>
-    <mergeCell ref="N171:N173"/>
-    <mergeCell ref="I166:O166"/>
+    <mergeCell ref="N176:N178"/>
+    <mergeCell ref="I171:O171"/>
     <mergeCell ref="B86:O86"/>
     <mergeCell ref="B57:O57"/>
-    <mergeCell ref="I201:J203"/>
-[...8 lines deleted...]
-    <mergeCell ref="I177:J177"/>
+    <mergeCell ref="I206:J208"/>
+    <mergeCell ref="I203:J205"/>
+    <mergeCell ref="O206:O208"/>
+    <mergeCell ref="I185:J185"/>
+    <mergeCell ref="K179:M181"/>
+    <mergeCell ref="N179:N181"/>
+    <mergeCell ref="O179:O181"/>
+    <mergeCell ref="I194:J194"/>
+    <mergeCell ref="I195:J195"/>
+    <mergeCell ref="I182:J182"/>
+    <mergeCell ref="I183:J183"/>
+    <mergeCell ref="I184:J184"/>
+    <mergeCell ref="B123:O123"/>
+    <mergeCell ref="I187:J187"/>
     <mergeCell ref="I178:J178"/>
-    <mergeCell ref="I179:J179"/>
-[...2 lines deleted...]
-    <mergeCell ref="I173:J173"/>
     <mergeCell ref="B2:O2"/>
     <mergeCell ref="B4:O4"/>
     <mergeCell ref="B14:O14"/>
     <mergeCell ref="B28:O28"/>
     <mergeCell ref="B7:O7"/>
     <mergeCell ref="B3:O3"/>
     <mergeCell ref="B12:O12"/>
     <mergeCell ref="B9:O9"/>
     <mergeCell ref="B8:O8"/>
     <mergeCell ref="B11:O11"/>
-    <mergeCell ref="O186:O188"/>
-[...11 lines deleted...]
-    <mergeCell ref="N183:N185"/>
+    <mergeCell ref="O191:O193"/>
+    <mergeCell ref="I179:J181"/>
+    <mergeCell ref="O185:O187"/>
+    <mergeCell ref="N185:N187"/>
+    <mergeCell ref="K185:M187"/>
     <mergeCell ref="I186:J186"/>
-    <mergeCell ref="K186:M188"/>
-[...23 lines deleted...]
-    <mergeCell ref="K189:M191"/>
+    <mergeCell ref="O188:O190"/>
+    <mergeCell ref="K182:M184"/>
+    <mergeCell ref="O182:O184"/>
+    <mergeCell ref="N182:N184"/>
+    <mergeCell ref="I188:J190"/>
+    <mergeCell ref="K188:M190"/>
+    <mergeCell ref="N188:N190"/>
+    <mergeCell ref="I191:J191"/>
+    <mergeCell ref="K191:M193"/>
+    <mergeCell ref="N191:N193"/>
+    <mergeCell ref="B139:O139"/>
+    <mergeCell ref="B147:O147"/>
+    <mergeCell ref="I177:J177"/>
+    <mergeCell ref="I176:J176"/>
+    <mergeCell ref="K173:M175"/>
+    <mergeCell ref="O176:O178"/>
+    <mergeCell ref="K176:M178"/>
+    <mergeCell ref="O194:O196"/>
+    <mergeCell ref="K212:M214"/>
+    <mergeCell ref="N206:N208"/>
+    <mergeCell ref="K206:M208"/>
+    <mergeCell ref="O212:O214"/>
+    <mergeCell ref="K203:M205"/>
+    <mergeCell ref="N203:N205"/>
+    <mergeCell ref="O197:O199"/>
+    <mergeCell ref="O200:O202"/>
+    <mergeCell ref="N212:N214"/>
+    <mergeCell ref="O203:O205"/>
+    <mergeCell ref="N200:N202"/>
+    <mergeCell ref="K197:M199"/>
+    <mergeCell ref="N197:N199"/>
+    <mergeCell ref="N194:N196"/>
+    <mergeCell ref="K194:M196"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="J5" r:id="rId1" xr:uid="{47298CFF-06E7-4B39-A0F6-636DD9976E37}"/>
     <hyperlink ref="B30" r:id="rId2" xr:uid="{C3791F4C-903A-4B27-A804-DB98A4607262}"/>
     <hyperlink ref="B31" r:id="rId3" xr:uid="{1EB0D253-A4D7-4B3A-ADE0-1CE8DDB9469C}"/>
     <hyperlink ref="B23" r:id="rId4" xr:uid="{1FAA1DC3-C1EB-4DF0-A6AD-1F0DC8472856}"/>
     <hyperlink ref="B24" r:id="rId5" xr:uid="{7CEB8FB5-A501-4F39-BBFA-5DE121519576}"/>
     <hyperlink ref="B25" r:id="rId6" xr:uid="{C3BC536F-2875-4D95-B469-F8DE97F2B3EA}"/>
     <hyperlink ref="B26" r:id="rId7" xr:uid="{E80877C2-7AFF-44B5-96DC-13C27F200CEC}"/>
     <hyperlink ref="B34" r:id="rId8" xr:uid="{15F899E1-652D-44B5-B5C9-C38FB6C4FB7C}"/>
     <hyperlink ref="B35" r:id="rId9" xr:uid="{DF4E0BE3-DE30-4754-9786-3BCCA43DF773}"/>
     <hyperlink ref="B37" r:id="rId10" display="J 10.1" xr:uid="{9DF3CD35-9F4D-4B9B-9743-E0BBB34FDC12}"/>
     <hyperlink ref="C32" r:id="rId11" xr:uid="{2AF37B65-F4B6-4666-BB4E-41154A6EDE3F}"/>
     <hyperlink ref="B32" r:id="rId12" xr:uid="{0BDFD18E-9E10-4620-96E5-952AF2EC1059}"/>
     <hyperlink ref="J6" r:id="rId13" xr:uid="{86FE0367-2520-43EC-95BB-6F890574597F}"/>
     <hyperlink ref="C59" r:id="rId14" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{3C258BEE-76FF-4D27-8F4A-53886FF43BA3}"/>
     <hyperlink ref="B59" r:id="rId15" xr:uid="{841FA687-BA7C-4E2C-8645-3883981E5AB4}"/>
     <hyperlink ref="B93" r:id="rId16" xr:uid="{8DE26607-D74A-49CF-9275-2C671D7397DF}"/>
     <hyperlink ref="B94" r:id="rId17" xr:uid="{501B7B77-E56F-491D-B44A-975F8C0748B8}"/>
     <hyperlink ref="B95" r:id="rId18" xr:uid="{8250DAAD-20BC-41BA-A3EE-8F6C520B625B}"/>
     <hyperlink ref="C88" r:id="rId19" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{3C77F52C-F86E-4F18-91C3-F251B1B059E2}"/>
     <hyperlink ref="B88" r:id="rId20" xr:uid="{93D305D6-80AD-4A12-B676-473E162B7975}"/>
     <hyperlink ref="B65" r:id="rId21" xr:uid="{48B6E5B0-7A15-4360-99D8-B84ADC4A5ECF}"/>
-    <hyperlink ref="C150" r:id="rId22" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{A0236471-C190-4E58-B273-13054DDECE53}"/>
-[...8 lines deleted...]
-    <hyperlink ref="B160" r:id="rId31" xr:uid="{13490D1F-E23B-45D4-8243-E5643907D2B0}"/>
+    <hyperlink ref="C154" r:id="rId22" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{A0236471-C190-4E58-B273-13054DDECE53}"/>
+    <hyperlink ref="C155" r:id="rId23" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{C2600744-2D33-4C3F-9910-4BC05AEED230}"/>
+    <hyperlink ref="C156" r:id="rId24" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{88BF3D90-9CE2-4319-A450-B7A33E5A3996}"/>
+    <hyperlink ref="B154" r:id="rId25" xr:uid="{916D7E58-E6F9-4FCB-8E44-FE94AB4DC670}"/>
+    <hyperlink ref="B155" r:id="rId26" xr:uid="{D571B30E-01C2-4E67-8CC2-FE3352A8A1ED}"/>
+    <hyperlink ref="B156" r:id="rId27" xr:uid="{207A88F3-7CE2-4C46-9DCA-089125534735}"/>
+    <hyperlink ref="C149" r:id="rId28" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" xr:uid="{5942AEE3-8102-43DA-83AC-7E8AB69AF6FC}"/>
+    <hyperlink ref="B149" r:id="rId29" xr:uid="{29D4CE01-E91A-455C-B8CF-597D80FB2F61}"/>
+    <hyperlink ref="C165" r:id="rId30" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" xr:uid="{2B5DD3D5-17A1-48B9-BE8D-F35E72680738}"/>
+    <hyperlink ref="B165" r:id="rId31" xr:uid="{13490D1F-E23B-45D4-8243-E5643907D2B0}"/>
     <hyperlink ref="C23" r:id="rId32" xr:uid="{D069B904-3B45-45B4-A27D-6F54EC8CB00B}"/>
     <hyperlink ref="C24" r:id="rId33" xr:uid="{B7E8A837-F548-4232-8D20-1C160E84FC54}"/>
     <hyperlink ref="B16" r:id="rId34" xr:uid="{C858BF4A-E082-412A-AD41-888DF52C8831}"/>
     <hyperlink ref="B17" r:id="rId35" xr:uid="{FB62ED73-32C6-424B-B288-F750338510AF}"/>
     <hyperlink ref="B18" r:id="rId36" xr:uid="{D947FBCA-D9F2-4FA2-8BFA-44EFF6F45CB7}"/>
     <hyperlink ref="B19" r:id="rId37" xr:uid="{D1320363-272A-460A-ACD0-C5B7680379AD}"/>
     <hyperlink ref="B20" r:id="rId38" xr:uid="{F4288DD8-301A-4A54-A4DF-6480FDEF3C02}"/>
     <hyperlink ref="B21" r:id="rId39" xr:uid="{94EE570F-EBC5-42F9-8CE5-3B106860885F}"/>
     <hyperlink ref="B22" r:id="rId40" xr:uid="{79E70843-DD0A-44A0-92A3-EBF315C90397}"/>
     <hyperlink ref="C16" r:id="rId41" xr:uid="{52C8AA99-686B-43E6-80DB-AC0638CCED16}"/>
     <hyperlink ref="C17" r:id="rId42" xr:uid="{DA37E4F0-6CF3-41EB-8893-A30CD88D317F}"/>
     <hyperlink ref="C18" r:id="rId43" xr:uid="{68B2793F-C1A8-48D8-984F-ECCABF49AF9E}"/>
     <hyperlink ref="C19" r:id="rId44" xr:uid="{D8663D95-23A7-4C42-8F0E-EBAA496607A7}"/>
     <hyperlink ref="C20" r:id="rId45" xr:uid="{DB57F0D5-B6E3-4B24-89E4-C216BA3BB9E2}"/>
     <hyperlink ref="C21" r:id="rId46" xr:uid="{E4A967EB-8313-4354-B1AE-58EF02B0D537}"/>
     <hyperlink ref="C22" r:id="rId47" xr:uid="{B4AB4785-3037-4075-A451-23B72A78E423}"/>
     <hyperlink ref="C30" r:id="rId48" xr:uid="{BF0AD2D0-D487-4BA3-B9DE-61FCD7D34ACF}"/>
     <hyperlink ref="C31" r:id="rId49" xr:uid="{C88498A3-C754-4251-95CB-678CA51B7BB3}"/>
     <hyperlink ref="C93" r:id="rId50" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{61381AA2-5986-42A8-A834-826D2DAA8441}"/>
     <hyperlink ref="C94" r:id="rId51" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{6C3CDF04-804B-4BD8-8E05-5A7F04DDE6BE}"/>
     <hyperlink ref="C95" r:id="rId52" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{BE8A081F-0C57-452E-BB47-B0C6A7693C59}"/>
     <hyperlink ref="B96" r:id="rId53" xr:uid="{FC63A385-1EFD-4AB4-8F75-AEBAD8A73C7B}"/>
     <hyperlink ref="C96" r:id="rId54" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{701A5897-E0B8-46BB-B22D-18276B12A0C3}"/>
-    <hyperlink ref="C156" r:id="rId55" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" xr:uid="{966A0066-08B9-4AC5-8610-E0D51596D039}"/>
-[...2 lines deleted...]
-    <hyperlink ref="B154" r:id="rId58" xr:uid="{4E817A14-5BF7-4411-A219-7CA9220EC703}"/>
+    <hyperlink ref="C161" r:id="rId55" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" xr:uid="{966A0066-08B9-4AC5-8610-E0D51596D039}"/>
+    <hyperlink ref="B161" r:id="rId56" display="HEV 15" xr:uid="{A4ACA92D-16BB-4FC7-8B81-CB6630BE55C5}"/>
+    <hyperlink ref="C158" r:id="rId57" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{4429F7FD-9E22-4904-B289-6FEF67CEEED4}"/>
+    <hyperlink ref="B158" r:id="rId58" xr:uid="{4E817A14-5BF7-4411-A219-7CA9220EC703}"/>
     <hyperlink ref="C34" r:id="rId59" xr:uid="{AD02BEF5-53A1-46C4-B074-20384787CB75}"/>
     <hyperlink ref="B36" r:id="rId60" xr:uid="{D9091BA7-BD90-4559-8916-081A3FE894A4}"/>
     <hyperlink ref="B78" r:id="rId61" xr:uid="{850C3084-8831-47BF-B5C2-C0DC5B4AE510}"/>
     <hyperlink ref="B79" r:id="rId62" xr:uid="{3B860217-325C-4644-9617-41266FC276A1}"/>
     <hyperlink ref="B80" r:id="rId63" xr:uid="{F6B3AD48-11A0-4B29-A396-7862DA1F1B22}"/>
     <hyperlink ref="B81" r:id="rId64" xr:uid="{0830FDC6-0590-48FE-87EC-E6410644C3A0}"/>
     <hyperlink ref="B82" r:id="rId65" xr:uid="{D7EA1F3F-991F-453D-8914-E68C7255034E}"/>
     <hyperlink ref="B83" r:id="rId66" xr:uid="{5190B271-47FA-43AD-A95A-A89BBAB2E471}"/>
     <hyperlink ref="B84" r:id="rId67" xr:uid="{C6B02178-E2B7-4972-87A5-1B70E2A98E84}"/>
     <hyperlink ref="C84" r:id="rId68" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{93914FBE-3967-44CA-8A3D-48FA140710DA}"/>
     <hyperlink ref="C83" r:id="rId69" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{89C386D0-D3BA-41FF-828E-3A326FEB6F69}"/>
     <hyperlink ref="C82" r:id="rId70" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{A1B323A8-7478-417A-B5B7-C42DB8A6E7EB}"/>
     <hyperlink ref="C81" r:id="rId71" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{00D5BB1F-9667-4CE3-BD2B-C41F232BD147}"/>
     <hyperlink ref="C80" r:id="rId72" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{92163448-653C-49E7-88ED-BB4D6E0BA82E}"/>
     <hyperlink ref="C79" r:id="rId73" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{BF461B76-8548-47DA-8D7F-30724E79856C}"/>
     <hyperlink ref="C78" r:id="rId74" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{F220B334-091F-4D2B-B404-82E8AC00D074}"/>
     <hyperlink ref="C77" r:id="rId75" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{0148B365-E9FB-4663-B11B-EF23E4764331}"/>
-    <hyperlink ref="B139" r:id="rId76" xr:uid="{E00B3DEE-1143-4DD3-A8BD-BAAC9B954512}"/>
-[...2 lines deleted...]
-    <hyperlink ref="C140" r:id="rId79" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{2D687E6A-898F-4C7F-96EC-B8E5AECE01E4}"/>
+    <hyperlink ref="B143" r:id="rId76" xr:uid="{E00B3DEE-1143-4DD3-A8BD-BAAC9B954512}"/>
+    <hyperlink ref="B144" r:id="rId77" xr:uid="{005F601A-2242-451E-BC05-92B9E41173CA}"/>
+    <hyperlink ref="C143" r:id="rId78" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{2483C667-848D-4F58-8A92-E9D48C180113}"/>
+    <hyperlink ref="C144" r:id="rId79" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{2D687E6A-898F-4C7F-96EC-B8E5AECE01E4}"/>
     <hyperlink ref="B111" r:id="rId80" xr:uid="{812287D2-3BC1-4862-8E8E-27A111DF689C}"/>
     <hyperlink ref="C111" r:id="rId81" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" xr:uid="{7C5A2639-36E5-4224-8356-57446A0DBE32}"/>
     <hyperlink ref="C41" r:id="rId82" xr:uid="{3F594AF7-8B8C-4494-98BE-54C6AE288B1E}"/>
     <hyperlink ref="B41" r:id="rId83" xr:uid="{0920FB35-175E-4E94-BE0C-D4243CB26C0C}"/>
     <hyperlink ref="C42" r:id="rId84" xr:uid="{4FF6E8E0-C037-47AB-8293-B4272A95ABF3}"/>
     <hyperlink ref="B42" r:id="rId85" xr:uid="{6EEC7C41-5936-4167-9259-14C6413C28AF}"/>
     <hyperlink ref="C43" r:id="rId86" xr:uid="{4A799D04-BE44-4346-9D30-3F2B908D2B92}"/>
     <hyperlink ref="B43" r:id="rId87" xr:uid="{4D7FDB0D-1F6A-4F74-AC52-1F0B2CAE77AE}"/>
     <hyperlink ref="C44" r:id="rId88" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" xr:uid="{B44F8B58-7DA5-4D0C-9D71-802D4EBBE15C}"/>
     <hyperlink ref="B44" r:id="rId89" xr:uid="{021F88DC-E926-4118-A646-FC4858D666E3}"/>
     <hyperlink ref="C45" r:id="rId90" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" xr:uid="{E94B8CF4-6AC5-4EC4-A949-4C446D74034A}"/>
     <hyperlink ref="B45" r:id="rId91" xr:uid="{3F154422-5D16-43E3-8370-B0A81A6F15ED}"/>
     <hyperlink ref="B46" r:id="rId92" xr:uid="{4797D550-4AD5-4D53-AD9F-A246DF5A70C5}"/>
     <hyperlink ref="C46" r:id="rId93" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" xr:uid="{39E6F87C-57C2-43C5-9A78-53D204FA540D}"/>
     <hyperlink ref="B55" r:id="rId94" xr:uid="{0E2E60D7-F477-475B-9264-06B70FF3FE04}"/>
     <hyperlink ref="C55" r:id="rId95" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{D2B51A13-7B47-4264-A429-D4223FE9528E}"/>
     <hyperlink ref="C54" r:id="rId96" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{95062B39-A73E-4500-8B9F-A811004F71AC}"/>
     <hyperlink ref="B54" r:id="rId97" xr:uid="{E26F964E-694B-4843-BF89-256C2A624BBC}"/>
     <hyperlink ref="B51" r:id="rId98" xr:uid="{7C2BA268-5228-4FA4-95F5-2251BA2318E3}"/>
     <hyperlink ref="B52" r:id="rId99" xr:uid="{3703F995-53C1-4C4E-8BA8-F478DA27F164}"/>
     <hyperlink ref="C51" r:id="rId100" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{6EC962A8-66D4-493F-AF0D-F557CB4A24EE}"/>
     <hyperlink ref="C52" r:id="rId101" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{AA5EE9C3-B85A-413C-920C-B49B97EDB861}"/>
     <hyperlink ref="B53" r:id="rId102" xr:uid="{EC1FFDDB-D371-496F-AA66-4B30B39535AC}"/>
     <hyperlink ref="C53" r:id="rId103" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{2AFF2241-4B65-4EF0-BBF4-28CBE3741BC6}"/>
     <hyperlink ref="C35" r:id="rId104" xr:uid="{8230E6E2-9D55-4F21-8E70-6D9612CBD5AC}"/>
     <hyperlink ref="C36" r:id="rId105" xr:uid="{C07E418D-7F04-48CE-A7E7-0BFC567E74C5}"/>
     <hyperlink ref="C37" r:id="rId106" xr:uid="{A0FE241C-335F-4822-B4F8-14FBCBC6B34F}"/>
     <hyperlink ref="C25" r:id="rId107" xr:uid="{CC4D9F31-0807-49A2-83DC-4C41DD1118C9}"/>
     <hyperlink ref="C26" r:id="rId108" xr:uid="{621C1495-A7F7-4D6F-8B66-71E788D840D4}"/>
     <hyperlink ref="C101" r:id="rId109" xr:uid="{F5D6BA3C-4D08-4A47-9AC0-DAF036C5B74D}"/>
     <hyperlink ref="B101" r:id="rId110" xr:uid="{3A5FC6AF-944B-4658-9964-C4028F99A878}"/>
     <hyperlink ref="C102" r:id="rId111" xr:uid="{F1C040DC-71CA-4B41-9A81-52D8C89D6EBC}"/>
     <hyperlink ref="B102" r:id="rId112" display="SUV 3.2" xr:uid="{C8C40BD6-9A03-4888-8B04-767057D9CBF4}"/>
     <hyperlink ref="C103" r:id="rId113" xr:uid="{C64DF370-0F67-4B9A-8825-307078898154}"/>
     <hyperlink ref="B103" r:id="rId114" xr:uid="{7A09256C-AD8B-4F3D-9D40-E4DFDB108F06}"/>
     <hyperlink ref="C104" r:id="rId115" xr:uid="{133FBDE4-D42C-43A5-AC1F-0C07AF66DFCB}"/>
     <hyperlink ref="B104" r:id="rId116" xr:uid="{AB5E9882-7BF0-457C-BE38-44AFA9BBA5F4}"/>
-    <hyperlink ref="C153" r:id="rId117" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" xr:uid="{4575EF2E-48A3-4A77-A1FA-B4E95330488A}"/>
-    <hyperlink ref="B153" r:id="rId118" xr:uid="{B9C61F0B-78B4-41D5-B306-0C75BFC5A811}"/>
+    <hyperlink ref="C157" r:id="rId117" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" xr:uid="{4575EF2E-48A3-4A77-A1FA-B4E95330488A}"/>
+    <hyperlink ref="B157" r:id="rId118" xr:uid="{B9C61F0B-78B4-41D5-B306-0C75BFC5A811}"/>
     <hyperlink ref="C105" r:id="rId119" xr:uid="{03C81048-A57E-45B0-9A28-88AFE69AB485}"/>
     <hyperlink ref="B105" r:id="rId120" xr:uid="{BE89EC86-1E14-4024-A5FE-FD5441533462}"/>
     <hyperlink ref="C106" r:id="rId121" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" xr:uid="{A97F07BC-75F6-4E0A-96B8-D5677351A211}"/>
     <hyperlink ref="B106" r:id="rId122" xr:uid="{8BDDB02A-9F34-456C-8E7F-C99945073BA2}"/>
     <hyperlink ref="C108" r:id="rId123" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" xr:uid="{8E870F40-B0B9-4479-8238-C7EC34B48F84}"/>
     <hyperlink ref="B108" r:id="rId124" display="SUV 3" xr:uid="{241DE617-3A86-4A12-9578-E8462019608E}"/>
     <hyperlink ref="B109" r:id="rId125" xr:uid="{19E642BD-5A0C-4AFE-BD0B-7E4DB9BA4F60}"/>
     <hyperlink ref="C109" r:id="rId126" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{4EFA09D7-12EC-478E-B2CC-E1D91A3B7F5C}"/>
     <hyperlink ref="C110" r:id="rId127" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{E2F00E02-7A4C-41C5-B5CD-97DDA73BE806}"/>
     <hyperlink ref="B110" r:id="rId128" xr:uid="{2C125774-B309-4F9C-A6C0-FF5AABD5583A}"/>
     <hyperlink ref="C112" r:id="rId129" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" xr:uid="{5DB33311-B8CF-4448-BD6C-BDA3859489EF}"/>
     <hyperlink ref="B112" r:id="rId130" xr:uid="{0829D447-AE62-4715-A134-6569F67D45A5}"/>
     <hyperlink ref="B113" r:id="rId131" xr:uid="{C5457CDC-9715-4554-A2B4-E78FED15EDC3}"/>
     <hyperlink ref="C113" r:id="rId132" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" xr:uid="{5F587694-275F-4976-A889-18BCE1CD68B4}"/>
     <hyperlink ref="B107" r:id="rId133" xr:uid="{AC524CA1-38D5-44FC-99E4-7DEC6FE87BFD}"/>
     <hyperlink ref="C107" r:id="rId134" xr:uid="{E7822363-AA57-4FA2-8877-D8034F49BD4B}"/>
     <hyperlink ref="B114" r:id="rId135" xr:uid="{E8E45E17-772D-4451-A68E-197952A7F0E4}"/>
     <hyperlink ref="C114" r:id="rId136" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" xr:uid="{1BFC74D8-D2C3-46E8-857E-B5EA0F8BB496}"/>
     <hyperlink ref="C60" r:id="rId137" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{183AD2EB-0D78-4D3C-ADB2-AA725353B826}"/>
     <hyperlink ref="B60" r:id="rId138" xr:uid="{6F30A282-80CC-403B-8929-15DB0BB4C02B}"/>
     <hyperlink ref="C61" r:id="rId139" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{7A6B465E-0872-42BD-A5E5-CDFE2C99D375}"/>
     <hyperlink ref="B61" r:id="rId140" xr:uid="{399BC73C-B484-4765-BF34-D3859DF9CBFA}"/>
     <hyperlink ref="C62" r:id="rId141" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{352A2441-EFF2-4D77-83DF-978834E511DB}"/>
     <hyperlink ref="B62" r:id="rId142" xr:uid="{32070595-C77A-4FEA-B008-F6DE99916161}"/>
     <hyperlink ref="C63" r:id="rId143" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{2AE78ECF-20C4-474B-98D2-312E220A3BE0}"/>
     <hyperlink ref="B63" r:id="rId144" xr:uid="{28A3FDC3-2939-4532-8E87-72479037FE28}"/>
     <hyperlink ref="C64" r:id="rId145" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{95B62978-FE46-4162-BE5D-B910D10157A7}"/>
     <hyperlink ref="B64" r:id="rId146" xr:uid="{E2C1B929-F4C8-465C-AE73-AC34DAA9E0EB}"/>
     <hyperlink ref="B66" r:id="rId147" xr:uid="{66EA1BAE-24D8-4DCC-90DE-FBE8FD61E18C}"/>
     <hyperlink ref="B67" r:id="rId148" xr:uid="{E88855CD-59AB-4D90-A423-5C438203B3F3}"/>
     <hyperlink ref="B68" r:id="rId149" xr:uid="{6F461AEF-0C57-4B97-869F-67B453359EAD}"/>
     <hyperlink ref="B69" r:id="rId150" xr:uid="{9A5D2B42-9958-4699-81EB-EC27D5DB89A1}"/>
     <hyperlink ref="B70" r:id="rId151" xr:uid="{276ACE61-B69F-4B41-ABC2-F03E80482B08}"/>
     <hyperlink ref="B71" r:id="rId152" xr:uid="{409CA766-F94B-47A8-B996-3D48DB598F9B}"/>
     <hyperlink ref="B72" r:id="rId153" xr:uid="{FC0FCBC1-DA64-4690-A591-546E1175F619}"/>
     <hyperlink ref="B73" r:id="rId154" xr:uid="{83FC1911-369B-48E6-9236-05AF2DE7DE3C}"/>
     <hyperlink ref="B74" r:id="rId155" xr:uid="{3FE2DC42-9EF0-4E4A-A183-D7BD68B5AA25}"/>
     <hyperlink ref="B75" r:id="rId156" xr:uid="{81030136-4E1A-401C-97A4-F2B0DE7F394C}"/>
     <hyperlink ref="C76" r:id="rId157" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{064DB998-C186-425B-B592-411F94758220}"/>
     <hyperlink ref="C89" r:id="rId158" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{CDDF670F-2F4C-42B0-BB35-27F4A9327A25}"/>
     <hyperlink ref="B89" r:id="rId159" xr:uid="{554A081E-1D8D-400E-BEDA-0B3932A954FF}"/>
     <hyperlink ref="C90" r:id="rId160" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{0929D17E-E3FE-4A2E-A6FE-0D41EC929414}"/>
     <hyperlink ref="B90" r:id="rId161" xr:uid="{1776C693-5495-40F7-9678-21D810184E8E}"/>
     <hyperlink ref="C91" r:id="rId162" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{12B88950-5EF7-4E33-8612-7F3E7AB91129}"/>
     <hyperlink ref="B91" r:id="rId163" xr:uid="{E1A43DB2-94B5-497E-AF32-A629CD813E0E}"/>
     <hyperlink ref="B92" r:id="rId164" xr:uid="{F7F09C55-2991-49FF-A201-4BB6DCCB6A01}"/>
     <hyperlink ref="C92" r:id="rId165" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{A92C57B1-B5F0-452F-9D96-8429D77A1C8C}"/>
     <hyperlink ref="C115" r:id="rId166" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{B15D0399-845A-4684-BDF8-1F50BBD0DA9C}"/>
     <hyperlink ref="B115" r:id="rId167" xr:uid="{3AA735D1-566C-4009-BC9A-6769803C09D4}"/>
     <hyperlink ref="C116" r:id="rId168" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{38A467AA-8386-46D2-BA1D-5380CC3C9B3C}"/>
-    <hyperlink ref="C117" r:id="rId169" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{98361AA1-A9E3-4E72-8585-6B81C3BDAE64}"/>
+    <hyperlink ref="C120" r:id="rId169" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{98361AA1-A9E3-4E72-8585-6B81C3BDAE64}"/>
     <hyperlink ref="B116" r:id="rId170" xr:uid="{2A8FF5F4-C553-41DE-BCDA-461EF68C3834}"/>
-    <hyperlink ref="B117" r:id="rId171" xr:uid="{1CCC1879-F528-4969-B6C1-5970E7DF74F2}"/>
-[...19 lines deleted...]
-    <hyperlink ref="B149" r:id="rId191" xr:uid="{50FE2620-E8F2-4700-9E81-D8BCDE3573CC}"/>
+    <hyperlink ref="B120" r:id="rId171" xr:uid="{1CCC1879-F528-4969-B6C1-5970E7DF74F2}"/>
+    <hyperlink ref="C125" r:id="rId172" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" xr:uid="{454D9E1F-7D9C-4999-8D96-A946FD5EFFAD}"/>
+    <hyperlink ref="B125" r:id="rId173" display="VAN 01" xr:uid="{42DFC30A-F3BE-4088-B04F-291B3B6F2D77}"/>
+    <hyperlink ref="C126" r:id="rId174" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" xr:uid="{13AD5561-F2A4-4743-B34A-D7FA4A0038DD}"/>
+    <hyperlink ref="B126" r:id="rId175" xr:uid="{AB83C143-C4F0-421D-A15C-7105E786C17B}"/>
+    <hyperlink ref="B127" r:id="rId176" xr:uid="{1FA35272-4599-4C4A-8490-27BF1EA8F4F5}"/>
+    <hyperlink ref="C127" r:id="rId177" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{400FE7F3-F654-460E-8495-8D6D14E85268}"/>
+    <hyperlink ref="B128" r:id="rId178" xr:uid="{1D0BA290-75AF-4EE8-B40B-2CA0FB591AFD}"/>
+    <hyperlink ref="C128" r:id="rId179" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{25B58FB8-B823-49DB-AEBA-03C74B7FD560}"/>
+    <hyperlink ref="B129" r:id="rId180" xr:uid="{D63C0C25-22E7-462B-8E9A-5DC34EE599A7}"/>
+    <hyperlink ref="C129" r:id="rId181" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{5DBD3D61-35F0-4622-80F2-56DA46920502}"/>
+    <hyperlink ref="C130" r:id="rId182" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{90E17D1A-1EA5-4E99-AD4A-34E6B28CD34F}"/>
+    <hyperlink ref="B130" r:id="rId183" xr:uid="{321304A9-EB8C-4E75-8657-86B7729C0449}"/>
+    <hyperlink ref="C141" r:id="rId184" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" xr:uid="{268E4349-081E-4165-98FB-A101BCB685C7}"/>
+    <hyperlink ref="B141" r:id="rId185" xr:uid="{32E01EB2-6BE3-435D-B5F0-1013D2AB1688}"/>
+    <hyperlink ref="B145" r:id="rId186" xr:uid="{5DF050F9-CFB2-49DF-9F3A-ABB7C1F589A2}"/>
+    <hyperlink ref="C145" r:id="rId187" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{E806FA05-D127-41B6-90E9-C15A36F22B02}"/>
+    <hyperlink ref="C142" r:id="rId188" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" xr:uid="{18EB3938-1413-459F-8173-F39E7F87FAD7}"/>
+    <hyperlink ref="B142" r:id="rId189" xr:uid="{A97A2231-5403-4108-8A19-4F46B3AFADF9}"/>
+    <hyperlink ref="C153" r:id="rId190" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{CC348130-23F8-46E3-BB21-6253FA3D8578}"/>
+    <hyperlink ref="B153" r:id="rId191" xr:uid="{50FE2620-E8F2-4700-9E81-D8BCDE3573CC}"/>
     <hyperlink ref="C68" r:id="rId192" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{A4BFB2EA-3C0C-4E26-8B57-25CCA5A4EF25}"/>
     <hyperlink ref="C65" r:id="rId193" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" xr:uid="{A8EF7849-638B-4DBB-BF79-78847279AB7B}"/>
     <hyperlink ref="C66" r:id="rId194" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" xr:uid="{672DC3DE-DE94-4532-9E83-AE2A7C34B1E5}"/>
     <hyperlink ref="C67" r:id="rId195" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" xr:uid="{4259DC40-B8A7-434A-9EEE-27EF9A40A8A3}"/>
-    <hyperlink ref="C155" r:id="rId196" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{006C8FD3-FFBA-4065-9578-4B40B4F2ED32}"/>
-[...10 lines deleted...]
-    <hyperlink ref="C132" r:id="rId207" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{76499FB3-8A8F-4FF1-BE01-AD696931FC47}"/>
+    <hyperlink ref="C159" r:id="rId196" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{006C8FD3-FFBA-4065-9578-4B40B4F2ED32}"/>
+    <hyperlink ref="B159" r:id="rId197" xr:uid="{D9713842-565E-4630-BA79-E4A4B5958A36}"/>
+    <hyperlink ref="B131" r:id="rId198" xr:uid="{96CF97B3-EA0F-483F-9398-98F2EFF0F649}"/>
+    <hyperlink ref="C131" r:id="rId199" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{D2BC24C2-6C7F-4424-ADCE-09C6B45DC201}"/>
+    <hyperlink ref="B132" r:id="rId200" xr:uid="{6866872F-6A2D-441E-AA5F-2643B58B26F4}"/>
+    <hyperlink ref="B133" r:id="rId201" xr:uid="{E8F9ED1E-3FEC-448A-93A2-542772AF2818}"/>
+    <hyperlink ref="B134" r:id="rId202" xr:uid="{0DA5AF44-FF84-4AE7-95B9-6FC0B632F498}"/>
+    <hyperlink ref="B136" r:id="rId203" display="VAN 11" xr:uid="{D8FC1041-5C94-4936-883A-BC58C9083D94}"/>
+    <hyperlink ref="C132" r:id="rId204" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{391546D3-F342-4C69-ABBD-D2B557286D91}"/>
+    <hyperlink ref="C133" r:id="rId205" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{EECC5BB7-E00C-45F5-A203-401417BC5405}"/>
+    <hyperlink ref="C134" r:id="rId206" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{00ED8282-11F8-45F9-AEA5-D8361D27C566}"/>
+    <hyperlink ref="C136" r:id="rId207" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{76499FB3-8A8F-4FF1-BE01-AD696931FC47}"/>
     <hyperlink ref="C69" r:id="rId208" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{D298E282-B59A-4C91-AE0F-1ACE421340D1}"/>
     <hyperlink ref="C70" r:id="rId209" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{78722418-4D19-4B30-8BE5-D3C405E4A3DA}"/>
     <hyperlink ref="C71" r:id="rId210" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{0E613B19-4CFF-4004-A422-B225583E060B}"/>
     <hyperlink ref="C72" r:id="rId211" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{FE687256-7619-43BB-891D-E68605819E8A}"/>
     <hyperlink ref="C73" r:id="rId212" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{62EF9F81-8BB7-426C-BABA-BF8BCAC81498}"/>
     <hyperlink ref="C74" r:id="rId213" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{EC2A8B8F-2760-4033-B14A-17F4063287D0}"/>
     <hyperlink ref="C75" r:id="rId214" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{D1997D56-37F4-4BCE-97C2-A6BD04070A3A}"/>
     <hyperlink ref="B77" r:id="rId215" xr:uid="{99420E07-5026-43E7-B731-760C7169B673}"/>
     <hyperlink ref="B76" r:id="rId216" xr:uid="{599B8DD6-C5BD-47F4-AA1D-FF47885316B8}"/>
+    <hyperlink ref="C117" r:id="rId217" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{A9D1858E-9DA9-4A8A-B8FA-AFE94C1A75CC}"/>
+    <hyperlink ref="B117" r:id="rId218" xr:uid="{0F30875A-B659-4653-A2DC-0E32029BBCCA}"/>
+    <hyperlink ref="C118" r:id="rId219" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" xr:uid="{0608F25F-2E0E-4A43-B90E-D109D157E993}"/>
+    <hyperlink ref="C119" r:id="rId220" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" xr:uid="{32B51CF5-3786-4B6F-A7D7-930E28F28DFB}"/>
+    <hyperlink ref="B118" r:id="rId221" xr:uid="{F8D06925-D8D0-4D8A-8C81-005FC2376E60}"/>
+    <hyperlink ref="B119" r:id="rId222" xr:uid="{FBF46A62-F9F2-42A5-9E9C-53AD4221248B}"/>
+    <hyperlink ref="C160" r:id="rId223" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" xr:uid="{517036DE-18AE-41EF-BCFA-A6830A6FF38A}"/>
+    <hyperlink ref="B160" r:id="rId224" xr:uid="{4A75AC91-C533-4A47-9AA7-4504E48C5448}"/>
+    <hyperlink ref="B135" r:id="rId225" xr:uid="{080C6572-5754-4245-9877-8DAB7CD8619B}"/>
+    <hyperlink ref="C135" r:id="rId226" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{9FE77F26-9C50-40FD-99BE-4DA0D0743505}"/>
   </hyperlinks>
   <pageMargins left="0.45" right="0.25" top="0.25" bottom="0.25" header="0.5" footer="0.25"/>
-  <pageSetup scale="39" fitToHeight="0" orientation="landscape" r:id="rId217"/>
+  <pageSetup scale="39" fitToHeight="0" orientation="landscape" r:id="rId227"/>
   <headerFooter>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="56" min="1" max="14" man="1"/>
-    <brk id="134" min="1" max="14" man="1"/>
-    <brk id="165" min="1" max="14" man="1"/>
+    <brk id="138" min="1" max="14" man="1"/>
+    <brk id="170" min="1" max="14" man="1"/>
   </rowBreaks>
-  <drawing r:id="rId218"/>
+  <drawing r:id="rId228"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>