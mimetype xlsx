--- v3 (2026-02-01)
+++ v4 (2026-02-08)
@@ -6,83 +6,83 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\CPEUsers\MFlower\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{649BAE68-CD72-434C-81FA-F2D8C78B68E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9688FA49-81A3-4635-A8B5-341F3BFD3D5F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$15:$R$15</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$1:$O$228</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1446" uniqueCount="531">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1446" uniqueCount="533">
   <si>
     <t xml:space="preserve">Description </t>
   </si>
   <si>
     <t xml:space="preserve">Dealer </t>
   </si>
   <si>
     <t xml:space="preserve">Make </t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Dodge</t>
   </si>
   <si>
     <t xml:space="preserve">Ford </t>
   </si>
   <si>
     <t>Stiver's Ford</t>
   </si>
   <si>
@@ -2058,50 +2058,56 @@
         <scheme val="minor"/>
       </rPr>
       <t>3 Row Seating</t>
     </r>
   </si>
   <si>
     <t>HEV 16</t>
   </si>
   <si>
     <t>Cherokee Sport</t>
   </si>
   <si>
     <t>Hybrid Electric, AWD, 4 Cyl, 1.6L, 33.6 Cargo capacity behind rear seat</t>
   </si>
   <si>
     <t>VAN 12</t>
   </si>
   <si>
     <t>Pacifica</t>
   </si>
   <si>
     <t>Small Passenger Van, FWD, 8-passenger, V6, 3.6L, 1534 payload, 121.6 WB</t>
   </si>
   <si>
     <t>RUCH53</t>
+  </si>
+  <si>
+    <t>CLOSNG MARCH 31ST</t>
+  </si>
+  <si>
+    <t>CLOSING 6/2/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3871,425 +3877,425 @@
     <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="8" fontId="9" fillId="12" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="15" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...168 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...68 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="15" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FFF6F67E"/>
       <color rgb="FF0066FF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -4635,311 +4641,311 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e4915bdf-6e5e-4d2a-8f51-cadf95d0b90b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9c9cb32d-80f4-431e-92be-bc71a6c13c56" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1ada532-b471-4332-ba4f-c5f4750753c7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b56771e3-cd88-4aed-b489-4c131b9cdcd0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/1910/download?inline" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ca641d31-750b-42ff-94e4-7ce7d5e4099c" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9291c125-194e-4cf8-be9a-e7d1d65dc1a3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/5c1b0456-5f07-4124-9c37-53a89cef61d4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/81382758-cf80-413d-b967-6b640f656575" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1d1dc33-15fd-4a28-81f5-e59047130ae5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c9f41ed0-df3b-49d2-a562-7c65c6be693e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1763e996-6d5e-4679-a574-f61c41ca4864" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ed7a2367-2ecc-478a-806c-cf06e909ca0e" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bbb1268f-0fa7-4217-8bf8-097f28e52573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/AwardedContracts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3fbfbec-dd34-4751-b340-35044effe9cc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/eed8637d-6148-452a-b90f-17524730c3ac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3edfcd8-ba05-4b32-99f1-47b34ad73106" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Q231"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A162" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
-      <selection activeCell="D136" sqref="D136"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A36" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
+      <selection activeCell="H54" sqref="H53:H54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" style="146" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.28515625" style="138" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" style="26" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.42578125" style="89" customWidth="1"/>
     <col min="6" max="6" width="14.5703125" style="90" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="20.42578125" style="91" customWidth="1"/>
     <col min="9" max="9" width="18.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="88.85546875" style="92" customWidth="1"/>
     <col min="11" max="11" width="16.5703125" style="91" customWidth="1"/>
     <col min="12" max="12" width="10" style="91" customWidth="1"/>
     <col min="13" max="13" width="12.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="30.140625" style="164" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="40.85546875" style="2" customWidth="1"/>
     <col min="16" max="16" width="4.140625" style="93" customWidth="1"/>
     <col min="17" max="17" width="1.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B1" s="145"/>
       <c r="C1" s="136"/>
       <c r="D1" s="25"/>
       <c r="E1" s="84"/>
       <c r="F1" s="85"/>
       <c r="G1" s="83"/>
       <c r="H1" s="83"/>
       <c r="I1" s="83"/>
       <c r="J1" s="86"/>
       <c r="K1" s="83"/>
       <c r="L1" s="83"/>
       <c r="M1" s="83"/>
       <c r="N1" s="192"/>
       <c r="O1" s="3"/>
       <c r="P1" s="87"/>
     </row>
     <row r="2" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B2" s="374" t="s">
+      <c r="B2" s="388" t="s">
         <v>450</v>
       </c>
-      <c r="C2" s="374"/>
-[...11 lines deleted...]
-      <c r="O2" s="374"/>
+      <c r="C2" s="388"/>
+      <c r="D2" s="388"/>
+      <c r="E2" s="388"/>
+      <c r="F2" s="388"/>
+      <c r="G2" s="388"/>
+      <c r="H2" s="388"/>
+      <c r="I2" s="388"/>
+      <c r="J2" s="388"/>
+      <c r="K2" s="388"/>
+      <c r="L2" s="388"/>
+      <c r="M2" s="388"/>
+      <c r="N2" s="388"/>
+      <c r="O2" s="388"/>
       <c r="P2" s="19"/>
     </row>
     <row r="3" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B3" s="380"/>
-[...12 lines deleted...]
-      <c r="O3" s="380"/>
+      <c r="B3" s="394"/>
+      <c r="C3" s="394"/>
+      <c r="D3" s="394"/>
+      <c r="E3" s="394"/>
+      <c r="F3" s="394"/>
+      <c r="G3" s="394"/>
+      <c r="H3" s="394"/>
+      <c r="I3" s="394"/>
+      <c r="J3" s="394"/>
+      <c r="K3" s="394"/>
+      <c r="L3" s="394"/>
+      <c r="M3" s="394"/>
+      <c r="N3" s="394"/>
+      <c r="O3" s="394"/>
       <c r="P3" s="19"/>
     </row>
     <row r="4" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B4" s="375" t="s">
+      <c r="B4" s="389" t="s">
         <v>236</v>
       </c>
-      <c r="C4" s="375"/>
-[...11 lines deleted...]
-      <c r="O4" s="375"/>
+      <c r="C4" s="389"/>
+      <c r="D4" s="389"/>
+      <c r="E4" s="389"/>
+      <c r="F4" s="389"/>
+      <c r="G4" s="389"/>
+      <c r="H4" s="389"/>
+      <c r="I4" s="389"/>
+      <c r="J4" s="389"/>
+      <c r="K4" s="389"/>
+      <c r="L4" s="389"/>
+      <c r="M4" s="389"/>
+      <c r="N4" s="389"/>
+      <c r="O4" s="389"/>
       <c r="P4" s="88"/>
     </row>
     <row r="5" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B5" s="137"/>
       <c r="C5" s="137"/>
       <c r="D5" s="124"/>
       <c r="E5" s="124"/>
       <c r="F5" s="124"/>
       <c r="G5" s="124"/>
       <c r="H5" s="124"/>
       <c r="I5" s="124"/>
       <c r="J5" s="133" t="s">
         <v>247</v>
       </c>
       <c r="K5" s="124"/>
       <c r="L5" s="124"/>
       <c r="M5" s="124"/>
       <c r="N5" s="202"/>
       <c r="O5" s="124"/>
       <c r="P5" s="88"/>
     </row>
     <row r="6" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B6" s="137"/>
       <c r="C6" s="137"/>
       <c r="D6" s="124"/>
       <c r="E6" s="124"/>
       <c r="F6" s="124"/>
       <c r="G6" s="124"/>
       <c r="H6" s="124"/>
       <c r="I6" s="124"/>
       <c r="J6" s="125" t="s">
         <v>239</v>
       </c>
       <c r="K6" s="124"/>
       <c r="L6" s="124"/>
       <c r="M6" s="124"/>
       <c r="N6" s="202"/>
       <c r="O6" s="124"/>
       <c r="P6" s="88"/>
     </row>
     <row r="7" spans="2:16" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="379" t="s">
+      <c r="B7" s="393" t="s">
         <v>237</v>
       </c>
-      <c r="C7" s="379"/>
-[...11 lines deleted...]
-      <c r="O7" s="379"/>
+      <c r="C7" s="393"/>
+      <c r="D7" s="393"/>
+      <c r="E7" s="393"/>
+      <c r="F7" s="393"/>
+      <c r="G7" s="393"/>
+      <c r="H7" s="393"/>
+      <c r="I7" s="393"/>
+      <c r="J7" s="393"/>
+      <c r="K7" s="393"/>
+      <c r="L7" s="393"/>
+      <c r="M7" s="393"/>
+      <c r="N7" s="393"/>
+      <c r="O7" s="393"/>
       <c r="P7" s="11"/>
     </row>
     <row r="8" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B8" s="384" t="s">
+      <c r="B8" s="398" t="s">
         <v>68</v>
       </c>
-      <c r="C8" s="384"/>
-[...11 lines deleted...]
-      <c r="O8" s="384"/>
+      <c r="C8" s="398"/>
+      <c r="D8" s="398"/>
+      <c r="E8" s="398"/>
+      <c r="F8" s="398"/>
+      <c r="G8" s="398"/>
+      <c r="H8" s="398"/>
+      <c r="I8" s="398"/>
+      <c r="J8" s="398"/>
+      <c r="K8" s="398"/>
+      <c r="L8" s="398"/>
+      <c r="M8" s="398"/>
+      <c r="N8" s="398"/>
+      <c r="O8" s="398"/>
       <c r="P8" s="20"/>
     </row>
     <row r="9" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B9" s="383" t="s">
+      <c r="B9" s="397" t="s">
         <v>69</v>
       </c>
-      <c r="C9" s="383"/>
-[...11 lines deleted...]
-      <c r="O9" s="383"/>
+      <c r="C9" s="397"/>
+      <c r="D9" s="397"/>
+      <c r="E9" s="397"/>
+      <c r="F9" s="397"/>
+      <c r="G9" s="397"/>
+      <c r="H9" s="397"/>
+      <c r="I9" s="397"/>
+      <c r="J9" s="397"/>
+      <c r="K9" s="397"/>
+      <c r="L9" s="397"/>
+      <c r="M9" s="397"/>
+      <c r="N9" s="397"/>
+      <c r="O9" s="397"/>
       <c r="P9" s="20"/>
     </row>
     <row r="10" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B10" s="138"/>
       <c r="G10" s="89"/>
       <c r="H10" s="89"/>
       <c r="I10" s="89"/>
       <c r="J10" s="89"/>
       <c r="K10" s="89"/>
       <c r="L10" s="89"/>
       <c r="M10" s="89"/>
       <c r="O10" s="89"/>
       <c r="P10" s="89"/>
     </row>
     <row r="11" spans="2:16" s="9" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="385" t="s">
+      <c r="B11" s="399" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="385"/>
-[...11 lines deleted...]
-      <c r="O11" s="385"/>
+      <c r="C11" s="399"/>
+      <c r="D11" s="399"/>
+      <c r="E11" s="399"/>
+      <c r="F11" s="399"/>
+      <c r="G11" s="399"/>
+      <c r="H11" s="399"/>
+      <c r="I11" s="399"/>
+      <c r="J11" s="399"/>
+      <c r="K11" s="399"/>
+      <c r="L11" s="399"/>
+      <c r="M11" s="399"/>
+      <c r="N11" s="399"/>
+      <c r="O11" s="399"/>
       <c r="P11" s="10"/>
     </row>
     <row r="12" spans="2:16" s="22" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="381" t="s">
+      <c r="B12" s="395" t="s">
         <v>73</v>
       </c>
-      <c r="C12" s="382"/>
-[...11 lines deleted...]
-      <c r="O12" s="382"/>
+      <c r="C12" s="396"/>
+      <c r="D12" s="396"/>
+      <c r="E12" s="396"/>
+      <c r="F12" s="396"/>
+      <c r="G12" s="396"/>
+      <c r="H12" s="396"/>
+      <c r="I12" s="396"/>
+      <c r="J12" s="396"/>
+      <c r="K12" s="396"/>
+      <c r="L12" s="396"/>
+      <c r="M12" s="396"/>
+      <c r="N12" s="396"/>
+      <c r="O12" s="396"/>
       <c r="P12" s="23"/>
     </row>
     <row r="13" spans="2:16" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="14" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B14" s="376" t="s">
+      <c r="B14" s="390" t="s">
         <v>66</v>
       </c>
-      <c r="C14" s="377"/>
-[...11 lines deleted...]
-      <c r="O14" s="378"/>
+      <c r="C14" s="391"/>
+      <c r="D14" s="391"/>
+      <c r="E14" s="391"/>
+      <c r="F14" s="391"/>
+      <c r="G14" s="391"/>
+      <c r="H14" s="391"/>
+      <c r="I14" s="391"/>
+      <c r="J14" s="391"/>
+      <c r="K14" s="391"/>
+      <c r="L14" s="391"/>
+      <c r="M14" s="391"/>
+      <c r="N14" s="391"/>
+      <c r="O14" s="392"/>
       <c r="P14" s="14"/>
     </row>
     <row r="15" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B15" s="206" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="207" t="s">
         <v>218</v>
       </c>
       <c r="D15" s="208" t="s">
         <v>206</v>
       </c>
       <c r="E15" s="209" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="210" t="s">
         <v>40</v>
       </c>
       <c r="G15" s="211" t="s">
         <v>2</v>
       </c>
       <c r="H15" s="211" t="s">
         <v>3</v>
       </c>
       <c r="I15" s="211" t="s">
@@ -5442,66 +5448,66 @@
       </c>
       <c r="J26" s="49" t="s">
         <v>341</v>
       </c>
       <c r="K26" s="48" t="s">
         <v>124</v>
       </c>
       <c r="L26" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M26" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N26" s="152" t="s">
         <v>18</v>
       </c>
       <c r="O26" s="171">
         <v>49322.8</v>
       </c>
       <c r="P26" s="7"/>
     </row>
     <row r="27" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="P27" s="87"/>
     </row>
     <row r="28" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B28" s="376" t="s">
+      <c r="B28" s="390" t="s">
         <v>67</v>
       </c>
-      <c r="C28" s="377"/>
-[...11 lines deleted...]
-      <c r="O28" s="378"/>
+      <c r="C28" s="391"/>
+      <c r="D28" s="391"/>
+      <c r="E28" s="391"/>
+      <c r="F28" s="391"/>
+      <c r="G28" s="391"/>
+      <c r="H28" s="391"/>
+      <c r="I28" s="391"/>
+      <c r="J28" s="391"/>
+      <c r="K28" s="391"/>
+      <c r="L28" s="391"/>
+      <c r="M28" s="391"/>
+      <c r="N28" s="391"/>
+      <c r="O28" s="392"/>
       <c r="P28" s="14"/>
     </row>
     <row r="29" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B29" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D29" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E29" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F29" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G29" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H29" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I29" s="80" t="s">
@@ -5883,66 +5889,66 @@
         <v>18</v>
       </c>
       <c r="O37" s="228">
         <v>37728.19</v>
       </c>
       <c r="P37" s="7"/>
     </row>
     <row r="38" spans="1:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="140"/>
       <c r="C38" s="134"/>
       <c r="D38" s="17"/>
       <c r="E38" s="17"/>
       <c r="F38" s="12"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="94"/>
       <c r="J38" s="97"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="194"/>
       <c r="O38" s="18"/>
       <c r="P38" s="7"/>
     </row>
     <row r="39" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B39" s="386" t="s">
+      <c r="B39" s="351" t="s">
         <v>207</v>
       </c>
-      <c r="C39" s="387"/>
-[...11 lines deleted...]
-      <c r="O39" s="388"/>
+      <c r="C39" s="352"/>
+      <c r="D39" s="352"/>
+      <c r="E39" s="352"/>
+      <c r="F39" s="352"/>
+      <c r="G39" s="352"/>
+      <c r="H39" s="352"/>
+      <c r="I39" s="352"/>
+      <c r="J39" s="352"/>
+      <c r="K39" s="352"/>
+      <c r="L39" s="352"/>
+      <c r="M39" s="352"/>
+      <c r="N39" s="352"/>
+      <c r="O39" s="353"/>
       <c r="P39" s="14"/>
     </row>
     <row r="40" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B40" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C40" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D40" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E40" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F40" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G40" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H40" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I40" s="80" t="s">
@@ -6182,97 +6188,97 @@
         <v>254</v>
       </c>
       <c r="L45" s="60" t="s">
         <v>41</v>
       </c>
       <c r="M45" s="62" t="s">
         <v>41</v>
       </c>
       <c r="N45" s="219" t="s">
         <v>18</v>
       </c>
       <c r="O45" s="174">
         <v>34751.800000000003</v>
       </c>
       <c r="P45" s="7"/>
     </row>
     <row r="46" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A46" s="5"/>
       <c r="B46" s="129" t="s">
         <v>303</v>
       </c>
       <c r="C46" s="123">
         <v>26052</v>
       </c>
       <c r="D46" s="283" t="s">
-        <v>511</v>
+        <v>531</v>
       </c>
       <c r="E46" s="39">
         <v>2026</v>
       </c>
       <c r="F46" s="40">
         <v>46295</v>
       </c>
       <c r="G46" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H46" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I46" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J46" s="58" t="s">
         <v>308</v>
       </c>
       <c r="K46" s="51" t="s">
         <v>304</v>
       </c>
       <c r="L46" s="51" t="s">
         <v>305</v>
       </c>
       <c r="M46" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N46" s="219" t="s">
         <v>306</v>
       </c>
       <c r="O46" s="173">
         <v>36250</v>
       </c>
       <c r="P46" s="94"/>
     </row>
     <row r="47" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A47" s="5"/>
       <c r="B47" s="129" t="s">
         <v>397</v>
       </c>
       <c r="C47" s="123">
         <v>26053</v>
       </c>
-      <c r="D47" s="283" t="s">
-        <v>511</v>
+      <c r="D47" s="308" t="s">
+        <v>122</v>
       </c>
       <c r="E47" s="39">
         <v>2026</v>
       </c>
       <c r="F47" s="40" t="s">
         <v>280</v>
       </c>
       <c r="G47" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H47" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I47" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J47" s="58" t="s">
         <v>399</v>
       </c>
       <c r="K47" s="51" t="s">
         <v>400</v>
       </c>
       <c r="L47" s="51" t="s">
         <v>41</v>
       </c>
@@ -6648,66 +6654,66 @@
         <v>7</v>
       </c>
       <c r="O55" s="237">
         <v>26221</v>
       </c>
       <c r="P55" s="7"/>
     </row>
     <row r="56" spans="1:16" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B56" s="147"/>
       <c r="C56" s="134"/>
       <c r="D56" s="17"/>
       <c r="E56" s="17"/>
       <c r="F56" s="12"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="100"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
       <c r="N56" s="194"/>
       <c r="O56" s="4"/>
       <c r="P56" s="94"/>
     </row>
     <row r="57" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B57" s="386" t="s">
+      <c r="B57" s="351" t="s">
         <v>407</v>
       </c>
-      <c r="C57" s="387"/>
-[...11 lines deleted...]
-      <c r="O57" s="388"/>
+      <c r="C57" s="352"/>
+      <c r="D57" s="352"/>
+      <c r="E57" s="352"/>
+      <c r="F57" s="352"/>
+      <c r="G57" s="352"/>
+      <c r="H57" s="352"/>
+      <c r="I57" s="352"/>
+      <c r="J57" s="352"/>
+      <c r="K57" s="352"/>
+      <c r="L57" s="352"/>
+      <c r="M57" s="352"/>
+      <c r="N57" s="352"/>
+      <c r="O57" s="353"/>
       <c r="P57" s="14"/>
     </row>
     <row r="58" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B58" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C58" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D58" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E58" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F58" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G58" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H58" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I58" s="80" t="s">
@@ -7894,66 +7900,66 @@
       </c>
       <c r="J84" s="66" t="s">
         <v>338</v>
       </c>
       <c r="K84" s="190" t="s">
         <v>35</v>
       </c>
       <c r="L84" s="190" t="s">
         <v>41</v>
       </c>
       <c r="M84" s="190" t="s">
         <v>49</v>
       </c>
       <c r="N84" s="190" t="s">
         <v>7</v>
       </c>
       <c r="O84" s="168">
         <v>58897</v>
       </c>
       <c r="P84" s="7"/>
     </row>
     <row r="85" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H85" s="94"/>
     </row>
     <row r="86" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B86" s="419" t="s">
+      <c r="B86" s="368" t="s">
         <v>406</v>
       </c>
-      <c r="C86" s="420"/>
-[...11 lines deleted...]
-      <c r="O86" s="421"/>
+      <c r="C86" s="369"/>
+      <c r="D86" s="369"/>
+      <c r="E86" s="369"/>
+      <c r="F86" s="369"/>
+      <c r="G86" s="369"/>
+      <c r="H86" s="369"/>
+      <c r="I86" s="369"/>
+      <c r="J86" s="369"/>
+      <c r="K86" s="369"/>
+      <c r="L86" s="369"/>
+      <c r="M86" s="369"/>
+      <c r="N86" s="369"/>
+      <c r="O86" s="370"/>
       <c r="P86" s="14"/>
     </row>
     <row r="87" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B87" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C87" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D87" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E87" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F87" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G87" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H87" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I87" s="80" t="s">
@@ -8397,66 +8403,66 @@
       <c r="K97" s="94"/>
       <c r="L97" s="94"/>
       <c r="M97" s="94"/>
       <c r="N97" s="195"/>
       <c r="O97" s="4"/>
       <c r="P97" s="7"/>
     </row>
     <row r="98" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B98" s="148"/>
       <c r="C98" s="139"/>
       <c r="D98" s="27"/>
       <c r="E98" s="101"/>
       <c r="F98" s="102"/>
       <c r="G98" s="94"/>
       <c r="H98" s="94"/>
       <c r="I98" s="94"/>
       <c r="J98" s="4"/>
       <c r="K98" s="94"/>
       <c r="L98" s="94"/>
       <c r="M98" s="94"/>
       <c r="N98" s="196"/>
       <c r="O98" s="4"/>
       <c r="P98" s="95"/>
     </row>
     <row r="99" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B99" s="414" t="s">
+      <c r="B99" s="363" t="s">
         <v>208</v>
       </c>
-      <c r="C99" s="415"/>
-[...11 lines deleted...]
-      <c r="O99" s="416"/>
+      <c r="C99" s="364"/>
+      <c r="D99" s="364"/>
+      <c r="E99" s="364"/>
+      <c r="F99" s="364"/>
+      <c r="G99" s="364"/>
+      <c r="H99" s="364"/>
+      <c r="I99" s="364"/>
+      <c r="J99" s="364"/>
+      <c r="K99" s="364"/>
+      <c r="L99" s="364"/>
+      <c r="M99" s="364"/>
+      <c r="N99" s="364"/>
+      <c r="O99" s="365"/>
       <c r="P99" s="14"/>
     </row>
     <row r="100" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B100" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C100" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D100" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E100" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F100" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G100" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H100" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I100" s="80" t="s">
@@ -9187,52 +9193,52 @@
       </c>
       <c r="K116" s="255" t="s">
         <v>481</v>
       </c>
       <c r="L116" s="255" t="s">
         <v>41</v>
       </c>
       <c r="M116" s="255" t="s">
         <v>41</v>
       </c>
       <c r="N116" s="255" t="s">
         <v>18</v>
       </c>
       <c r="O116" s="168">
         <v>23245</v>
       </c>
       <c r="P116" s="7"/>
     </row>
     <row r="117" spans="1:16" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B117" s="128" t="s">
         <v>482</v>
       </c>
       <c r="C117" s="123">
         <v>26078</v>
       </c>
-      <c r="D117" s="39" t="s">
-        <v>121</v>
+      <c r="D117" s="283" t="s">
+        <v>532</v>
       </c>
       <c r="E117" s="39">
         <v>2026</v>
       </c>
       <c r="F117" s="40">
         <v>46295</v>
       </c>
       <c r="G117" s="310" t="s">
         <v>21</v>
       </c>
       <c r="H117" s="311" t="s">
         <v>23</v>
       </c>
       <c r="I117" s="311" t="s">
         <v>151</v>
       </c>
       <c r="J117" s="42" t="s">
         <v>156</v>
       </c>
       <c r="K117" s="310" t="s">
         <v>118</v>
       </c>
       <c r="L117" s="310" t="s">
         <v>41</v>
       </c>
@@ -9381,66 +9387,66 @@
         <v>38200</v>
       </c>
       <c r="P120" s="7"/>
     </row>
     <row r="121" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B121" s="148"/>
       <c r="C121" s="134"/>
       <c r="D121" s="17"/>
       <c r="E121" s="96"/>
       <c r="F121" s="103"/>
       <c r="G121" s="94"/>
       <c r="H121" s="101"/>
       <c r="I121" s="101"/>
       <c r="J121" s="100"/>
       <c r="K121" s="94"/>
       <c r="L121" s="94"/>
       <c r="M121" s="94"/>
       <c r="N121" s="194"/>
       <c r="O121" s="4"/>
       <c r="P121" s="95"/>
     </row>
     <row r="122" spans="1:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="P122" s="87"/>
     </row>
     <row r="123" spans="1:16" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B123" s="401" t="s">
+      <c r="B123" s="381" t="s">
         <v>248</v>
       </c>
-      <c r="C123" s="402"/>
-[...11 lines deleted...]
-      <c r="O123" s="403"/>
+      <c r="C123" s="382"/>
+      <c r="D123" s="382"/>
+      <c r="E123" s="382"/>
+      <c r="F123" s="382"/>
+      <c r="G123" s="382"/>
+      <c r="H123" s="382"/>
+      <c r="I123" s="382"/>
+      <c r="J123" s="382"/>
+      <c r="K123" s="382"/>
+      <c r="L123" s="382"/>
+      <c r="M123" s="382"/>
+      <c r="N123" s="382"/>
+      <c r="O123" s="383"/>
       <c r="P123" s="14"/>
     </row>
     <row r="124" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B124" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C124" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D124" s="268" t="s">
         <v>206</v>
       </c>
       <c r="E124" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F124" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G124" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H124" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I124" s="80" t="s">
@@ -9950,51 +9956,51 @@
       </c>
       <c r="K135" s="313" t="s">
         <v>494</v>
       </c>
       <c r="L135" s="313" t="s">
         <v>41</v>
       </c>
       <c r="M135" s="313" t="s">
         <v>41</v>
       </c>
       <c r="N135" s="313" t="s">
         <v>18</v>
       </c>
       <c r="O135" s="317">
         <v>45431.8</v>
       </c>
       <c r="P135" s="241"/>
     </row>
     <row r="136" spans="1:17" s="292" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B136" s="318" t="s">
         <v>527</v>
       </c>
       <c r="C136" s="319">
         <v>26205</v>
       </c>
-      <c r="D136" s="438" t="s">
+      <c r="D136" s="324" t="s">
         <v>122</v>
       </c>
       <c r="E136" s="320">
         <v>2026</v>
       </c>
       <c r="F136" s="157">
         <v>46295</v>
       </c>
       <c r="G136" s="320" t="s">
         <v>71</v>
       </c>
       <c r="H136" s="320" t="s">
         <v>528</v>
       </c>
       <c r="I136" s="320" t="s">
         <v>149</v>
       </c>
       <c r="J136" s="321" t="s">
         <v>529</v>
       </c>
       <c r="K136" s="320" t="s">
         <v>530</v>
       </c>
       <c r="L136" s="320" t="s">
         <v>41</v>
@@ -10010,66 +10016,66 @@
       </c>
       <c r="P136" s="241"/>
     </row>
     <row r="137" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B137" s="226"/>
       <c r="C137" s="226"/>
       <c r="D137" s="287"/>
       <c r="E137" s="287"/>
       <c r="F137" s="288"/>
       <c r="G137" s="278"/>
       <c r="H137" s="278"/>
       <c r="I137" s="277"/>
       <c r="J137" s="289"/>
       <c r="K137" s="278"/>
       <c r="L137" s="278"/>
       <c r="M137" s="278"/>
       <c r="N137" s="278"/>
       <c r="O137" s="290"/>
       <c r="P137" s="7"/>
     </row>
     <row r="138" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="N138" s="204"/>
       <c r="P138" s="87"/>
     </row>
     <row r="139" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B139" s="343" t="s">
+      <c r="B139" s="419" t="s">
         <v>209</v>
       </c>
-      <c r="C139" s="344"/>
-[...11 lines deleted...]
-      <c r="O139" s="345"/>
+      <c r="C139" s="420"/>
+      <c r="D139" s="420"/>
+      <c r="E139" s="420"/>
+      <c r="F139" s="420"/>
+      <c r="G139" s="420"/>
+      <c r="H139" s="420"/>
+      <c r="I139" s="420"/>
+      <c r="J139" s="420"/>
+      <c r="K139" s="420"/>
+      <c r="L139" s="420"/>
+      <c r="M139" s="420"/>
+      <c r="N139" s="420"/>
+      <c r="O139" s="421"/>
       <c r="P139" s="14"/>
     </row>
     <row r="140" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B140" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C140" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D140" s="268" t="s">
         <v>206</v>
       </c>
       <c r="E140" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F140" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G140" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H140" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I140" s="80" t="s">
@@ -10317,66 +10323,66 @@
         <v>29998</v>
       </c>
       <c r="P145" s="7"/>
     </row>
     <row r="146" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B146" s="142"/>
       <c r="C146" s="140"/>
       <c r="D146" s="28"/>
       <c r="E146" s="36"/>
       <c r="F146" s="104"/>
       <c r="G146" s="105"/>
       <c r="H146" s="106"/>
       <c r="I146" s="106"/>
       <c r="J146" s="107"/>
       <c r="K146" s="7"/>
       <c r="L146" s="7"/>
       <c r="M146" s="7"/>
       <c r="N146" s="197"/>
       <c r="O146" s="108"/>
       <c r="P146" s="95"/>
       <c r="Q146" s="6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="147" spans="1:17" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B147" s="346" t="s">
+      <c r="B147" s="422" t="s">
         <v>213</v>
       </c>
-      <c r="C147" s="347"/>
-[...11 lines deleted...]
-      <c r="O147" s="348"/>
+      <c r="C147" s="423"/>
+      <c r="D147" s="423"/>
+      <c r="E147" s="423"/>
+      <c r="F147" s="423"/>
+      <c r="G147" s="423"/>
+      <c r="H147" s="423"/>
+      <c r="I147" s="423"/>
+      <c r="J147" s="423"/>
+      <c r="K147" s="423"/>
+      <c r="L147" s="423"/>
+      <c r="M147" s="423"/>
+      <c r="N147" s="423"/>
+      <c r="O147" s="424"/>
       <c r="P147" s="95"/>
     </row>
     <row r="148" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B148" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C148" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D148" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E148" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F148" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G148" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H148" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I148" s="80" t="s">
@@ -10446,66 +10452,66 @@
         <v>62530</v>
       </c>
       <c r="P149" s="95"/>
       <c r="Q149" s="95"/>
     </row>
     <row r="150" spans="1:17" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B150" s="149"/>
       <c r="C150" s="141"/>
       <c r="D150" s="21"/>
       <c r="E150" s="21"/>
       <c r="F150" s="13"/>
       <c r="G150" s="110"/>
       <c r="H150" s="110"/>
       <c r="I150" s="110"/>
       <c r="J150" s="111"/>
       <c r="K150" s="109" t="s">
         <v>93</v>
       </c>
       <c r="L150" s="109"/>
       <c r="M150" s="109"/>
       <c r="N150" s="198"/>
       <c r="O150" s="112"/>
       <c r="P150" s="7"/>
     </row>
     <row r="151" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B151" s="410" t="s">
+      <c r="B151" s="356" t="s">
         <v>210</v>
       </c>
-      <c r="C151" s="411"/>
-[...11 lines deleted...]
-      <c r="O151" s="412"/>
+      <c r="C151" s="357"/>
+      <c r="D151" s="357"/>
+      <c r="E151" s="357"/>
+      <c r="F151" s="357"/>
+      <c r="G151" s="357"/>
+      <c r="H151" s="357"/>
+      <c r="I151" s="357"/>
+      <c r="J151" s="357"/>
+      <c r="K151" s="357"/>
+      <c r="L151" s="357"/>
+      <c r="M151" s="357"/>
+      <c r="N151" s="357"/>
+      <c r="O151" s="358"/>
       <c r="P151" s="14"/>
     </row>
     <row r="152" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B152" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C152" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D152" s="154" t="s">
         <v>206</v>
       </c>
       <c r="E152" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F152" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G152" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H152" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I152" s="80" t="s">
@@ -10938,66 +10944,66 @@
         <v>62</v>
       </c>
       <c r="O161" s="171">
         <v>44221</v>
       </c>
       <c r="P161" s="95"/>
     </row>
     <row r="162" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B162" s="147"/>
       <c r="C162" s="135"/>
       <c r="D162" s="30"/>
       <c r="E162" s="17"/>
       <c r="F162" s="12"/>
       <c r="G162" s="106"/>
       <c r="H162" s="37"/>
       <c r="I162" s="37"/>
       <c r="J162" s="115"/>
       <c r="K162" s="7"/>
       <c r="L162" s="7"/>
       <c r="M162" s="7"/>
       <c r="N162" s="199"/>
       <c r="O162" s="18"/>
       <c r="P162" s="95"/>
     </row>
     <row r="163" spans="1:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B163" s="410" t="s">
+      <c r="B163" s="356" t="s">
         <v>211</v>
       </c>
-      <c r="C163" s="411"/>
-[...11 lines deleted...]
-      <c r="O163" s="412"/>
+      <c r="C163" s="357"/>
+      <c r="D163" s="357"/>
+      <c r="E163" s="357"/>
+      <c r="F163" s="357"/>
+      <c r="G163" s="357"/>
+      <c r="H163" s="357"/>
+      <c r="I163" s="357"/>
+      <c r="J163" s="357"/>
+      <c r="K163" s="357"/>
+      <c r="L163" s="357"/>
+      <c r="M163" s="357"/>
+      <c r="N163" s="357"/>
+      <c r="O163" s="358"/>
       <c r="P163" s="95"/>
     </row>
     <row r="164" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B164" s="155" t="s">
         <v>42</v>
       </c>
       <c r="C164" s="156" t="s">
         <v>218</v>
       </c>
       <c r="D164" s="78" t="s">
         <v>206</v>
       </c>
       <c r="E164" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F164" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G164" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H164" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I164" s="80" t="s">
@@ -11066,66 +11072,66 @@
       <c r="O165" s="178">
         <v>46194</v>
       </c>
       <c r="P165" s="166"/>
       <c r="Q165" s="166"/>
     </row>
     <row r="166" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B166" s="147"/>
       <c r="C166" s="142"/>
       <c r="D166" s="35"/>
       <c r="E166" s="17"/>
       <c r="F166" s="12"/>
       <c r="G166" s="106"/>
       <c r="H166" s="37"/>
       <c r="I166" s="101"/>
       <c r="J166" s="115"/>
       <c r="K166" s="7"/>
       <c r="L166" s="7"/>
       <c r="M166" s="7"/>
       <c r="N166" s="194"/>
       <c r="O166" s="116"/>
       <c r="P166" s="95"/>
       <c r="Q166" s="95"/>
     </row>
     <row r="167" spans="1:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B167" s="410" t="s">
+      <c r="B167" s="356" t="s">
         <v>212</v>
       </c>
-      <c r="C167" s="411"/>
-[...11 lines deleted...]
-      <c r="O167" s="412"/>
+      <c r="C167" s="357"/>
+      <c r="D167" s="357"/>
+      <c r="E167" s="357"/>
+      <c r="F167" s="357"/>
+      <c r="G167" s="357"/>
+      <c r="H167" s="357"/>
+      <c r="I167" s="357"/>
+      <c r="J167" s="357"/>
+      <c r="K167" s="357"/>
+      <c r="L167" s="357"/>
+      <c r="M167" s="357"/>
+      <c r="N167" s="357"/>
+      <c r="O167" s="358"/>
       <c r="P167" s="95"/>
     </row>
     <row r="168" spans="1:17" s="76" customFormat="1" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B168" s="179" t="s">
         <v>42</v>
       </c>
       <c r="C168" s="180" t="s">
         <v>218</v>
       </c>
       <c r="D168" s="181" t="s">
         <v>206</v>
       </c>
       <c r="E168" s="182" t="s">
         <v>64</v>
       </c>
       <c r="F168" s="183" t="s">
         <v>40</v>
       </c>
       <c r="G168" s="184" t="s">
         <v>2</v>
       </c>
       <c r="H168" s="184" t="s">
         <v>3</v>
       </c>
       <c r="I168" s="184" t="s">
@@ -11152,812 +11158,812 @@
       <c r="P168" s="82"/>
     </row>
     <row r="169" spans="1:17" x14ac:dyDescent="0.25">
       <c r="B169" s="147"/>
       <c r="C169" s="135"/>
       <c r="D169" s="17"/>
       <c r="E169" s="17"/>
       <c r="F169" s="12"/>
       <c r="G169" s="106"/>
       <c r="H169" s="37"/>
       <c r="I169" s="37"/>
       <c r="J169" s="115"/>
       <c r="K169" s="7"/>
       <c r="L169" s="7"/>
       <c r="M169" s="98"/>
       <c r="N169" s="194"/>
       <c r="O169" s="116"/>
       <c r="P169" s="95"/>
       <c r="Q169" s="95"/>
     </row>
     <row r="170" spans="1:17" x14ac:dyDescent="0.25">
       <c r="P170" s="87"/>
     </row>
     <row r="171" spans="1:17" ht="26.25" x14ac:dyDescent="0.25">
       <c r="H171" s="191"/>
-      <c r="I171" s="418" t="s">
+      <c r="I171" s="367" t="s">
         <v>17</v>
       </c>
-      <c r="J171" s="418"/>
-[...4 lines deleted...]
-      <c r="O171" s="418"/>
+      <c r="J171" s="367"/>
+      <c r="K171" s="367"/>
+      <c r="L171" s="367"/>
+      <c r="M171" s="367"/>
+      <c r="N171" s="367"/>
+      <c r="O171" s="367"/>
       <c r="P171" s="87"/>
     </row>
     <row r="172" spans="1:17" x14ac:dyDescent="0.25">
       <c r="H172" s="15"/>
-      <c r="I172" s="413" t="s">
+      <c r="I172" s="361" t="s">
         <v>1</v>
       </c>
-      <c r="J172" s="413"/>
-      <c r="K172" s="409" t="s">
+      <c r="J172" s="361"/>
+      <c r="K172" s="355" t="s">
         <v>15</v>
       </c>
-      <c r="L172" s="409"/>
-      <c r="M172" s="409"/>
+      <c r="L172" s="355"/>
+      <c r="M172" s="355"/>
       <c r="N172" s="201" t="s">
         <v>12</v>
       </c>
       <c r="O172" s="187" t="s">
         <v>13</v>
       </c>
       <c r="P172" s="87"/>
     </row>
     <row r="173" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H173" s="95"/>
-      <c r="I173" s="357" t="s">
+      <c r="I173" s="359" t="s">
         <v>219</v>
       </c>
-      <c r="J173" s="357"/>
-      <c r="K173" s="329" t="s">
+      <c r="J173" s="359"/>
+      <c r="K173" s="343" t="s">
         <v>79</v>
       </c>
-      <c r="L173" s="329"/>
-[...1 lines deleted...]
-      <c r="N173" s="328" t="s">
+      <c r="L173" s="343"/>
+      <c r="M173" s="343"/>
+      <c r="N173" s="354" t="s">
         <v>72</v>
       </c>
-      <c r="O173" s="335" t="s">
+      <c r="O173" s="362" t="s">
         <v>63</v>
       </c>
       <c r="P173" s="87"/>
     </row>
     <row r="174" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H174" s="95"/>
-      <c r="I174" s="357"/>
-[...5 lines deleted...]
-      <c r="O174" s="335"/>
+      <c r="I174" s="359"/>
+      <c r="J174" s="359"/>
+      <c r="K174" s="343"/>
+      <c r="L174" s="343"/>
+      <c r="M174" s="343"/>
+      <c r="N174" s="354"/>
+      <c r="O174" s="362"/>
       <c r="P174" s="87"/>
     </row>
     <row r="175" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H175" s="96"/>
-      <c r="I175" s="358"/>
-[...5 lines deleted...]
-      <c r="O175" s="335"/>
+      <c r="I175" s="360"/>
+      <c r="J175" s="360"/>
+      <c r="K175" s="343"/>
+      <c r="L175" s="343"/>
+      <c r="M175" s="343"/>
+      <c r="N175" s="354"/>
+      <c r="O175" s="362"/>
       <c r="P175" s="87"/>
     </row>
     <row r="176" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H176" s="95"/>
-      <c r="I176" s="351" t="s">
+      <c r="I176" s="427" t="s">
         <v>190</v>
       </c>
-      <c r="J176" s="352"/>
-      <c r="K176" s="353" t="s">
+      <c r="J176" s="428"/>
+      <c r="K176" s="429" t="s">
         <v>16</v>
       </c>
-      <c r="L176" s="354"/>
-[...1 lines deleted...]
-      <c r="N176" s="417" t="s">
+      <c r="L176" s="430"/>
+      <c r="M176" s="430"/>
+      <c r="N176" s="366" t="s">
         <v>204</v>
       </c>
-      <c r="O176" s="334" t="s">
+      <c r="O176" s="400" t="s">
         <v>14</v>
       </c>
       <c r="P176" s="87"/>
     </row>
     <row r="177" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H177" s="117"/>
-      <c r="I177" s="349" t="s">
+      <c r="I177" s="425" t="s">
         <v>203</v>
       </c>
-      <c r="J177" s="350"/>
-[...4 lines deleted...]
-      <c r="O177" s="334"/>
+      <c r="J177" s="426"/>
+      <c r="K177" s="429"/>
+      <c r="L177" s="430"/>
+      <c r="M177" s="430"/>
+      <c r="N177" s="366"/>
+      <c r="O177" s="400"/>
       <c r="P177" s="87"/>
     </row>
     <row r="178" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H178" s="98"/>
-      <c r="I178" s="406" t="s">
+      <c r="I178" s="386" t="s">
         <v>202</v>
       </c>
-      <c r="J178" s="407"/>
-[...4 lines deleted...]
-      <c r="O178" s="334"/>
+      <c r="J178" s="387"/>
+      <c r="K178" s="429"/>
+      <c r="L178" s="430"/>
+      <c r="M178" s="430"/>
+      <c r="N178" s="366"/>
+      <c r="O178" s="400"/>
       <c r="P178" s="87"/>
     </row>
     <row r="179" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H179" s="98"/>
-      <c r="I179" s="356" t="s">
+      <c r="I179" s="402" t="s">
         <v>223</v>
       </c>
-      <c r="J179" s="356"/>
-      <c r="K179" s="329" t="s">
+      <c r="J179" s="402"/>
+      <c r="K179" s="343" t="s">
         <v>173</v>
       </c>
-      <c r="L179" s="329"/>
-[...1 lines deleted...]
-      <c r="N179" s="328" t="s">
+      <c r="L179" s="343"/>
+      <c r="M179" s="343"/>
+      <c r="N179" s="354" t="s">
         <v>174</v>
       </c>
-      <c r="O179" s="335" t="s">
+      <c r="O179" s="362" t="s">
         <v>175</v>
       </c>
       <c r="P179" s="87"/>
     </row>
     <row r="180" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H180" s="98"/>
-      <c r="I180" s="357"/>
-[...5 lines deleted...]
-      <c r="O180" s="335"/>
+      <c r="I180" s="359"/>
+      <c r="J180" s="359"/>
+      <c r="K180" s="343"/>
+      <c r="L180" s="343"/>
+      <c r="M180" s="343"/>
+      <c r="N180" s="354"/>
+      <c r="O180" s="362"/>
       <c r="P180" s="87"/>
     </row>
     <row r="181" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H181" s="98"/>
-      <c r="I181" s="358"/>
-[...5 lines deleted...]
-      <c r="O181" s="335"/>
+      <c r="I181" s="360"/>
+      <c r="J181" s="360"/>
+      <c r="K181" s="343"/>
+      <c r="L181" s="343"/>
+      <c r="M181" s="343"/>
+      <c r="N181" s="354"/>
+      <c r="O181" s="362"/>
       <c r="P181" s="87"/>
     </row>
     <row r="182" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H182" s="98"/>
-      <c r="I182" s="371" t="s">
+      <c r="I182" s="379" t="s">
         <v>281</v>
       </c>
-      <c r="J182" s="372"/>
-      <c r="K182" s="362" t="s">
+      <c r="J182" s="380"/>
+      <c r="K182" s="406" t="s">
         <v>284</v>
       </c>
-      <c r="L182" s="362"/>
-[...1 lines deleted...]
-      <c r="N182" s="368" t="s">
+      <c r="L182" s="406"/>
+      <c r="M182" s="407"/>
+      <c r="N182" s="413" t="s">
         <v>286</v>
       </c>
-      <c r="O182" s="355" t="s">
+      <c r="O182" s="401" t="s">
         <v>285</v>
       </c>
       <c r="P182" s="87"/>
     </row>
     <row r="183" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H183" s="98"/>
-      <c r="I183" s="397" t="s">
+      <c r="I183" s="333" t="s">
         <v>282</v>
       </c>
-      <c r="J183" s="398"/>
-[...4 lines deleted...]
-      <c r="O183" s="367"/>
+      <c r="J183" s="334"/>
+      <c r="K183" s="349"/>
+      <c r="L183" s="349"/>
+      <c r="M183" s="408"/>
+      <c r="N183" s="414"/>
+      <c r="O183" s="411"/>
       <c r="P183" s="87"/>
     </row>
     <row r="184" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H184" s="98"/>
-      <c r="I184" s="399" t="s">
+      <c r="I184" s="335" t="s">
         <v>283</v>
       </c>
-      <c r="J184" s="400"/>
-[...4 lines deleted...]
-      <c r="O184" s="333"/>
+      <c r="J184" s="336"/>
+      <c r="K184" s="409"/>
+      <c r="L184" s="409"/>
+      <c r="M184" s="410"/>
+      <c r="N184" s="415"/>
+      <c r="O184" s="412"/>
       <c r="P184" s="87"/>
     </row>
     <row r="185" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H185" s="95"/>
-      <c r="I185" s="391" t="s">
+      <c r="I185" s="373" t="s">
         <v>18</v>
       </c>
-      <c r="J185" s="392"/>
-      <c r="K185" s="359" t="s">
+      <c r="J185" s="374"/>
+      <c r="K185" s="403" t="s">
         <v>233</v>
       </c>
-      <c r="L185" s="334"/>
-[...1 lines deleted...]
-      <c r="N185" s="334" t="s">
+      <c r="L185" s="400"/>
+      <c r="M185" s="400"/>
+      <c r="N185" s="400" t="s">
         <v>234</v>
       </c>
-      <c r="O185" s="334" t="s">
+      <c r="O185" s="400" t="s">
         <v>235</v>
       </c>
       <c r="P185" s="87"/>
     </row>
     <row r="186" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H186" s="95"/>
-      <c r="I186" s="360" t="s">
+      <c r="I186" s="404" t="s">
         <v>201</v>
       </c>
-      <c r="J186" s="361"/>
-[...4 lines deleted...]
-      <c r="O186" s="334"/>
+      <c r="J186" s="405"/>
+      <c r="K186" s="403"/>
+      <c r="L186" s="400"/>
+      <c r="M186" s="400"/>
+      <c r="N186" s="400"/>
+      <c r="O186" s="400"/>
       <c r="P186" s="87"/>
     </row>
     <row r="187" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F187" s="118"/>
       <c r="H187" s="95"/>
-      <c r="I187" s="404" t="s">
+      <c r="I187" s="384" t="s">
         <v>202</v>
       </c>
-      <c r="J187" s="405"/>
-[...4 lines deleted...]
-      <c r="O187" s="334"/>
+      <c r="J187" s="385"/>
+      <c r="K187" s="403"/>
+      <c r="L187" s="400"/>
+      <c r="M187" s="400"/>
+      <c r="N187" s="400"/>
+      <c r="O187" s="400"/>
       <c r="P187" s="87"/>
     </row>
     <row r="188" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F188" s="118"/>
       <c r="H188" s="161"/>
-      <c r="I188" s="357" t="s">
+      <c r="I188" s="359" t="s">
         <v>222</v>
       </c>
-      <c r="J188" s="357"/>
-      <c r="K188" s="329" t="s">
+      <c r="J188" s="359"/>
+      <c r="K188" s="343" t="s">
         <v>79</v>
       </c>
-      <c r="L188" s="329"/>
-[...1 lines deleted...]
-      <c r="N188" s="328" t="s">
+      <c r="L188" s="343"/>
+      <c r="M188" s="343"/>
+      <c r="N188" s="354" t="s">
         <v>72</v>
       </c>
-      <c r="O188" s="335" t="s">
+      <c r="O188" s="362" t="s">
         <v>63</v>
       </c>
       <c r="P188" s="87"/>
     </row>
     <row r="189" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B189" s="230"/>
       <c r="C189" s="230"/>
       <c r="D189" s="6"/>
       <c r="F189" s="118"/>
       <c r="H189" s="161"/>
-      <c r="I189" s="357"/>
-[...5 lines deleted...]
-      <c r="O189" s="335"/>
+      <c r="I189" s="359"/>
+      <c r="J189" s="359"/>
+      <c r="K189" s="343"/>
+      <c r="L189" s="343"/>
+      <c r="M189" s="343"/>
+      <c r="N189" s="354"/>
+      <c r="O189" s="362"/>
       <c r="P189" s="87"/>
     </row>
     <row r="190" spans="2:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B190" s="230"/>
       <c r="C190" s="230"/>
       <c r="D190" s="6"/>
       <c r="F190" s="118"/>
       <c r="H190" s="161"/>
-      <c r="I190" s="358"/>
-[...5 lines deleted...]
-      <c r="O190" s="335"/>
+      <c r="I190" s="360"/>
+      <c r="J190" s="360"/>
+      <c r="K190" s="343"/>
+      <c r="L190" s="343"/>
+      <c r="M190" s="343"/>
+      <c r="N190" s="354"/>
+      <c r="O190" s="362"/>
       <c r="P190" s="87"/>
     </row>
     <row r="191" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B191" s="230"/>
       <c r="C191" s="230"/>
       <c r="D191" s="6"/>
       <c r="F191" s="118"/>
       <c r="H191" s="161"/>
-      <c r="I191" s="371" t="s">
+      <c r="I191" s="379" t="s">
         <v>191</v>
       </c>
-      <c r="J191" s="372"/>
-      <c r="K191" s="373" t="s">
+      <c r="J191" s="380"/>
+      <c r="K191" s="416" t="s">
         <v>194</v>
       </c>
-      <c r="L191" s="331"/>
-[...1 lines deleted...]
-      <c r="N191" s="332" t="s">
+      <c r="L191" s="417"/>
+      <c r="M191" s="417"/>
+      <c r="N191" s="418" t="s">
         <v>195</v>
       </c>
-      <c r="O191" s="334" t="s">
+      <c r="O191" s="400" t="s">
         <v>196</v>
       </c>
       <c r="P191" s="87"/>
     </row>
     <row r="192" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B192" s="230"/>
       <c r="C192" s="230"/>
       <c r="D192" s="6"/>
       <c r="F192" s="118"/>
       <c r="H192" s="161"/>
-      <c r="I192" s="397" t="s">
+      <c r="I192" s="333" t="s">
         <v>192</v>
       </c>
-      <c r="J192" s="398"/>
-[...4 lines deleted...]
-      <c r="O192" s="334"/>
+      <c r="J192" s="334"/>
+      <c r="K192" s="416"/>
+      <c r="L192" s="417"/>
+      <c r="M192" s="417"/>
+      <c r="N192" s="418"/>
+      <c r="O192" s="400"/>
       <c r="P192" s="87"/>
     </row>
     <row r="193" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B193" s="230"/>
       <c r="C193" s="230"/>
       <c r="D193" s="6"/>
       <c r="F193" s="118"/>
       <c r="H193" s="161"/>
-      <c r="I193" s="399" t="s">
+      <c r="I193" s="335" t="s">
         <v>193</v>
       </c>
-      <c r="J193" s="400"/>
-[...4 lines deleted...]
-      <c r="O193" s="355"/>
+      <c r="J193" s="336"/>
+      <c r="K193" s="416"/>
+      <c r="L193" s="417"/>
+      <c r="M193" s="417"/>
+      <c r="N193" s="418"/>
+      <c r="O193" s="401"/>
       <c r="P193" s="87"/>
     </row>
     <row r="194" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B194" s="230"/>
       <c r="C194" s="230"/>
       <c r="D194" s="6"/>
       <c r="F194" s="118"/>
       <c r="H194" s="161"/>
-      <c r="I194" s="393" t="s">
+      <c r="I194" s="375" t="s">
         <v>186</v>
       </c>
-      <c r="J194" s="394"/>
+      <c r="J194" s="376"/>
       <c r="K194" s="342" t="s">
         <v>275</v>
       </c>
-      <c r="L194" s="329"/>
-[...1 lines deleted...]
-      <c r="N194" s="341" t="s">
+      <c r="L194" s="343"/>
+      <c r="M194" s="343"/>
+      <c r="N194" s="438" t="s">
         <v>276</v>
       </c>
-      <c r="O194" s="324" t="s">
+      <c r="O194" s="431" t="s">
         <v>277</v>
       </c>
       <c r="P194" s="87"/>
     </row>
     <row r="195" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B195" s="230"/>
       <c r="C195" s="230"/>
       <c r="D195" s="6"/>
       <c r="F195" s="118"/>
       <c r="H195" s="161"/>
-      <c r="I195" s="395" t="s">
+      <c r="I195" s="377" t="s">
         <v>273</v>
       </c>
-      <c r="J195" s="396"/>
+      <c r="J195" s="378"/>
       <c r="K195" s="342"/>
-      <c r="L195" s="329"/>
-[...2 lines deleted...]
-      <c r="O195" s="325"/>
+      <c r="L195" s="343"/>
+      <c r="M195" s="343"/>
+      <c r="N195" s="438"/>
+      <c r="O195" s="432"/>
       <c r="P195" s="87"/>
     </row>
     <row r="196" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B196" s="230"/>
       <c r="C196" s="230"/>
       <c r="D196" s="6"/>
       <c r="F196" s="118"/>
       <c r="H196" s="161"/>
-      <c r="I196" s="422" t="s">
+      <c r="I196" s="337" t="s">
         <v>274</v>
       </c>
-      <c r="J196" s="423"/>
+      <c r="J196" s="338"/>
       <c r="K196" s="342"/>
-      <c r="L196" s="329"/>
-[...2 lines deleted...]
-      <c r="O196" s="326"/>
+      <c r="L196" s="343"/>
+      <c r="M196" s="343"/>
+      <c r="N196" s="438"/>
+      <c r="O196" s="433"/>
       <c r="P196" s="87"/>
     </row>
     <row r="197" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B197" s="230"/>
       <c r="C197" s="230"/>
       <c r="D197" s="6"/>
       <c r="F197" s="118"/>
       <c r="H197" s="161"/>
-      <c r="I197" s="432" t="s">
+      <c r="I197" s="327" t="s">
         <v>260</v>
       </c>
-      <c r="J197" s="433"/>
-      <c r="K197" s="338" t="s">
+      <c r="J197" s="328"/>
+      <c r="K197" s="435" t="s">
         <v>263</v>
       </c>
-      <c r="L197" s="339"/>
-[...1 lines deleted...]
-      <c r="N197" s="340" t="s">
+      <c r="L197" s="436"/>
+      <c r="M197" s="436"/>
+      <c r="N197" s="437" t="s">
         <v>264</v>
       </c>
-      <c r="O197" s="333" t="s">
+      <c r="O197" s="412" t="s">
         <v>265</v>
       </c>
       <c r="P197" s="87"/>
     </row>
     <row r="198" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B198" s="230"/>
       <c r="C198" s="230"/>
       <c r="D198" s="6"/>
       <c r="F198" s="118"/>
       <c r="H198" s="161"/>
-      <c r="I198" s="434" t="s">
+      <c r="I198" s="329" t="s">
         <v>261</v>
       </c>
-      <c r="J198" s="435"/>
-[...4 lines deleted...]
-      <c r="O198" s="334"/>
+      <c r="J198" s="330"/>
+      <c r="K198" s="435"/>
+      <c r="L198" s="436"/>
+      <c r="M198" s="436"/>
+      <c r="N198" s="437"/>
+      <c r="O198" s="400"/>
       <c r="P198" s="87"/>
     </row>
     <row r="199" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B199" s="230"/>
       <c r="C199" s="230"/>
       <c r="D199" s="6"/>
       <c r="F199" s="118"/>
       <c r="H199" s="161"/>
-      <c r="I199" s="436" t="s">
+      <c r="I199" s="331" t="s">
         <v>262</v>
       </c>
-      <c r="J199" s="437"/>
-[...4 lines deleted...]
-      <c r="O199" s="334"/>
+      <c r="J199" s="332"/>
+      <c r="K199" s="435"/>
+      <c r="L199" s="436"/>
+      <c r="M199" s="436"/>
+      <c r="N199" s="437"/>
+      <c r="O199" s="400"/>
       <c r="P199" s="87"/>
     </row>
     <row r="200" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B200" s="230"/>
       <c r="C200" s="230"/>
       <c r="D200" s="6"/>
       <c r="F200" s="118"/>
       <c r="H200" s="95"/>
-      <c r="I200" s="424" t="s">
+      <c r="I200" s="339" t="s">
         <v>101</v>
       </c>
-      <c r="J200" s="425"/>
+      <c r="J200" s="340"/>
       <c r="K200" s="342" t="s">
         <v>16</v>
       </c>
-      <c r="L200" s="329"/>
-[...1 lines deleted...]
-      <c r="N200" s="337" t="s">
+      <c r="L200" s="343"/>
+      <c r="M200" s="343"/>
+      <c r="N200" s="434" t="s">
         <v>20</v>
       </c>
-      <c r="O200" s="335" t="s">
+      <c r="O200" s="362" t="s">
         <v>14</v>
       </c>
       <c r="P200" s="87"/>
     </row>
     <row r="201" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B201" s="230"/>
       <c r="C201" s="230"/>
       <c r="D201" s="6"/>
       <c r="H201" s="95"/>
-      <c r="I201" s="427" t="s">
+      <c r="I201" s="345" t="s">
         <v>80</v>
       </c>
-      <c r="J201" s="428"/>
+      <c r="J201" s="346"/>
       <c r="K201" s="342"/>
-      <c r="L201" s="329"/>
-[...2 lines deleted...]
-      <c r="O201" s="335"/>
+      <c r="L201" s="343"/>
+      <c r="M201" s="343"/>
+      <c r="N201" s="434"/>
+      <c r="O201" s="362"/>
       <c r="P201" s="87"/>
     </row>
     <row r="202" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B202" s="230"/>
       <c r="C202" s="230"/>
       <c r="D202" s="6"/>
       <c r="G202" s="83"/>
       <c r="H202" s="95"/>
-      <c r="I202" s="429" t="s">
+      <c r="I202" s="347" t="s">
         <v>81</v>
       </c>
-      <c r="J202" s="430"/>
+      <c r="J202" s="348"/>
       <c r="K202" s="342"/>
-      <c r="L202" s="329"/>
-[...2 lines deleted...]
-      <c r="O202" s="335"/>
+      <c r="L202" s="343"/>
+      <c r="M202" s="343"/>
+      <c r="N202" s="434"/>
+      <c r="O202" s="362"/>
       <c r="P202" s="87"/>
     </row>
     <row r="203" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B203" s="230"/>
       <c r="C203" s="230"/>
       <c r="D203" s="6"/>
       <c r="H203" s="95"/>
-      <c r="I203" s="389" t="s">
+      <c r="I203" s="371" t="s">
         <v>220</v>
       </c>
-      <c r="J203" s="389"/>
-      <c r="K203" s="331" t="s">
+      <c r="J203" s="371"/>
+      <c r="K203" s="417" t="s">
         <v>162</v>
       </c>
-      <c r="L203" s="331"/>
-[...1 lines deleted...]
-      <c r="N203" s="332" t="s">
+      <c r="L203" s="417"/>
+      <c r="M203" s="417"/>
+      <c r="N203" s="418" t="s">
         <v>163</v>
       </c>
-      <c r="O203" s="334" t="s">
+      <c r="O203" s="400" t="s">
         <v>164</v>
       </c>
       <c r="P203" s="87"/>
     </row>
     <row r="204" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B204" s="230"/>
       <c r="C204" s="230"/>
       <c r="D204" s="6"/>
       <c r="G204" s="83"/>
       <c r="H204" s="95"/>
-      <c r="I204" s="390"/>
-[...5 lines deleted...]
-      <c r="O204" s="334"/>
+      <c r="I204" s="372"/>
+      <c r="J204" s="372"/>
+      <c r="K204" s="417"/>
+      <c r="L204" s="417"/>
+      <c r="M204" s="417"/>
+      <c r="N204" s="418"/>
+      <c r="O204" s="400"/>
       <c r="P204" s="87"/>
     </row>
     <row r="205" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B205" s="230"/>
       <c r="C205" s="230"/>
       <c r="D205" s="6"/>
       <c r="H205" s="95"/>
-      <c r="I205" s="390"/>
-[...5 lines deleted...]
-      <c r="O205" s="334"/>
+      <c r="I205" s="372"/>
+      <c r="J205" s="372"/>
+      <c r="K205" s="417"/>
+      <c r="L205" s="417"/>
+      <c r="M205" s="417"/>
+      <c r="N205" s="418"/>
+      <c r="O205" s="400"/>
       <c r="P205" s="87"/>
     </row>
     <row r="206" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B206" s="230"/>
       <c r="C206" s="230"/>
       <c r="D206" s="6"/>
       <c r="H206" s="95"/>
-      <c r="I206" s="357" t="s">
+      <c r="I206" s="359" t="s">
         <v>221</v>
       </c>
-      <c r="J206" s="357"/>
-      <c r="K206" s="329" t="s">
+      <c r="J206" s="359"/>
+      <c r="K206" s="343" t="s">
         <v>79</v>
       </c>
-      <c r="L206" s="329"/>
-[...1 lines deleted...]
-      <c r="N206" s="328" t="s">
+      <c r="L206" s="343"/>
+      <c r="M206" s="343"/>
+      <c r="N206" s="354" t="s">
         <v>72</v>
       </c>
-      <c r="O206" s="335" t="s">
+      <c r="O206" s="362" t="s">
         <v>63</v>
       </c>
       <c r="P206" s="87"/>
     </row>
     <row r="207" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B207" s="230"/>
       <c r="C207" s="230"/>
       <c r="D207" s="6"/>
       <c r="H207" s="95"/>
-      <c r="I207" s="357"/>
-[...5 lines deleted...]
-      <c r="O207" s="335"/>
+      <c r="I207" s="359"/>
+      <c r="J207" s="359"/>
+      <c r="K207" s="343"/>
+      <c r="L207" s="343"/>
+      <c r="M207" s="343"/>
+      <c r="N207" s="354"/>
+      <c r="O207" s="362"/>
       <c r="P207" s="87"/>
     </row>
     <row r="208" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B208" s="230"/>
       <c r="C208" s="230"/>
       <c r="D208" s="6"/>
       <c r="E208" s="101"/>
       <c r="F208" s="102"/>
       <c r="G208" s="94"/>
       <c r="H208" s="95"/>
-      <c r="I208" s="357"/>
-[...5 lines deleted...]
-      <c r="O208" s="335"/>
+      <c r="I208" s="359"/>
+      <c r="J208" s="359"/>
+      <c r="K208" s="343"/>
+      <c r="L208" s="343"/>
+      <c r="M208" s="343"/>
+      <c r="N208" s="354"/>
+      <c r="O208" s="362"/>
       <c r="P208" s="87"/>
     </row>
     <row r="209" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B209" s="230"/>
       <c r="C209" s="230"/>
       <c r="D209" s="6"/>
       <c r="E209" s="101"/>
       <c r="F209" s="119"/>
       <c r="G209" s="94"/>
       <c r="H209" s="98"/>
       <c r="I209" s="6"/>
       <c r="J209" s="6"/>
       <c r="K209" s="6"/>
       <c r="L209" s="6"/>
       <c r="M209" s="6"/>
       <c r="N209" s="204"/>
       <c r="O209" s="6"/>
       <c r="P209" s="87"/>
     </row>
     <row r="210" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B210" s="230"/>
       <c r="C210" s="230"/>
       <c r="D210" s="6"/>
       <c r="E210" s="101"/>
       <c r="F210" s="102"/>
       <c r="G210" s="7"/>
       <c r="H210" s="95"/>
       <c r="I210" s="6"/>
       <c r="J210" s="6"/>
       <c r="K210" s="6"/>
       <c r="L210" s="6"/>
       <c r="M210" s="6"/>
       <c r="N210" s="204"/>
       <c r="O210" s="6"/>
       <c r="P210" s="87"/>
     </row>
     <row r="211" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H211" s="96"/>
       <c r="I211" s="6"/>
       <c r="J211" s="6"/>
       <c r="K211" s="6"/>
       <c r="L211" s="6"/>
       <c r="M211" s="6"/>
       <c r="N211" s="204"/>
       <c r="O211" s="6"/>
       <c r="P211" s="87"/>
     </row>
     <row r="212" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H212" s="431"/>
-[...6 lines deleted...]
-      <c r="O212" s="330"/>
+      <c r="H212" s="325"/>
+      <c r="I212" s="326"/>
+      <c r="J212" s="326"/>
+      <c r="K212" s="349"/>
+      <c r="L212" s="349"/>
+      <c r="M212" s="349"/>
+      <c r="N212" s="341"/>
+      <c r="O212" s="350"/>
       <c r="P212" s="87"/>
     </row>
     <row r="213" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H213" s="431"/>
-[...6 lines deleted...]
-      <c r="O213" s="330"/>
+      <c r="H213" s="325"/>
+      <c r="I213" s="344"/>
+      <c r="J213" s="344"/>
+      <c r="K213" s="349"/>
+      <c r="L213" s="349"/>
+      <c r="M213" s="349"/>
+      <c r="N213" s="341"/>
+      <c r="O213" s="350"/>
       <c r="P213" s="87"/>
     </row>
     <row r="214" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H214" s="431"/>
-[...6 lines deleted...]
-      <c r="O214" s="330"/>
+      <c r="H214" s="325"/>
+      <c r="I214" s="344"/>
+      <c r="J214" s="344"/>
+      <c r="K214" s="349"/>
+      <c r="L214" s="349"/>
+      <c r="M214" s="349"/>
+      <c r="N214" s="341"/>
+      <c r="O214" s="350"/>
       <c r="P214" s="87"/>
     </row>
     <row r="215" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H215" s="98"/>
-      <c r="I215" s="426"/>
-[...5 lines deleted...]
-      <c r="O215" s="330"/>
+      <c r="I215" s="326"/>
+      <c r="J215" s="326"/>
+      <c r="K215" s="349"/>
+      <c r="L215" s="349"/>
+      <c r="M215" s="349"/>
+      <c r="N215" s="341"/>
+      <c r="O215" s="350"/>
       <c r="P215" s="87"/>
     </row>
     <row r="216" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H216" s="95"/>
-      <c r="I216" s="408"/>
-[...5 lines deleted...]
-      <c r="O216" s="330"/>
+      <c r="I216" s="344"/>
+      <c r="J216" s="344"/>
+      <c r="K216" s="349"/>
+      <c r="L216" s="349"/>
+      <c r="M216" s="349"/>
+      <c r="N216" s="341"/>
+      <c r="O216" s="350"/>
       <c r="P216" s="87"/>
     </row>
     <row r="217" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H217" s="98"/>
-      <c r="I217" s="408"/>
-[...5 lines deleted...]
-      <c r="O217" s="330"/>
+      <c r="I217" s="344"/>
+      <c r="J217" s="344"/>
+      <c r="K217" s="349"/>
+      <c r="L217" s="349"/>
+      <c r="M217" s="349"/>
+      <c r="N217" s="341"/>
+      <c r="O217" s="350"/>
       <c r="P217" s="87"/>
     </row>
     <row r="218" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H218" s="431"/>
+      <c r="H218" s="325"/>
       <c r="I218" s="162"/>
       <c r="J218" s="162"/>
       <c r="K218" s="162"/>
       <c r="L218" s="162"/>
       <c r="M218" s="162"/>
       <c r="O218" s="162"/>
       <c r="P218" s="87"/>
     </row>
     <row r="219" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H219" s="431"/>
+      <c r="H219" s="325"/>
       <c r="I219" s="70"/>
       <c r="J219" s="70"/>
       <c r="K219" s="70"/>
       <c r="L219" s="70"/>
       <c r="M219" s="70"/>
       <c r="O219" s="8"/>
       <c r="P219" s="87"/>
     </row>
     <row r="220" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H220" s="431"/>
+      <c r="H220" s="325"/>
       <c r="P220" s="87"/>
     </row>
     <row r="221" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H221" s="98"/>
       <c r="J221" s="24"/>
       <c r="K221" s="24"/>
       <c r="L221" s="24"/>
       <c r="M221" s="24"/>
       <c r="N221" s="205"/>
       <c r="O221" s="24"/>
       <c r="P221" s="87"/>
     </row>
     <row r="222" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H222" s="95"/>
       <c r="J222" s="24"/>
       <c r="K222" s="24"/>
       <c r="L222" s="24"/>
       <c r="M222" s="24"/>
       <c r="N222" s="205"/>
       <c r="O222" s="24"/>
       <c r="P222" s="87"/>
     </row>
     <row r="223" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H223" s="98"/>
       <c r="J223" s="24"/>
@@ -12033,149 +12039,149 @@
       <c r="N227" s="204"/>
       <c r="O227" s="6"/>
       <c r="P227" s="6"/>
     </row>
     <row r="228" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B228" s="144"/>
       <c r="C228" s="144"/>
       <c r="D228" s="29"/>
       <c r="E228" s="70"/>
       <c r="F228" s="32"/>
       <c r="G228" s="70"/>
       <c r="H228" s="70"/>
       <c r="P228" s="6"/>
     </row>
     <row r="229" spans="2:16" x14ac:dyDescent="0.25">
       <c r="P229" s="6"/>
     </row>
     <row r="230" spans="2:16" x14ac:dyDescent="0.25">
       <c r="P230" s="6"/>
     </row>
     <row r="231" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B231" s="151"/>
     </row>
   </sheetData>
   <mergeCells count="99">
-    <mergeCell ref="H218:H220"/>
-[...16 lines deleted...]
-    <mergeCell ref="K215:M217"/>
+    <mergeCell ref="O194:O196"/>
+    <mergeCell ref="K212:M214"/>
+    <mergeCell ref="N206:N208"/>
+    <mergeCell ref="K206:M208"/>
+    <mergeCell ref="O212:O214"/>
+    <mergeCell ref="K203:M205"/>
+    <mergeCell ref="N203:N205"/>
+    <mergeCell ref="O197:O199"/>
+    <mergeCell ref="O200:O202"/>
+    <mergeCell ref="N212:N214"/>
+    <mergeCell ref="O203:O205"/>
+    <mergeCell ref="N200:N202"/>
+    <mergeCell ref="K197:M199"/>
+    <mergeCell ref="N197:N199"/>
+    <mergeCell ref="N194:N196"/>
+    <mergeCell ref="K194:M196"/>
+    <mergeCell ref="B139:O139"/>
+    <mergeCell ref="B147:O147"/>
+    <mergeCell ref="I177:J177"/>
+    <mergeCell ref="I176:J176"/>
+    <mergeCell ref="K173:M175"/>
+    <mergeCell ref="O176:O178"/>
+    <mergeCell ref="K176:M178"/>
+    <mergeCell ref="O191:O193"/>
+    <mergeCell ref="I179:J181"/>
+    <mergeCell ref="O185:O187"/>
+    <mergeCell ref="N185:N187"/>
+    <mergeCell ref="K185:M187"/>
+    <mergeCell ref="I186:J186"/>
+    <mergeCell ref="O188:O190"/>
+    <mergeCell ref="K182:M184"/>
+    <mergeCell ref="O182:O184"/>
+    <mergeCell ref="N182:N184"/>
+    <mergeCell ref="I188:J190"/>
+    <mergeCell ref="K188:M190"/>
+    <mergeCell ref="N188:N190"/>
+    <mergeCell ref="I191:J191"/>
+    <mergeCell ref="K191:M193"/>
+    <mergeCell ref="N191:N193"/>
+    <mergeCell ref="B2:O2"/>
+    <mergeCell ref="B4:O4"/>
+    <mergeCell ref="B14:O14"/>
+    <mergeCell ref="B28:O28"/>
+    <mergeCell ref="B7:O7"/>
+    <mergeCell ref="B3:O3"/>
+    <mergeCell ref="B12:O12"/>
+    <mergeCell ref="B9:O9"/>
+    <mergeCell ref="B8:O8"/>
+    <mergeCell ref="B11:O11"/>
+    <mergeCell ref="B57:O57"/>
+    <mergeCell ref="I206:J208"/>
+    <mergeCell ref="I203:J205"/>
+    <mergeCell ref="O206:O208"/>
+    <mergeCell ref="I185:J185"/>
+    <mergeCell ref="K179:M181"/>
+    <mergeCell ref="N179:N181"/>
+    <mergeCell ref="O179:O181"/>
+    <mergeCell ref="I194:J194"/>
+    <mergeCell ref="I195:J195"/>
+    <mergeCell ref="I182:J182"/>
+    <mergeCell ref="I183:J183"/>
+    <mergeCell ref="I184:J184"/>
+    <mergeCell ref="B123:O123"/>
+    <mergeCell ref="I187:J187"/>
+    <mergeCell ref="I178:J178"/>
     <mergeCell ref="O215:O217"/>
     <mergeCell ref="I216:J216"/>
     <mergeCell ref="I217:J217"/>
     <mergeCell ref="B39:O39"/>
     <mergeCell ref="N173:N175"/>
     <mergeCell ref="K172:M172"/>
     <mergeCell ref="B151:O151"/>
     <mergeCell ref="B167:O167"/>
     <mergeCell ref="I173:J175"/>
     <mergeCell ref="B163:O163"/>
     <mergeCell ref="I172:J172"/>
     <mergeCell ref="O173:O175"/>
     <mergeCell ref="B99:O99"/>
     <mergeCell ref="N176:N178"/>
     <mergeCell ref="I171:O171"/>
     <mergeCell ref="B86:O86"/>
-    <mergeCell ref="B57:O57"/>
-[...63 lines deleted...]
-    <mergeCell ref="K194:M196"/>
+    <mergeCell ref="I192:J192"/>
+    <mergeCell ref="I193:J193"/>
+    <mergeCell ref="I196:J196"/>
+    <mergeCell ref="I200:J200"/>
+    <mergeCell ref="N215:N217"/>
+    <mergeCell ref="K200:M202"/>
+    <mergeCell ref="I212:J212"/>
+    <mergeCell ref="I213:J213"/>
+    <mergeCell ref="I214:J214"/>
+    <mergeCell ref="I201:J201"/>
+    <mergeCell ref="I202:J202"/>
+    <mergeCell ref="K215:M217"/>
+    <mergeCell ref="H218:H220"/>
+    <mergeCell ref="I215:J215"/>
+    <mergeCell ref="H212:H214"/>
+    <mergeCell ref="I197:J197"/>
+    <mergeCell ref="I198:J198"/>
+    <mergeCell ref="I199:J199"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="J5" r:id="rId1" xr:uid="{47298CFF-06E7-4B39-A0F6-636DD9976E37}"/>
     <hyperlink ref="B30" r:id="rId2" xr:uid="{C3791F4C-903A-4B27-A804-DB98A4607262}"/>
     <hyperlink ref="B31" r:id="rId3" xr:uid="{1EB0D253-A4D7-4B3A-ADE0-1CE8DDB9469C}"/>
     <hyperlink ref="B23" r:id="rId4" xr:uid="{1FAA1DC3-C1EB-4DF0-A6AD-1F0DC8472856}"/>
     <hyperlink ref="B24" r:id="rId5" xr:uid="{7CEB8FB5-A501-4F39-BBFA-5DE121519576}"/>
     <hyperlink ref="B25" r:id="rId6" xr:uid="{C3BC536F-2875-4D95-B469-F8DE97F2B3EA}"/>
     <hyperlink ref="B26" r:id="rId7" xr:uid="{E80877C2-7AFF-44B5-96DC-13C27F200CEC}"/>
     <hyperlink ref="B34" r:id="rId8" xr:uid="{15F899E1-652D-44B5-B5C9-C38FB6C4FB7C}"/>
     <hyperlink ref="B35" r:id="rId9" xr:uid="{DF4E0BE3-DE30-4754-9786-3BCCA43DF773}"/>
     <hyperlink ref="B37" r:id="rId10" display="J 10.1" xr:uid="{9DF3CD35-9F4D-4B9B-9743-E0BBB34FDC12}"/>
     <hyperlink ref="C32" r:id="rId11" xr:uid="{2AF37B65-F4B6-4666-BB4E-41154A6EDE3F}"/>
     <hyperlink ref="B32" r:id="rId12" xr:uid="{0BDFD18E-9E10-4620-96E5-952AF2EC1059}"/>
     <hyperlink ref="J6" r:id="rId13" xr:uid="{86FE0367-2520-43EC-95BB-6F890574597F}"/>
     <hyperlink ref="C59" r:id="rId14" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{3C258BEE-76FF-4D27-8F4A-53886FF43BA3}"/>
     <hyperlink ref="B59" r:id="rId15" xr:uid="{841FA687-BA7C-4E2C-8645-3883981E5AB4}"/>
     <hyperlink ref="B93" r:id="rId16" xr:uid="{8DE26607-D74A-49CF-9275-2C671D7397DF}"/>
     <hyperlink ref="B94" r:id="rId17" xr:uid="{501B7B77-E56F-491D-B44A-975F8C0748B8}"/>
     <hyperlink ref="B95" r:id="rId18" xr:uid="{8250DAAD-20BC-41BA-A3EE-8F6C520B625B}"/>
     <hyperlink ref="C88" r:id="rId19" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{3C77F52C-F86E-4F18-91C3-F251B1B059E2}"/>
     <hyperlink ref="B88" r:id="rId20" xr:uid="{93D305D6-80AD-4A12-B676-473E162B7975}"/>
     <hyperlink ref="B65" r:id="rId21" xr:uid="{48B6E5B0-7A15-4360-99D8-B84ADC4A5ECF}"/>
     <hyperlink ref="C154" r:id="rId22" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{A0236471-C190-4E58-B273-13054DDECE53}"/>
     <hyperlink ref="C155" r:id="rId23" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{C2600744-2D33-4C3F-9910-4BC05AEED230}"/>