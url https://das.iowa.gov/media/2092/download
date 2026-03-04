--- v4 (2026-02-08)
+++ v5 (2026-03-04)
@@ -3,86 +3,86 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\CPEUsers\MFlower\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\cpeusers\MFlower\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9688FA49-81A3-4635-A8B5-341F3BFD3D5F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{A1ACDBA2-877A-4095-9F24-247D852C3848}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$15:$R$15</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$1:$O$228</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$1:$O$244</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1446" uniqueCount="533">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1604" uniqueCount="577">
   <si>
     <t xml:space="preserve">Description </t>
   </si>
   <si>
     <t xml:space="preserve">Dealer </t>
   </si>
   <si>
     <t xml:space="preserve">Make </t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Dodge</t>
   </si>
   <si>
     <t xml:space="preserve">Ford </t>
   </si>
   <si>
     <t>Stiver's Ford</t>
   </si>
   <si>
@@ -473,53 +473,50 @@
     <t>Tundra</t>
   </si>
   <si>
     <t>Kia</t>
   </si>
   <si>
     <t>Kia of Des Moines</t>
   </si>
   <si>
     <t>K5</t>
   </si>
   <si>
     <t>GT Line</t>
   </si>
   <si>
     <t>SX</t>
   </si>
   <si>
     <t>Sportage</t>
   </si>
   <si>
     <t>4 Dr Utility, FWD, 5-Passenger, 4 cyl. Engine</t>
   </si>
   <si>
     <t>4 Dr Utility, AWD, 5-Passenger, 4 cyl. Engine</t>
-  </si>
-[...1 lines deleted...]
-    <t>4 Dr Utility, AWD, 5-Passsenger, 3 cyl. Engine, 27.2 Cu. Ft. Cargo capacity behind rear seat</t>
   </si>
   <si>
     <t>Small SUV</t>
   </si>
   <si>
     <t>Compact Sedan</t>
   </si>
   <si>
     <t>Midsize Sedan</t>
   </si>
   <si>
     <t>Minivan</t>
   </si>
   <si>
     <t>Midsize SUV</t>
   </si>
   <si>
     <t>Full-Size SUV</t>
   </si>
   <si>
     <t>Full-Size Cargo Van</t>
   </si>
   <si>
     <t>Full-Size Passenger Wagon</t>
   </si>
@@ -1455,53 +1452,50 @@
   <si>
     <t>SUV 10</t>
   </si>
   <si>
     <t>SUV 11</t>
   </si>
   <si>
     <t>SUV 12</t>
   </si>
   <si>
     <t>SUV 2</t>
   </si>
   <si>
     <t>24216A</t>
   </si>
   <si>
     <t>SUV 3.2</t>
   </si>
   <si>
     <t>SUV 7</t>
   </si>
   <si>
     <t>25002A</t>
   </si>
   <si>
-    <t>25030A</t>
-[...1 lines deleted...]
-  <si>
     <t>24194A</t>
   </si>
   <si>
     <t>UIJ</t>
   </si>
   <si>
     <t>SUV 13</t>
   </si>
   <si>
     <t>VAN 3</t>
   </si>
   <si>
     <t>Full Size Cargo Van, AWD, 2-Passenger, V6 3.5L, Low roof 82.2", 130WB, 9500 GVWR</t>
   </si>
   <si>
     <t>VAN 5</t>
   </si>
   <si>
     <t>W3U</t>
   </si>
   <si>
     <t>VAN 4</t>
   </si>
   <si>
     <t>VAN 6</t>
@@ -1732,57 +1726,51 @@
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Diesel Standard, Gas Optional.</t>
     </r>
   </si>
   <si>
     <t>HEV 12</t>
   </si>
   <si>
     <t>Hybrid AWD, 4 Cyl 1.6L</t>
   </si>
   <si>
     <t>KMJL74</t>
   </si>
   <si>
     <t>SUV 6</t>
   </si>
   <si>
-    <t>8/11/226</t>
-[...1 lines deleted...]
-  <si>
     <t>200A</t>
-  </si>
-[...1 lines deleted...]
-    <t>Karl Auto</t>
   </si>
   <si>
     <t>HDT 1</t>
   </si>
   <si>
     <t>HDT 2</t>
   </si>
   <si>
     <t>Crew Cab, 197.4" Wheelbase, 84" CA, 4X4, DRW, V8 6.4L,  20300 towing cap, 16500 GVWR</t>
   </si>
   <si>
     <t>HDT 3</t>
   </si>
   <si>
     <t>Standard Cab, 168.5" Wheelbase, 84" CA, 4X4, DRW, V8 6.4L, 18220 towing cap, 18000 GVWR</t>
   </si>
   <si>
     <t>HDT 4</t>
   </si>
   <si>
     <t>Crew Cab, 197.4" Wheelbase, 84" CA,4X4, DRW, V8 6.4L, 20230 towing cap, 19500 GVWR</t>
   </si>
   <si>
     <t>VAN 2</t>
   </si>
@@ -2060,54 +2048,198 @@
       <t>3 Row Seating</t>
     </r>
   </si>
   <si>
     <t>HEV 16</t>
   </si>
   <si>
     <t>Cherokee Sport</t>
   </si>
   <si>
     <t>Hybrid Electric, AWD, 4 Cyl, 1.6L, 33.6 Cargo capacity behind rear seat</t>
   </si>
   <si>
     <t>VAN 12</t>
   </si>
   <si>
     <t>Pacifica</t>
   </si>
   <si>
     <t>Small Passenger Van, FWD, 8-passenger, V6, 3.6L, 1534 payload, 121.6 WB</t>
   </si>
   <si>
     <t>RUCH53</t>
   </si>
   <si>
-    <t>CLOSNG MARCH 31ST</t>
-[...1 lines deleted...]
-  <si>
     <t>CLOSING 6/2/2026</t>
+  </si>
+  <si>
+    <t>Bronco</t>
+  </si>
+  <si>
+    <t>4 Dr Utility, AWD, 5-Passsenger, 3 cyl. Engine, 1.5 L, 32.5 Cu. Ft. Cargo capacity behind rear seat</t>
+  </si>
+  <si>
+    <t>CLOSNG MARCH 1st</t>
+  </si>
+  <si>
+    <t>SED 3</t>
+  </si>
+  <si>
+    <t>K4</t>
+  </si>
+  <si>
+    <t>Gabus</t>
+  </si>
+  <si>
+    <t>HEV 1</t>
+  </si>
+  <si>
+    <t>HEV 2</t>
+  </si>
+  <si>
+    <t>HEV 3</t>
+  </si>
+  <si>
+    <t>Sportage Hybrid</t>
+  </si>
+  <si>
+    <t>LX</t>
+  </si>
+  <si>
+    <t>Sorento Hybrid</t>
+  </si>
+  <si>
+    <t>Hybrid Electric, AWD</t>
+  </si>
+  <si>
+    <t>VAN 13</t>
+  </si>
+  <si>
+    <t>VAN 14</t>
+  </si>
+  <si>
+    <t>VAN 15</t>
+  </si>
+  <si>
+    <t>VAN 16</t>
+  </si>
+  <si>
+    <t>VAN 17</t>
+  </si>
+  <si>
+    <t>VAN 18</t>
+  </si>
+  <si>
+    <t>VAN 20</t>
+  </si>
+  <si>
+    <t>VAN 21</t>
+  </si>
+  <si>
+    <t>VAN 22</t>
+  </si>
+  <si>
+    <t>VAN 23</t>
+  </si>
+  <si>
+    <t>Promaster 1500</t>
+  </si>
+  <si>
+    <t>VF1L11</t>
+  </si>
+  <si>
+    <t>VF1L12</t>
+  </si>
+  <si>
+    <t>VF1L13</t>
+  </si>
+  <si>
+    <t>Promaster 2500</t>
+  </si>
+  <si>
+    <t>VF2L12</t>
+  </si>
+  <si>
+    <t>VF2L13</t>
+  </si>
+  <si>
+    <t>VF2L16</t>
+  </si>
+  <si>
+    <t>Promaster 3500</t>
+  </si>
+  <si>
+    <t>VF3L12</t>
+  </si>
+  <si>
+    <t>VAN 19</t>
+  </si>
+  <si>
+    <t>VF3L13</t>
+  </si>
+  <si>
+    <t>VF3L16</t>
+  </si>
+  <si>
+    <t>VF3L17</t>
+  </si>
+  <si>
+    <t>159" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4260 Payload, 9,350 GVWR, Super High Roof Height 102.5"</t>
+  </si>
+  <si>
+    <t>VF3L19</t>
+  </si>
+  <si>
+    <t>118" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4160 Payload, 8,550 GVWR, Low Roof Height 91.7"</t>
+  </si>
+  <si>
+    <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4060 Payload, 8,550 GVWR, Low Roof Height 93"</t>
+  </si>
+  <si>
+    <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 3800 Payload, 8,550 GVWR, High Roof Height 103.6"</t>
+  </si>
+  <si>
+    <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4400 Payload, 8,900 GVWR, Low Roof Height 93"</t>
+  </si>
+  <si>
+    <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4150 Payload, 8,900 GVWR, High Roof Height 103.6"</t>
+  </si>
+  <si>
+    <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4000 Payload, 8,900 GVWR, High Roof Height 102.1"</t>
+  </si>
+  <si>
+    <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4820 Payload, 9,350 GVWR, Low Roof Height 93"</t>
+  </si>
+  <si>
+    <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4560 Payload, 9,350 GVWR, High Roof Height 103.6"</t>
+  </si>
+  <si>
+    <t>159" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4430 Payload, 9,350 GVWR, High Roof Height 102.1"</t>
+  </si>
+  <si>
+    <t>159" Wheelbase Panel Cargo Van, Extended, FWD, 2 Passenger, 3.6L V6, 4320 Payload, 9,350 GVWR, High Roof Height 102.5"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2394,51 +2526,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="43">
+  <borders count="42">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -2919,68 +3051,57 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="439">
+  <cellXfs count="445">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -3377,53 +3498,50 @@
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="12" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="12" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3746,62 +3864,50 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="14" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3846,496 +3952,531 @@
     </xf>
     <xf numFmtId="0" fontId="16" fillId="15" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="15" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="15" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="8" fontId="9" fillId="12" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="12" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...193 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FFF6F67E"/>
       <color rgb="FF0066FF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>2233083</xdr:colOff>
-      <xdr:row>219</xdr:row>
+      <xdr:row>235</xdr:row>
       <xdr:rowOff>21166</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="184731" cy="264560"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="TextBox 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="17335500" y="92371333"/>
           <a:ext cx="184731" cy="264560"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -4631,7797 +4772,8540 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e4915bdf-6e5e-4d2a-8f51-cadf95d0b90b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9c9cb32d-80f4-431e-92be-bc71a6c13c56" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1ada532-b471-4332-ba4f-c5f4750753c7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b56771e3-cd88-4aed-b489-4c131b9cdcd0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/1910/download?inline" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ca641d31-750b-42ff-94e4-7ce7d5e4099c" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9291c125-194e-4cf8-be9a-e7d1d65dc1a3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/5c1b0456-5f07-4124-9c37-53a89cef61d4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/81382758-cf80-413d-b967-6b640f656575" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1d1dc33-15fd-4a28-81f5-e59047130ae5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c9f41ed0-df3b-49d2-a562-7c65c6be693e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1763e996-6d5e-4679-a574-f61c41ca4864" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ed7a2367-2ecc-478a-806c-cf06e909ca0e" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bbb1268f-0fa7-4217-8bf8-097f28e52573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/AwardedContracts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3fbfbec-dd34-4751-b340-35044effe9cc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/eed8637d-6148-452a-b90f-17524730c3ac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3edfcd8-ba05-4b32-99f1-47b34ad73106" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e4915bdf-6e5e-4d2a-8f51-cadf95d0b90b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9e5436ad-07ef-4668-9d65-f02be385afec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9c9cb32d-80f4-431e-92be-bc71a6c13c56" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dce63240-7a8e-43d9-9735-dd1384066dc7" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1ada532-b471-4332-ba4f-c5f4750753c7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9e5436ad-07ef-4668-9d65-f02be385afec" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b56771e3-cd88-4aed-b489-4c131b9cdcd0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e9a81c5c-6807-48bd-99a9-c42be48a1e41" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/1910/download?inline" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ca641d31-750b-42ff-94e4-7ce7d5e4099c" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9291c125-194e-4cf8-be9a-e7d1d65dc1a3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/5c1b0456-5f07-4124-9c37-53a89cef61d4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/81382758-cf80-413d-b967-6b640f656575" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c9f41ed0-df3b-49d2-a562-7c65c6be693e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7ebf96-a71a-4adb-b430-7fa03bdb7dd6" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ed7a2367-2ecc-478a-806c-cf06e909ca0e" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/54362385-a5de-46e4-8beb-f623352105d8" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bbb1268f-0fa7-4217-8bf8-097f28e52573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/AwardedContracts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3fbfbec-dd34-4751-b340-35044effe9cc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/eed8637d-6148-452a-b90f-17524730c3ac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3edfcd8-ba05-4b32-99f1-47b34ad73106" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1d1dc33-15fd-4a28-81f5-e59047130ae5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q231"/>
+  <dimension ref="A1:Q247"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A36" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
-      <selection activeCell="H54" sqref="H53:H54"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A128" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
+      <selection activeCell="F142" sqref="F142"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" style="146" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.28515625" style="138" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" style="26" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.42578125" style="89" customWidth="1"/>
     <col min="6" max="6" width="14.5703125" style="90" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="20.42578125" style="91" customWidth="1"/>
     <col min="9" max="9" width="18.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="88.85546875" style="92" customWidth="1"/>
     <col min="11" max="11" width="16.5703125" style="91" customWidth="1"/>
     <col min="12" max="12" width="10" style="91" customWidth="1"/>
     <col min="13" max="13" width="12.42578125" style="91" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="30.140625" style="164" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="30.140625" style="163" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="40.85546875" style="2" customWidth="1"/>
     <col min="16" max="16" width="4.140625" style="93" customWidth="1"/>
     <col min="17" max="17" width="1.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B1" s="145"/>
       <c r="C1" s="136"/>
       <c r="D1" s="25"/>
       <c r="E1" s="84"/>
       <c r="F1" s="85"/>
       <c r="G1" s="83"/>
       <c r="H1" s="83"/>
       <c r="I1" s="83"/>
       <c r="J1" s="86"/>
       <c r="K1" s="83"/>
       <c r="L1" s="83"/>
       <c r="M1" s="83"/>
-      <c r="N1" s="192"/>
+      <c r="N1" s="191"/>
       <c r="O1" s="3"/>
       <c r="P1" s="87"/>
     </row>
     <row r="2" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B2" s="388" t="s">
-[...14 lines deleted...]
-      <c r="O2" s="388"/>
+      <c r="B2" s="381" t="s">
+        <v>446</v>
+      </c>
+      <c r="C2" s="381"/>
+      <c r="D2" s="381"/>
+      <c r="E2" s="381"/>
+      <c r="F2" s="381"/>
+      <c r="G2" s="381"/>
+      <c r="H2" s="381"/>
+      <c r="I2" s="381"/>
+      <c r="J2" s="381"/>
+      <c r="K2" s="381"/>
+      <c r="L2" s="381"/>
+      <c r="M2" s="381"/>
+      <c r="N2" s="381"/>
+      <c r="O2" s="381"/>
       <c r="P2" s="19"/>
     </row>
     <row r="3" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B3" s="394"/>
-[...12 lines deleted...]
-      <c r="O3" s="394"/>
+      <c r="B3" s="387"/>
+      <c r="C3" s="387"/>
+      <c r="D3" s="387"/>
+      <c r="E3" s="387"/>
+      <c r="F3" s="387"/>
+      <c r="G3" s="387"/>
+      <c r="H3" s="387"/>
+      <c r="I3" s="387"/>
+      <c r="J3" s="387"/>
+      <c r="K3" s="387"/>
+      <c r="L3" s="387"/>
+      <c r="M3" s="387"/>
+      <c r="N3" s="387"/>
+      <c r="O3" s="387"/>
       <c r="P3" s="19"/>
     </row>
     <row r="4" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B4" s="389" t="s">
-[...14 lines deleted...]
-      <c r="O4" s="389"/>
+      <c r="B4" s="382" t="s">
+        <v>235</v>
+      </c>
+      <c r="C4" s="382"/>
+      <c r="D4" s="382"/>
+      <c r="E4" s="382"/>
+      <c r="F4" s="382"/>
+      <c r="G4" s="382"/>
+      <c r="H4" s="382"/>
+      <c r="I4" s="382"/>
+      <c r="J4" s="382"/>
+      <c r="K4" s="382"/>
+      <c r="L4" s="382"/>
+      <c r="M4" s="382"/>
+      <c r="N4" s="382"/>
+      <c r="O4" s="382"/>
       <c r="P4" s="88"/>
     </row>
     <row r="5" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B5" s="137"/>
       <c r="C5" s="137"/>
       <c r="D5" s="124"/>
       <c r="E5" s="124"/>
       <c r="F5" s="124"/>
       <c r="G5" s="124"/>
       <c r="H5" s="124"/>
       <c r="I5" s="124"/>
       <c r="J5" s="133" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="K5" s="124"/>
       <c r="L5" s="124"/>
       <c r="M5" s="124"/>
-      <c r="N5" s="202"/>
+      <c r="N5" s="201"/>
       <c r="O5" s="124"/>
       <c r="P5" s="88"/>
     </row>
     <row r="6" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B6" s="137"/>
       <c r="C6" s="137"/>
       <c r="D6" s="124"/>
       <c r="E6" s="124"/>
       <c r="F6" s="124"/>
       <c r="G6" s="124"/>
       <c r="H6" s="124"/>
       <c r="I6" s="124"/>
       <c r="J6" s="125" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="K6" s="124"/>
       <c r="L6" s="124"/>
       <c r="M6" s="124"/>
-      <c r="N6" s="202"/>
+      <c r="N6" s="201"/>
       <c r="O6" s="124"/>
       <c r="P6" s="88"/>
     </row>
     <row r="7" spans="2:16" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="393" t="s">
-[...14 lines deleted...]
-      <c r="O7" s="393"/>
+      <c r="B7" s="386" t="s">
+        <v>236</v>
+      </c>
+      <c r="C7" s="386"/>
+      <c r="D7" s="386"/>
+      <c r="E7" s="386"/>
+      <c r="F7" s="386"/>
+      <c r="G7" s="386"/>
+      <c r="H7" s="386"/>
+      <c r="I7" s="386"/>
+      <c r="J7" s="386"/>
+      <c r="K7" s="386"/>
+      <c r="L7" s="386"/>
+      <c r="M7" s="386"/>
+      <c r="N7" s="386"/>
+      <c r="O7" s="386"/>
       <c r="P7" s="11"/>
     </row>
     <row r="8" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B8" s="398" t="s">
+      <c r="B8" s="391" t="s">
         <v>68</v>
       </c>
-      <c r="C8" s="398"/>
-[...11 lines deleted...]
-      <c r="O8" s="398"/>
+      <c r="C8" s="391"/>
+      <c r="D8" s="391"/>
+      <c r="E8" s="391"/>
+      <c r="F8" s="391"/>
+      <c r="G8" s="391"/>
+      <c r="H8" s="391"/>
+      <c r="I8" s="391"/>
+      <c r="J8" s="391"/>
+      <c r="K8" s="391"/>
+      <c r="L8" s="391"/>
+      <c r="M8" s="391"/>
+      <c r="N8" s="391"/>
+      <c r="O8" s="391"/>
       <c r="P8" s="20"/>
     </row>
     <row r="9" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B9" s="397" t="s">
+      <c r="B9" s="390" t="s">
         <v>69</v>
       </c>
-      <c r="C9" s="397"/>
-[...11 lines deleted...]
-      <c r="O9" s="397"/>
+      <c r="C9" s="390"/>
+      <c r="D9" s="390"/>
+      <c r="E9" s="390"/>
+      <c r="F9" s="390"/>
+      <c r="G9" s="390"/>
+      <c r="H9" s="390"/>
+      <c r="I9" s="390"/>
+      <c r="J9" s="390"/>
+      <c r="K9" s="390"/>
+      <c r="L9" s="390"/>
+      <c r="M9" s="390"/>
+      <c r="N9" s="390"/>
+      <c r="O9" s="390"/>
       <c r="P9" s="20"/>
     </row>
     <row r="10" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B10" s="138"/>
       <c r="G10" s="89"/>
       <c r="H10" s="89"/>
       <c r="I10" s="89"/>
       <c r="J10" s="89"/>
       <c r="K10" s="89"/>
       <c r="L10" s="89"/>
       <c r="M10" s="89"/>
       <c r="O10" s="89"/>
       <c r="P10" s="89"/>
     </row>
     <row r="11" spans="2:16" s="9" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="399" t="s">
+      <c r="B11" s="392" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="399"/>
-[...11 lines deleted...]
-      <c r="O11" s="399"/>
+      <c r="C11" s="392"/>
+      <c r="D11" s="392"/>
+      <c r="E11" s="392"/>
+      <c r="F11" s="392"/>
+      <c r="G11" s="392"/>
+      <c r="H11" s="392"/>
+      <c r="I11" s="392"/>
+      <c r="J11" s="392"/>
+      <c r="K11" s="392"/>
+      <c r="L11" s="392"/>
+      <c r="M11" s="392"/>
+      <c r="N11" s="392"/>
+      <c r="O11" s="392"/>
       <c r="P11" s="10"/>
     </row>
     <row r="12" spans="2:16" s="22" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="395" t="s">
+      <c r="B12" s="388" t="s">
         <v>73</v>
       </c>
-      <c r="C12" s="396"/>
-[...11 lines deleted...]
-      <c r="O12" s="396"/>
+      <c r="C12" s="389"/>
+      <c r="D12" s="389"/>
+      <c r="E12" s="389"/>
+      <c r="F12" s="389"/>
+      <c r="G12" s="389"/>
+      <c r="H12" s="389"/>
+      <c r="I12" s="389"/>
+      <c r="J12" s="389"/>
+      <c r="K12" s="389"/>
+      <c r="L12" s="389"/>
+      <c r="M12" s="389"/>
+      <c r="N12" s="389"/>
+      <c r="O12" s="389"/>
       <c r="P12" s="23"/>
     </row>
     <row r="13" spans="2:16" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="14" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B14" s="390" t="s">
+      <c r="B14" s="383" t="s">
         <v>66</v>
       </c>
-      <c r="C14" s="391"/>
-[...11 lines deleted...]
-      <c r="O14" s="392"/>
+      <c r="C14" s="384"/>
+      <c r="D14" s="384"/>
+      <c r="E14" s="384"/>
+      <c r="F14" s="384"/>
+      <c r="G14" s="384"/>
+      <c r="H14" s="384"/>
+      <c r="I14" s="384"/>
+      <c r="J14" s="384"/>
+      <c r="K14" s="384"/>
+      <c r="L14" s="384"/>
+      <c r="M14" s="384"/>
+      <c r="N14" s="384"/>
+      <c r="O14" s="385"/>
       <c r="P14" s="14"/>
     </row>
     <row r="15" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="B15" s="206" t="s">
+      <c r="B15" s="205" t="s">
         <v>42</v>
       </c>
-      <c r="C15" s="207" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="209" t="s">
+      <c r="C15" s="206" t="s">
+        <v>217</v>
+      </c>
+      <c r="D15" s="207" t="s">
+        <v>205</v>
+      </c>
+      <c r="E15" s="208" t="s">
         <v>64</v>
       </c>
-      <c r="F15" s="210" t="s">
+      <c r="F15" s="209" t="s">
         <v>40</v>
       </c>
-      <c r="G15" s="211" t="s">
+      <c r="G15" s="210" t="s">
         <v>2</v>
       </c>
-      <c r="H15" s="211" t="s">
+      <c r="H15" s="210" t="s">
         <v>3</v>
       </c>
-      <c r="I15" s="211" t="s">
+      <c r="I15" s="210" t="s">
         <v>27</v>
       </c>
-      <c r="J15" s="212" t="s">
+      <c r="J15" s="211" t="s">
         <v>0</v>
       </c>
-      <c r="K15" s="209" t="s">
+      <c r="K15" s="208" t="s">
         <v>22</v>
       </c>
-      <c r="L15" s="209" t="s">
+      <c r="L15" s="208" t="s">
         <v>76</v>
       </c>
-      <c r="M15" s="209" t="s">
+      <c r="M15" s="208" t="s">
         <v>65</v>
       </c>
-      <c r="N15" s="213" t="s">
+      <c r="N15" s="212" t="s">
         <v>1</v>
       </c>
-      <c r="O15" s="214" t="s">
-        <v>268</v>
+      <c r="O15" s="213" t="s">
+        <v>267</v>
       </c>
       <c r="P15" s="82"/>
     </row>
     <row r="16" spans="2:16" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
       <c r="B16" s="127" t="s">
         <v>87</v>
       </c>
       <c r="C16" s="123" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D16" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E16" s="39">
         <v>2026</v>
       </c>
       <c r="F16" s="40">
         <v>46309</v>
       </c>
-      <c r="G16" s="219" t="s">
+      <c r="G16" s="218" t="s">
         <v>8</v>
       </c>
-      <c r="H16" s="217" t="s">
+      <c r="H16" s="216" t="s">
         <v>82</v>
       </c>
       <c r="I16" s="41" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J16" s="42" t="s">
+        <v>167</v>
+      </c>
+      <c r="K16" s="218" t="s">
+        <v>83</v>
+      </c>
+      <c r="L16" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M16" s="216" t="s">
         <v>168</v>
       </c>
-      <c r="K16" s="219" t="s">
-[...8 lines deleted...]
-      <c r="N16" s="219" t="s">
+      <c r="N16" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O16" s="168">
+      <c r="O16" s="167">
         <v>44324</v>
       </c>
       <c r="P16" s="7"/>
     </row>
     <row r="17" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B17" s="127" t="s">
         <v>90</v>
       </c>
       <c r="C17" s="123" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D17" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E17" s="39">
         <v>2026</v>
       </c>
       <c r="F17" s="40">
         <v>46309</v>
       </c>
-      <c r="G17" s="219" t="s">
+      <c r="G17" s="218" t="s">
         <v>8</v>
       </c>
-      <c r="H17" s="217" t="s">
+      <c r="H17" s="216" t="s">
         <v>82</v>
       </c>
       <c r="I17" s="41" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J17" s="42" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="K17" s="219" t="s">
+        <v>290</v>
+      </c>
+      <c r="K17" s="218" t="s">
         <v>83</v>
       </c>
-      <c r="L17" s="219" t="s">
-[...5 lines deleted...]
-      <c r="N17" s="219" t="s">
+      <c r="L17" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M17" s="216" t="s">
+        <v>41</v>
+      </c>
+      <c r="N17" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O17" s="168">
+      <c r="O17" s="167">
         <v>52256</v>
       </c>
       <c r="P17" s="7"/>
     </row>
     <row r="18" spans="2:16" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
       <c r="B18" s="127" t="s">
         <v>91</v>
       </c>
       <c r="C18" s="123" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D18" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E18" s="39">
         <v>2026</v>
       </c>
       <c r="F18" s="40">
         <v>46309</v>
       </c>
-      <c r="G18" s="219" t="s">
+      <c r="G18" s="218" t="s">
         <v>8</v>
       </c>
-      <c r="H18" s="217" t="s">
+      <c r="H18" s="216" t="s">
         <v>82</v>
       </c>
       <c r="I18" s="41" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J18" s="42" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="K18" s="219" t="s">
+        <v>289</v>
+      </c>
+      <c r="K18" s="218" t="s">
         <v>83</v>
       </c>
-      <c r="L18" s="219" t="s">
-[...5 lines deleted...]
-      <c r="N18" s="219" t="s">
+      <c r="L18" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M18" s="216" t="s">
+        <v>168</v>
+      </c>
+      <c r="N18" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O18" s="168">
+      <c r="O18" s="167">
         <v>46235</v>
       </c>
       <c r="P18" s="7"/>
     </row>
     <row r="19" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B19" s="127" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="C19" s="123" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D19" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E19" s="39">
         <v>2026</v>
       </c>
       <c r="F19" s="40">
         <v>46309</v>
       </c>
-      <c r="G19" s="219" t="s">
+      <c r="G19" s="218" t="s">
         <v>8</v>
       </c>
-      <c r="H19" s="217" t="s">
+      <c r="H19" s="216" t="s">
         <v>82</v>
       </c>
       <c r="I19" s="41" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J19" s="42" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="K19" s="219" t="s">
+        <v>286</v>
+      </c>
+      <c r="K19" s="218" t="s">
         <v>83</v>
       </c>
-      <c r="L19" s="219" t="s">
-[...5 lines deleted...]
-      <c r="N19" s="219" t="s">
+      <c r="L19" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M19" s="216" t="s">
+        <v>41</v>
+      </c>
+      <c r="N19" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O19" s="168">
+      <c r="O19" s="167">
         <v>47209</v>
       </c>
       <c r="P19" s="7"/>
     </row>
     <row r="20" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B20" s="229" t="s">
-        <v>299</v>
+      <c r="B20" s="228" t="s">
+        <v>298</v>
       </c>
       <c r="C20" s="123" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D20" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E20" s="39">
         <v>2026</v>
       </c>
       <c r="F20" s="40">
         <v>46309</v>
       </c>
-      <c r="G20" s="215" t="s">
+      <c r="G20" s="214" t="s">
         <v>8</v>
       </c>
-      <c r="H20" s="215" t="s">
+      <c r="H20" s="214" t="s">
         <v>10</v>
       </c>
-      <c r="I20" s="232" t="s">
+      <c r="I20" s="231" t="s">
         <v>30</v>
       </c>
       <c r="J20" s="43" t="s">
         <v>132</v>
       </c>
-      <c r="K20" s="215" t="s">
+      <c r="K20" s="214" t="s">
         <v>84</v>
       </c>
-      <c r="L20" s="215" t="s">
-[...5 lines deleted...]
-      <c r="N20" s="219" t="s">
+      <c r="L20" s="214" t="s">
+        <v>41</v>
+      </c>
+      <c r="M20" s="214" t="s">
+        <v>41</v>
+      </c>
+      <c r="N20" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O20" s="169">
+      <c r="O20" s="168">
         <v>49024</v>
       </c>
       <c r="P20" s="7"/>
     </row>
     <row r="21" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B21" s="229" t="s">
-        <v>300</v>
+      <c r="B21" s="228" t="s">
+        <v>299</v>
       </c>
       <c r="C21" s="123" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D21" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E21" s="39">
         <v>2026</v>
       </c>
       <c r="F21" s="40">
         <v>46309</v>
       </c>
-      <c r="G21" s="215" t="s">
+      <c r="G21" s="214" t="s">
         <v>8</v>
       </c>
-      <c r="H21" s="215" t="s">
+      <c r="H21" s="214" t="s">
         <v>10</v>
       </c>
-      <c r="I21" s="232" t="s">
+      <c r="I21" s="231" t="s">
         <v>30</v>
       </c>
       <c r="J21" s="43" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="K21" s="215" t="s">
+        <v>287</v>
+      </c>
+      <c r="K21" s="214" t="s">
         <v>84</v>
       </c>
-      <c r="L21" s="215" t="s">
-[...5 lines deleted...]
-      <c r="N21" s="219" t="s">
+      <c r="L21" s="214" t="s">
+        <v>41</v>
+      </c>
+      <c r="M21" s="214" t="s">
+        <v>41</v>
+      </c>
+      <c r="N21" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O21" s="169">
+      <c r="O21" s="168">
         <v>52063</v>
       </c>
       <c r="P21" s="7"/>
     </row>
     <row r="22" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B22" s="229" t="s">
+      <c r="B22" s="228" t="s">
+        <v>300</v>
+      </c>
+      <c r="C22" s="123" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="D22" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E22" s="39">
         <v>2026</v>
       </c>
       <c r="F22" s="40">
         <v>46309</v>
       </c>
-      <c r="G22" s="215" t="s">
+      <c r="G22" s="214" t="s">
         <v>8</v>
       </c>
-      <c r="H22" s="215" t="s">
+      <c r="H22" s="214" t="s">
         <v>10</v>
       </c>
-      <c r="I22" s="232" t="s">
+      <c r="I22" s="231" t="s">
         <v>30</v>
       </c>
       <c r="J22" s="43" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="K22" s="215" t="s">
+        <v>288</v>
+      </c>
+      <c r="K22" s="214" t="s">
         <v>84</v>
       </c>
-      <c r="L22" s="215" t="s">
-[...5 lines deleted...]
-      <c r="N22" s="219" t="s">
+      <c r="L22" s="214" t="s">
+        <v>41</v>
+      </c>
+      <c r="M22" s="214" t="s">
+        <v>41</v>
+      </c>
+      <c r="N22" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O22" s="169">
+      <c r="O22" s="168">
         <v>52336</v>
       </c>
       <c r="P22" s="7"/>
     </row>
     <row r="23" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B23" s="127" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C23" s="123" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="D23" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E23" s="39">
         <v>2026</v>
       </c>
       <c r="F23" s="40">
         <v>46309</v>
       </c>
-      <c r="G23" s="219" t="s">
+      <c r="G23" s="218" t="s">
         <v>5</v>
       </c>
-      <c r="H23" s="219" t="s">
+      <c r="H23" s="218" t="s">
         <v>11</v>
       </c>
       <c r="I23" s="41" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J23" s="42" t="s">
         <v>119</v>
       </c>
-      <c r="K23" s="219" t="s">
+      <c r="K23" s="218" t="s">
         <v>85</v>
       </c>
-      <c r="L23" s="219" t="s">
-[...5 lines deleted...]
-      <c r="N23" s="219" t="s">
+      <c r="L23" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M23" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N23" s="218" t="s">
         <v>62</v>
       </c>
-      <c r="O23" s="170">
+      <c r="O23" s="169">
         <v>40664</v>
       </c>
       <c r="P23" s="7"/>
     </row>
     <row r="24" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B24" s="127" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>240</v>
+      </c>
+      <c r="C24" s="219" t="s">
+        <v>296</v>
       </c>
       <c r="D24" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E24" s="39">
         <v>2026</v>
       </c>
       <c r="F24" s="40">
         <v>46309</v>
       </c>
-      <c r="G24" s="219" t="s">
+      <c r="G24" s="218" t="s">
         <v>5</v>
       </c>
-      <c r="H24" s="219" t="s">
+      <c r="H24" s="218" t="s">
         <v>11</v>
       </c>
       <c r="I24" s="41" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J24" s="42" t="s">
         <v>120</v>
       </c>
-      <c r="K24" s="219" t="s">
+      <c r="K24" s="218" t="s">
         <v>85</v>
       </c>
-      <c r="L24" s="219" t="s">
-[...5 lines deleted...]
-      <c r="N24" s="219" t="s">
+      <c r="L24" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M24" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N24" s="218" t="s">
         <v>62</v>
       </c>
-      <c r="O24" s="170">
+      <c r="O24" s="169">
         <v>43582</v>
       </c>
       <c r="P24" s="7"/>
     </row>
     <row r="25" spans="2:16" s="5" customFormat="1" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="127" t="s">
         <v>60</v>
       </c>
       <c r="C25" s="126" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D25" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E25" s="39">
         <v>2026</v>
       </c>
       <c r="F25" s="40">
         <v>46309</v>
       </c>
-      <c r="G25" s="219" t="s">
+      <c r="G25" s="218" t="s">
         <v>21</v>
       </c>
-      <c r="H25" s="219" t="s">
+      <c r="H25" s="218" t="s">
         <v>102</v>
       </c>
       <c r="I25" s="41" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J25" s="42" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="K25" s="219" t="s">
+        <v>339</v>
+      </c>
+      <c r="K25" s="218" t="s">
         <v>103</v>
       </c>
-      <c r="L25" s="219" t="s">
-[...5 lines deleted...]
-      <c r="N25" s="203" t="s">
+      <c r="L25" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M25" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N25" s="202" t="s">
         <v>18</v>
       </c>
-      <c r="O25" s="170">
+      <c r="O25" s="169">
         <v>53740.2</v>
       </c>
       <c r="P25" s="7"/>
     </row>
     <row r="26" spans="2:16" s="5" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="225" t="s">
+      <c r="B26" s="224" t="s">
         <v>92</v>
       </c>
       <c r="C26" s="126" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D26" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E26" s="46">
         <v>2026</v>
       </c>
       <c r="F26" s="47" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="G26" s="48" t="s">
         <v>21</v>
       </c>
       <c r="H26" s="48" t="s">
         <v>125</v>
       </c>
-      <c r="I26" s="224" t="s">
+      <c r="I26" s="223" t="s">
         <v>30</v>
       </c>
       <c r="J26" s="49" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="K26" s="48" t="s">
         <v>124</v>
       </c>
       <c r="L26" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M26" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N26" s="152" t="s">
         <v>18</v>
       </c>
-      <c r="O26" s="171">
+      <c r="O26" s="170">
         <v>49322.8</v>
       </c>
       <c r="P26" s="7"/>
     </row>
     <row r="27" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="P27" s="87"/>
     </row>
     <row r="28" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B28" s="390" t="s">
+      <c r="B28" s="383" t="s">
         <v>67</v>
       </c>
-      <c r="C28" s="391"/>
-[...11 lines deleted...]
-      <c r="O28" s="392"/>
+      <c r="C28" s="384"/>
+      <c r="D28" s="384"/>
+      <c r="E28" s="384"/>
+      <c r="F28" s="384"/>
+      <c r="G28" s="384"/>
+      <c r="H28" s="384"/>
+      <c r="I28" s="384"/>
+      <c r="J28" s="384"/>
+      <c r="K28" s="384"/>
+      <c r="L28" s="384"/>
+      <c r="M28" s="384"/>
+      <c r="N28" s="384"/>
+      <c r="O28" s="385"/>
       <c r="P28" s="14"/>
     </row>
     <row r="29" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="B29" s="155" t="s">
+      <c r="B29" s="154" t="s">
         <v>42</v>
       </c>
-      <c r="C29" s="156" t="s">
-        <v>218</v>
+      <c r="C29" s="155" t="s">
+        <v>217</v>
       </c>
       <c r="D29" s="78" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E29" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F29" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G29" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H29" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I29" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J29" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K29" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L29" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M29" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="N29" s="193" t="s">
+      <c r="N29" s="192" t="s">
         <v>1</v>
       </c>
-      <c r="O29" s="167" t="s">
-        <v>268</v>
+      <c r="O29" s="166" t="s">
+        <v>267</v>
       </c>
       <c r="P29" s="82"/>
     </row>
     <row r="30" spans="2:16" s="34" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B30" s="127" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C30" s="123" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D30" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E30" s="39">
         <v>2026</v>
       </c>
       <c r="F30" s="40">
         <v>46309</v>
       </c>
-      <c r="G30" s="219" t="s">
+      <c r="G30" s="218" t="s">
         <v>8</v>
       </c>
-      <c r="H30" s="219" t="s">
+      <c r="H30" s="218" t="s">
         <v>9</v>
       </c>
       <c r="I30" s="50" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J30" s="42" t="s">
-        <v>170</v>
-[...10 lines deleted...]
-      <c r="N30" s="219" t="s">
+        <v>169</v>
+      </c>
+      <c r="K30" s="216" t="s">
+        <v>171</v>
+      </c>
+      <c r="L30" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M30" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N30" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O30" s="168">
+      <c r="O30" s="167">
         <v>51836</v>
       </c>
       <c r="P30" s="15"/>
     </row>
     <row r="31" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B31" s="127" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>302</v>
+        <v>242</v>
+      </c>
+      <c r="C31" s="225" t="s">
+        <v>301</v>
       </c>
       <c r="D31" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E31" s="39">
         <v>2026</v>
       </c>
       <c r="F31" s="40">
         <v>46309</v>
       </c>
-      <c r="G31" s="219" t="s">
+      <c r="G31" s="218" t="s">
         <v>8</v>
       </c>
-      <c r="H31" s="219" t="s">
+      <c r="H31" s="218" t="s">
+        <v>165</v>
+      </c>
+      <c r="I31" s="50" t="s">
+        <v>150</v>
+      </c>
+      <c r="J31" s="42" t="s">
+        <v>170</v>
+      </c>
+      <c r="K31" s="216" t="s">
         <v>166</v>
       </c>
-      <c r="I31" s="50" t="s">
-[...14 lines deleted...]
-      <c r="N31" s="219" t="s">
+      <c r="L31" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M31" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N31" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O31" s="168">
+      <c r="O31" s="167">
         <v>55991</v>
       </c>
       <c r="P31" s="7"/>
     </row>
     <row r="32" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B32" s="128" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="123" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="D32" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E32" s="39">
         <v>2026</v>
       </c>
       <c r="F32" s="40">
         <v>46309</v>
       </c>
-      <c r="G32" s="219" t="s">
+      <c r="G32" s="218" t="s">
         <v>115</v>
       </c>
-      <c r="H32" s="219">
+      <c r="H32" s="218">
         <v>2500</v>
       </c>
-      <c r="I32" s="219" t="s">
+      <c r="I32" s="218" t="s">
         <v>31</v>
       </c>
       <c r="J32" s="66" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="K32" s="219" t="s">
+        <v>175</v>
+      </c>
+      <c r="K32" s="218" t="s">
         <v>53</v>
       </c>
-      <c r="L32" s="219" t="s">
-[...5 lines deleted...]
-      <c r="N32" s="219" t="s">
+      <c r="L32" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M32" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N32" s="218" t="s">
         <v>62</v>
       </c>
-      <c r="O32" s="168">
+      <c r="O32" s="167">
         <v>46935</v>
       </c>
       <c r="P32" s="7"/>
     </row>
     <row r="33" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B33" s="128" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="123" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D33" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E33" s="39">
         <v>2026</v>
       </c>
       <c r="F33" s="40">
         <v>46088</v>
       </c>
-      <c r="G33" s="219" t="s">
-[...2 lines deleted...]
-      <c r="H33" s="219">
+      <c r="G33" s="218" t="s">
+        <v>387</v>
+      </c>
+      <c r="H33" s="218">
         <v>1500</v>
       </c>
-      <c r="I33" s="219" t="s">
+      <c r="I33" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J33" s="66" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="K33" s="219" t="s">
+        <v>388</v>
+      </c>
+      <c r="K33" s="218" t="s">
         <v>19</v>
       </c>
-      <c r="L33" s="219" t="s">
-[...5 lines deleted...]
-      <c r="N33" s="219" t="s">
+      <c r="L33" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M33" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N33" s="218" t="s">
         <v>62</v>
       </c>
-      <c r="O33" s="168">
+      <c r="O33" s="167">
         <v>46334</v>
       </c>
       <c r="P33" s="7"/>
     </row>
     <row r="34" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B34" s="127" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C34" s="123" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D34" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E34" s="39">
         <v>2026</v>
       </c>
       <c r="F34" s="40">
         <v>46309</v>
       </c>
-      <c r="G34" s="219" t="s">
+      <c r="G34" s="218" t="s">
         <v>21</v>
       </c>
-      <c r="H34" s="219" t="s">
+      <c r="H34" s="218" t="s">
         <v>125</v>
       </c>
-      <c r="I34" s="219" t="s">
+      <c r="I34" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J34" s="42" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="K34" s="219" t="s">
+        <v>342</v>
+      </c>
+      <c r="K34" s="218" t="s">
         <v>124</v>
       </c>
-      <c r="L34" s="219" t="s">
-[...5 lines deleted...]
-      <c r="N34" s="219" t="s">
+      <c r="L34" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M34" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N34" s="218" t="s">
         <v>18</v>
       </c>
-      <c r="O34" s="168">
+      <c r="O34" s="167">
         <v>47057.2</v>
       </c>
       <c r="P34" s="15"/>
     </row>
     <row r="35" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B35" s="127" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C35" s="123" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D35" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E35" s="39">
         <v>2026</v>
       </c>
       <c r="F35" s="40">
         <v>46309</v>
       </c>
-      <c r="G35" s="219" t="s">
+      <c r="G35" s="218" t="s">
         <v>21</v>
       </c>
-      <c r="H35" s="219" t="s">
+      <c r="H35" s="218" t="s">
         <v>125</v>
       </c>
-      <c r="I35" s="219" t="s">
+      <c r="I35" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J35" s="42" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="K35" s="219" t="s">
+        <v>341</v>
+      </c>
+      <c r="K35" s="218" t="s">
         <v>126</v>
       </c>
-      <c r="L35" s="219" t="s">
-[...5 lines deleted...]
-      <c r="N35" s="219" t="s">
+      <c r="L35" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M35" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N35" s="218" t="s">
         <v>18</v>
       </c>
-      <c r="O35" s="168">
+      <c r="O35" s="167">
         <v>47314.5</v>
       </c>
       <c r="P35" s="15"/>
     </row>
     <row r="36" spans="1:16" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="127" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C36" s="123" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="D36" s="308" t="s">
+        <v>402</v>
+      </c>
+      <c r="D36" s="303" t="s">
         <v>122</v>
       </c>
       <c r="E36" s="39">
         <v>2026</v>
       </c>
       <c r="F36" s="40">
         <v>46309</v>
       </c>
-      <c r="G36" s="219" t="s">
+      <c r="G36" s="218" t="s">
         <v>21</v>
       </c>
-      <c r="H36" s="219" t="s">
+      <c r="H36" s="218" t="s">
         <v>102</v>
       </c>
       <c r="I36" s="41" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J36" s="42" t="s">
+        <v>343</v>
+      </c>
+      <c r="K36" s="218" t="s">
+        <v>103</v>
+      </c>
+      <c r="L36" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M36" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N36" s="218" t="s">
+        <v>18</v>
+      </c>
+      <c r="O36" s="169">
+        <v>53831.8</v>
+      </c>
+      <c r="P36" s="7"/>
+    </row>
+    <row r="37" spans="1:16" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="224" t="s">
         <v>344</v>
       </c>
-      <c r="K36" s="219" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="C37" s="126" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D37" s="153" t="s">
         <v>121</v>
       </c>
       <c r="E37" s="153">
         <v>2026</v>
       </c>
-      <c r="F37" s="157">
+      <c r="F37" s="156">
         <v>46309</v>
       </c>
       <c r="G37" s="48" t="s">
         <v>21</v>
       </c>
       <c r="H37" s="48" t="s">
+        <v>345</v>
+      </c>
+      <c r="I37" s="226" t="s">
+        <v>149</v>
+      </c>
+      <c r="J37" s="49" t="s">
+        <v>347</v>
+      </c>
+      <c r="K37" s="48" t="s">
         <v>346</v>
-      </c>
-[...7 lines deleted...]
-        <v>347</v>
       </c>
       <c r="L37" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M37" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N37" s="48" t="s">
         <v>18</v>
       </c>
-      <c r="O37" s="228">
+      <c r="O37" s="227">
         <v>37728.19</v>
       </c>
       <c r="P37" s="7"/>
     </row>
     <row r="38" spans="1:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="140"/>
       <c r="C38" s="134"/>
       <c r="D38" s="17"/>
       <c r="E38" s="17"/>
       <c r="F38" s="12"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="94"/>
       <c r="J38" s="97"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
-      <c r="N38" s="194"/>
+      <c r="N38" s="193"/>
       <c r="O38" s="18"/>
       <c r="P38" s="7"/>
     </row>
     <row r="39" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B39" s="351" t="s">
-[...14 lines deleted...]
-      <c r="O39" s="353"/>
+      <c r="B39" s="393" t="s">
+        <v>206</v>
+      </c>
+      <c r="C39" s="394"/>
+      <c r="D39" s="394"/>
+      <c r="E39" s="394"/>
+      <c r="F39" s="394"/>
+      <c r="G39" s="394"/>
+      <c r="H39" s="394"/>
+      <c r="I39" s="394"/>
+      <c r="J39" s="394"/>
+      <c r="K39" s="394"/>
+      <c r="L39" s="394"/>
+      <c r="M39" s="394"/>
+      <c r="N39" s="394"/>
+      <c r="O39" s="395"/>
       <c r="P39" s="14"/>
     </row>
     <row r="40" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="B40" s="155" t="s">
+      <c r="B40" s="154" t="s">
         <v>42</v>
       </c>
-      <c r="C40" s="156" t="s">
-        <v>218</v>
+      <c r="C40" s="155" t="s">
+        <v>217</v>
       </c>
       <c r="D40" s="78" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E40" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F40" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G40" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H40" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I40" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J40" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K40" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L40" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M40" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="N40" s="193" t="s">
+      <c r="N40" s="192" t="s">
         <v>1</v>
       </c>
-      <c r="O40" s="167" t="s">
-        <v>268</v>
+      <c r="O40" s="166" t="s">
+        <v>267</v>
       </c>
       <c r="P40" s="82"/>
     </row>
     <row r="41" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B41" s="231" t="s">
-        <v>225</v>
+      <c r="B41" s="230" t="s">
+        <v>224</v>
       </c>
       <c r="C41" s="131" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D41" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E41" s="63">
         <v>2026</v>
       </c>
       <c r="F41" s="64">
         <v>46224</v>
       </c>
-      <c r="G41" s="215" t="s">
+      <c r="G41" s="214" t="s">
         <v>115</v>
       </c>
-      <c r="H41" s="215">
+      <c r="H41" s="214">
         <v>1500</v>
       </c>
-      <c r="I41" s="215" t="s">
+      <c r="I41" s="214" t="s">
         <v>30</v>
       </c>
       <c r="J41" s="42" t="s">
-        <v>351</v>
-[...10 lines deleted...]
-      <c r="N41" s="219" t="s">
+        <v>350</v>
+      </c>
+      <c r="K41" s="214" t="s">
+        <v>225</v>
+      </c>
+      <c r="L41" s="214" t="s">
+        <v>41</v>
+      </c>
+      <c r="M41" s="214" t="s">
+        <v>41</v>
+      </c>
+      <c r="N41" s="218" t="s">
         <v>62</v>
       </c>
-      <c r="O41" s="168">
+      <c r="O41" s="167">
         <v>39540</v>
       </c>
       <c r="P41" s="7"/>
     </row>
     <row r="42" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B42" s="127" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C42" s="123" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D42" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E42" s="39">
         <v>2026</v>
       </c>
       <c r="F42" s="40">
         <v>46224</v>
       </c>
-      <c r="G42" s="219" t="s">
+      <c r="G42" s="218" t="s">
         <v>115</v>
       </c>
-      <c r="H42" s="219">
+      <c r="H42" s="218">
         <v>1500</v>
       </c>
-      <c r="I42" s="219" t="s">
+      <c r="I42" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J42" s="42" t="s">
-        <v>292</v>
-[...10 lines deleted...]
-      <c r="N42" s="219" t="s">
+        <v>291</v>
+      </c>
+      <c r="K42" s="218" t="s">
+        <v>199</v>
+      </c>
+      <c r="L42" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M42" s="216" t="s">
+        <v>41</v>
+      </c>
+      <c r="N42" s="218" t="s">
         <v>62</v>
       </c>
-      <c r="O42" s="168">
+      <c r="O42" s="167">
         <v>41126</v>
       </c>
       <c r="P42" s="7"/>
     </row>
     <row r="43" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B43" s="127" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C43" s="123" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="D43" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E43" s="39">
         <v>2026</v>
       </c>
       <c r="F43" s="40">
         <v>46224</v>
       </c>
-      <c r="G43" s="219" t="s">
+      <c r="G43" s="218" t="s">
         <v>115</v>
       </c>
-      <c r="H43" s="219">
+      <c r="H43" s="218">
         <v>1500</v>
       </c>
-      <c r="I43" s="219" t="s">
+      <c r="I43" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J43" s="42" t="s">
-        <v>417</v>
-[...10 lines deleted...]
-      <c r="N43" s="219" t="s">
+        <v>415</v>
+      </c>
+      <c r="K43" s="218" t="s">
+        <v>414</v>
+      </c>
+      <c r="L43" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M43" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N43" s="218" t="s">
         <v>62</v>
       </c>
-      <c r="O43" s="168">
+      <c r="O43" s="167">
         <v>42753</v>
       </c>
       <c r="P43" s="7"/>
     </row>
     <row r="44" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A44" s="33"/>
       <c r="B44" s="132" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C44" s="123">
         <v>25282</v>
       </c>
       <c r="D44" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E44" s="59">
         <v>2026</v>
       </c>
       <c r="F44" s="40">
         <v>46295</v>
       </c>
       <c r="G44" s="60" t="s">
         <v>21</v>
       </c>
       <c r="H44" s="60" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="I44" s="51" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="61" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="K44" s="60" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="L44" s="60" t="s">
         <v>41</v>
       </c>
       <c r="M44" s="62" t="s">
         <v>41</v>
       </c>
-      <c r="N44" s="219" t="s">
+      <c r="N44" s="218" t="s">
         <v>18</v>
       </c>
-      <c r="O44" s="174">
+      <c r="O44" s="173">
         <v>31532.799999999999</v>
       </c>
       <c r="P44" s="7"/>
     </row>
     <row r="45" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A45" s="33"/>
       <c r="B45" s="132" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C45" s="123">
         <v>25282</v>
       </c>
       <c r="D45" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="59">
         <v>2026</v>
       </c>
       <c r="F45" s="40">
         <v>46295</v>
       </c>
       <c r="G45" s="60" t="s">
         <v>21</v>
       </c>
       <c r="H45" s="60" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="I45" s="51" t="s">
         <v>29</v>
       </c>
       <c r="J45" s="61" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="K45" s="60" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="L45" s="60" t="s">
         <v>41</v>
       </c>
       <c r="M45" s="62" t="s">
         <v>41</v>
       </c>
-      <c r="N45" s="219" t="s">
+      <c r="N45" s="218" t="s">
         <v>18</v>
       </c>
-      <c r="O45" s="174">
+      <c r="O45" s="173">
         <v>34751.800000000003</v>
       </c>
       <c r="P45" s="7"/>
     </row>
     <row r="46" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A46" s="5"/>
       <c r="B46" s="129" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C46" s="123">
         <v>26052</v>
       </c>
-      <c r="D46" s="283" t="s">
-        <v>531</v>
+      <c r="D46" s="278" t="s">
+        <v>530</v>
       </c>
       <c r="E46" s="39">
         <v>2026</v>
       </c>
       <c r="F46" s="40">
         <v>46295</v>
       </c>
       <c r="G46" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H46" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I46" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J46" s="58" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="K46" s="51" t="s">
+        <v>303</v>
+      </c>
+      <c r="L46" s="51" t="s">
         <v>304</v>
       </c>
-      <c r="L46" s="51" t="s">
+      <c r="M46" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="N46" s="218" t="s">
         <v>305</v>
       </c>
-      <c r="M46" s="51" t="s">
-[...5 lines deleted...]
-      <c r="O46" s="173">
+      <c r="O46" s="172">
         <v>36250</v>
       </c>
       <c r="P46" s="94"/>
     </row>
     <row r="47" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A47" s="5"/>
       <c r="B47" s="129" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C47" s="123">
         <v>26053</v>
       </c>
-      <c r="D47" s="308" t="s">
+      <c r="D47" s="303" t="s">
         <v>122</v>
       </c>
       <c r="E47" s="39">
         <v>2026</v>
       </c>
       <c r="F47" s="40" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="G47" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H47" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I47" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J47" s="58" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="K47" s="51" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="L47" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M47" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="N47" s="219" t="s">
+      <c r="N47" s="218" t="s">
         <v>18</v>
       </c>
-      <c r="O47" s="173">
+      <c r="O47" s="172">
         <v>36605.5</v>
       </c>
       <c r="P47" s="94"/>
     </row>
     <row r="48" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A48" s="5"/>
       <c r="B48" s="129" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="C48" s="123">
         <v>26053</v>
       </c>
-      <c r="D48" s="283" t="s">
-        <v>511</v>
+      <c r="D48" s="278" t="s">
+        <v>507</v>
       </c>
       <c r="E48" s="39">
         <v>2026</v>
       </c>
       <c r="F48" s="40" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="G48" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H48" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I48" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J48" s="58" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="K48" s="51" t="s">
         <v>126</v>
       </c>
       <c r="L48" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M48" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="N48" s="219" t="s">
+      <c r="N48" s="218" t="s">
         <v>18</v>
       </c>
-      <c r="O48" s="173">
+      <c r="O48" s="172">
         <v>39019.199999999997</v>
       </c>
       <c r="P48" s="94"/>
     </row>
     <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49" s="24"/>
       <c r="B49" s="129" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C49" s="123">
         <v>26051</v>
       </c>
       <c r="D49" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E49" s="39">
         <v>2026</v>
       </c>
       <c r="F49" s="40">
         <v>46295</v>
       </c>
       <c r="G49" s="51" t="s">
         <v>86</v>
       </c>
       <c r="H49" s="52" t="s">
         <v>136</v>
       </c>
       <c r="I49" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J49" s="58" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="K49" s="51" t="s">
         <v>135</v>
       </c>
       <c r="L49" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M49" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="N49" s="219" t="s">
-[...2 lines deleted...]
-      <c r="O49" s="172">
+      <c r="N49" s="218" t="s">
+        <v>306</v>
+      </c>
+      <c r="O49" s="171">
         <v>41545</v>
       </c>
       <c r="P49" s="94"/>
     </row>
     <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50" s="24"/>
       <c r="B50" s="129" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C50" s="123">
         <v>26051</v>
       </c>
       <c r="D50" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E50" s="39">
         <v>2026</v>
       </c>
       <c r="F50" s="40">
         <v>46295</v>
       </c>
       <c r="G50" s="51" t="s">
         <v>86</v>
       </c>
       <c r="H50" s="52" t="s">
         <v>136</v>
       </c>
       <c r="I50" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J50" s="58" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="K50" s="51" t="s">
         <v>135</v>
       </c>
       <c r="L50" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M50" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="N50" s="219" t="s">
-[...2 lines deleted...]
-      <c r="O50" s="174">
+      <c r="N50" s="218" t="s">
+        <v>306</v>
+      </c>
+      <c r="O50" s="173">
         <v>42978</v>
       </c>
       <c r="P50" s="94"/>
     </row>
     <row r="51" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B51" s="128" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="C51" s="123">
         <v>26064</v>
       </c>
       <c r="D51" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E51" s="39">
         <v>2026</v>
       </c>
       <c r="F51" s="40">
         <v>46295</v>
       </c>
-      <c r="G51" s="219" t="s">
+      <c r="G51" s="218" t="s">
         <v>8</v>
       </c>
-      <c r="H51" s="219" t="s">
+      <c r="H51" s="218" t="s">
         <v>10</v>
       </c>
-      <c r="I51" s="219" t="s">
+      <c r="I51" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J51" s="42" t="s">
+        <v>317</v>
+      </c>
+      <c r="K51" s="218" t="s">
+        <v>182</v>
+      </c>
+      <c r="L51" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M51" s="218" t="s">
+        <v>49</v>
+      </c>
+      <c r="N51" s="218" t="s">
+        <v>7</v>
+      </c>
+      <c r="O51" s="167">
+        <v>36806</v>
+      </c>
+      <c r="P51" s="7"/>
+    </row>
+    <row r="52" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B52" s="159" t="s">
         <v>318</v>
-      </c>
-[...19 lines deleted...]
-        <v>319</v>
       </c>
       <c r="C52" s="123">
         <v>26064</v>
       </c>
       <c r="D52" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E52" s="39">
         <v>2026</v>
       </c>
       <c r="F52" s="40">
         <v>46295</v>
       </c>
-      <c r="G52" s="219" t="s">
+      <c r="G52" s="218" t="s">
         <v>8</v>
       </c>
-      <c r="H52" s="219" t="s">
+      <c r="H52" s="218" t="s">
         <v>10</v>
       </c>
-      <c r="I52" s="219" t="s">
+      <c r="I52" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J52" s="42" t="s">
-        <v>320</v>
-[...7 lines deleted...]
-      <c r="M52" s="219" t="s">
+        <v>319</v>
+      </c>
+      <c r="K52" s="218" t="s">
+        <v>184</v>
+      </c>
+      <c r="L52" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M52" s="218" t="s">
         <v>49</v>
       </c>
-      <c r="N52" s="219" t="s">
+      <c r="N52" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O52" s="168">
+      <c r="O52" s="167">
         <v>39124</v>
       </c>
       <c r="P52" s="7"/>
     </row>
     <row r="53" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B53" s="160" t="s">
-        <v>350</v>
+      <c r="B53" s="159" t="s">
+        <v>349</v>
       </c>
       <c r="C53" s="123">
         <v>26064</v>
       </c>
       <c r="D53" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E53" s="39">
         <v>2026</v>
       </c>
       <c r="F53" s="40">
         <v>46295</v>
       </c>
-      <c r="G53" s="219" t="s">
+      <c r="G53" s="218" t="s">
         <v>8</v>
       </c>
-      <c r="H53" s="219" t="s">
+      <c r="H53" s="218" t="s">
         <v>10</v>
       </c>
-      <c r="I53" s="219" t="s">
+      <c r="I53" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J53" s="42" t="s">
-        <v>321</v>
-[...7 lines deleted...]
-      <c r="M53" s="219" t="s">
+        <v>320</v>
+      </c>
+      <c r="K53" s="218" t="s">
+        <v>183</v>
+      </c>
+      <c r="L53" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M53" s="218" t="s">
         <v>49</v>
       </c>
-      <c r="N53" s="219" t="s">
+      <c r="N53" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O53" s="168">
+      <c r="O53" s="167">
         <v>40794</v>
       </c>
       <c r="P53" s="7"/>
     </row>
     <row r="54" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="33"/>
-      <c r="B54" s="160" t="s">
-        <v>322</v>
+      <c r="B54" s="159" t="s">
+        <v>321</v>
       </c>
       <c r="C54" s="123">
         <v>26064</v>
       </c>
       <c r="D54" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E54" s="39">
         <v>2026</v>
       </c>
       <c r="F54" s="40">
         <v>46295</v>
       </c>
-      <c r="G54" s="219" t="s">
+      <c r="G54" s="218" t="s">
         <v>8</v>
       </c>
-      <c r="H54" s="219" t="s">
+      <c r="H54" s="218" t="s">
         <v>74</v>
       </c>
-      <c r="I54" s="219" t="s">
+      <c r="I54" s="218" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="42" t="s">
-        <v>323</v>
-[...10 lines deleted...]
-      <c r="N54" s="219" t="s">
+        <v>322</v>
+      </c>
+      <c r="K54" s="218" t="s">
+        <v>348</v>
+      </c>
+      <c r="L54" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M54" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N54" s="218" t="s">
         <v>7</v>
       </c>
-      <c r="O54" s="168">
+      <c r="O54" s="167">
         <v>33533</v>
       </c>
       <c r="P54" s="7"/>
     </row>
     <row r="55" spans="1:16" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="33"/>
-      <c r="B55" s="314" t="s">
-        <v>325</v>
+      <c r="B55" s="308" t="s">
+        <v>324</v>
       </c>
       <c r="C55" s="126">
         <v>26064</v>
       </c>
       <c r="D55" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E55" s="46">
         <v>2026</v>
       </c>
       <c r="F55" s="47">
         <v>46295</v>
       </c>
       <c r="G55" s="56" t="s">
         <v>8</v>
       </c>
       <c r="H55" s="56" t="s">
         <v>127</v>
       </c>
       <c r="I55" s="56" t="s">
         <v>30</v>
       </c>
-      <c r="J55" s="235" t="s">
-        <v>326</v>
+      <c r="J55" s="234" t="s">
+        <v>325</v>
       </c>
       <c r="K55" s="56" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="L55" s="56" t="s">
         <v>41</v>
       </c>
-      <c r="M55" s="236" t="s">
+      <c r="M55" s="235" t="s">
         <v>41</v>
       </c>
       <c r="N55" s="45" t="s">
         <v>7</v>
       </c>
-      <c r="O55" s="237">
+      <c r="O55" s="236">
         <v>26221</v>
       </c>
       <c r="P55" s="7"/>
     </row>
     <row r="56" spans="1:16" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B56" s="147"/>
       <c r="C56" s="134"/>
       <c r="D56" s="17"/>
       <c r="E56" s="17"/>
       <c r="F56" s="12"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="100"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
-      <c r="N56" s="194"/>
+      <c r="N56" s="193"/>
       <c r="O56" s="4"/>
       <c r="P56" s="94"/>
     </row>
     <row r="57" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B57" s="351" t="s">
-[...14 lines deleted...]
-      <c r="O57" s="353"/>
+      <c r="B57" s="393" t="s">
+        <v>405</v>
+      </c>
+      <c r="C57" s="394"/>
+      <c r="D57" s="394"/>
+      <c r="E57" s="394"/>
+      <c r="F57" s="394"/>
+      <c r="G57" s="394"/>
+      <c r="H57" s="394"/>
+      <c r="I57" s="394"/>
+      <c r="J57" s="394"/>
+      <c r="K57" s="394"/>
+      <c r="L57" s="394"/>
+      <c r="M57" s="394"/>
+      <c r="N57" s="394"/>
+      <c r="O57" s="395"/>
       <c r="P57" s="14"/>
     </row>
     <row r="58" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="B58" s="155" t="s">
+      <c r="B58" s="154" t="s">
         <v>42</v>
       </c>
-      <c r="C58" s="156" t="s">
-        <v>218</v>
+      <c r="C58" s="155" t="s">
+        <v>217</v>
       </c>
       <c r="D58" s="78" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E58" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F58" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G58" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H58" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I58" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J58" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K58" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L58" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M58" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="N58" s="193" t="s">
+      <c r="N58" s="192" t="s">
         <v>1</v>
       </c>
-      <c r="O58" s="167" t="s">
-        <v>268</v>
+      <c r="O58" s="166" t="s">
+        <v>267</v>
       </c>
       <c r="P58" s="82"/>
     </row>
     <row r="59" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B59" s="242" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="243">
+      <c r="B59" s="241" t="s">
+        <v>416</v>
+      </c>
+      <c r="C59" s="242">
         <v>26054</v>
       </c>
       <c r="D59" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E59" s="65">
         <v>2026</v>
       </c>
-      <c r="F59" s="239">
+      <c r="F59" s="238">
         <v>46295</v>
       </c>
       <c r="G59" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H59" s="52">
         <v>2500</v>
       </c>
       <c r="I59" s="52" t="s">
         <v>31</v>
       </c>
       <c r="J59" s="53" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="K59" s="52" t="s">
         <v>50</v>
       </c>
       <c r="L59" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M59" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N59" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O59" s="240">
+      <c r="O59" s="239">
         <v>41309</v>
       </c>
-      <c r="P59" s="241"/>
+      <c r="P59" s="240"/>
     </row>
     <row r="60" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B60" s="242" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="243">
+      <c r="B60" s="241" t="s">
+        <v>418</v>
+      </c>
+      <c r="C60" s="242">
         <v>26054</v>
       </c>
       <c r="D60" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E60" s="65">
         <v>2026</v>
       </c>
-      <c r="F60" s="239">
+      <c r="F60" s="238">
         <v>46295</v>
       </c>
       <c r="G60" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H60" s="52">
         <v>3500</v>
       </c>
       <c r="I60" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="53" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="K60" s="52" t="s">
         <v>51</v>
       </c>
       <c r="L60" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M60" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N60" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O60" s="240">
+      <c r="O60" s="239">
         <v>41631</v>
       </c>
-      <c r="P60" s="241"/>
+      <c r="P60" s="240"/>
     </row>
     <row r="61" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B61" s="242" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="243">
+      <c r="B61" s="241" t="s">
+        <v>420</v>
+      </c>
+      <c r="C61" s="242">
         <v>26054</v>
       </c>
       <c r="D61" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E61" s="65">
         <v>2026</v>
       </c>
-      <c r="F61" s="239">
+      <c r="F61" s="238">
         <v>46295</v>
       </c>
       <c r="G61" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H61" s="52">
         <v>3500</v>
       </c>
       <c r="I61" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="53" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="K61" s="52" t="s">
         <v>52</v>
       </c>
       <c r="L61" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M61" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N61" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O61" s="240">
+      <c r="O61" s="239">
         <v>42614</v>
       </c>
-      <c r="P61" s="241"/>
+      <c r="P61" s="240"/>
     </row>
     <row r="62" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B62" s="242" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="243">
+      <c r="B62" s="241" t="s">
+        <v>422</v>
+      </c>
+      <c r="C62" s="242">
         <v>26054</v>
       </c>
       <c r="D62" s="65" t="s">
         <v>121</v>
       </c>
-      <c r="E62" s="238">
+      <c r="E62" s="237">
         <v>2026</v>
       </c>
-      <c r="F62" s="239">
+      <c r="F62" s="238">
         <v>46295</v>
       </c>
       <c r="G62" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H62" s="52">
         <v>2500</v>
       </c>
       <c r="I62" s="52" t="s">
         <v>31</v>
       </c>
       <c r="J62" s="53" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="K62" s="52" t="s">
         <v>53</v>
       </c>
       <c r="L62" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M62" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N62" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O62" s="240">
+      <c r="O62" s="239">
         <v>55711</v>
       </c>
-      <c r="P62" s="241"/>
+      <c r="P62" s="240"/>
     </row>
     <row r="63" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B63" s="242" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="243">
+      <c r="B63" s="241" t="s">
+        <v>423</v>
+      </c>
+      <c r="C63" s="242">
         <v>26054</v>
       </c>
       <c r="D63" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E63" s="65">
         <v>2026</v>
       </c>
-      <c r="F63" s="239">
+      <c r="F63" s="238">
         <v>46295</v>
       </c>
       <c r="G63" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H63" s="52">
         <v>3500</v>
       </c>
       <c r="I63" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="53" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="K63" s="52" t="s">
         <v>78</v>
       </c>
       <c r="L63" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M63" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N63" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O63" s="240">
+      <c r="O63" s="239">
         <v>55833</v>
       </c>
-      <c r="P63" s="241"/>
+      <c r="P63" s="240"/>
     </row>
     <row r="64" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B64" s="242" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="243">
+      <c r="B64" s="241" t="s">
+        <v>430</v>
+      </c>
+      <c r="C64" s="242">
         <v>26054</v>
       </c>
       <c r="D64" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E64" s="65">
         <v>2026</v>
       </c>
-      <c r="F64" s="239">
+      <c r="F64" s="238">
         <v>46295</v>
       </c>
       <c r="G64" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H64" s="52">
         <v>3500</v>
       </c>
       <c r="I64" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="53" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="K64" s="52" t="s">
         <v>34</v>
       </c>
       <c r="L64" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M64" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N64" s="52" t="s">
         <v>62</v>
       </c>
-      <c r="O64" s="240">
+      <c r="O64" s="239">
         <v>55968</v>
       </c>
-      <c r="P64" s="241"/>
+      <c r="P64" s="240"/>
     </row>
     <row r="65" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B65" s="160" t="s">
-        <v>454</v>
+      <c r="B65" s="159" t="s">
+        <v>450</v>
       </c>
       <c r="C65" s="44">
         <v>26095</v>
       </c>
       <c r="D65" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E65" s="39">
         <v>2026</v>
       </c>
       <c r="F65" s="40">
         <v>46295</v>
       </c>
-      <c r="G65" s="271" t="s">
+      <c r="G65" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H65" s="271" t="s">
+      <c r="H65" s="270" t="s">
         <v>104</v>
       </c>
-      <c r="I65" s="271" t="s">
+      <c r="I65" s="270" t="s">
         <v>31</v>
       </c>
       <c r="J65" s="66" t="s">
-        <v>458</v>
-[...1 lines deleted...]
-      <c r="K65" s="271" t="s">
+        <v>454</v>
+      </c>
+      <c r="K65" s="270" t="s">
         <v>105</v>
       </c>
-      <c r="L65" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M65" s="271" t="s">
+      <c r="L65" s="271" t="s">
+        <v>41</v>
+      </c>
+      <c r="M65" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N65" s="271" t="s">
-[...2 lines deleted...]
-      <c r="O65" s="168">
+      <c r="N65" s="270" t="s">
+        <v>451</v>
+      </c>
+      <c r="O65" s="167">
         <v>44420</v>
       </c>
       <c r="P65" s="7"/>
     </row>
     <row r="66" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B66" s="160" t="s">
-        <v>456</v>
+      <c r="B66" s="159" t="s">
+        <v>452</v>
       </c>
       <c r="C66" s="44">
         <v>26095</v>
       </c>
       <c r="D66" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E66" s="59">
         <v>2026</v>
       </c>
       <c r="F66" s="40">
         <v>46295</v>
       </c>
-      <c r="G66" s="271" t="s">
+      <c r="G66" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H66" s="271" t="s">
+      <c r="H66" s="270" t="s">
         <v>106</v>
       </c>
-      <c r="I66" s="271" t="s">
+      <c r="I66" s="270" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="66" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="K66" s="271" t="s">
+        <v>453</v>
+      </c>
+      <c r="K66" s="270" t="s">
         <v>107</v>
       </c>
-      <c r="L66" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M66" s="271" t="s">
+      <c r="L66" s="271" t="s">
+        <v>41</v>
+      </c>
+      <c r="M66" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N66" s="271" t="s">
+      <c r="N66" s="270" t="s">
+        <v>451</v>
+      </c>
+      <c r="O66" s="167">
+        <v>45460</v>
+      </c>
+      <c r="P66" s="7"/>
+    </row>
+    <row r="67" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B67" s="159" t="s">
         <v>455</v>
-      </c>
-[...7 lines deleted...]
-        <v>459</v>
       </c>
       <c r="C67" s="44">
         <v>26095</v>
       </c>
       <c r="D67" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E67" s="59">
         <v>2026</v>
       </c>
       <c r="F67" s="40">
         <v>46295</v>
       </c>
-      <c r="G67" s="271" t="s">
+      <c r="G67" s="270" t="s">
         <v>21</v>
       </c>
-      <c r="H67" s="271" t="s">
+      <c r="H67" s="270" t="s">
         <v>106</v>
       </c>
-      <c r="I67" s="271" t="s">
+      <c r="I67" s="270" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="66" t="s">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="K67" s="271" t="s">
+        <v>456</v>
+      </c>
+      <c r="K67" s="270" t="s">
         <v>108</v>
       </c>
-      <c r="L67" s="272" t="s">
-[...2 lines deleted...]
-      <c r="M67" s="271" t="s">
+      <c r="L67" s="271" t="s">
+        <v>41</v>
+      </c>
+      <c r="M67" s="270" t="s">
         <v>54</v>
       </c>
-      <c r="N67" s="271" t="s">
-[...2 lines deleted...]
-      <c r="O67" s="168">
+      <c r="N67" s="270" t="s">
+        <v>451</v>
+      </c>
+      <c r="O67" s="167">
         <v>46588</v>
       </c>
       <c r="P67" s="7"/>
     </row>
     <row r="68" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A68" s="273"/>
-[...1 lines deleted...]
-        <v>461</v>
+      <c r="A68" s="272"/>
+      <c r="B68" s="159" t="s">
+        <v>457</v>
       </c>
       <c r="C68" s="44">
         <v>26170</v>
       </c>
       <c r="D68" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E68" s="39">
         <v>2026</v>
       </c>
       <c r="F68" s="40">
         <v>46295</v>
       </c>
-      <c r="G68" s="270" t="s">
+      <c r="G68" s="269" t="s">
         <v>21</v>
       </c>
-      <c r="H68" s="270" t="s">
+      <c r="H68" s="269" t="s">
         <v>104</v>
       </c>
-      <c r="I68" s="270" t="s">
+      <c r="I68" s="269" t="s">
         <v>31</v>
       </c>
       <c r="J68" s="66" t="s">
-        <v>462</v>
-[...1 lines deleted...]
-      <c r="K68" s="270" t="s">
+        <v>458</v>
+      </c>
+      <c r="K68" s="269" t="s">
         <v>110</v>
       </c>
-      <c r="L68" s="269" t="s">
-[...2 lines deleted...]
-      <c r="M68" s="270" t="s">
+      <c r="L68" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="M68" s="269" t="s">
         <v>54</v>
       </c>
-      <c r="N68" s="270" t="s">
+      <c r="N68" s="269" t="s">
         <v>18</v>
       </c>
-      <c r="O68" s="168">
+      <c r="O68" s="167">
         <v>46111.4</v>
       </c>
       <c r="P68" s="7"/>
     </row>
     <row r="69" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A69" s="273"/>
-[...1 lines deleted...]
-        <v>464</v>
+      <c r="A69" s="272"/>
+      <c r="B69" s="159" t="s">
+        <v>460</v>
       </c>
       <c r="C69" s="44">
         <v>26170</v>
       </c>
       <c r="D69" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E69" s="39">
         <v>2026</v>
       </c>
       <c r="F69" s="40">
         <v>46295</v>
       </c>
-      <c r="G69" s="270" t="s">
+      <c r="G69" s="269" t="s">
         <v>21</v>
       </c>
-      <c r="H69" s="270" t="s">
+      <c r="H69" s="269" t="s">
         <v>104</v>
       </c>
-      <c r="I69" s="270" t="s">
+      <c r="I69" s="269" t="s">
         <v>31</v>
       </c>
       <c r="J69" s="66" t="s">
-        <v>463</v>
-[...1 lines deleted...]
-      <c r="K69" s="270" t="s">
+        <v>459</v>
+      </c>
+      <c r="K69" s="269" t="s">
         <v>109</v>
       </c>
-      <c r="L69" s="269" t="s">
-[...2 lines deleted...]
-      <c r="M69" s="270" t="s">
+      <c r="L69" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="M69" s="269" t="s">
         <v>54</v>
       </c>
-      <c r="N69" s="270" t="s">
+      <c r="N69" s="269" t="s">
         <v>18</v>
       </c>
-      <c r="O69" s="168">
+      <c r="O69" s="167">
         <v>46118.6</v>
       </c>
       <c r="P69" s="7"/>
     </row>
     <row r="70" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A70" s="273"/>
-[...1 lines deleted...]
-        <v>465</v>
+      <c r="A70" s="272"/>
+      <c r="B70" s="159" t="s">
+        <v>461</v>
       </c>
       <c r="C70" s="44">
         <v>26170</v>
       </c>
       <c r="D70" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E70" s="59">
         <v>2026</v>
       </c>
       <c r="F70" s="40">
         <v>46295</v>
       </c>
-      <c r="G70" s="270" t="s">
+      <c r="G70" s="269" t="s">
         <v>21</v>
       </c>
-      <c r="H70" s="270" t="s">
+      <c r="H70" s="269" t="s">
         <v>106</v>
       </c>
-      <c r="I70" s="270" t="s">
+      <c r="I70" s="269" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="66" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="K70" s="270" t="s">
+        <v>463</v>
+      </c>
+      <c r="K70" s="269" t="s">
         <v>111</v>
       </c>
-      <c r="L70" s="269" t="s">
-[...2 lines deleted...]
-      <c r="M70" s="270" t="s">
+      <c r="L70" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="M70" s="269" t="s">
         <v>54</v>
       </c>
-      <c r="N70" s="270" t="s">
+      <c r="N70" s="269" t="s">
         <v>18</v>
       </c>
-      <c r="O70" s="168">
+      <c r="O70" s="167">
         <v>47217.8</v>
       </c>
       <c r="P70" s="7"/>
     </row>
     <row r="71" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A71" s="273"/>
-[...1 lines deleted...]
-        <v>466</v>
+      <c r="A71" s="272"/>
+      <c r="B71" s="159" t="s">
+        <v>462</v>
       </c>
       <c r="C71" s="44">
         <v>26170</v>
       </c>
       <c r="D71" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E71" s="59">
         <v>2026</v>
       </c>
       <c r="F71" s="40">
         <v>46295</v>
       </c>
-      <c r="G71" s="270" t="s">
+      <c r="G71" s="269" t="s">
         <v>21</v>
       </c>
-      <c r="H71" s="270" t="s">
+      <c r="H71" s="269" t="s">
         <v>106</v>
       </c>
-      <c r="I71" s="270" t="s">
+      <c r="I71" s="269" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="66" t="s">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="K71" s="270" t="s">
+        <v>464</v>
+      </c>
+      <c r="K71" s="269" t="s">
         <v>111</v>
       </c>
-      <c r="L71" s="270" t="s">
-[...2 lines deleted...]
-      <c r="M71" s="270" t="s">
+      <c r="L71" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M71" s="269" t="s">
         <v>54</v>
       </c>
-      <c r="N71" s="270" t="s">
+      <c r="N71" s="269" t="s">
         <v>18</v>
       </c>
-      <c r="O71" s="168">
+      <c r="O71" s="167">
         <v>48031</v>
       </c>
       <c r="P71" s="7"/>
     </row>
     <row r="72" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A72" s="273"/>
-[...1 lines deleted...]
-        <v>469</v>
+      <c r="A72" s="272"/>
+      <c r="B72" s="159" t="s">
+        <v>465</v>
       </c>
       <c r="C72" s="44">
         <v>26170</v>
       </c>
       <c r="D72" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E72" s="59">
         <v>2026</v>
       </c>
       <c r="F72" s="40">
         <v>46295</v>
       </c>
-      <c r="G72" s="270" t="s">
+      <c r="G72" s="269" t="s">
         <v>21</v>
       </c>
-      <c r="H72" s="270" t="s">
+      <c r="H72" s="269" t="s">
         <v>104</v>
       </c>
-      <c r="I72" s="270" t="s">
+      <c r="I72" s="269" t="s">
         <v>31</v>
       </c>
       <c r="J72" s="66" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="K72" s="270" t="s">
+        <v>467</v>
+      </c>
+      <c r="K72" s="269" t="s">
         <v>112</v>
       </c>
-      <c r="L72" s="270" t="s">
-[...2 lines deleted...]
-      <c r="M72" s="270" t="s">
+      <c r="L72" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M72" s="269" t="s">
         <v>54</v>
       </c>
-      <c r="N72" s="270" t="s">
+      <c r="N72" s="269" t="s">
         <v>18</v>
       </c>
-      <c r="O72" s="168">
+      <c r="O72" s="167">
         <v>47872.2</v>
       </c>
       <c r="P72" s="7"/>
     </row>
     <row r="73" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A73" s="273"/>
-[...1 lines deleted...]
-        <v>470</v>
+      <c r="A73" s="272"/>
+      <c r="B73" s="159" t="s">
+        <v>466</v>
       </c>
       <c r="C73" s="44">
         <v>26170</v>
       </c>
       <c r="D73" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E73" s="59">
         <v>2026</v>
       </c>
       <c r="F73" s="40">
         <v>46295</v>
       </c>
-      <c r="G73" s="270" t="s">
+      <c r="G73" s="269" t="s">
         <v>21</v>
       </c>
-      <c r="H73" s="270" t="s">
+      <c r="H73" s="269" t="s">
         <v>106</v>
       </c>
-      <c r="I73" s="270" t="s">
+      <c r="I73" s="269" t="s">
         <v>32</v>
       </c>
       <c r="J73" s="66" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="K73" s="270" t="s">
+        <v>468</v>
+      </c>
+      <c r="K73" s="269" t="s">
         <v>113</v>
       </c>
-      <c r="L73" s="270" t="s">
-[...2 lines deleted...]
-      <c r="M73" s="270" t="s">
+      <c r="L73" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M73" s="269" t="s">
         <v>54</v>
       </c>
-      <c r="N73" s="270" t="s">
+      <c r="N73" s="269" t="s">
         <v>18</v>
       </c>
-      <c r="O73" s="168">
+      <c r="O73" s="167">
         <v>48795.4</v>
       </c>
       <c r="P73" s="7"/>
     </row>
     <row r="74" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A74" s="273"/>
-[...1 lines deleted...]
-        <v>473</v>
+      <c r="A74" s="272"/>
+      <c r="B74" s="159" t="s">
+        <v>469</v>
       </c>
       <c r="C74" s="44">
         <v>26170</v>
       </c>
       <c r="D74" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E74" s="39">
         <v>2026</v>
       </c>
       <c r="F74" s="40">
         <v>46295</v>
       </c>
-      <c r="G74" s="270" t="s">
+      <c r="G74" s="269" t="s">
         <v>21</v>
       </c>
-      <c r="H74" s="270" t="s">
+      <c r="H74" s="269" t="s">
         <v>106</v>
       </c>
-      <c r="I74" s="270" t="s">
+      <c r="I74" s="269" t="s">
         <v>32</v>
       </c>
       <c r="J74" s="66" t="s">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="K74" s="270" t="s">
+        <v>470</v>
+      </c>
+      <c r="K74" s="269" t="s">
         <v>114</v>
       </c>
-      <c r="L74" s="270" t="s">
-[...2 lines deleted...]
-      <c r="M74" s="270" t="s">
+      <c r="L74" s="269" t="s">
+        <v>41</v>
+      </c>
+      <c r="M74" s="269" t="s">
         <v>54</v>
       </c>
-      <c r="N74" s="270" t="s">
+      <c r="N74" s="269" t="s">
         <v>18</v>
       </c>
-      <c r="O74" s="168">
+      <c r="O74" s="167">
         <v>50099.8</v>
       </c>
       <c r="P74" s="7"/>
     </row>
     <row r="75" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
-      <c r="A75" s="273"/>
-[...1 lines deleted...]
-        <v>475</v>
+      <c r="A75" s="272"/>
+      <c r="B75" s="159" t="s">
+        <v>471</v>
       </c>
       <c r="C75" s="44">
         <v>26170</v>
       </c>
       <c r="D75" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E75" s="39">
         <v>2026</v>
       </c>
       <c r="F75" s="40">
         <v>46295</v>
       </c>
-      <c r="G75" s="270" t="s">
+      <c r="G75" s="269" t="s">
         <v>21</v>
       </c>
-      <c r="H75" s="270" t="s">
+      <c r="H75" s="269" t="s">
         <v>106</v>
       </c>
-      <c r="I75" s="270" t="s">
+      <c r="I75" s="269" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="66" t="s">
-        <v>476</v>
-[...1 lines deleted...]
-      <c r="K75" s="270" t="s">
+        <v>472</v>
+      </c>
+      <c r="K75" s="269" t="s">
         <v>114</v>
       </c>
-      <c r="L75" s="269" t="s">
-[...2 lines deleted...]
-      <c r="M75" s="270" t="s">
+      <c r="L75" s="268" t="s">
+        <v>41</v>
+      </c>
+      <c r="M75" s="269" t="s">
         <v>54</v>
       </c>
-      <c r="N75" s="270" t="s">
+      <c r="N75" s="269" t="s">
         <v>18</v>
       </c>
-      <c r="O75" s="168">
+      <c r="O75" s="167">
         <v>49154.6</v>
       </c>
       <c r="P75" s="7"/>
     </row>
     <row r="76" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B76" s="128" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="C76" s="123">
         <v>26065</v>
       </c>
       <c r="D76" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E76" s="59">
         <v>2026</v>
       </c>
       <c r="F76" s="40">
         <v>46295</v>
       </c>
-      <c r="G76" s="255" t="s">
+      <c r="G76" s="254" t="s">
         <v>6</v>
       </c>
-      <c r="H76" s="255" t="s">
+      <c r="H76" s="254" t="s">
         <v>46</v>
       </c>
-      <c r="I76" s="255" t="s">
+      <c r="I76" s="254" t="s">
         <v>31</v>
       </c>
       <c r="J76" s="66" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="K76" s="255" t="s">
+        <v>332</v>
+      </c>
+      <c r="K76" s="254" t="s">
         <v>56</v>
       </c>
-      <c r="L76" s="255" t="s">
+      <c r="L76" s="254" t="s">
         <v>43</v>
       </c>
-      <c r="M76" s="255" t="s">
+      <c r="M76" s="254" t="s">
         <v>54</v>
       </c>
-      <c r="N76" s="255" t="s">
+      <c r="N76" s="254" t="s">
         <v>7</v>
       </c>
-      <c r="O76" s="168">
+      <c r="O76" s="167">
         <v>41613</v>
       </c>
       <c r="P76" s="7"/>
     </row>
     <row r="77" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A77" s="5"/>
-      <c r="B77" s="257" t="s">
-        <v>334</v>
+      <c r="B77" s="256" t="s">
+        <v>333</v>
       </c>
       <c r="C77" s="131">
         <v>26065</v>
       </c>
-      <c r="D77" s="258" t="s">
+      <c r="D77" s="257" t="s">
         <v>121</v>
       </c>
       <c r="E77" s="63">
         <v>2026</v>
       </c>
       <c r="F77" s="64">
         <v>46295</v>
       </c>
-      <c r="G77" s="259" t="s">
+      <c r="G77" s="258" t="s">
         <v>6</v>
       </c>
-      <c r="H77" s="260" t="s">
+      <c r="H77" s="259" t="s">
         <v>33</v>
       </c>
-      <c r="I77" s="259" t="s">
+      <c r="I77" s="258" t="s">
         <v>32</v>
       </c>
-      <c r="J77" s="261" t="s">
-[...2 lines deleted...]
-      <c r="K77" s="259" t="s">
+      <c r="J77" s="260" t="s">
+        <v>334</v>
+      </c>
+      <c r="K77" s="258" t="s">
         <v>57</v>
       </c>
-      <c r="L77" s="259" t="s">
+      <c r="L77" s="258" t="s">
         <v>43</v>
       </c>
-      <c r="M77" s="259" t="s">
+      <c r="M77" s="258" t="s">
         <v>54</v>
       </c>
-      <c r="N77" s="254" t="s">
+      <c r="N77" s="253" t="s">
         <v>7</v>
       </c>
-      <c r="O77" s="262">
+      <c r="O77" s="261">
         <v>43024</v>
       </c>
       <c r="P77" s="94"/>
     </row>
     <row r="78" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B78" s="128" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C78" s="123">
         <v>26065</v>
       </c>
       <c r="D78" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E78" s="39">
         <v>2026</v>
       </c>
       <c r="F78" s="40">
         <v>46295</v>
       </c>
-      <c r="G78" s="190" t="s">
+      <c r="G78" s="189" t="s">
         <v>6</v>
       </c>
-      <c r="H78" s="190" t="s">
+      <c r="H78" s="189" t="s">
         <v>33</v>
       </c>
-      <c r="I78" s="190" t="s">
+      <c r="I78" s="189" t="s">
         <v>32</v>
       </c>
       <c r="J78" s="66" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="K78" s="190" t="s">
+        <v>335</v>
+      </c>
+      <c r="K78" s="189" t="s">
         <v>128</v>
       </c>
-      <c r="L78" s="190" t="s">
+      <c r="L78" s="189" t="s">
         <v>43</v>
       </c>
-      <c r="M78" s="190" t="s">
+      <c r="M78" s="189" t="s">
         <v>54</v>
       </c>
-      <c r="N78" s="190" t="s">
+      <c r="N78" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="O78" s="168">
+      <c r="O78" s="167">
         <v>43961</v>
       </c>
       <c r="P78" s="7"/>
     </row>
     <row r="79" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B79" s="128" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C79" s="123">
         <v>26065</v>
       </c>
       <c r="D79" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E79" s="59">
         <v>2026</v>
       </c>
       <c r="F79" s="40" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="G79" s="190" t="s">
+        <v>279</v>
+      </c>
+      <c r="G79" s="189" t="s">
         <v>6</v>
       </c>
-      <c r="H79" s="190" t="s">
+      <c r="H79" s="189" t="s">
         <v>46</v>
       </c>
-      <c r="I79" s="190" t="s">
+      <c r="I79" s="189" t="s">
         <v>31</v>
       </c>
       <c r="J79" s="66" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="K79" s="190" t="s">
+        <v>427</v>
+      </c>
+      <c r="K79" s="189" t="s">
         <v>58</v>
       </c>
-      <c r="L79" s="190" t="s">
+      <c r="L79" s="189" t="s">
         <v>43</v>
       </c>
-      <c r="M79" s="190" t="s">
+      <c r="M79" s="189" t="s">
         <v>54</v>
       </c>
-      <c r="N79" s="190" t="s">
+      <c r="N79" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="O79" s="168">
+      <c r="O79" s="167">
         <v>44703</v>
       </c>
       <c r="P79" s="7"/>
     </row>
     <row r="80" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B80" s="128" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C80" s="123">
         <v>26065</v>
       </c>
       <c r="D80" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E80" s="39">
         <v>2026</v>
       </c>
       <c r="F80" s="40">
         <v>46295</v>
       </c>
-      <c r="G80" s="190" t="s">
+      <c r="G80" s="189" t="s">
         <v>6</v>
       </c>
-      <c r="H80" s="190" t="s">
+      <c r="H80" s="189" t="s">
         <v>46</v>
       </c>
-      <c r="I80" s="190" t="s">
+      <c r="I80" s="189" t="s">
         <v>31</v>
       </c>
       <c r="J80" s="66" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="K80" s="190" t="s">
+        <v>336</v>
+      </c>
+      <c r="K80" s="189" t="s">
         <v>58</v>
       </c>
-      <c r="L80" s="190" t="s">
+      <c r="L80" s="189" t="s">
         <v>43</v>
       </c>
-      <c r="M80" s="190" t="s">
+      <c r="M80" s="189" t="s">
         <v>54</v>
       </c>
-      <c r="N80" s="190" t="s">
+      <c r="N80" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="O80" s="168">
+      <c r="O80" s="167">
         <v>44913</v>
       </c>
       <c r="P80" s="7"/>
     </row>
     <row r="81" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B81" s="128" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="C81" s="123">
         <v>26065</v>
       </c>
       <c r="D81" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E81" s="39">
         <v>2026</v>
       </c>
       <c r="F81" s="40">
         <v>46295</v>
       </c>
-      <c r="G81" s="190" t="s">
+      <c r="G81" s="189" t="s">
         <v>6</v>
       </c>
-      <c r="H81" s="190" t="s">
+      <c r="H81" s="189" t="s">
         <v>33</v>
       </c>
-      <c r="I81" s="190" t="s">
+      <c r="I81" s="189" t="s">
         <v>32</v>
       </c>
       <c r="J81" s="66" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="K81" s="190" t="s">
+        <v>426</v>
+      </c>
+      <c r="K81" s="189" t="s">
         <v>129</v>
       </c>
-      <c r="L81" s="190" t="s">
+      <c r="L81" s="189" t="s">
         <v>43</v>
       </c>
-      <c r="M81" s="190" t="s">
+      <c r="M81" s="189" t="s">
         <v>54</v>
       </c>
-      <c r="N81" s="190" t="s">
+      <c r="N81" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="O81" s="168">
+      <c r="O81" s="167">
         <v>45873</v>
       </c>
       <c r="P81" s="7"/>
     </row>
     <row r="82" spans="2:16" s="5" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="128" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="C82" s="123">
         <v>26065</v>
       </c>
       <c r="D82" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E82" s="59">
         <v>2026</v>
       </c>
       <c r="F82" s="40">
         <v>46295</v>
       </c>
-      <c r="G82" s="190" t="s">
+      <c r="G82" s="189" t="s">
         <v>6</v>
       </c>
-      <c r="H82" s="190" t="s">
+      <c r="H82" s="189" t="s">
         <v>46</v>
       </c>
-      <c r="I82" s="190" t="s">
+      <c r="I82" s="189" t="s">
         <v>31</v>
       </c>
       <c r="J82" s="66" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="K82" s="190" t="s">
+        <v>425</v>
+      </c>
+      <c r="K82" s="189" t="s">
         <v>47</v>
       </c>
-      <c r="L82" s="190" t="s">
+      <c r="L82" s="189" t="s">
         <v>43</v>
       </c>
-      <c r="M82" s="190" t="s">
+      <c r="M82" s="189" t="s">
         <v>49</v>
       </c>
-      <c r="N82" s="190" t="s">
+      <c r="N82" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="O82" s="168">
+      <c r="O82" s="167">
         <v>56124</v>
       </c>
       <c r="P82" s="7"/>
     </row>
     <row r="83" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B83" s="128" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="C83" s="123">
         <v>26065</v>
       </c>
       <c r="D83" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E83" s="39">
         <v>2026</v>
       </c>
       <c r="F83" s="40">
         <v>46295</v>
       </c>
-      <c r="G83" s="190" t="s">
+      <c r="G83" s="189" t="s">
         <v>6</v>
       </c>
-      <c r="H83" s="190" t="s">
+      <c r="H83" s="189" t="s">
         <v>33</v>
       </c>
-      <c r="I83" s="190" t="s">
+      <c r="I83" s="189" t="s">
         <v>32</v>
       </c>
       <c r="J83" s="66" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="K83" s="190" t="s">
+        <v>428</v>
+      </c>
+      <c r="K83" s="189" t="s">
         <v>48</v>
       </c>
-      <c r="L83" s="190" t="s">
-[...2 lines deleted...]
-      <c r="M83" s="190" t="s">
+      <c r="L83" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="M83" s="189" t="s">
         <v>49</v>
       </c>
-      <c r="N83" s="190" t="s">
+      <c r="N83" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="O83" s="168">
+      <c r="O83" s="167">
         <v>57394</v>
       </c>
       <c r="P83" s="7"/>
     </row>
     <row r="84" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B84" s="128" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="C84" s="123">
         <v>26065</v>
       </c>
       <c r="D84" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E84" s="39">
         <v>2026</v>
       </c>
       <c r="F84" s="40">
         <v>46295</v>
       </c>
-      <c r="G84" s="190" t="s">
+      <c r="G84" s="189" t="s">
         <v>6</v>
       </c>
-      <c r="H84" s="190" t="s">
+      <c r="H84" s="189" t="s">
         <v>33</v>
       </c>
-      <c r="I84" s="190" t="s">
+      <c r="I84" s="189" t="s">
         <v>32</v>
       </c>
       <c r="J84" s="66" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="K84" s="190" t="s">
+        <v>337</v>
+      </c>
+      <c r="K84" s="189" t="s">
         <v>35</v>
       </c>
-      <c r="L84" s="190" t="s">
-[...2 lines deleted...]
-      <c r="M84" s="190" t="s">
+      <c r="L84" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="M84" s="189" t="s">
         <v>49</v>
       </c>
-      <c r="N84" s="190" t="s">
+      <c r="N84" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="O84" s="168">
+      <c r="O84" s="167">
         <v>58897</v>
       </c>
       <c r="P84" s="7"/>
     </row>
     <row r="85" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H85" s="94"/>
     </row>
     <row r="86" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B86" s="368" t="s">
-[...14 lines deleted...]
-      <c r="O86" s="370"/>
+      <c r="B86" s="426" t="s">
+        <v>404</v>
+      </c>
+      <c r="C86" s="427"/>
+      <c r="D86" s="427"/>
+      <c r="E86" s="427"/>
+      <c r="F86" s="427"/>
+      <c r="G86" s="427"/>
+      <c r="H86" s="427"/>
+      <c r="I86" s="427"/>
+      <c r="J86" s="427"/>
+      <c r="K86" s="427"/>
+      <c r="L86" s="427"/>
+      <c r="M86" s="427"/>
+      <c r="N86" s="427"/>
+      <c r="O86" s="428"/>
       <c r="P86" s="14"/>
     </row>
     <row r="87" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="B87" s="155" t="s">
+      <c r="B87" s="154" t="s">
         <v>42</v>
       </c>
-      <c r="C87" s="156" t="s">
-        <v>218</v>
+      <c r="C87" s="155" t="s">
+        <v>217</v>
       </c>
       <c r="D87" s="78" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E87" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F87" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G87" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H87" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I87" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J87" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K87" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L87" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M87" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="N87" s="193" t="s">
+      <c r="N87" s="192" t="s">
         <v>1</v>
       </c>
-      <c r="O87" s="167" t="s">
-        <v>268</v>
+      <c r="O87" s="166" t="s">
+        <v>267</v>
       </c>
       <c r="P87" s="82"/>
     </row>
     <row r="88" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B88" s="251" t="s">
-        <v>441</v>
+      <c r="B88" s="250" t="s">
+        <v>437</v>
       </c>
       <c r="C88" s="44">
         <v>26055</v>
       </c>
       <c r="D88" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E88" s="39">
         <v>2026</v>
       </c>
       <c r="F88" s="40">
         <v>46295</v>
       </c>
-      <c r="G88" s="234" t="s">
+      <c r="G88" s="233" t="s">
         <v>24</v>
       </c>
-      <c r="H88" s="234">
+      <c r="H88" s="233">
         <v>4500</v>
       </c>
-      <c r="I88" s="233" t="s">
+      <c r="I88" s="232" t="s">
         <v>44</v>
       </c>
-      <c r="J88" s="221" t="s">
-[...8 lines deleted...]
-      <c r="M88" s="234" t="s">
+      <c r="J88" s="220" t="s">
+        <v>445</v>
+      </c>
+      <c r="K88" s="233" t="s">
+        <v>157</v>
+      </c>
+      <c r="L88" s="233" t="s">
+        <v>41</v>
+      </c>
+      <c r="M88" s="233" t="s">
         <v>131</v>
       </c>
-      <c r="N88" s="234" t="s">
+      <c r="N88" s="233" t="s">
         <v>62</v>
       </c>
-      <c r="O88" s="168">
+      <c r="O88" s="167">
         <v>52101</v>
       </c>
       <c r="P88" s="7"/>
     </row>
     <row r="89" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B89" s="251" t="s">
-        <v>442</v>
+      <c r="B89" s="250" t="s">
+        <v>438</v>
       </c>
       <c r="C89" s="44">
         <v>26055</v>
       </c>
       <c r="D89" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E89" s="39">
         <v>2026</v>
       </c>
       <c r="F89" s="40">
         <v>46295</v>
       </c>
-      <c r="G89" s="255" t="s">
+      <c r="G89" s="254" t="s">
         <v>24</v>
       </c>
-      <c r="H89" s="255">
+      <c r="H89" s="254">
         <v>4500</v>
       </c>
-      <c r="I89" s="253" t="s">
+      <c r="I89" s="252" t="s">
         <v>44</v>
       </c>
-      <c r="J89" s="221" t="s">
-[...8 lines deleted...]
-      <c r="M89" s="255" t="s">
+      <c r="J89" s="220" t="s">
+        <v>439</v>
+      </c>
+      <c r="K89" s="254" t="s">
+        <v>158</v>
+      </c>
+      <c r="L89" s="254" t="s">
+        <v>41</v>
+      </c>
+      <c r="M89" s="254" t="s">
         <v>131</v>
       </c>
-      <c r="N89" s="255" t="s">
+      <c r="N89" s="254" t="s">
         <v>62</v>
       </c>
-      <c r="O89" s="168">
+      <c r="O89" s="167">
         <v>53031</v>
       </c>
       <c r="P89" s="7"/>
     </row>
     <row r="90" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B90" s="251" t="s">
-        <v>444</v>
+      <c r="B90" s="250" t="s">
+        <v>440</v>
       </c>
       <c r="C90" s="44">
         <v>26055</v>
       </c>
       <c r="D90" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E90" s="39">
         <v>2026</v>
       </c>
       <c r="F90" s="40">
         <v>46295</v>
       </c>
-      <c r="G90" s="255" t="s">
+      <c r="G90" s="254" t="s">
         <v>24</v>
       </c>
-      <c r="H90" s="255">
+      <c r="H90" s="254">
         <v>5500</v>
       </c>
-      <c r="I90" s="253" t="s">
+      <c r="I90" s="252" t="s">
         <v>45</v>
       </c>
-      <c r="J90" s="221" t="s">
-[...8 lines deleted...]
-      <c r="M90" s="255" t="s">
+      <c r="J90" s="220" t="s">
+        <v>441</v>
+      </c>
+      <c r="K90" s="254" t="s">
+        <v>159</v>
+      </c>
+      <c r="L90" s="254" t="s">
+        <v>41</v>
+      </c>
+      <c r="M90" s="254" t="s">
         <v>131</v>
       </c>
-      <c r="N90" s="255" t="s">
+      <c r="N90" s="254" t="s">
         <v>62</v>
       </c>
-      <c r="O90" s="168">
+      <c r="O90" s="167">
         <v>53089</v>
       </c>
       <c r="P90" s="7"/>
     </row>
     <row r="91" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B91" s="251" t="s">
-        <v>446</v>
+      <c r="B91" s="250" t="s">
+        <v>442</v>
       </c>
       <c r="C91" s="44">
         <v>26055</v>
       </c>
       <c r="D91" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E91" s="39">
         <v>2026</v>
       </c>
       <c r="F91" s="40">
         <v>46295</v>
       </c>
-      <c r="G91" s="255" t="s">
+      <c r="G91" s="254" t="s">
         <v>24</v>
       </c>
-      <c r="H91" s="255">
+      <c r="H91" s="254">
         <v>5500</v>
       </c>
-      <c r="I91" s="253" t="s">
+      <c r="I91" s="252" t="s">
         <v>45</v>
       </c>
-      <c r="J91" s="221" t="s">
-[...8 lines deleted...]
-      <c r="M91" s="255" t="s">
+      <c r="J91" s="220" t="s">
+        <v>443</v>
+      </c>
+      <c r="K91" s="254" t="s">
+        <v>160</v>
+      </c>
+      <c r="L91" s="254" t="s">
+        <v>41</v>
+      </c>
+      <c r="M91" s="254" t="s">
         <v>131</v>
       </c>
-      <c r="N91" s="255" t="s">
+      <c r="N91" s="254" t="s">
         <v>62</v>
       </c>
-      <c r="O91" s="168">
+      <c r="O91" s="167">
         <v>54105</v>
       </c>
       <c r="P91" s="7"/>
     </row>
     <row r="92" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B92" s="251" t="s">
-        <v>309</v>
+      <c r="B92" s="250" t="s">
+        <v>308</v>
       </c>
       <c r="C92" s="44">
         <v>26063</v>
       </c>
       <c r="D92" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E92" s="39">
         <v>2026</v>
       </c>
       <c r="F92" s="40">
         <v>46295</v>
       </c>
-      <c r="G92" s="255" t="s">
+      <c r="G92" s="254" t="s">
         <v>8</v>
       </c>
-      <c r="H92" s="255" t="s">
+      <c r="H92" s="254" t="s">
         <v>38</v>
       </c>
-      <c r="I92" s="253" t="s">
+      <c r="I92" s="252" t="s">
         <v>44</v>
       </c>
-      <c r="J92" s="221" t="s">
-[...2 lines deleted...]
-      <c r="K92" s="255" t="s">
+      <c r="J92" s="220" t="s">
+        <v>314</v>
+      </c>
+      <c r="K92" s="254" t="s">
         <v>37</v>
       </c>
-      <c r="L92" s="255" t="s">
-[...2 lines deleted...]
-      <c r="M92" s="255" t="s">
+      <c r="L92" s="254" t="s">
+        <v>41</v>
+      </c>
+      <c r="M92" s="254" t="s">
         <v>54</v>
       </c>
-      <c r="N92" s="255" t="s">
+      <c r="N92" s="254" t="s">
         <v>7</v>
       </c>
-      <c r="O92" s="168">
+      <c r="O92" s="167">
         <v>52727</v>
       </c>
       <c r="P92" s="7"/>
     </row>
     <row r="93" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B93" s="301" t="s">
-[...2 lines deleted...]
-      <c r="C93" s="302">
+      <c r="B93" s="296" t="s">
+        <v>406</v>
+      </c>
+      <c r="C93" s="297">
         <v>26063</v>
       </c>
       <c r="D93" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E93" s="63">
         <v>2026</v>
       </c>
       <c r="F93" s="64">
         <v>46295</v>
       </c>
-      <c r="G93" s="254" t="s">
+      <c r="G93" s="253" t="s">
         <v>8</v>
       </c>
-      <c r="H93" s="254" t="s">
+      <c r="H93" s="253" t="s">
         <v>38</v>
       </c>
-      <c r="I93" s="232" t="s">
+      <c r="I93" s="231" t="s">
         <v>44</v>
       </c>
-      <c r="J93" s="263" t="s">
-[...8 lines deleted...]
-      <c r="M93" s="254" t="s">
+      <c r="J93" s="262" t="s">
+        <v>313</v>
+      </c>
+      <c r="K93" s="253" t="s">
+        <v>309</v>
+      </c>
+      <c r="L93" s="253" t="s">
+        <v>41</v>
+      </c>
+      <c r="M93" s="253" t="s">
         <v>54</v>
       </c>
-      <c r="N93" s="254" t="s">
+      <c r="N93" s="253" t="s">
         <v>7</v>
       </c>
-      <c r="O93" s="177">
+      <c r="O93" s="176">
         <v>55044</v>
       </c>
       <c r="P93" s="7"/>
     </row>
     <row r="94" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B94" s="251" t="s">
-        <v>409</v>
+      <c r="B94" s="250" t="s">
+        <v>407</v>
       </c>
       <c r="C94" s="44">
         <v>26063</v>
       </c>
       <c r="D94" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E94" s="39">
         <v>2026</v>
       </c>
       <c r="F94" s="40">
         <v>46295</v>
       </c>
-      <c r="G94" s="190" t="s">
+      <c r="G94" s="189" t="s">
         <v>8</v>
       </c>
-      <c r="H94" s="190" t="s">
+      <c r="H94" s="189" t="s">
         <v>25</v>
       </c>
-      <c r="I94" s="188" t="s">
+      <c r="I94" s="187" t="s">
         <v>45</v>
       </c>
-      <c r="J94" s="221" t="s">
-[...2 lines deleted...]
-      <c r="K94" s="190" t="s">
+      <c r="J94" s="220" t="s">
+        <v>312</v>
+      </c>
+      <c r="K94" s="189" t="s">
         <v>36</v>
       </c>
-      <c r="L94" s="190" t="s">
-[...2 lines deleted...]
-      <c r="M94" s="190" t="s">
+      <c r="L94" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="M94" s="189" t="s">
         <v>54</v>
       </c>
-      <c r="N94" s="190" t="s">
+      <c r="N94" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="O94" s="168">
+      <c r="O94" s="167">
         <v>53043</v>
       </c>
       <c r="P94" s="7"/>
     </row>
     <row r="95" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B95" s="251" t="s">
-        <v>410</v>
+      <c r="B95" s="250" t="s">
+        <v>408</v>
       </c>
       <c r="C95" s="44">
         <v>26063</v>
       </c>
       <c r="D95" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E95" s="39">
         <v>2026</v>
       </c>
       <c r="F95" s="40">
         <v>46295</v>
       </c>
-      <c r="G95" s="190" t="s">
+      <c r="G95" s="189" t="s">
         <v>8</v>
       </c>
-      <c r="H95" s="190" t="s">
+      <c r="H95" s="189" t="s">
         <v>25</v>
       </c>
-      <c r="I95" s="188" t="s">
+      <c r="I95" s="187" t="s">
         <v>45</v>
       </c>
-      <c r="J95" s="221" t="s">
-[...2 lines deleted...]
-      <c r="K95" s="190" t="s">
+      <c r="J95" s="220" t="s">
+        <v>311</v>
+      </c>
+      <c r="K95" s="189" t="s">
         <v>39</v>
       </c>
-      <c r="L95" s="190" t="s">
-[...2 lines deleted...]
-      <c r="M95" s="190" t="s">
+      <c r="L95" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="M95" s="189" t="s">
         <v>54</v>
       </c>
-      <c r="N95" s="190" t="s">
+      <c r="N95" s="189" t="s">
         <v>7</v>
       </c>
-      <c r="O95" s="168">
+      <c r="O95" s="167">
         <v>56888</v>
       </c>
       <c r="P95" s="7"/>
     </row>
     <row r="96" spans="2:16" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B96" s="303" t="s">
-[...2 lines deleted...]
-      <c r="C96" s="298">
+      <c r="B96" s="298" t="s">
+        <v>409</v>
+      </c>
+      <c r="C96" s="293">
         <v>26063</v>
       </c>
       <c r="D96" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E96" s="46">
         <v>2026</v>
       </c>
       <c r="F96" s="47">
         <v>46295</v>
       </c>
       <c r="G96" s="45" t="s">
         <v>8</v>
       </c>
       <c r="H96" s="45" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="I96" s="74" t="s">
         <v>45</v>
       </c>
-      <c r="J96" s="250" t="s">
-        <v>311</v>
+      <c r="J96" s="249" t="s">
+        <v>310</v>
       </c>
       <c r="K96" s="45" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="L96" s="45" t="s">
         <v>41</v>
       </c>
       <c r="M96" s="45" t="s">
         <v>54</v>
       </c>
       <c r="N96" s="45" t="s">
         <v>7</v>
       </c>
-      <c r="O96" s="175">
+      <c r="O96" s="174">
         <v>52762</v>
       </c>
       <c r="P96" s="7"/>
     </row>
     <row r="97" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B97" s="139"/>
       <c r="C97" s="134"/>
       <c r="D97" s="17"/>
       <c r="E97" s="96"/>
       <c r="F97" s="12"/>
       <c r="G97" s="94"/>
       <c r="H97" s="94"/>
       <c r="I97" s="101"/>
       <c r="J97" s="16"/>
       <c r="K97" s="94"/>
       <c r="L97" s="94"/>
       <c r="M97" s="94"/>
-      <c r="N97" s="195"/>
+      <c r="N97" s="194"/>
       <c r="O97" s="4"/>
       <c r="P97" s="7"/>
     </row>
     <row r="98" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B98" s="148"/>
       <c r="C98" s="139"/>
       <c r="D98" s="27"/>
       <c r="E98" s="101"/>
       <c r="F98" s="102"/>
       <c r="G98" s="94"/>
       <c r="H98" s="94"/>
       <c r="I98" s="94"/>
       <c r="J98" s="4"/>
       <c r="K98" s="94"/>
       <c r="L98" s="94"/>
       <c r="M98" s="94"/>
-      <c r="N98" s="196"/>
+      <c r="N98" s="195"/>
       <c r="O98" s="4"/>
       <c r="P98" s="95"/>
     </row>
     <row r="99" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B99" s="363" t="s">
-[...14 lines deleted...]
-      <c r="O99" s="365"/>
+      <c r="B99" s="421" t="s">
+        <v>207</v>
+      </c>
+      <c r="C99" s="422"/>
+      <c r="D99" s="422"/>
+      <c r="E99" s="422"/>
+      <c r="F99" s="422"/>
+      <c r="G99" s="422"/>
+      <c r="H99" s="422"/>
+      <c r="I99" s="422"/>
+      <c r="J99" s="422"/>
+      <c r="K99" s="422"/>
+      <c r="L99" s="422"/>
+      <c r="M99" s="422"/>
+      <c r="N99" s="422"/>
+      <c r="O99" s="423"/>
       <c r="P99" s="14"/>
     </row>
     <row r="100" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="B100" s="155" t="s">
+      <c r="B100" s="154" t="s">
         <v>42</v>
       </c>
-      <c r="C100" s="156" t="s">
-        <v>218</v>
+      <c r="C100" s="155" t="s">
+        <v>217</v>
       </c>
       <c r="D100" s="78" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E100" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F100" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G100" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H100" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I100" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J100" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K100" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L100" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M100" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="N100" s="193" t="s">
+      <c r="N100" s="192" t="s">
         <v>1</v>
       </c>
-      <c r="O100" s="167" t="s">
-        <v>268</v>
+      <c r="O100" s="166" t="s">
+        <v>267</v>
       </c>
       <c r="P100" s="82"/>
     </row>
     <row r="101" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="128" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="C101" s="123" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D101" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E101" s="39">
         <v>2026</v>
       </c>
       <c r="F101" s="40">
         <v>46189</v>
       </c>
-      <c r="G101" s="249" t="s">
+      <c r="G101" s="248" t="s">
         <v>21</v>
       </c>
-      <c r="H101" s="249" t="s">
+      <c r="H101" s="248" t="s">
+        <v>196</v>
+      </c>
+      <c r="I101" s="248" t="s">
+        <v>145</v>
+      </c>
+      <c r="J101" s="42" t="s">
+        <v>180</v>
+      </c>
+      <c r="K101" s="248" t="s">
         <v>197</v>
       </c>
-      <c r="I101" s="249" t="s">
-[...14 lines deleted...]
-      <c r="N101" s="249" t="s">
+      <c r="L101" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="M101" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="N101" s="248" t="s">
         <v>18</v>
       </c>
-      <c r="O101" s="168">
+      <c r="O101" s="167">
         <v>20969.400000000001</v>
       </c>
       <c r="P101" s="7"/>
     </row>
     <row r="102" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B102" s="128" t="s">
+        <v>369</v>
+      </c>
+      <c r="C102" s="123" t="s">
         <v>370</v>
       </c>
-      <c r="C102" s="123" t="s">
-[...3 lines deleted...]
-        <v>487</v>
+      <c r="D102" s="278" t="s">
+        <v>483</v>
       </c>
       <c r="E102" s="39">
         <v>2026</v>
       </c>
       <c r="F102" s="40">
         <v>46203</v>
       </c>
-      <c r="G102" s="249" t="s">
+      <c r="G102" s="248" t="s">
         <v>21</v>
       </c>
-      <c r="H102" s="249" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="H102" s="248" t="s">
+        <v>153</v>
+      </c>
+      <c r="I102" s="248" t="s">
+        <v>145</v>
       </c>
       <c r="J102" s="42" t="s">
         <v>143</v>
       </c>
-      <c r="K102" s="249" t="s">
-[...8 lines deleted...]
-      <c r="N102" s="249" t="s">
+      <c r="K102" s="248" t="s">
+        <v>198</v>
+      </c>
+      <c r="L102" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="M102" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="N102" s="248" t="s">
         <v>18</v>
       </c>
-      <c r="O102" s="168">
+      <c r="O102" s="167">
         <v>26275.4</v>
       </c>
       <c r="P102" s="7"/>
     </row>
     <row r="103" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B103" s="128" t="s">
         <v>117</v>
       </c>
       <c r="C103" s="123" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>370</v>
+      </c>
+      <c r="D103" s="278" t="s">
+        <v>483</v>
       </c>
       <c r="E103" s="39">
         <v>2026</v>
       </c>
       <c r="F103" s="40">
         <v>46203</v>
       </c>
-      <c r="G103" s="246" t="s">
+      <c r="G103" s="245" t="s">
         <v>21</v>
       </c>
-      <c r="H103" s="246" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="H103" s="245" t="s">
+        <v>153</v>
+      </c>
+      <c r="I103" s="245" t="s">
+        <v>145</v>
       </c>
       <c r="J103" s="69" t="s">
         <v>144</v>
       </c>
-      <c r="K103" s="249" t="s">
-[...8 lines deleted...]
-      <c r="N103" s="249" t="s">
+      <c r="K103" s="248" t="s">
+        <v>198</v>
+      </c>
+      <c r="L103" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="M103" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="N103" s="248" t="s">
         <v>18</v>
       </c>
-      <c r="O103" s="168">
+      <c r="O103" s="167">
         <v>28173.4</v>
       </c>
       <c r="P103" s="7"/>
     </row>
     <row r="104" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="128" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="C104" s="123" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>370</v>
+      </c>
+      <c r="D104" s="278" t="s">
+        <v>483</v>
       </c>
       <c r="E104" s="39">
         <v>2026</v>
       </c>
       <c r="F104" s="40">
         <v>46203</v>
       </c>
-      <c r="G104" s="249" t="s">
+      <c r="G104" s="248" t="s">
         <v>21</v>
       </c>
-      <c r="H104" s="249" t="s">
+      <c r="H104" s="248" t="s">
+        <v>153</v>
+      </c>
+      <c r="I104" s="248" t="s">
+        <v>145</v>
+      </c>
+      <c r="J104" s="42" t="s">
         <v>154</v>
       </c>
-      <c r="I104" s="249" t="s">
-[...14 lines deleted...]
-      <c r="N104" s="249" t="s">
+      <c r="K104" s="248" t="s">
+        <v>198</v>
+      </c>
+      <c r="L104" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="M104" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="N104" s="248" t="s">
         <v>18</v>
       </c>
-      <c r="O104" s="168">
+      <c r="O104" s="167">
         <v>28709.65</v>
       </c>
       <c r="P104" s="7"/>
     </row>
     <row r="105" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B105" s="231" t="s">
-        <v>214</v>
+      <c r="B105" s="230" t="s">
+        <v>213</v>
       </c>
       <c r="C105" s="131" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="D105" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E105" s="63">
         <v>2026</v>
       </c>
       <c r="F105" s="64">
         <v>46133</v>
       </c>
-      <c r="G105" s="248" t="s">
+      <c r="G105" s="247" t="s">
         <v>8</v>
       </c>
-      <c r="H105" s="248" t="s">
+      <c r="H105" s="247" t="s">
         <v>59</v>
       </c>
-      <c r="I105" s="247" t="s">
-        <v>150</v>
+      <c r="I105" s="246" t="s">
+        <v>149</v>
       </c>
       <c r="J105" s="43" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="K105" s="248" t="s">
+        <v>214</v>
+      </c>
+      <c r="K105" s="247" t="s">
+        <v>188</v>
+      </c>
+      <c r="L105" s="247" t="s">
+        <v>41</v>
+      </c>
+      <c r="M105" s="247" t="s">
+        <v>41</v>
+      </c>
+      <c r="N105" s="248" t="s">
         <v>189</v>
       </c>
-      <c r="L105" s="248" t="s">
-[...8 lines deleted...]
-      <c r="O105" s="177">
+      <c r="O105" s="176">
         <v>38955</v>
       </c>
       <c r="P105" s="7"/>
     </row>
     <row r="106" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B106" s="160" t="s">
-        <v>249</v>
+      <c r="B106" s="159" t="s">
+        <v>248</v>
       </c>
       <c r="C106" s="44">
         <v>25146</v>
       </c>
       <c r="D106" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E106" s="39">
         <v>2026</v>
       </c>
       <c r="F106" s="40">
         <v>46412</v>
       </c>
-      <c r="G106" s="246" t="s">
+      <c r="G106" s="245" t="s">
         <v>21</v>
       </c>
-      <c r="H106" s="246" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="H106" s="245" t="s">
+        <v>249</v>
+      </c>
+      <c r="I106" s="245" t="s">
+        <v>145</v>
       </c>
       <c r="J106" s="42" t="s">
-        <v>510</v>
-[...10 lines deleted...]
-      <c r="N106" s="249" t="s">
+        <v>506</v>
+      </c>
+      <c r="K106" s="248" t="s">
+        <v>410</v>
+      </c>
+      <c r="L106" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="M106" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="N106" s="248" t="s">
         <v>18</v>
       </c>
-      <c r="O106" s="168">
+      <c r="O106" s="167">
         <v>21770.400000000001</v>
       </c>
       <c r="P106" s="7"/>
     </row>
     <row r="107" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B107" s="160" t="s">
-[...3 lines deleted...]
-        <v>375</v>
+      <c r="B107" s="159" t="s">
+        <v>435</v>
+      </c>
+      <c r="C107" s="44">
+        <v>26241</v>
       </c>
       <c r="D107" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E107" s="39">
         <v>2026</v>
       </c>
-      <c r="F107" s="40" t="s">
-[...2 lines deleted...]
-      <c r="G107" s="249" t="s">
+      <c r="F107" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G107" s="248" t="s">
         <v>8</v>
       </c>
-      <c r="H107" s="249" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="H107" s="248" t="s">
+        <v>528</v>
+      </c>
+      <c r="I107" s="248" t="s">
+        <v>145</v>
       </c>
       <c r="J107" s="42" t="s">
-        <v>145</v>
-[...14 lines deleted...]
-        <v>25375</v>
+        <v>529</v>
+      </c>
+      <c r="K107" s="248" t="s">
+        <v>436</v>
+      </c>
+      <c r="L107" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="M107" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="N107" s="248" t="s">
+        <v>7</v>
+      </c>
+      <c r="O107" s="167">
+        <v>28157</v>
       </c>
       <c r="P107" s="7"/>
     </row>
     <row r="108" spans="2:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B108" s="128" t="s">
+        <v>372</v>
+      </c>
+      <c r="C108" s="123" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="D108" s="39" t="s">
         <v>122</v>
       </c>
       <c r="E108" s="39">
         <v>2026</v>
       </c>
       <c r="F108" s="68">
         <v>46217</v>
       </c>
-      <c r="G108" s="249" t="s">
+      <c r="G108" s="248" t="s">
         <v>8</v>
       </c>
-      <c r="H108" s="249" t="s">
+      <c r="H108" s="248" t="s">
         <v>55</v>
       </c>
-      <c r="I108" s="249" t="s">
-        <v>146</v>
+      <c r="I108" s="248" t="s">
+        <v>145</v>
       </c>
       <c r="J108" s="42" t="s">
-        <v>181</v>
-[...10 lines deleted...]
-      <c r="N108" s="249" t="s">
+        <v>180</v>
+      </c>
+      <c r="K108" s="248" t="s">
+        <v>204</v>
+      </c>
+      <c r="L108" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="M108" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="N108" s="248" t="s">
         <v>7</v>
       </c>
-      <c r="O108" s="168">
+      <c r="O108" s="167">
         <v>26432</v>
       </c>
       <c r="P108" s="7"/>
     </row>
     <row r="109" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B109" s="128" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="C109" s="123">
         <v>26047</v>
       </c>
       <c r="D109" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E109" s="39">
         <v>2026</v>
       </c>
       <c r="F109" s="40">
         <v>46295</v>
       </c>
-      <c r="G109" s="249" t="s">
+      <c r="G109" s="248" t="s">
         <v>137</v>
       </c>
-      <c r="H109" s="249" t="s">
+      <c r="H109" s="248" t="s">
         <v>142</v>
       </c>
-      <c r="I109" s="249" t="s">
-        <v>146</v>
+      <c r="I109" s="248" t="s">
+        <v>145</v>
       </c>
       <c r="J109" s="42" t="s">
         <v>143</v>
       </c>
-      <c r="K109" s="249" t="s">
+      <c r="K109" s="248" t="s">
         <v>141</v>
       </c>
-      <c r="L109" s="249" t="s">
-[...5 lines deleted...]
-      <c r="N109" s="249" t="s">
+      <c r="L109" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="M109" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="N109" s="248" t="s">
         <v>138</v>
       </c>
-      <c r="O109" s="168">
+      <c r="O109" s="167">
         <v>36180</v>
       </c>
       <c r="P109" s="7"/>
     </row>
     <row r="110" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B110" s="252" t="s">
-        <v>365</v>
+      <c r="B110" s="251" t="s">
+        <v>364</v>
       </c>
       <c r="C110" s="123">
         <v>26047</v>
       </c>
       <c r="D110" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E110" s="59">
         <v>2026</v>
       </c>
       <c r="F110" s="40">
         <v>46295</v>
       </c>
-      <c r="G110" s="246" t="s">
+      <c r="G110" s="245" t="s">
         <v>137</v>
       </c>
-      <c r="H110" s="246" t="s">
+      <c r="H110" s="245" t="s">
         <v>142</v>
       </c>
-      <c r="I110" s="246" t="s">
-        <v>146</v>
+      <c r="I110" s="245" t="s">
+        <v>145</v>
       </c>
       <c r="J110" s="69" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="K110" s="246" t="s">
+        <v>266</v>
+      </c>
+      <c r="K110" s="245" t="s">
         <v>141</v>
       </c>
-      <c r="L110" s="246" t="s">
-[...5 lines deleted...]
-      <c r="N110" s="249" t="s">
+      <c r="L110" s="245" t="s">
+        <v>41</v>
+      </c>
+      <c r="M110" s="245" t="s">
+        <v>41</v>
+      </c>
+      <c r="N110" s="248" t="s">
         <v>138</v>
       </c>
-      <c r="O110" s="168">
+      <c r="O110" s="167">
         <v>40230</v>
       </c>
       <c r="P110" s="7"/>
     </row>
     <row r="111" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B111" s="252" t="s">
-        <v>367</v>
+      <c r="B111" s="251" t="s">
+        <v>366</v>
       </c>
       <c r="C111" s="123">
         <v>26049</v>
       </c>
       <c r="D111" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E111" s="39">
         <v>2026</v>
       </c>
       <c r="F111" s="40">
         <v>46295</v>
       </c>
-      <c r="G111" s="246" t="s">
+      <c r="G111" s="245" t="s">
+        <v>176</v>
+      </c>
+      <c r="H111" s="245" t="s">
         <v>177</v>
       </c>
-      <c r="H111" s="246" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="I111" s="245" t="s">
+        <v>145</v>
       </c>
       <c r="J111" s="69" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="K111" s="249" t="s">
         <v>180</v>
       </c>
-      <c r="L111" s="246" t="s">
-[...8 lines deleted...]
-      <c r="O111" s="168">
+      <c r="K111" s="248" t="s">
+        <v>179</v>
+      </c>
+      <c r="L111" s="245" t="s">
+        <v>41</v>
+      </c>
+      <c r="M111" s="245" t="s">
+        <v>41</v>
+      </c>
+      <c r="N111" s="248" t="s">
+        <v>277</v>
+      </c>
+      <c r="O111" s="167">
         <v>25944</v>
       </c>
       <c r="P111" s="7"/>
     </row>
     <row r="112" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B112" s="252" t="s">
-        <v>368</v>
+      <c r="B112" s="251" t="s">
+        <v>367</v>
       </c>
       <c r="C112" s="123">
         <v>26049</v>
       </c>
       <c r="D112" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E112" s="39">
         <v>2026</v>
       </c>
       <c r="F112" s="40">
         <v>46295</v>
       </c>
-      <c r="G112" s="249" t="s">
+      <c r="G112" s="248" t="s">
+        <v>176</v>
+      </c>
+      <c r="H112" s="248" t="s">
         <v>177</v>
       </c>
-      <c r="H112" s="249" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="I112" s="248" t="s">
+        <v>145</v>
       </c>
       <c r="J112" s="42" t="s">
-        <v>182</v>
-[...13 lines deleted...]
-      <c r="O112" s="168">
+        <v>181</v>
+      </c>
+      <c r="K112" s="248" t="s">
+        <v>179</v>
+      </c>
+      <c r="L112" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="M112" s="248" t="s">
+        <v>41</v>
+      </c>
+      <c r="N112" s="248" t="s">
+        <v>277</v>
+      </c>
+      <c r="O112" s="167">
         <v>27812</v>
       </c>
       <c r="P112" s="7"/>
     </row>
     <row r="113" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B113" s="128" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="C113" s="123">
         <v>26049</v>
       </c>
       <c r="D113" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E113" s="39">
         <v>2026</v>
       </c>
       <c r="F113" s="40">
         <v>46295</v>
       </c>
-      <c r="G113" s="249" t="s">
-[...6 lines deleted...]
-        <v>150</v>
+      <c r="G113" s="248" t="s">
+        <v>176</v>
+      </c>
+      <c r="H113" s="248" t="s">
+        <v>178</v>
+      </c>
+      <c r="I113" s="248" t="s">
+        <v>149</v>
       </c>
       <c r="J113" s="42" t="s">
-        <v>216</v>
-[...10 lines deleted...]
-      <c r="N113" s="249" t="s">
+        <v>215</v>
+      </c>
+      <c r="K113" s="302" t="s">
         <v>278</v>
       </c>
-      <c r="O113" s="168">
+      <c r="L113" s="302" t="s">
+        <v>41</v>
+      </c>
+      <c r="M113" s="302" t="s">
+        <v>41</v>
+      </c>
+      <c r="N113" s="248" t="s">
+        <v>277</v>
+      </c>
+      <c r="O113" s="167">
         <v>45944</v>
       </c>
       <c r="P113" s="7"/>
     </row>
     <row r="114" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B114" s="231" t="s">
-        <v>378</v>
+      <c r="B114" s="230" t="s">
+        <v>376</v>
       </c>
       <c r="C114" s="123">
         <v>26066</v>
       </c>
-      <c r="D114" s="308" t="s">
+      <c r="D114" s="303" t="s">
         <v>122</v>
       </c>
       <c r="E114" s="63">
         <v>2026</v>
       </c>
       <c r="F114" s="64">
         <v>46295</v>
       </c>
-      <c r="G114" s="248" t="s">
+      <c r="G114" s="247" t="s">
         <v>8</v>
       </c>
-      <c r="H114" s="232" t="s">
-[...3 lines deleted...]
-        <v>151</v>
+      <c r="H114" s="231" t="s">
+        <v>156</v>
+      </c>
+      <c r="I114" s="231" t="s">
+        <v>150</v>
       </c>
       <c r="J114" s="43" t="s">
-        <v>232</v>
-[...10 lines deleted...]
-      <c r="N114" s="249" t="s">
+        <v>231</v>
+      </c>
+      <c r="K114" s="302" t="s">
+        <v>375</v>
+      </c>
+      <c r="L114" s="302" t="s">
+        <v>41</v>
+      </c>
+      <c r="M114" s="302" t="s">
+        <v>41</v>
+      </c>
+      <c r="N114" s="248" t="s">
         <v>7</v>
       </c>
-      <c r="O114" s="177">
+      <c r="O114" s="176">
         <v>57037</v>
       </c>
       <c r="P114" s="7"/>
     </row>
     <row r="115" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B115" s="160" t="s">
-        <v>477</v>
+      <c r="B115" s="159" t="s">
+        <v>473</v>
       </c>
       <c r="C115" s="44">
         <v>26078</v>
       </c>
       <c r="D115" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E115" s="39">
         <v>2026</v>
       </c>
       <c r="F115" s="40">
         <v>46295</v>
       </c>
-      <c r="G115" s="255" t="s">
+      <c r="G115" s="254" t="s">
         <v>21</v>
       </c>
-      <c r="H115" s="255" t="s">
+      <c r="H115" s="254" t="s">
         <v>75</v>
       </c>
-      <c r="I115" s="256" t="s">
-        <v>150</v>
+      <c r="I115" s="255" t="s">
+        <v>149</v>
       </c>
       <c r="J115" s="42" t="s">
-        <v>217</v>
-[...10 lines deleted...]
-      <c r="N115" s="255" t="s">
+        <v>216</v>
+      </c>
+      <c r="K115" s="254" t="s">
+        <v>474</v>
+      </c>
+      <c r="L115" s="254" t="s">
+        <v>41</v>
+      </c>
+      <c r="M115" s="254" t="s">
+        <v>41</v>
+      </c>
+      <c r="N115" s="254" t="s">
         <v>18</v>
       </c>
-      <c r="O115" s="168">
+      <c r="O115" s="167">
         <v>38979.78</v>
       </c>
       <c r="P115" s="7"/>
     </row>
     <row r="116" spans="1:16" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B116" s="128" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="C116" s="123">
         <v>26078</v>
       </c>
       <c r="D116" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E116" s="39">
         <v>2026</v>
       </c>
       <c r="F116" s="40">
         <v>46295</v>
       </c>
-      <c r="G116" s="255" t="s">
+      <c r="G116" s="254" t="s">
         <v>21</v>
       </c>
-      <c r="H116" s="253" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="H116" s="252" t="s">
+        <v>249</v>
+      </c>
+      <c r="I116" s="252" t="s">
+        <v>145</v>
       </c>
       <c r="J116" s="42" t="s">
-        <v>480</v>
-[...10 lines deleted...]
-      <c r="N116" s="255" t="s">
+        <v>476</v>
+      </c>
+      <c r="K116" s="254" t="s">
+        <v>477</v>
+      </c>
+      <c r="L116" s="254" t="s">
+        <v>41</v>
+      </c>
+      <c r="M116" s="254" t="s">
+        <v>41</v>
+      </c>
+      <c r="N116" s="254" t="s">
         <v>18</v>
       </c>
-      <c r="O116" s="168">
+      <c r="O116" s="167">
         <v>23245</v>
       </c>
       <c r="P116" s="7"/>
     </row>
     <row r="117" spans="1:16" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B117" s="128" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="C117" s="123">
         <v>26078</v>
       </c>
-      <c r="D117" s="283" t="s">
-        <v>532</v>
+      <c r="D117" s="278" t="s">
+        <v>527</v>
       </c>
       <c r="E117" s="39">
         <v>2026</v>
       </c>
       <c r="F117" s="40">
         <v>46295</v>
       </c>
-      <c r="G117" s="310" t="s">
+      <c r="G117" s="305" t="s">
         <v>21</v>
       </c>
-      <c r="H117" s="311" t="s">
+      <c r="H117" s="306" t="s">
         <v>23</v>
       </c>
-      <c r="I117" s="311" t="s">
-        <v>151</v>
+      <c r="I117" s="306" t="s">
+        <v>150</v>
       </c>
       <c r="J117" s="42" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="K117" s="310" t="s">
+        <v>155</v>
+      </c>
+      <c r="K117" s="305" t="s">
         <v>118</v>
       </c>
-      <c r="L117" s="310" t="s">
-[...5 lines deleted...]
-      <c r="N117" s="310" t="s">
+      <c r="L117" s="305" t="s">
+        <v>41</v>
+      </c>
+      <c r="M117" s="305" t="s">
+        <v>41</v>
+      </c>
+      <c r="N117" s="305" t="s">
         <v>18</v>
       </c>
-      <c r="O117" s="168">
+      <c r="O117" s="167">
         <v>62154.98</v>
       </c>
       <c r="P117" s="7"/>
     </row>
     <row r="118" spans="1:16" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B118" s="160" t="s">
-        <v>512</v>
+      <c r="B118" s="159" t="s">
+        <v>508</v>
       </c>
       <c r="C118" s="44">
         <v>26205</v>
       </c>
       <c r="D118" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E118" s="39">
         <v>2026</v>
       </c>
       <c r="F118" s="40">
         <v>46295</v>
       </c>
-      <c r="G118" s="310" t="s">
+      <c r="G118" s="305" t="s">
         <v>133</v>
       </c>
-      <c r="H118" s="311" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="H118" s="306" t="s">
+        <v>511</v>
+      </c>
+      <c r="I118" s="306" t="s">
+        <v>145</v>
       </c>
       <c r="J118" s="42" t="s">
-        <v>516</v>
-[...13 lines deleted...]
-      <c r="O118" s="168">
+        <v>512</v>
+      </c>
+      <c r="K118" s="305" t="s">
+        <v>513</v>
+      </c>
+      <c r="L118" s="305" t="s">
+        <v>41</v>
+      </c>
+      <c r="M118" s="305" t="s">
+        <v>41</v>
+      </c>
+      <c r="N118" s="305" t="s">
+        <v>514</v>
+      </c>
+      <c r="O118" s="167">
         <v>26900</v>
       </c>
       <c r="P118" s="7"/>
     </row>
     <row r="119" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B119" s="160" t="s">
-        <v>513</v>
+      <c r="B119" s="159" t="s">
+        <v>509</v>
       </c>
       <c r="C119" s="44">
         <v>26205</v>
       </c>
       <c r="D119" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E119" s="39">
         <v>2026</v>
       </c>
       <c r="F119" s="40">
         <v>46295</v>
       </c>
-      <c r="G119" s="310" t="s">
+      <c r="G119" s="305" t="s">
         <v>133</v>
       </c>
-      <c r="H119" s="311" t="s">
-[...3 lines deleted...]
-        <v>150</v>
+      <c r="H119" s="306" t="s">
+        <v>515</v>
+      </c>
+      <c r="I119" s="306" t="s">
+        <v>149</v>
       </c>
       <c r="J119" s="42" t="s">
-        <v>522</v>
-[...10 lines deleted...]
-      <c r="N119" s="310" t="s">
         <v>518</v>
       </c>
-      <c r="O119" s="168">
+      <c r="K119" s="305" t="s">
+        <v>516</v>
+      </c>
+      <c r="L119" s="305" t="s">
+        <v>41</v>
+      </c>
+      <c r="M119" s="305" t="s">
+        <v>41</v>
+      </c>
+      <c r="N119" s="305" t="s">
+        <v>514</v>
+      </c>
+      <c r="O119" s="167">
         <v>36400</v>
       </c>
       <c r="P119" s="7"/>
     </row>
     <row r="120" spans="1:16" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B120" s="316" t="s">
-[...2 lines deleted...]
-      <c r="C120" s="315">
+      <c r="B120" s="310" t="s">
+        <v>510</v>
+      </c>
+      <c r="C120" s="309">
         <v>26205</v>
       </c>
       <c r="D120" s="153" t="s">
         <v>121</v>
       </c>
       <c r="E120" s="153">
         <v>2026</v>
       </c>
-      <c r="F120" s="157">
+      <c r="F120" s="156">
         <v>46295</v>
       </c>
       <c r="G120" s="48" t="s">
         <v>133</v>
       </c>
-      <c r="H120" s="224" t="s">
+      <c r="H120" s="223" t="s">
+        <v>515</v>
+      </c>
+      <c r="I120" s="223" t="s">
+        <v>149</v>
+      </c>
+      <c r="J120" s="49" t="s">
         <v>519</v>
       </c>
-      <c r="I120" s="224" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K120" s="48" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="L120" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M120" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N120" s="48" t="s">
-        <v>518</v>
-[...1 lines deleted...]
-      <c r="O120" s="171">
+        <v>514</v>
+      </c>
+      <c r="O120" s="170">
         <v>38200</v>
       </c>
       <c r="P120" s="7"/>
     </row>
     <row r="121" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B121" s="148"/>
       <c r="C121" s="134"/>
       <c r="D121" s="17"/>
       <c r="E121" s="96"/>
       <c r="F121" s="103"/>
       <c r="G121" s="94"/>
       <c r="H121" s="101"/>
       <c r="I121" s="101"/>
       <c r="J121" s="100"/>
       <c r="K121" s="94"/>
       <c r="L121" s="94"/>
       <c r="M121" s="94"/>
-      <c r="N121" s="194"/>
+      <c r="N121" s="193"/>
       <c r="O121" s="4"/>
       <c r="P121" s="95"/>
     </row>
     <row r="122" spans="1:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="P122" s="87"/>
     </row>
     <row r="123" spans="1:16" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B123" s="381" t="s">
-[...14 lines deleted...]
-      <c r="O123" s="383"/>
+      <c r="B123" s="408" t="s">
+        <v>247</v>
+      </c>
+      <c r="C123" s="409"/>
+      <c r="D123" s="409"/>
+      <c r="E123" s="409"/>
+      <c r="F123" s="409"/>
+      <c r="G123" s="409"/>
+      <c r="H123" s="409"/>
+      <c r="I123" s="409"/>
+      <c r="J123" s="409"/>
+      <c r="K123" s="409"/>
+      <c r="L123" s="409"/>
+      <c r="M123" s="409"/>
+      <c r="N123" s="409"/>
+      <c r="O123" s="410"/>
       <c r="P123" s="14"/>
     </row>
     <row r="124" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="B124" s="155" t="s">
+      <c r="B124" s="154" t="s">
         <v>42</v>
       </c>
-      <c r="C124" s="156" t="s">
-[...3 lines deleted...]
-        <v>206</v>
+      <c r="C124" s="155" t="s">
+        <v>217</v>
+      </c>
+      <c r="D124" s="267" t="s">
+        <v>205</v>
       </c>
       <c r="E124" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F124" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G124" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H124" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I124" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J124" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K124" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L124" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M124" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="N124" s="193" t="s">
+      <c r="N124" s="192" t="s">
         <v>1</v>
       </c>
-      <c r="O124" s="167" t="s">
-        <v>268</v>
+      <c r="O124" s="166" t="s">
+        <v>267</v>
       </c>
       <c r="P124" s="82"/>
     </row>
     <row r="125" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B125" s="128" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="C125" s="123">
         <v>25280</v>
       </c>
       <c r="D125" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E125" s="39">
         <v>2026</v>
       </c>
       <c r="F125" s="40">
         <v>46344</v>
       </c>
-      <c r="G125" s="280" t="s">
+      <c r="G125" s="318" t="s">
+        <v>256</v>
+      </c>
+      <c r="H125" s="318" t="s">
         <v>257</v>
       </c>
-      <c r="H125" s="280" t="s">
+      <c r="I125" s="317" t="s">
+        <v>151</v>
+      </c>
+      <c r="J125" s="42" t="s">
+        <v>448</v>
+      </c>
+      <c r="K125" s="318" t="s">
         <v>258</v>
       </c>
-      <c r="I125" s="279" t="s">
-[...17 lines deleted...]
-      <c r="O125" s="168">
+      <c r="L125" s="318" t="s">
+        <v>41</v>
+      </c>
+      <c r="M125" s="318" t="s">
+        <v>41</v>
+      </c>
+      <c r="N125" s="318" t="s">
+        <v>265</v>
+      </c>
+      <c r="O125" s="167">
         <v>81812</v>
       </c>
       <c r="P125" s="7"/>
     </row>
     <row r="126" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A126" s="5"/>
-      <c r="B126" s="242" t="s">
-        <v>448</v>
+      <c r="B126" s="241" t="s">
+        <v>444</v>
       </c>
       <c r="C126" s="44">
         <v>26057</v>
       </c>
       <c r="D126" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E126" s="39">
         <v>2026</v>
       </c>
       <c r="F126" s="40">
         <v>46295</v>
       </c>
       <c r="G126" s="51" t="s">
         <v>71</v>
       </c>
       <c r="H126" s="55" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="I126" s="55" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="J126" s="54" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="K126" s="51" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="L126" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M126" s="51" t="s">
         <v>41</v>
       </c>
-      <c r="N126" s="280" t="s">
-[...2 lines deleted...]
-      <c r="O126" s="173">
+      <c r="N126" s="318" t="s">
+        <v>277</v>
+      </c>
+      <c r="O126" s="172">
         <v>38698</v>
       </c>
       <c r="P126" s="15"/>
     </row>
     <row r="127" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B127" s="160" t="s">
-        <v>379</v>
+      <c r="B127" s="159" t="s">
+        <v>377</v>
       </c>
       <c r="C127" s="44">
         <v>26067</v>
       </c>
       <c r="D127" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E127" s="39">
         <v>2026</v>
       </c>
       <c r="F127" s="40">
         <v>46295</v>
       </c>
-      <c r="G127" s="280" t="s">
+      <c r="G127" s="318" t="s">
         <v>8</v>
       </c>
-      <c r="H127" s="280" t="s">
+      <c r="H127" s="318" t="s">
         <v>77</v>
       </c>
-      <c r="I127" s="279" t="s">
-        <v>152</v>
+      <c r="I127" s="317" t="s">
+        <v>151</v>
       </c>
       <c r="J127" s="42" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="K127" s="280" t="s">
+        <v>378</v>
+      </c>
+      <c r="K127" s="318" t="s">
         <v>116</v>
       </c>
-      <c r="L127" s="280" t="s">
-[...5 lines deleted...]
-      <c r="N127" s="280" t="s">
+      <c r="L127" s="318" t="s">
+        <v>41</v>
+      </c>
+      <c r="M127" s="318" t="s">
+        <v>41</v>
+      </c>
+      <c r="N127" s="318" t="s">
         <v>7</v>
       </c>
-      <c r="O127" s="168">
+      <c r="O127" s="167">
         <v>47732</v>
       </c>
       <c r="P127" s="7"/>
     </row>
     <row r="128" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B128" s="160" t="s">
-        <v>383</v>
+      <c r="B128" s="159" t="s">
+        <v>381</v>
       </c>
       <c r="C128" s="44">
         <v>26067</v>
       </c>
       <c r="D128" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E128" s="39">
         <v>2026</v>
       </c>
       <c r="F128" s="40">
         <v>46295</v>
       </c>
-      <c r="G128" s="280" t="s">
+      <c r="G128" s="318" t="s">
         <v>8</v>
       </c>
-      <c r="H128" s="280" t="s">
+      <c r="H128" s="318" t="s">
         <v>77</v>
       </c>
-      <c r="I128" s="279" t="s">
-        <v>152</v>
+      <c r="I128" s="317" t="s">
+        <v>151</v>
       </c>
       <c r="J128" s="42" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="K128" s="280" t="s">
+        <v>384</v>
+      </c>
+      <c r="K128" s="318" t="s">
         <v>130</v>
       </c>
-      <c r="L128" s="280" t="s">
-[...5 lines deleted...]
-      <c r="N128" s="280" t="s">
+      <c r="L128" s="318" t="s">
+        <v>41</v>
+      </c>
+      <c r="M128" s="318" t="s">
+        <v>41</v>
+      </c>
+      <c r="N128" s="318" t="s">
         <v>7</v>
       </c>
-      <c r="O128" s="168">
+      <c r="O128" s="167">
         <v>50652</v>
       </c>
       <c r="P128" s="7"/>
     </row>
     <row r="129" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="B129" s="160" t="s">
-        <v>381</v>
+      <c r="B129" s="159" t="s">
+        <v>379</v>
       </c>
       <c r="C129" s="44">
         <v>26067</v>
       </c>
       <c r="D129" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E129" s="39">
         <v>2026</v>
       </c>
       <c r="F129" s="40">
         <v>46295</v>
       </c>
-      <c r="G129" s="280" t="s">
+      <c r="G129" s="318" t="s">
         <v>8</v>
       </c>
-      <c r="H129" s="279" t="s">
+      <c r="H129" s="317" t="s">
         <v>77</v>
       </c>
-      <c r="I129" s="279" t="s">
-        <v>152</v>
+      <c r="I129" s="317" t="s">
+        <v>151</v>
       </c>
       <c r="J129" s="42" t="s">
-        <v>385</v>
-[...10 lines deleted...]
-      <c r="N129" s="280" t="s">
+        <v>383</v>
+      </c>
+      <c r="K129" s="317" t="s">
+        <v>380</v>
+      </c>
+      <c r="L129" s="318" t="s">
+        <v>41</v>
+      </c>
+      <c r="M129" s="318" t="s">
+        <v>41</v>
+      </c>
+      <c r="N129" s="318" t="s">
         <v>7</v>
       </c>
-      <c r="O129" s="168">
+      <c r="O129" s="167">
         <v>52703</v>
       </c>
       <c r="P129" s="7"/>
       <c r="Q129" s="7"/>
     </row>
     <row r="130" spans="1:17" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
-      <c r="A130" s="222"/>
-[...3 lines deleted...]
-      <c r="C130" s="300">
+      <c r="A130" s="221"/>
+      <c r="B130" s="294" t="s">
+        <v>382</v>
+      </c>
+      <c r="C130" s="295">
         <v>26067</v>
       </c>
       <c r="D130" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E130" s="59">
         <v>2026</v>
       </c>
-      <c r="F130" s="284">
+      <c r="F130" s="279">
         <v>46295</v>
       </c>
-      <c r="G130" s="282" t="s">
+      <c r="G130" s="320" t="s">
         <v>8</v>
       </c>
-      <c r="H130" s="282" t="s">
-[...3 lines deleted...]
-        <v>153</v>
+      <c r="H130" s="320" t="s">
+        <v>254</v>
+      </c>
+      <c r="I130" s="280" t="s">
+        <v>152</v>
       </c>
       <c r="J130" s="69" t="s">
-        <v>387</v>
-[...10 lines deleted...]
-      <c r="N130" s="282" t="s">
+        <v>385</v>
+      </c>
+      <c r="K130" s="320" t="s">
+        <v>386</v>
+      </c>
+      <c r="L130" s="320" t="s">
+        <v>41</v>
+      </c>
+      <c r="M130" s="320" t="s">
+        <v>41</v>
+      </c>
+      <c r="N130" s="320" t="s">
         <v>7</v>
       </c>
-      <c r="O130" s="286">
+      <c r="O130" s="281">
         <v>56718</v>
       </c>
       <c r="P130" s="7"/>
     </row>
-    <row r="131" spans="1:17" s="292" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C131" s="295">
+    <row r="131" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B131" s="291" t="s">
+        <v>491</v>
+      </c>
+      <c r="C131" s="290">
         <v>26177</v>
       </c>
       <c r="D131" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E131" s="281">
+      <c r="E131" s="319">
         <v>2026</v>
       </c>
-      <c r="F131" s="284">
+      <c r="F131" s="279">
         <v>46295</v>
       </c>
-      <c r="G131" s="281" t="s">
+      <c r="G131" s="319" t="s">
         <v>21</v>
       </c>
-      <c r="H131" s="281" t="s">
-[...17 lines deleted...]
-      <c r="N131" s="281" t="s">
+      <c r="H131" s="319" t="s">
+        <v>484</v>
+      </c>
+      <c r="I131" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J131" s="286" t="s">
+        <v>496</v>
+      </c>
+      <c r="K131" s="319" t="s">
+        <v>485</v>
+      </c>
+      <c r="L131" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M131" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N131" s="319" t="s">
         <v>18</v>
       </c>
-      <c r="O131" s="293">
+      <c r="O131" s="288">
         <v>40274.35</v>
       </c>
-      <c r="P131" s="241"/>
-[...5 lines deleted...]
-      <c r="C132" s="295">
+      <c r="P131" s="240"/>
+    </row>
+    <row r="132" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B132" s="291" t="s">
+        <v>492</v>
+      </c>
+      <c r="C132" s="290">
         <v>26177</v>
       </c>
       <c r="D132" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E132" s="281">
+      <c r="E132" s="319">
         <v>2026</v>
       </c>
-      <c r="F132" s="284">
+      <c r="F132" s="279">
         <v>46295</v>
       </c>
-      <c r="G132" s="281" t="s">
+      <c r="G132" s="319" t="s">
         <v>21</v>
       </c>
-      <c r="H132" s="281" t="s">
-[...17 lines deleted...]
-      <c r="N132" s="281" t="s">
+      <c r="H132" s="319" t="s">
+        <v>484</v>
+      </c>
+      <c r="I132" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J132" s="286" t="s">
+        <v>497</v>
+      </c>
+      <c r="K132" s="319" t="s">
+        <v>486</v>
+      </c>
+      <c r="L132" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M132" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N132" s="319" t="s">
         <v>18</v>
       </c>
-      <c r="O132" s="293">
+      <c r="O132" s="288">
         <v>42472.2</v>
       </c>
-      <c r="P132" s="241"/>
-[...5 lines deleted...]
-      <c r="C133" s="295">
+      <c r="P132" s="240"/>
+    </row>
+    <row r="133" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B133" s="291" t="s">
+        <v>493</v>
+      </c>
+      <c r="C133" s="290">
         <v>26177</v>
       </c>
       <c r="D133" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E133" s="281">
+      <c r="E133" s="319">
         <v>2026</v>
       </c>
-      <c r="F133" s="284">
+      <c r="F133" s="279">
         <v>46295</v>
       </c>
-      <c r="G133" s="281" t="s">
+      <c r="G133" s="319" t="s">
         <v>21</v>
       </c>
-      <c r="H133" s="281" t="s">
-[...17 lines deleted...]
-      <c r="N133" s="281" t="s">
+      <c r="H133" s="319" t="s">
+        <v>487</v>
+      </c>
+      <c r="I133" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J133" s="286" t="s">
+        <v>498</v>
+      </c>
+      <c r="K133" s="319" t="s">
+        <v>488</v>
+      </c>
+      <c r="L133" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M133" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N133" s="319" t="s">
         <v>18</v>
       </c>
-      <c r="O133" s="293">
+      <c r="O133" s="288">
         <v>43805.95</v>
       </c>
-      <c r="P133" s="241"/>
-[...5 lines deleted...]
-      <c r="C134" s="295">
+      <c r="P133" s="240"/>
+    </row>
+    <row r="134" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B134" s="291" t="s">
+        <v>494</v>
+      </c>
+      <c r="C134" s="290">
         <v>26177</v>
       </c>
       <c r="D134" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E134" s="281">
+      <c r="E134" s="319">
         <v>2026</v>
       </c>
-      <c r="F134" s="284">
+      <c r="F134" s="279">
         <v>46295</v>
       </c>
-      <c r="G134" s="281" t="s">
+      <c r="G134" s="319" t="s">
         <v>21</v>
       </c>
-      <c r="H134" s="281" t="s">
-[...2 lines deleted...]
-      <c r="I134" s="281" t="s">
+      <c r="H134" s="319" t="s">
+        <v>487</v>
+      </c>
+      <c r="I134" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J134" s="286" t="s">
+        <v>499</v>
+      </c>
+      <c r="K134" s="319" t="s">
+        <v>489</v>
+      </c>
+      <c r="L134" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M134" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N134" s="319" t="s">
+        <v>18</v>
+      </c>
+      <c r="O134" s="288">
+        <v>44548.6</v>
+      </c>
+      <c r="P134" s="240"/>
+    </row>
+    <row r="135" spans="1:17" s="287" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="B135" s="323" t="s">
+        <v>495</v>
+      </c>
+      <c r="C135" s="324">
+        <v>26177</v>
+      </c>
+      <c r="D135" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E135" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F135" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G135" s="325" t="s">
+        <v>21</v>
+      </c>
+      <c r="H135" s="325" t="s">
+        <v>487</v>
+      </c>
+      <c r="I135" s="325" t="s">
         <v>152</v>
       </c>
-      <c r="J134" s="291" t="s">
-[...11 lines deleted...]
-      <c r="N134" s="281" t="s">
+      <c r="J135" s="326" t="s">
+        <v>500</v>
+      </c>
+      <c r="K135" s="325" t="s">
+        <v>490</v>
+      </c>
+      <c r="L135" s="325" t="s">
+        <v>41</v>
+      </c>
+      <c r="M135" s="325" t="s">
+        <v>41</v>
+      </c>
+      <c r="N135" s="325" t="s">
         <v>18</v>
       </c>
-      <c r="O134" s="293">
-[...12 lines deleted...]
-      <c r="D135" s="39" t="s">
+      <c r="O135" s="311">
+        <v>45431.8</v>
+      </c>
+      <c r="P135" s="240"/>
+    </row>
+    <row r="136" spans="1:17" s="287" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B136" s="291" t="s">
+        <v>523</v>
+      </c>
+      <c r="C136" s="290">
+        <v>26205</v>
+      </c>
+      <c r="D136" s="303" t="s">
+        <v>122</v>
+      </c>
+      <c r="E136" s="319">
+        <v>2026</v>
+      </c>
+      <c r="F136" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G136" s="319" t="s">
+        <v>71</v>
+      </c>
+      <c r="H136" s="319" t="s">
+        <v>524</v>
+      </c>
+      <c r="I136" s="319" t="s">
+        <v>148</v>
+      </c>
+      <c r="J136" s="286" t="s">
+        <v>525</v>
+      </c>
+      <c r="K136" s="319" t="s">
+        <v>526</v>
+      </c>
+      <c r="L136" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M136" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N136" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O136" s="288">
+        <v>38103</v>
+      </c>
+      <c r="P136" s="240"/>
+    </row>
+    <row r="137" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B137" s="291" t="s">
+        <v>541</v>
+      </c>
+      <c r="C137" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D137" s="59" t="s">
         <v>121</v>
       </c>
-      <c r="E135" s="313">
+      <c r="E137" s="325">
         <v>2026</v>
       </c>
-      <c r="F135" s="40">
+      <c r="F137" s="279">
         <v>46295</v>
       </c>
-      <c r="G135" s="313" t="s">
-[...32 lines deleted...]
-      <c r="C136" s="319">
+      <c r="G137" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H137" s="319" t="s">
+        <v>551</v>
+      </c>
+      <c r="I137" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J137" s="286" t="s">
+        <v>567</v>
+      </c>
+      <c r="K137" s="319" t="s">
+        <v>552</v>
+      </c>
+      <c r="L137" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M137" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N137" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O137" s="288">
+        <v>36000</v>
+      </c>
+      <c r="P137" s="240"/>
+    </row>
+    <row r="138" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B138" s="291" t="s">
+        <v>542</v>
+      </c>
+      <c r="C138" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D138" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E138" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F138" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G138" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H138" s="319" t="s">
+        <v>551</v>
+      </c>
+      <c r="I138" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J138" s="286" t="s">
+        <v>568</v>
+      </c>
+      <c r="K138" s="319" t="s">
+        <v>553</v>
+      </c>
+      <c r="L138" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M138" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N138" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O138" s="288">
+        <v>38500</v>
+      </c>
+      <c r="P138" s="240"/>
+    </row>
+    <row r="139" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B139" s="291" t="s">
+        <v>543</v>
+      </c>
+      <c r="C139" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D139" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E139" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F139" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G139" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H139" s="319" t="s">
+        <v>551</v>
+      </c>
+      <c r="I139" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J139" s="286" t="s">
+        <v>569</v>
+      </c>
+      <c r="K139" s="319" t="s">
+        <v>554</v>
+      </c>
+      <c r="L139" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M139" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N139" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O139" s="288">
+        <v>40000</v>
+      </c>
+      <c r="P139" s="240"/>
+    </row>
+    <row r="140" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B140" s="291" t="s">
+        <v>544</v>
+      </c>
+      <c r="C140" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D140" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E140" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F140" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G140" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H140" s="319" t="s">
+        <v>555</v>
+      </c>
+      <c r="I140" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J140" s="286" t="s">
+        <v>570</v>
+      </c>
+      <c r="K140" s="319" t="s">
+        <v>556</v>
+      </c>
+      <c r="L140" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M140" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N140" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O140" s="288">
+        <v>40143</v>
+      </c>
+      <c r="P140" s="240"/>
+    </row>
+    <row r="141" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B141" s="291" t="s">
+        <v>545</v>
+      </c>
+      <c r="C141" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D141" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E141" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F141" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G141" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H141" s="319" t="s">
+        <v>555</v>
+      </c>
+      <c r="I141" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J141" s="286" t="s">
+        <v>571</v>
+      </c>
+      <c r="K141" s="319" t="s">
+        <v>557</v>
+      </c>
+      <c r="L141" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M141" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N141" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O141" s="288">
+        <v>41500</v>
+      </c>
+      <c r="P141" s="240"/>
+    </row>
+    <row r="142" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B142" s="291" t="s">
+        <v>546</v>
+      </c>
+      <c r="C142" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D142" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E142" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F142" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G142" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H142" s="319" t="s">
+        <v>555</v>
+      </c>
+      <c r="I142" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J142" s="286" t="s">
+        <v>572</v>
+      </c>
+      <c r="K142" s="319" t="s">
+        <v>558</v>
+      </c>
+      <c r="L142" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M142" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N142" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O142" s="288">
+        <v>42500</v>
+      </c>
+      <c r="P142" s="240"/>
+    </row>
+    <row r="143" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B143" s="291" t="s">
+        <v>561</v>
+      </c>
+      <c r="C143" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D143" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E143" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F143" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G143" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H143" s="319" t="s">
+        <v>559</v>
+      </c>
+      <c r="I143" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J143" s="286" t="s">
+        <v>573</v>
+      </c>
+      <c r="K143" s="319" t="s">
+        <v>560</v>
+      </c>
+      <c r="L143" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M143" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N143" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O143" s="288">
+        <v>42000</v>
+      </c>
+      <c r="P143" s="240"/>
+    </row>
+    <row r="144" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B144" s="291" t="s">
+        <v>547</v>
+      </c>
+      <c r="C144" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D144" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E144" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F144" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G144" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H144" s="319" t="s">
+        <v>559</v>
+      </c>
+      <c r="I144" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J144" s="286" t="s">
+        <v>574</v>
+      </c>
+      <c r="K144" s="319" t="s">
+        <v>562</v>
+      </c>
+      <c r="L144" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M144" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N144" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O144" s="288">
+        <v>43000</v>
+      </c>
+      <c r="P144" s="240"/>
+    </row>
+    <row r="145" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B145" s="291" t="s">
+        <v>548</v>
+      </c>
+      <c r="C145" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D145" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E145" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F145" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G145" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H145" s="319" t="s">
+        <v>559</v>
+      </c>
+      <c r="I145" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J145" s="286" t="s">
+        <v>575</v>
+      </c>
+      <c r="K145" s="319" t="s">
+        <v>563</v>
+      </c>
+      <c r="L145" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M145" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N145" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O145" s="288">
+        <v>43500</v>
+      </c>
+      <c r="P145" s="240"/>
+    </row>
+    <row r="146" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B146" s="291" t="s">
+        <v>549</v>
+      </c>
+      <c r="C146" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D146" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E146" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F146" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G146" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H146" s="319" t="s">
+        <v>559</v>
+      </c>
+      <c r="I146" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J146" s="286" t="s">
+        <v>576</v>
+      </c>
+      <c r="K146" s="319" t="s">
+        <v>564</v>
+      </c>
+      <c r="L146" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M146" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N146" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O146" s="288">
+        <v>46100</v>
+      </c>
+      <c r="P146" s="240"/>
+    </row>
+    <row r="147" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B147" s="291" t="s">
+        <v>550</v>
+      </c>
+      <c r="C147" s="290">
+        <v>26247</v>
+      </c>
+      <c r="D147" s="59" t="s">
+        <v>121</v>
+      </c>
+      <c r="E147" s="325">
+        <v>2026</v>
+      </c>
+      <c r="F147" s="279">
+        <v>46295</v>
+      </c>
+      <c r="G147" s="319" t="s">
+        <v>115</v>
+      </c>
+      <c r="H147" s="319" t="s">
+        <v>559</v>
+      </c>
+      <c r="I147" s="319" t="s">
+        <v>151</v>
+      </c>
+      <c r="J147" s="286" t="s">
+        <v>565</v>
+      </c>
+      <c r="K147" s="319" t="s">
+        <v>566</v>
+      </c>
+      <c r="L147" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="M147" s="319" t="s">
+        <v>41</v>
+      </c>
+      <c r="N147" s="319" t="s">
+        <v>514</v>
+      </c>
+      <c r="O147" s="288">
+        <v>47000</v>
+      </c>
+      <c r="P147" s="240"/>
+    </row>
+    <row r="148" spans="1:17" s="287" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B148" s="327" t="s">
+        <v>523</v>
+      </c>
+      <c r="C148" s="328">
         <v>26205</v>
       </c>
-      <c r="D136" s="324" t="s">
+      <c r="D148" s="300" t="s">
         <v>122</v>
       </c>
-      <c r="E136" s="320">
+      <c r="E148" s="329">
         <v>2026</v>
       </c>
-      <c r="F136" s="157">
+      <c r="F148" s="47">
         <v>46295</v>
       </c>
-      <c r="G136" s="320" t="s">
+      <c r="G148" s="329" t="s">
         <v>71</v>
       </c>
-      <c r="H136" s="320" t="s">
-[...20 lines deleted...]
-      <c r="O136" s="294">
+      <c r="H148" s="329" t="s">
+        <v>524</v>
+      </c>
+      <c r="I148" s="329" t="s">
+        <v>148</v>
+      </c>
+      <c r="J148" s="330" t="s">
+        <v>525</v>
+      </c>
+      <c r="K148" s="329" t="s">
+        <v>526</v>
+      </c>
+      <c r="L148" s="329" t="s">
+        <v>41</v>
+      </c>
+      <c r="M148" s="329" t="s">
+        <v>41</v>
+      </c>
+      <c r="N148" s="329" t="s">
+        <v>514</v>
+      </c>
+      <c r="O148" s="289">
         <v>38103</v>
       </c>
-      <c r="P136" s="241"/>
-[...42 lines deleted...]
-      <c r="B140" s="155" t="s">
+      <c r="P148" s="240"/>
+    </row>
+    <row r="149" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B149" s="225"/>
+      <c r="C149" s="225"/>
+      <c r="D149" s="282"/>
+      <c r="E149" s="282"/>
+      <c r="F149" s="283"/>
+      <c r="G149" s="277"/>
+      <c r="H149" s="277"/>
+      <c r="I149" s="276"/>
+      <c r="J149" s="284"/>
+      <c r="K149" s="277"/>
+      <c r="L149" s="277"/>
+      <c r="M149" s="277"/>
+      <c r="N149" s="277"/>
+      <c r="O149" s="285"/>
+      <c r="P149" s="7"/>
+    </row>
+    <row r="150" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="N150" s="203"/>
+      <c r="P150" s="87"/>
+    </row>
+    <row r="151" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B151" s="350" t="s">
+        <v>208</v>
+      </c>
+      <c r="C151" s="351"/>
+      <c r="D151" s="351"/>
+      <c r="E151" s="351"/>
+      <c r="F151" s="351"/>
+      <c r="G151" s="351"/>
+      <c r="H151" s="351"/>
+      <c r="I151" s="351"/>
+      <c r="J151" s="351"/>
+      <c r="K151" s="351"/>
+      <c r="L151" s="351"/>
+      <c r="M151" s="351"/>
+      <c r="N151" s="351"/>
+      <c r="O151" s="352"/>
+      <c r="P151" s="14"/>
+    </row>
+    <row r="152" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B152" s="154" t="s">
         <v>42</v>
       </c>
-      <c r="C140" s="156" t="s">
-[...439 lines deleted...]
-        <v>206</v>
+      <c r="C152" s="155" t="s">
+        <v>217</v>
+      </c>
+      <c r="D152" s="267" t="s">
+        <v>205</v>
       </c>
       <c r="E152" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F152" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G152" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H152" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I152" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J152" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K152" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L152" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M152" s="77" t="s">
         <v>65</v>
       </c>
-      <c r="N152" s="193" t="s">
+      <c r="N152" s="192" t="s">
         <v>1</v>
       </c>
-      <c r="O152" s="167" t="s">
-        <v>268</v>
+      <c r="O152" s="166" t="s">
+        <v>267</v>
       </c>
       <c r="P152" s="82"/>
     </row>
     <row r="153" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A153" s="222"/>
-[...4 lines deleted...]
-        <v>26047</v>
+      <c r="A153" s="5"/>
+      <c r="B153" s="241" t="s">
+        <v>226</v>
+      </c>
+      <c r="C153" s="44">
+        <v>26233</v>
       </c>
       <c r="D153" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E153" s="39">
         <v>2026</v>
       </c>
       <c r="F153" s="40">
-        <v>46295</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>46312</v>
+      </c>
+      <c r="G153" s="264" t="s">
+        <v>228</v>
       </c>
       <c r="H153" s="265" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>229</v>
+      </c>
+      <c r="I153" s="263" t="s">
+        <v>147</v>
       </c>
       <c r="J153" s="71" t="s">
-        <v>270</v>
-[...23 lines deleted...]
-        <v>26048</v>
+        <v>100</v>
+      </c>
+      <c r="K153" s="265"/>
+      <c r="L153" s="265" t="s">
+        <v>41</v>
+      </c>
+      <c r="M153" s="265" t="s">
+        <v>41</v>
+      </c>
+      <c r="N153" s="265" t="s">
+        <v>62</v>
+      </c>
+      <c r="O153" s="167">
+        <v>23789</v>
+      </c>
+      <c r="P153" s="7"/>
+    </row>
+    <row r="154" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="5"/>
+      <c r="B154" s="241" t="s">
+        <v>227</v>
+      </c>
+      <c r="C154" s="44">
+        <v>26233</v>
       </c>
       <c r="D154" s="39" t="s">
         <v>121</v>
       </c>
-      <c r="E154" s="59">
+      <c r="E154" s="39">
         <v>2026</v>
       </c>
       <c r="F154" s="40">
-        <v>46295</v>
-[...7 lines deleted...]
-      <c r="I154" s="113" t="s">
+        <v>46312</v>
+      </c>
+      <c r="G154" s="264" t="s">
+        <v>228</v>
+      </c>
+      <c r="H154" s="265" t="s">
+        <v>230</v>
+      </c>
+      <c r="I154" s="263" t="s">
         <v>147</v>
       </c>
       <c r="J154" s="71" t="s">
-        <v>270</v>
-[...28 lines deleted...]
-      <c r="E155" s="59">
+        <v>98</v>
+      </c>
+      <c r="K154" s="265"/>
+      <c r="L154" s="265" t="s">
+        <v>41</v>
+      </c>
+      <c r="M154" s="265" t="s">
+        <v>41</v>
+      </c>
+      <c r="N154" s="265" t="s">
+        <v>62</v>
+      </c>
+      <c r="O154" s="167">
+        <v>27750</v>
+      </c>
+      <c r="P154" s="7"/>
+    </row>
+    <row r="155" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="5"/>
+      <c r="B155" s="241" t="s">
+        <v>531</v>
+      </c>
+      <c r="C155" s="44">
+        <v>26245</v>
+      </c>
+      <c r="D155" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E155" s="39">
         <v>2026</v>
       </c>
       <c r="F155" s="40">
         <v>46295</v>
       </c>
-      <c r="G155" s="72" t="s">
-[...6 lines deleted...]
-        <v>148</v>
+      <c r="G155" s="316" t="s">
+        <v>137</v>
+      </c>
+      <c r="H155" s="312" t="s">
+        <v>532</v>
+      </c>
+      <c r="I155" s="315" t="s">
+        <v>146</v>
       </c>
       <c r="J155" s="71" t="s">
+        <v>100</v>
+      </c>
+      <c r="K155" s="312" t="s">
         <v>270</v>
       </c>
-      <c r="K155" s="190" t="s">
-[...18 lines deleted...]
-        <v>394</v>
+      <c r="L155" s="312" t="s">
+        <v>41</v>
+      </c>
+      <c r="M155" s="312" t="s">
+        <v>41</v>
+      </c>
+      <c r="N155" s="312" t="s">
+        <v>533</v>
+      </c>
+      <c r="O155" s="167">
+        <v>26130</v>
+      </c>
+      <c r="P155" s="7"/>
+    </row>
+    <row r="156" spans="1:17" s="5" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B156" s="128" t="s">
+        <v>360</v>
       </c>
       <c r="C156" s="123">
-        <v>26048</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>26047</v>
+      </c>
+      <c r="D156" s="38" t="s">
+        <v>121</v>
       </c>
       <c r="E156" s="39">
         <v>2026</v>
       </c>
       <c r="F156" s="40">
         <v>46295</v>
       </c>
-      <c r="G156" s="72" t="s">
-[...6 lines deleted...]
-        <v>148</v>
+      <c r="G156" s="264" t="s">
+        <v>137</v>
+      </c>
+      <c r="H156" s="265" t="s">
+        <v>139</v>
+      </c>
+      <c r="I156" s="263" t="s">
+        <v>147</v>
       </c>
       <c r="J156" s="71" t="s">
-        <v>270</v>
-[...26 lines deleted...]
-      <c r="D157" s="39" t="s">
+        <v>99</v>
+      </c>
+      <c r="K156" s="265" t="s">
+        <v>140</v>
+      </c>
+      <c r="L156" s="265" t="s">
+        <v>41</v>
+      </c>
+      <c r="M156" s="265" t="s">
+        <v>41</v>
+      </c>
+      <c r="N156" s="265" t="s">
+        <v>138</v>
+      </c>
+      <c r="O156" s="167">
+        <v>29585</v>
+      </c>
+      <c r="P156" s="7"/>
+    </row>
+    <row r="157" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B157" s="128" t="s">
+        <v>361</v>
+      </c>
+      <c r="C157" s="123">
+        <v>26047</v>
+      </c>
+      <c r="D157" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E157" s="39">
         <v>2026</v>
       </c>
       <c r="F157" s="40">
         <v>46295</v>
       </c>
-      <c r="G157" s="72" t="s">
+      <c r="G157" s="264" t="s">
+        <v>137</v>
+      </c>
+      <c r="H157" s="265" t="s">
+        <v>139</v>
+      </c>
+      <c r="I157" s="263" t="s">
+        <v>147</v>
+      </c>
+      <c r="J157" s="71" t="s">
+        <v>271</v>
+      </c>
+      <c r="K157" s="265" t="s">
+        <v>140</v>
+      </c>
+      <c r="L157" s="265" t="s">
+        <v>41</v>
+      </c>
+      <c r="M157" s="265" t="s">
+        <v>41</v>
+      </c>
+      <c r="N157" s="265" t="s">
+        <v>138</v>
+      </c>
+      <c r="O157" s="167">
+        <v>31185</v>
+      </c>
+      <c r="P157" s="7"/>
+    </row>
+    <row r="158" spans="1:17" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B158" s="292" t="s">
+        <v>389</v>
+      </c>
+      <c r="C158" s="126">
+        <v>26048</v>
+      </c>
+      <c r="D158" s="152" t="s">
+        <v>121</v>
+      </c>
+      <c r="E158" s="46">
+        <v>2026</v>
+      </c>
+      <c r="F158" s="47">
+        <v>46295</v>
+      </c>
+      <c r="G158" s="73" t="s">
+        <v>86</v>
+      </c>
+      <c r="H158" s="45" t="s">
+        <v>88</v>
+      </c>
+      <c r="I158" s="74" t="s">
+        <v>146</v>
+      </c>
+      <c r="J158" s="75" t="s">
+        <v>100</v>
+      </c>
+      <c r="K158" s="45" t="s">
+        <v>164</v>
+      </c>
+      <c r="L158" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="M158" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="N158" s="45" t="s">
+        <v>89</v>
+      </c>
+      <c r="O158" s="174">
+        <v>29998</v>
+      </c>
+      <c r="P158" s="7"/>
+    </row>
+    <row r="159" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B159" s="142"/>
+      <c r="C159" s="140"/>
+      <c r="D159" s="28"/>
+      <c r="E159" s="36"/>
+      <c r="F159" s="104"/>
+      <c r="G159" s="105"/>
+      <c r="H159" s="106"/>
+      <c r="I159" s="106"/>
+      <c r="J159" s="107"/>
+      <c r="K159" s="7"/>
+      <c r="L159" s="7"/>
+      <c r="M159" s="7"/>
+      <c r="N159" s="196"/>
+      <c r="O159" s="108"/>
+      <c r="P159" s="95"/>
+      <c r="Q159" s="6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B160" s="353" t="s">
+        <v>212</v>
+      </c>
+      <c r="C160" s="354"/>
+      <c r="D160" s="354"/>
+      <c r="E160" s="354"/>
+      <c r="F160" s="354"/>
+      <c r="G160" s="354"/>
+      <c r="H160" s="354"/>
+      <c r="I160" s="354"/>
+      <c r="J160" s="354"/>
+      <c r="K160" s="354"/>
+      <c r="L160" s="354"/>
+      <c r="M160" s="354"/>
+      <c r="N160" s="354"/>
+      <c r="O160" s="355"/>
+      <c r="P160" s="95"/>
+    </row>
+    <row r="161" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B161" s="154" t="s">
+        <v>42</v>
+      </c>
+      <c r="C161" s="155" t="s">
+        <v>217</v>
+      </c>
+      <c r="D161" s="267" t="s">
+        <v>205</v>
+      </c>
+      <c r="E161" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F161" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G161" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H161" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I161" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J161" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K161" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L161" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M161" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N161" s="192" t="s">
+        <v>1</v>
+      </c>
+      <c r="O161" s="166" t="s">
+        <v>267</v>
+      </c>
+      <c r="P161" s="82"/>
+    </row>
+    <row r="162" spans="1:17" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B162" s="130" t="s">
+        <v>255</v>
+      </c>
+      <c r="C162" s="126">
+        <v>240051911</v>
+      </c>
+      <c r="D162" s="153" t="s">
+        <v>121</v>
+      </c>
+      <c r="E162" s="46">
+        <v>2026</v>
+      </c>
+      <c r="F162" s="47">
+        <v>46101</v>
+      </c>
+      <c r="G162" s="56" t="s">
+        <v>71</v>
+      </c>
+      <c r="H162" s="67" t="s">
+        <v>186</v>
+      </c>
+      <c r="I162" s="67" t="s">
+        <v>148</v>
+      </c>
+      <c r="J162" s="57" t="s">
+        <v>187</v>
+      </c>
+      <c r="K162" s="56" t="s">
+        <v>134</v>
+      </c>
+      <c r="L162" s="56" t="s">
+        <v>41</v>
+      </c>
+      <c r="M162" s="56" t="s">
+        <v>41</v>
+      </c>
+      <c r="N162" s="45" t="s">
+        <v>62</v>
+      </c>
+      <c r="O162" s="175">
+        <v>62530</v>
+      </c>
+      <c r="P162" s="95"/>
+      <c r="Q162" s="95"/>
+    </row>
+    <row r="163" spans="1:17" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B163" s="149"/>
+      <c r="C163" s="141"/>
+      <c r="D163" s="21"/>
+      <c r="E163" s="21"/>
+      <c r="F163" s="13"/>
+      <c r="G163" s="110"/>
+      <c r="H163" s="110"/>
+      <c r="I163" s="110"/>
+      <c r="J163" s="111"/>
+      <c r="K163" s="109" t="s">
+        <v>93</v>
+      </c>
+      <c r="L163" s="109"/>
+      <c r="M163" s="109"/>
+      <c r="N163" s="197"/>
+      <c r="O163" s="112"/>
+      <c r="P163" s="7"/>
+    </row>
+    <row r="164" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B164" s="417" t="s">
+        <v>209</v>
+      </c>
+      <c r="C164" s="418"/>
+      <c r="D164" s="418"/>
+      <c r="E164" s="418"/>
+      <c r="F164" s="418"/>
+      <c r="G164" s="418"/>
+      <c r="H164" s="418"/>
+      <c r="I164" s="418"/>
+      <c r="J164" s="418"/>
+      <c r="K164" s="418"/>
+      <c r="L164" s="418"/>
+      <c r="M164" s="418"/>
+      <c r="N164" s="418"/>
+      <c r="O164" s="419"/>
+      <c r="P164" s="14"/>
+    </row>
+    <row r="165" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B165" s="154" t="s">
+        <v>42</v>
+      </c>
+      <c r="C165" s="155" t="s">
+        <v>217</v>
+      </c>
+      <c r="D165" s="77" t="s">
+        <v>205</v>
+      </c>
+      <c r="E165" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F165" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G165" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H165" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I165" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J165" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K165" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L165" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M165" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N165" s="192" t="s">
+        <v>1</v>
+      </c>
+      <c r="O165" s="166" t="s">
+        <v>267</v>
+      </c>
+      <c r="P165" s="82"/>
+    </row>
+    <row r="166" spans="1:17" s="76" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B166" s="256" t="s">
+        <v>534</v>
+      </c>
+      <c r="C166" s="131">
+        <v>26245</v>
+      </c>
+      <c r="D166" s="63" t="s">
+        <v>121</v>
+      </c>
+      <c r="E166" s="63">
+        <v>2026</v>
+      </c>
+      <c r="F166" s="64">
+        <v>46295</v>
+      </c>
+      <c r="G166" s="321" t="s">
+        <v>137</v>
+      </c>
+      <c r="H166" s="314" t="s">
+        <v>537</v>
+      </c>
+      <c r="I166" s="314" t="s">
+        <v>145</v>
+      </c>
+      <c r="J166" s="322" t="s">
+        <v>269</v>
+      </c>
+      <c r="K166" s="313" t="s">
+        <v>538</v>
+      </c>
+      <c r="L166" s="313" t="s">
+        <v>41</v>
+      </c>
+      <c r="M166" s="313" t="s">
+        <v>41</v>
+      </c>
+      <c r="N166" s="313" t="s">
+        <v>533</v>
+      </c>
+      <c r="O166" s="176">
+        <v>32480</v>
+      </c>
+      <c r="P166" s="82"/>
+    </row>
+    <row r="167" spans="1:17" s="76" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B167" s="256" t="s">
+        <v>535</v>
+      </c>
+      <c r="C167" s="131">
+        <v>26245</v>
+      </c>
+      <c r="D167" s="63" t="s">
+        <v>121</v>
+      </c>
+      <c r="E167" s="63">
+        <v>2026</v>
+      </c>
+      <c r="F167" s="64">
+        <v>46295</v>
+      </c>
+      <c r="G167" s="321" t="s">
+        <v>137</v>
+      </c>
+      <c r="H167" s="314" t="s">
+        <v>539</v>
+      </c>
+      <c r="I167" s="314" t="s">
+        <v>149</v>
+      </c>
+      <c r="J167" s="322" t="s">
+        <v>269</v>
+      </c>
+      <c r="K167" s="313" t="s">
+        <v>538</v>
+      </c>
+      <c r="L167" s="313" t="s">
+        <v>41</v>
+      </c>
+      <c r="M167" s="313" t="s">
+        <v>41</v>
+      </c>
+      <c r="N167" s="313" t="s">
+        <v>533</v>
+      </c>
+      <c r="O167" s="176">
+        <v>40880</v>
+      </c>
+      <c r="P167" s="82"/>
+    </row>
+    <row r="168" spans="1:17" s="76" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B168" s="256" t="s">
+        <v>536</v>
+      </c>
+      <c r="C168" s="131">
+        <v>26245</v>
+      </c>
+      <c r="D168" s="63" t="s">
+        <v>121</v>
+      </c>
+      <c r="E168" s="63">
+        <v>2026</v>
+      </c>
+      <c r="F168" s="64">
+        <v>46295</v>
+      </c>
+      <c r="G168" s="321" t="s">
+        <v>137</v>
+      </c>
+      <c r="H168" s="314" t="s">
+        <v>539</v>
+      </c>
+      <c r="I168" s="314" t="s">
+        <v>149</v>
+      </c>
+      <c r="J168" s="322" t="s">
+        <v>540</v>
+      </c>
+      <c r="K168" s="313" t="s">
+        <v>538</v>
+      </c>
+      <c r="L168" s="313" t="s">
+        <v>41</v>
+      </c>
+      <c r="M168" s="313" t="s">
+        <v>41</v>
+      </c>
+      <c r="N168" s="313" t="s">
+        <v>533</v>
+      </c>
+      <c r="O168" s="176">
+        <v>42680</v>
+      </c>
+      <c r="P168" s="82"/>
+    </row>
+    <row r="169" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="221"/>
+      <c r="B169" s="256" t="s">
+        <v>365</v>
+      </c>
+      <c r="C169" s="131">
+        <v>26047</v>
+      </c>
+      <c r="D169" s="63" t="s">
+        <v>121</v>
+      </c>
+      <c r="E169" s="63">
+        <v>2026</v>
+      </c>
+      <c r="F169" s="64">
+        <v>46295</v>
+      </c>
+      <c r="G169" s="321" t="s">
+        <v>137</v>
+      </c>
+      <c r="H169" s="314" t="s">
+        <v>268</v>
+      </c>
+      <c r="I169" s="314" t="s">
+        <v>150</v>
+      </c>
+      <c r="J169" s="322" t="s">
+        <v>269</v>
+      </c>
+      <c r="K169" s="313" t="s">
+        <v>270</v>
+      </c>
+      <c r="L169" s="313" t="s">
+        <v>41</v>
+      </c>
+      <c r="M169" s="313" t="s">
+        <v>41</v>
+      </c>
+      <c r="N169" s="313" t="s">
+        <v>138</v>
+      </c>
+      <c r="O169" s="176">
+        <v>44685</v>
+      </c>
+      <c r="P169" s="266"/>
+    </row>
+    <row r="170" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
+      <c r="B170" s="299" t="s">
+        <v>390</v>
+      </c>
+      <c r="C170" s="123">
+        <v>26048</v>
+      </c>
+      <c r="D170" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E170" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F170" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G170" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="H170" s="113" t="s">
+        <v>95</v>
+      </c>
+      <c r="I170" s="113" t="s">
+        <v>146</v>
+      </c>
+      <c r="J170" s="71" t="s">
+        <v>269</v>
+      </c>
+      <c r="K170" s="189" t="s">
+        <v>97</v>
+      </c>
+      <c r="L170" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="M170" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="N170" s="189" t="s">
+        <v>89</v>
+      </c>
+      <c r="O170" s="167">
+        <v>25476</v>
+      </c>
+      <c r="P170" s="165"/>
+    </row>
+    <row r="171" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B171" s="299" t="s">
+        <v>391</v>
+      </c>
+      <c r="C171" s="123">
+        <v>26048</v>
+      </c>
+      <c r="D171" s="301" t="s">
+        <v>122</v>
+      </c>
+      <c r="E171" s="59">
+        <v>2026</v>
+      </c>
+      <c r="F171" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G171" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="H171" s="113" t="s">
+        <v>96</v>
+      </c>
+      <c r="I171" s="113" t="s">
+        <v>147</v>
+      </c>
+      <c r="J171" s="71" t="s">
+        <v>269</v>
+      </c>
+      <c r="K171" s="189" t="s">
+        <v>393</v>
+      </c>
+      <c r="L171" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="M171" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="N171" s="189" t="s">
+        <v>89</v>
+      </c>
+      <c r="O171" s="167">
+        <v>31300</v>
+      </c>
+      <c r="P171" s="165"/>
+    </row>
+    <row r="172" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B172" s="299" t="s">
+        <v>392</v>
+      </c>
+      <c r="C172" s="123">
+        <v>26048</v>
+      </c>
+      <c r="D172" s="301" t="s">
+        <v>122</v>
+      </c>
+      <c r="E172" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F172" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G172" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="H172" s="113" t="s">
+        <v>96</v>
+      </c>
+      <c r="I172" s="113" t="s">
+        <v>147</v>
+      </c>
+      <c r="J172" s="71" t="s">
+        <v>269</v>
+      </c>
+      <c r="K172" s="189" t="s">
+        <v>394</v>
+      </c>
+      <c r="L172" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="M172" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="N172" s="189" t="s">
+        <v>89</v>
+      </c>
+      <c r="O172" s="167">
+        <v>35605</v>
+      </c>
+      <c r="P172" s="165"/>
+    </row>
+    <row r="173" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="221"/>
+      <c r="B173" s="241" t="s">
+        <v>432</v>
+      </c>
+      <c r="C173" s="44">
+        <v>26056</v>
+      </c>
+      <c r="D173" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E173" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F173" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G173" s="72" t="s">
         <v>133</v>
       </c>
-      <c r="H157" s="218" t="s">
-[...17 lines deleted...]
-      <c r="N157" s="219" t="s">
+      <c r="H173" s="217" t="s">
+        <v>479</v>
+      </c>
+      <c r="I173" s="217" t="s">
+        <v>150</v>
+      </c>
+      <c r="J173" s="71" t="s">
+        <v>433</v>
+      </c>
+      <c r="K173" s="218" t="s">
+        <v>434</v>
+      </c>
+      <c r="L173" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="M173" s="218" t="s">
+        <v>41</v>
+      </c>
+      <c r="N173" s="218" t="s">
         <v>62</v>
       </c>
-      <c r="O157" s="168">
+      <c r="O173" s="167">
         <v>35545</v>
       </c>
-      <c r="P157" s="216"/>
-[...3 lines deleted...]
-      <c r="B158" s="242" t="s">
+      <c r="P173" s="215"/>
+    </row>
+    <row r="174" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="5"/>
+      <c r="B174" s="241" t="s">
+        <v>326</v>
+      </c>
+      <c r="C174" s="44">
+        <v>26064</v>
+      </c>
+      <c r="D174" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="E174" s="39">
+        <v>2026</v>
+      </c>
+      <c r="F174" s="40">
+        <v>46295</v>
+      </c>
+      <c r="G174" s="72" t="s">
+        <v>8</v>
+      </c>
+      <c r="H174" s="188" t="s">
+        <v>127</v>
+      </c>
+      <c r="I174" s="188" t="s">
+        <v>29</v>
+      </c>
+      <c r="J174" s="58" t="s">
         <v>327</v>
       </c>
-      <c r="C158" s="44">
+      <c r="K174" s="189" t="s">
+        <v>328</v>
+      </c>
+      <c r="L174" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="M174" s="189" t="s">
+        <v>41</v>
+      </c>
+      <c r="N174" s="189" t="s">
+        <v>7</v>
+      </c>
+      <c r="O174" s="167">
+        <v>26659</v>
+      </c>
+      <c r="P174" s="165"/>
+    </row>
+    <row r="175" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="5"/>
+      <c r="B175" s="241" t="s">
+        <v>329</v>
+      </c>
+      <c r="C175" s="44">
         <v>26064</v>
       </c>
-      <c r="D158" s="39" t="s">
+      <c r="D175" s="39" t="s">
         <v>121</v>
       </c>
-      <c r="E158" s="39">
+      <c r="E175" s="39">
         <v>2026</v>
       </c>
-      <c r="F158" s="40">
+      <c r="F175" s="40">
         <v>46295</v>
       </c>
-      <c r="G158" s="72" t="s">
+      <c r="G175" s="72" t="s">
         <v>8</v>
       </c>
-      <c r="H158" s="189" t="s">
+      <c r="H175" s="273" t="s">
         <v>127</v>
       </c>
-      <c r="I158" s="189" t="s">
+      <c r="I175" s="273" t="s">
         <v>29</v>
       </c>
-      <c r="J158" s="58" t="s">
-[...11 lines deleted...]
-      <c r="N158" s="190" t="s">
+      <c r="J175" s="58" t="s">
+        <v>330</v>
+      </c>
+      <c r="K175" s="274" t="s">
+        <v>323</v>
+      </c>
+      <c r="L175" s="274" t="s">
+        <v>41</v>
+      </c>
+      <c r="M175" s="274" t="s">
+        <v>41</v>
+      </c>
+      <c r="N175" s="274" t="s">
         <v>7</v>
       </c>
-      <c r="O158" s="168">
-[...12 lines deleted...]
-      <c r="D159" s="39" t="s">
+      <c r="O175" s="167">
+        <v>28113</v>
+      </c>
+      <c r="P175" s="275"/>
+    </row>
+    <row r="176" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="5"/>
+      <c r="B176" s="241" t="s">
+        <v>480</v>
+      </c>
+      <c r="C176" s="44">
+        <v>26171</v>
+      </c>
+      <c r="D176" s="39" t="s">
         <v>121</v>
       </c>
-      <c r="E159" s="39">
+      <c r="E176" s="39">
         <v>2026</v>
       </c>
-      <c r="F159" s="40">
+      <c r="F176" s="40">
         <v>46295</v>
       </c>
-      <c r="G159" s="72" t="s">
+      <c r="G176" s="72" t="s">
         <v>8</v>
       </c>
-      <c r="H159" s="274" t="s">
-[...17 lines deleted...]
-      <c r="N159" s="275" t="s">
+      <c r="H176" s="307" t="s">
+        <v>10</v>
+      </c>
+      <c r="I176" s="307" t="s">
+        <v>30</v>
+      </c>
+      <c r="J176" s="58" t="s">
+        <v>481</v>
+      </c>
+      <c r="K176" s="305" t="s">
+        <v>482</v>
+      </c>
+      <c r="L176" s="305" t="s">
+        <v>41</v>
+      </c>
+      <c r="M176" s="305" t="s">
+        <v>41</v>
+      </c>
+      <c r="N176" s="305" t="s">
         <v>7</v>
       </c>
-      <c r="O159" s="168">
-[...12 lines deleted...]
-      <c r="D160" s="39" t="s">
+      <c r="O176" s="167">
+        <v>44221</v>
+      </c>
+      <c r="P176" s="304"/>
+    </row>
+    <row r="177" spans="1:17" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="5"/>
+      <c r="B177" s="243" t="s">
+        <v>520</v>
+      </c>
+      <c r="C177" s="244">
+        <v>26205</v>
+      </c>
+      <c r="D177" s="153" t="s">
         <v>121</v>
       </c>
-      <c r="E160" s="39">
+      <c r="E177" s="153">
         <v>2026</v>
       </c>
-      <c r="F160" s="40">
+      <c r="F177" s="156">
         <v>46295</v>
       </c>
-      <c r="G160" s="72" t="s">
+      <c r="G177" s="164" t="s">
+        <v>133</v>
+      </c>
+      <c r="H177" s="162" t="s">
+        <v>521</v>
+      </c>
+      <c r="I177" s="162" t="s">
+        <v>149</v>
+      </c>
+      <c r="J177" s="222" t="s">
+        <v>522</v>
+      </c>
+      <c r="K177" s="48" t="s">
+        <v>434</v>
+      </c>
+      <c r="L177" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="M177" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="N177" s="48" t="s">
+        <v>62</v>
+      </c>
+      <c r="O177" s="170">
+        <v>44221</v>
+      </c>
+      <c r="P177" s="95"/>
+    </row>
+    <row r="178" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B178" s="147"/>
+      <c r="C178" s="135"/>
+      <c r="D178" s="30"/>
+      <c r="E178" s="17"/>
+      <c r="F178" s="12"/>
+      <c r="G178" s="106"/>
+      <c r="H178" s="37"/>
+      <c r="I178" s="37"/>
+      <c r="J178" s="115"/>
+      <c r="K178" s="7"/>
+      <c r="L178" s="7"/>
+      <c r="M178" s="7"/>
+      <c r="N178" s="198"/>
+      <c r="O178" s="18"/>
+      <c r="P178" s="95"/>
+    </row>
+    <row r="179" spans="1:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B179" s="417" t="s">
+        <v>210</v>
+      </c>
+      <c r="C179" s="418"/>
+      <c r="D179" s="418"/>
+      <c r="E179" s="418"/>
+      <c r="F179" s="418"/>
+      <c r="G179" s="418"/>
+      <c r="H179" s="418"/>
+      <c r="I179" s="418"/>
+      <c r="J179" s="418"/>
+      <c r="K179" s="418"/>
+      <c r="L179" s="418"/>
+      <c r="M179" s="418"/>
+      <c r="N179" s="418"/>
+      <c r="O179" s="419"/>
+      <c r="P179" s="95"/>
+    </row>
+    <row r="180" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B180" s="154" t="s">
+        <v>42</v>
+      </c>
+      <c r="C180" s="155" t="s">
+        <v>217</v>
+      </c>
+      <c r="D180" s="78" t="s">
+        <v>205</v>
+      </c>
+      <c r="E180" s="77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F180" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G180" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="H180" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="I180" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="J180" s="81" t="s">
+        <v>0</v>
+      </c>
+      <c r="K180" s="77" t="s">
+        <v>22</v>
+      </c>
+      <c r="L180" s="77" t="s">
+        <v>76</v>
+      </c>
+      <c r="M180" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="N180" s="192" t="s">
+        <v>1</v>
+      </c>
+      <c r="O180" s="166" t="s">
+        <v>267</v>
+      </c>
+      <c r="P180" s="82"/>
+    </row>
+    <row r="181" spans="1:17" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B181" s="292" t="s">
+        <v>501</v>
+      </c>
+      <c r="C181" s="293">
+        <v>26180</v>
+      </c>
+      <c r="D181" s="300" t="s">
+        <v>122</v>
+      </c>
+      <c r="E181" s="46">
+        <v>2026</v>
+      </c>
+      <c r="F181" s="47">
+        <v>46295</v>
+      </c>
+      <c r="G181" s="114" t="s">
         <v>8</v>
       </c>
-      <c r="H160" s="312" t="s">
-[...2 lines deleted...]
-      <c r="I160" s="312" t="s">
+      <c r="H181" s="73" t="s">
+        <v>504</v>
+      </c>
+      <c r="I181" s="74" t="s">
         <v>30</v>
       </c>
-      <c r="J160" s="58" t="s">
-[...83 lines deleted...]
-      <c r="B163" s="356" t="s">
+      <c r="J181" s="75" t="s">
+        <v>505</v>
+      </c>
+      <c r="K181" s="45" t="s">
+        <v>502</v>
+      </c>
+      <c r="L181" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="M181" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="N181" s="45" t="s">
+        <v>503</v>
+      </c>
+      <c r="O181" s="177">
+        <v>46194</v>
+      </c>
+      <c r="P181" s="165"/>
+      <c r="Q181" s="165"/>
+    </row>
+    <row r="182" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B182" s="147"/>
+      <c r="C182" s="142"/>
+      <c r="D182" s="35"/>
+      <c r="E182" s="17"/>
+      <c r="F182" s="12"/>
+      <c r="G182" s="106"/>
+      <c r="H182" s="37"/>
+      <c r="I182" s="101"/>
+      <c r="J182" s="115"/>
+      <c r="K182" s="7"/>
+      <c r="L182" s="7"/>
+      <c r="M182" s="7"/>
+      <c r="N182" s="193"/>
+      <c r="O182" s="116"/>
+      <c r="P182" s="95"/>
+      <c r="Q182" s="95"/>
+    </row>
+    <row r="183" spans="1:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B183" s="417" t="s">
         <v>211</v>
       </c>
-      <c r="C163" s="357"/>
-[...15 lines deleted...]
-      <c r="B164" s="155" t="s">
+      <c r="C183" s="418"/>
+      <c r="D183" s="418"/>
+      <c r="E183" s="418"/>
+      <c r="F183" s="418"/>
+      <c r="G183" s="418"/>
+      <c r="H183" s="418"/>
+      <c r="I183" s="418"/>
+      <c r="J183" s="418"/>
+      <c r="K183" s="418"/>
+      <c r="L183" s="418"/>
+      <c r="M183" s="418"/>
+      <c r="N183" s="418"/>
+      <c r="O183" s="419"/>
+      <c r="P183" s="95"/>
+    </row>
+    <row r="184" spans="1:17" s="76" customFormat="1" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B184" s="178" t="s">
         <v>42</v>
       </c>
-      <c r="C164" s="156" t="s">
+      <c r="C184" s="179" t="s">
+        <v>217</v>
+      </c>
+      <c r="D184" s="180" t="s">
+        <v>205</v>
+      </c>
+      <c r="E184" s="181" t="s">
+        <v>64</v>
+      </c>
+      <c r="F184" s="182" t="s">
+        <v>40</v>
+      </c>
+      <c r="G184" s="183" t="s">
+        <v>2</v>
+      </c>
+      <c r="H184" s="183" t="s">
+        <v>3</v>
+      </c>
+      <c r="I184" s="183" t="s">
+        <v>27</v>
+      </c>
+      <c r="J184" s="184" t="s">
+        <v>0</v>
+      </c>
+      <c r="K184" s="181" t="s">
+        <v>22</v>
+      </c>
+      <c r="L184" s="181" t="s">
+        <v>76</v>
+      </c>
+      <c r="M184" s="181" t="s">
+        <v>65</v>
+      </c>
+      <c r="N184" s="199" t="s">
+        <v>1</v>
+      </c>
+      <c r="O184" s="185" t="s">
+        <v>4</v>
+      </c>
+      <c r="P184" s="82"/>
+    </row>
+    <row r="185" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B185" s="147"/>
+      <c r="C185" s="135"/>
+      <c r="D185" s="17"/>
+      <c r="E185" s="17"/>
+      <c r="F185" s="12"/>
+      <c r="G185" s="106"/>
+      <c r="H185" s="37"/>
+      <c r="I185" s="37"/>
+      <c r="J185" s="115"/>
+      <c r="K185" s="7"/>
+      <c r="L185" s="7"/>
+      <c r="M185" s="98"/>
+      <c r="N185" s="193"/>
+      <c r="O185" s="116"/>
+      <c r="P185" s="95"/>
+      <c r="Q185" s="95"/>
+    </row>
+    <row r="186" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="P186" s="87"/>
+    </row>
+    <row r="187" spans="1:17" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="H187" s="190"/>
+      <c r="I187" s="425" t="s">
+        <v>17</v>
+      </c>
+      <c r="J187" s="425"/>
+      <c r="K187" s="425"/>
+      <c r="L187" s="425"/>
+      <c r="M187" s="425"/>
+      <c r="N187" s="425"/>
+      <c r="O187" s="425"/>
+      <c r="P187" s="87"/>
+    </row>
+    <row r="188" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="H188" s="15"/>
+      <c r="I188" s="420" t="s">
+        <v>1</v>
+      </c>
+      <c r="J188" s="420"/>
+      <c r="K188" s="416" t="s">
+        <v>15</v>
+      </c>
+      <c r="L188" s="416"/>
+      <c r="M188" s="416"/>
+      <c r="N188" s="200" t="s">
+        <v>12</v>
+      </c>
+      <c r="O188" s="186" t="s">
+        <v>13</v>
+      </c>
+      <c r="P188" s="87"/>
+    </row>
+    <row r="189" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H189" s="95"/>
+      <c r="I189" s="364" t="s">
         <v>218</v>
       </c>
-      <c r="D164" s="78" t="s">
-[...220 lines deleted...]
-      <c r="I173" s="359" t="s">
+      <c r="J189" s="364"/>
+      <c r="K189" s="336" t="s">
+        <v>79</v>
+      </c>
+      <c r="L189" s="336"/>
+      <c r="M189" s="336"/>
+      <c r="N189" s="335" t="s">
+        <v>72</v>
+      </c>
+      <c r="O189" s="342" t="s">
+        <v>63</v>
+      </c>
+      <c r="P189" s="87"/>
+    </row>
+    <row r="190" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H190" s="95"/>
+      <c r="I190" s="364"/>
+      <c r="J190" s="364"/>
+      <c r="K190" s="336"/>
+      <c r="L190" s="336"/>
+      <c r="M190" s="336"/>
+      <c r="N190" s="335"/>
+      <c r="O190" s="342"/>
+      <c r="P190" s="87"/>
+    </row>
+    <row r="191" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H191" s="96"/>
+      <c r="I191" s="365"/>
+      <c r="J191" s="365"/>
+      <c r="K191" s="336"/>
+      <c r="L191" s="336"/>
+      <c r="M191" s="336"/>
+      <c r="N191" s="335"/>
+      <c r="O191" s="342"/>
+      <c r="P191" s="87"/>
+    </row>
+    <row r="192" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H192" s="95"/>
+      <c r="I192" s="358" t="s">
+        <v>189</v>
+      </c>
+      <c r="J192" s="359"/>
+      <c r="K192" s="360" t="s">
+        <v>16</v>
+      </c>
+      <c r="L192" s="361"/>
+      <c r="M192" s="361"/>
+      <c r="N192" s="424" t="s">
+        <v>203</v>
+      </c>
+      <c r="O192" s="341" t="s">
+        <v>14</v>
+      </c>
+      <c r="P192" s="87"/>
+    </row>
+    <row r="193" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H193" s="117"/>
+      <c r="I193" s="356" t="s">
+        <v>202</v>
+      </c>
+      <c r="J193" s="357"/>
+      <c r="K193" s="360"/>
+      <c r="L193" s="361"/>
+      <c r="M193" s="361"/>
+      <c r="N193" s="424"/>
+      <c r="O193" s="341"/>
+      <c r="P193" s="87"/>
+    </row>
+    <row r="194" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H194" s="98"/>
+      <c r="I194" s="413" t="s">
+        <v>201</v>
+      </c>
+      <c r="J194" s="414"/>
+      <c r="K194" s="360"/>
+      <c r="L194" s="361"/>
+      <c r="M194" s="361"/>
+      <c r="N194" s="424"/>
+      <c r="O194" s="341"/>
+      <c r="P194" s="87"/>
+    </row>
+    <row r="195" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H195" s="98"/>
+      <c r="I195" s="363" t="s">
+        <v>222</v>
+      </c>
+      <c r="J195" s="363"/>
+      <c r="K195" s="336" t="s">
+        <v>172</v>
+      </c>
+      <c r="L195" s="336"/>
+      <c r="M195" s="336"/>
+      <c r="N195" s="335" t="s">
+        <v>173</v>
+      </c>
+      <c r="O195" s="342" t="s">
+        <v>174</v>
+      </c>
+      <c r="P195" s="87"/>
+    </row>
+    <row r="196" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H196" s="98"/>
+      <c r="I196" s="364"/>
+      <c r="J196" s="364"/>
+      <c r="K196" s="336"/>
+      <c r="L196" s="336"/>
+      <c r="M196" s="336"/>
+      <c r="N196" s="335"/>
+      <c r="O196" s="342"/>
+      <c r="P196" s="87"/>
+    </row>
+    <row r="197" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H197" s="98"/>
+      <c r="I197" s="365"/>
+      <c r="J197" s="365"/>
+      <c r="K197" s="336"/>
+      <c r="L197" s="336"/>
+      <c r="M197" s="336"/>
+      <c r="N197" s="335"/>
+      <c r="O197" s="342"/>
+      <c r="P197" s="87"/>
+    </row>
+    <row r="198" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H198" s="98"/>
+      <c r="I198" s="378" t="s">
+        <v>280</v>
+      </c>
+      <c r="J198" s="379"/>
+      <c r="K198" s="369" t="s">
+        <v>283</v>
+      </c>
+      <c r="L198" s="369"/>
+      <c r="M198" s="370"/>
+      <c r="N198" s="375" t="s">
+        <v>285</v>
+      </c>
+      <c r="O198" s="362" t="s">
+        <v>284</v>
+      </c>
+      <c r="P198" s="87"/>
+    </row>
+    <row r="199" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H199" s="98"/>
+      <c r="I199" s="404" t="s">
+        <v>281</v>
+      </c>
+      <c r="J199" s="405"/>
+      <c r="K199" s="334"/>
+      <c r="L199" s="334"/>
+      <c r="M199" s="371"/>
+      <c r="N199" s="376"/>
+      <c r="O199" s="374"/>
+      <c r="P199" s="87"/>
+    </row>
+    <row r="200" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H200" s="98"/>
+      <c r="I200" s="406" t="s">
+        <v>282</v>
+      </c>
+      <c r="J200" s="407"/>
+      <c r="K200" s="372"/>
+      <c r="L200" s="372"/>
+      <c r="M200" s="373"/>
+      <c r="N200" s="377"/>
+      <c r="O200" s="340"/>
+      <c r="P200" s="87"/>
+    </row>
+    <row r="201" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H201" s="95"/>
+      <c r="I201" s="398" t="s">
+        <v>18</v>
+      </c>
+      <c r="J201" s="399"/>
+      <c r="K201" s="366" t="s">
+        <v>232</v>
+      </c>
+      <c r="L201" s="341"/>
+      <c r="M201" s="341"/>
+      <c r="N201" s="341" t="s">
+        <v>233</v>
+      </c>
+      <c r="O201" s="341" t="s">
+        <v>234</v>
+      </c>
+      <c r="P201" s="87"/>
+    </row>
+    <row r="202" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H202" s="95"/>
+      <c r="I202" s="367" t="s">
+        <v>200</v>
+      </c>
+      <c r="J202" s="368"/>
+      <c r="K202" s="366"/>
+      <c r="L202" s="341"/>
+      <c r="M202" s="341"/>
+      <c r="N202" s="341"/>
+      <c r="O202" s="341"/>
+      <c r="P202" s="87"/>
+    </row>
+    <row r="203" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F203" s="118"/>
+      <c r="H203" s="95"/>
+      <c r="I203" s="411" t="s">
+        <v>201</v>
+      </c>
+      <c r="J203" s="412"/>
+      <c r="K203" s="366"/>
+      <c r="L203" s="341"/>
+      <c r="M203" s="341"/>
+      <c r="N203" s="341"/>
+      <c r="O203" s="341"/>
+      <c r="P203" s="87"/>
+    </row>
+    <row r="204" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F204" s="118"/>
+      <c r="H204" s="160"/>
+      <c r="I204" s="364" t="s">
+        <v>221</v>
+      </c>
+      <c r="J204" s="364"/>
+      <c r="K204" s="336" t="s">
+        <v>79</v>
+      </c>
+      <c r="L204" s="336"/>
+      <c r="M204" s="336"/>
+      <c r="N204" s="335" t="s">
+        <v>72</v>
+      </c>
+      <c r="O204" s="342" t="s">
+        <v>63</v>
+      </c>
+      <c r="P204" s="87"/>
+    </row>
+    <row r="205" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B205" s="229"/>
+      <c r="C205" s="229"/>
+      <c r="D205" s="6"/>
+      <c r="F205" s="118"/>
+      <c r="H205" s="160"/>
+      <c r="I205" s="364"/>
+      <c r="J205" s="364"/>
+      <c r="K205" s="336"/>
+      <c r="L205" s="336"/>
+      <c r="M205" s="336"/>
+      <c r="N205" s="335"/>
+      <c r="O205" s="342"/>
+      <c r="P205" s="87"/>
+    </row>
+    <row r="206" spans="2:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B206" s="229"/>
+      <c r="C206" s="229"/>
+      <c r="D206" s="6"/>
+      <c r="F206" s="118"/>
+      <c r="H206" s="160"/>
+      <c r="I206" s="365"/>
+      <c r="J206" s="365"/>
+      <c r="K206" s="336"/>
+      <c r="L206" s="336"/>
+      <c r="M206" s="336"/>
+      <c r="N206" s="335"/>
+      <c r="O206" s="342"/>
+      <c r="P206" s="87"/>
+    </row>
+    <row r="207" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B207" s="229"/>
+      <c r="C207" s="229"/>
+      <c r="D207" s="6"/>
+      <c r="F207" s="118"/>
+      <c r="H207" s="160"/>
+      <c r="I207" s="378" t="s">
+        <v>190</v>
+      </c>
+      <c r="J207" s="379"/>
+      <c r="K207" s="380" t="s">
+        <v>193</v>
+      </c>
+      <c r="L207" s="338"/>
+      <c r="M207" s="338"/>
+      <c r="N207" s="339" t="s">
+        <v>194</v>
+      </c>
+      <c r="O207" s="341" t="s">
+        <v>195</v>
+      </c>
+      <c r="P207" s="87"/>
+    </row>
+    <row r="208" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B208" s="229"/>
+      <c r="C208" s="229"/>
+      <c r="D208" s="6"/>
+      <c r="F208" s="118"/>
+      <c r="H208" s="160"/>
+      <c r="I208" s="404" t="s">
+        <v>191</v>
+      </c>
+      <c r="J208" s="405"/>
+      <c r="K208" s="380"/>
+      <c r="L208" s="338"/>
+      <c r="M208" s="338"/>
+      <c r="N208" s="339"/>
+      <c r="O208" s="341"/>
+      <c r="P208" s="87"/>
+    </row>
+    <row r="209" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B209" s="229"/>
+      <c r="C209" s="229"/>
+      <c r="D209" s="6"/>
+      <c r="F209" s="118"/>
+      <c r="H209" s="160"/>
+      <c r="I209" s="406" t="s">
+        <v>192</v>
+      </c>
+      <c r="J209" s="407"/>
+      <c r="K209" s="380"/>
+      <c r="L209" s="338"/>
+      <c r="M209" s="338"/>
+      <c r="N209" s="339"/>
+      <c r="O209" s="362"/>
+      <c r="P209" s="87"/>
+    </row>
+    <row r="210" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B210" s="229"/>
+      <c r="C210" s="229"/>
+      <c r="D210" s="6"/>
+      <c r="F210" s="118"/>
+      <c r="H210" s="160"/>
+      <c r="I210" s="400" t="s">
+        <v>185</v>
+      </c>
+      <c r="J210" s="401"/>
+      <c r="K210" s="349" t="s">
+        <v>274</v>
+      </c>
+      <c r="L210" s="336"/>
+      <c r="M210" s="336"/>
+      <c r="N210" s="348" t="s">
+        <v>275</v>
+      </c>
+      <c r="O210" s="331" t="s">
+        <v>276</v>
+      </c>
+      <c r="P210" s="87"/>
+    </row>
+    <row r="211" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B211" s="229"/>
+      <c r="C211" s="229"/>
+      <c r="D211" s="6"/>
+      <c r="F211" s="118"/>
+      <c r="H211" s="160"/>
+      <c r="I211" s="402" t="s">
+        <v>272</v>
+      </c>
+      <c r="J211" s="403"/>
+      <c r="K211" s="349"/>
+      <c r="L211" s="336"/>
+      <c r="M211" s="336"/>
+      <c r="N211" s="348"/>
+      <c r="O211" s="332"/>
+      <c r="P211" s="87"/>
+    </row>
+    <row r="212" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B212" s="229"/>
+      <c r="C212" s="229"/>
+      <c r="D212" s="6"/>
+      <c r="F212" s="118"/>
+      <c r="H212" s="160"/>
+      <c r="I212" s="429" t="s">
+        <v>273</v>
+      </c>
+      <c r="J212" s="430"/>
+      <c r="K212" s="349"/>
+      <c r="L212" s="336"/>
+      <c r="M212" s="336"/>
+      <c r="N212" s="348"/>
+      <c r="O212" s="333"/>
+      <c r="P212" s="87"/>
+    </row>
+    <row r="213" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B213" s="229"/>
+      <c r="C213" s="229"/>
+      <c r="D213" s="6"/>
+      <c r="F213" s="118"/>
+      <c r="H213" s="160"/>
+      <c r="I213" s="439" t="s">
+        <v>259</v>
+      </c>
+      <c r="J213" s="440"/>
+      <c r="K213" s="345" t="s">
+        <v>262</v>
+      </c>
+      <c r="L213" s="346"/>
+      <c r="M213" s="346"/>
+      <c r="N213" s="347" t="s">
+        <v>263</v>
+      </c>
+      <c r="O213" s="340" t="s">
+        <v>264</v>
+      </c>
+      <c r="P213" s="87"/>
+    </row>
+    <row r="214" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B214" s="229"/>
+      <c r="C214" s="229"/>
+      <c r="D214" s="6"/>
+      <c r="F214" s="118"/>
+      <c r="H214" s="160"/>
+      <c r="I214" s="441" t="s">
+        <v>260</v>
+      </c>
+      <c r="J214" s="442"/>
+      <c r="K214" s="345"/>
+      <c r="L214" s="346"/>
+      <c r="M214" s="346"/>
+      <c r="N214" s="347"/>
+      <c r="O214" s="341"/>
+      <c r="P214" s="87"/>
+    </row>
+    <row r="215" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B215" s="229"/>
+      <c r="C215" s="229"/>
+      <c r="D215" s="6"/>
+      <c r="F215" s="118"/>
+      <c r="H215" s="160"/>
+      <c r="I215" s="443" t="s">
+        <v>261</v>
+      </c>
+      <c r="J215" s="444"/>
+      <c r="K215" s="345"/>
+      <c r="L215" s="346"/>
+      <c r="M215" s="346"/>
+      <c r="N215" s="347"/>
+      <c r="O215" s="341"/>
+      <c r="P215" s="87"/>
+    </row>
+    <row r="216" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B216" s="229"/>
+      <c r="C216" s="229"/>
+      <c r="D216" s="6"/>
+      <c r="F216" s="118"/>
+      <c r="H216" s="95"/>
+      <c r="I216" s="431" t="s">
+        <v>101</v>
+      </c>
+      <c r="J216" s="432"/>
+      <c r="K216" s="349" t="s">
+        <v>16</v>
+      </c>
+      <c r="L216" s="336"/>
+      <c r="M216" s="336"/>
+      <c r="N216" s="344" t="s">
+        <v>20</v>
+      </c>
+      <c r="O216" s="342" t="s">
+        <v>14</v>
+      </c>
+      <c r="P216" s="87"/>
+    </row>
+    <row r="217" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B217" s="229"/>
+      <c r="C217" s="229"/>
+      <c r="D217" s="6"/>
+      <c r="H217" s="95"/>
+      <c r="I217" s="434" t="s">
+        <v>80</v>
+      </c>
+      <c r="J217" s="435"/>
+      <c r="K217" s="349"/>
+      <c r="L217" s="336"/>
+      <c r="M217" s="336"/>
+      <c r="N217" s="344"/>
+      <c r="O217" s="342"/>
+      <c r="P217" s="87"/>
+    </row>
+    <row r="218" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B218" s="229"/>
+      <c r="C218" s="229"/>
+      <c r="D218" s="6"/>
+      <c r="G218" s="83"/>
+      <c r="H218" s="95"/>
+      <c r="I218" s="436" t="s">
+        <v>81</v>
+      </c>
+      <c r="J218" s="437"/>
+      <c r="K218" s="349"/>
+      <c r="L218" s="336"/>
+      <c r="M218" s="336"/>
+      <c r="N218" s="344"/>
+      <c r="O218" s="342"/>
+      <c r="P218" s="87"/>
+    </row>
+    <row r="219" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B219" s="229"/>
+      <c r="C219" s="229"/>
+      <c r="D219" s="6"/>
+      <c r="H219" s="95"/>
+      <c r="I219" s="396" t="s">
         <v>219</v>
       </c>
-      <c r="J173" s="359"/>
-      <c r="K173" s="343" t="s">
+      <c r="J219" s="396"/>
+      <c r="K219" s="338" t="s">
+        <v>161</v>
+      </c>
+      <c r="L219" s="338"/>
+      <c r="M219" s="338"/>
+      <c r="N219" s="339" t="s">
+        <v>162</v>
+      </c>
+      <c r="O219" s="341" t="s">
+        <v>163</v>
+      </c>
+      <c r="P219" s="87"/>
+    </row>
+    <row r="220" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B220" s="229"/>
+      <c r="C220" s="229"/>
+      <c r="D220" s="6"/>
+      <c r="G220" s="83"/>
+      <c r="H220" s="95"/>
+      <c r="I220" s="397"/>
+      <c r="J220" s="397"/>
+      <c r="K220" s="338"/>
+      <c r="L220" s="338"/>
+      <c r="M220" s="338"/>
+      <c r="N220" s="339"/>
+      <c r="O220" s="341"/>
+      <c r="P220" s="87"/>
+    </row>
+    <row r="221" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B221" s="229"/>
+      <c r="C221" s="229"/>
+      <c r="D221" s="6"/>
+      <c r="H221" s="95"/>
+      <c r="I221" s="397"/>
+      <c r="J221" s="397"/>
+      <c r="K221" s="338"/>
+      <c r="L221" s="338"/>
+      <c r="M221" s="338"/>
+      <c r="N221" s="339"/>
+      <c r="O221" s="341"/>
+      <c r="P221" s="87"/>
+    </row>
+    <row r="222" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B222" s="229"/>
+      <c r="C222" s="229"/>
+      <c r="D222" s="6"/>
+      <c r="H222" s="95"/>
+      <c r="I222" s="364" t="s">
+        <v>220</v>
+      </c>
+      <c r="J222" s="364"/>
+      <c r="K222" s="336" t="s">
         <v>79</v>
       </c>
-      <c r="L173" s="343"/>
-[...1 lines deleted...]
-      <c r="N173" s="354" t="s">
+      <c r="L222" s="336"/>
+      <c r="M222" s="336"/>
+      <c r="N222" s="335" t="s">
         <v>72</v>
       </c>
-      <c r="O173" s="362" t="s">
+      <c r="O222" s="342" t="s">
         <v>63</v>
       </c>
-      <c r="P173" s="87"/>
-[...733 lines deleted...]
-      <c r="O222" s="24"/>
       <c r="P222" s="87"/>
     </row>
-    <row r="223" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="O223" s="24"/>
+    <row r="223" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B223" s="229"/>
+      <c r="C223" s="229"/>
+      <c r="D223" s="6"/>
+      <c r="H223" s="95"/>
+      <c r="I223" s="364"/>
+      <c r="J223" s="364"/>
+      <c r="K223" s="336"/>
+      <c r="L223" s="336"/>
+      <c r="M223" s="336"/>
+      <c r="N223" s="335"/>
+      <c r="O223" s="342"/>
       <c r="P223" s="87"/>
     </row>
-    <row r="224" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="I225" s="91"/>
+    <row r="224" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B224" s="229"/>
+      <c r="C224" s="229"/>
+      <c r="D224" s="6"/>
+      <c r="E224" s="101"/>
+      <c r="F224" s="102"/>
+      <c r="G224" s="94"/>
+      <c r="H224" s="95"/>
+      <c r="I224" s="364"/>
+      <c r="J224" s="364"/>
+      <c r="K224" s="336"/>
+      <c r="L224" s="336"/>
+      <c r="M224" s="336"/>
+      <c r="N224" s="335"/>
+      <c r="O224" s="342"/>
+      <c r="P224" s="87"/>
+    </row>
+    <row r="225" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B225" s="229"/>
+      <c r="C225" s="229"/>
+      <c r="D225" s="6"/>
+      <c r="E225" s="101"/>
+      <c r="F225" s="119"/>
+      <c r="G225" s="94"/>
+      <c r="H225" s="98"/>
+      <c r="I225" s="6"/>
       <c r="J225" s="6"/>
       <c r="K225" s="6"/>
       <c r="L225" s="6"/>
       <c r="M225" s="6"/>
-      <c r="N225" s="204"/>
+      <c r="N225" s="203"/>
       <c r="O225" s="6"/>
-    </row>
-[...8 lines deleted...]
-      <c r="I226" s="91"/>
+      <c r="P225" s="87"/>
+    </row>
+    <row r="226" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B226" s="229"/>
+      <c r="C226" s="229"/>
+      <c r="D226" s="6"/>
+      <c r="E226" s="101"/>
+      <c r="F226" s="102"/>
+      <c r="G226" s="7"/>
+      <c r="H226" s="95"/>
+      <c r="I226" s="6"/>
       <c r="J226" s="6"/>
       <c r="K226" s="6"/>
       <c r="L226" s="6"/>
       <c r="M226" s="6"/>
-      <c r="N226" s="204"/>
+      <c r="N226" s="203"/>
       <c r="O226" s="6"/>
-    </row>
-[...9 lines deleted...]
-      <c r="H227" s="162"/>
+      <c r="P226" s="87"/>
+    </row>
+    <row r="227" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H227" s="96"/>
+      <c r="I227" s="6"/>
       <c r="J227" s="6"/>
       <c r="K227" s="6"/>
       <c r="L227" s="6"/>
       <c r="M227" s="6"/>
-      <c r="N227" s="204"/>
+      <c r="N227" s="203"/>
       <c r="O227" s="6"/>
-      <c r="P227" s="6"/>
-[...18 lines deleted...]
-      <c r="B231" s="151"/>
+      <c r="P227" s="87"/>
+    </row>
+    <row r="228" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H228" s="438"/>
+      <c r="I228" s="433"/>
+      <c r="J228" s="433"/>
+      <c r="K228" s="334"/>
+      <c r="L228" s="334"/>
+      <c r="M228" s="334"/>
+      <c r="N228" s="343"/>
+      <c r="O228" s="337"/>
+      <c r="P228" s="87"/>
+    </row>
+    <row r="229" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H229" s="438"/>
+      <c r="I229" s="415"/>
+      <c r="J229" s="415"/>
+      <c r="K229" s="334"/>
+      <c r="L229" s="334"/>
+      <c r="M229" s="334"/>
+      <c r="N229" s="343"/>
+      <c r="O229" s="337"/>
+      <c r="P229" s="87"/>
+    </row>
+    <row r="230" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H230" s="438"/>
+      <c r="I230" s="415"/>
+      <c r="J230" s="415"/>
+      <c r="K230" s="334"/>
+      <c r="L230" s="334"/>
+      <c r="M230" s="334"/>
+      <c r="N230" s="343"/>
+      <c r="O230" s="337"/>
+      <c r="P230" s="87"/>
+    </row>
+    <row r="231" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H231" s="98"/>
+      <c r="I231" s="433"/>
+      <c r="J231" s="433"/>
+      <c r="K231" s="334"/>
+      <c r="L231" s="334"/>
+      <c r="M231" s="334"/>
+      <c r="N231" s="343"/>
+      <c r="O231" s="337"/>
+      <c r="P231" s="87"/>
+    </row>
+    <row r="232" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H232" s="95"/>
+      <c r="I232" s="415"/>
+      <c r="J232" s="415"/>
+      <c r="K232" s="334"/>
+      <c r="L232" s="334"/>
+      <c r="M232" s="334"/>
+      <c r="N232" s="343"/>
+      <c r="O232" s="337"/>
+      <c r="P232" s="87"/>
+    </row>
+    <row r="233" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H233" s="98"/>
+      <c r="I233" s="415"/>
+      <c r="J233" s="415"/>
+      <c r="K233" s="334"/>
+      <c r="L233" s="334"/>
+      <c r="M233" s="334"/>
+      <c r="N233" s="343"/>
+      <c r="O233" s="337"/>
+      <c r="P233" s="87"/>
+    </row>
+    <row r="234" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H234" s="438"/>
+      <c r="I234" s="161"/>
+      <c r="J234" s="161"/>
+      <c r="K234" s="161"/>
+      <c r="L234" s="161"/>
+      <c r="M234" s="161"/>
+      <c r="O234" s="161"/>
+      <c r="P234" s="87"/>
+    </row>
+    <row r="235" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H235" s="438"/>
+      <c r="I235" s="70"/>
+      <c r="J235" s="70"/>
+      <c r="K235" s="70"/>
+      <c r="L235" s="70"/>
+      <c r="M235" s="70"/>
+      <c r="O235" s="8"/>
+      <c r="P235" s="87"/>
+    </row>
+    <row r="236" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H236" s="438"/>
+      <c r="P236" s="87"/>
+    </row>
+    <row r="237" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H237" s="98"/>
+      <c r="J237" s="24"/>
+      <c r="K237" s="24"/>
+      <c r="L237" s="24"/>
+      <c r="M237" s="24"/>
+      <c r="N237" s="204"/>
+      <c r="O237" s="24"/>
+      <c r="P237" s="87"/>
+    </row>
+    <row r="238" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H238" s="95"/>
+      <c r="J238" s="24"/>
+      <c r="K238" s="24"/>
+      <c r="L238" s="24"/>
+      <c r="M238" s="24"/>
+      <c r="N238" s="204"/>
+      <c r="O238" s="24"/>
+      <c r="P238" s="87"/>
+    </row>
+    <row r="239" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H239" s="98"/>
+      <c r="J239" s="24"/>
+      <c r="K239" s="24"/>
+      <c r="L239" s="24"/>
+      <c r="M239" s="24"/>
+      <c r="N239" s="204"/>
+      <c r="O239" s="24"/>
+      <c r="P239" s="87"/>
+    </row>
+    <row r="240" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B240" s="150"/>
+      <c r="C240" s="143"/>
+      <c r="D240" s="31"/>
+      <c r="E240" s="121"/>
+      <c r="F240" s="122"/>
+      <c r="G240" s="120"/>
+      <c r="H240" s="157"/>
+      <c r="I240" s="91"/>
+      <c r="J240" s="6"/>
+      <c r="K240" s="6"/>
+      <c r="L240" s="6"/>
+      <c r="M240" s="6"/>
+      <c r="N240" s="203"/>
+      <c r="O240" s="6"/>
+    </row>
+    <row r="241" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B241" s="150"/>
+      <c r="C241" s="143"/>
+      <c r="D241" s="31"/>
+      <c r="E241" s="121"/>
+      <c r="F241" s="122"/>
+      <c r="G241" s="120"/>
+      <c r="H241" s="158"/>
+      <c r="I241" s="91"/>
+      <c r="J241" s="6"/>
+      <c r="K241" s="6"/>
+      <c r="L241" s="6"/>
+      <c r="M241" s="6"/>
+      <c r="N241" s="203"/>
+      <c r="O241" s="6"/>
+    </row>
+    <row r="242" spans="2:16" s="24" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B242" s="150"/>
+      <c r="C242" s="143"/>
+      <c r="D242" s="31"/>
+      <c r="E242" s="121"/>
+      <c r="F242" s="122"/>
+      <c r="G242" s="120"/>
+      <c r="H242" s="157"/>
+      <c r="I242" s="91"/>
+      <c r="J242" s="6"/>
+      <c r="K242" s="6"/>
+      <c r="L242" s="6"/>
+      <c r="M242" s="6"/>
+      <c r="N242" s="203"/>
+      <c r="O242" s="6"/>
+    </row>
+    <row r="243" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B243" s="144"/>
+      <c r="C243" s="144" t="s">
+        <v>28</v>
+      </c>
+      <c r="D243" s="161"/>
+      <c r="E243" s="161"/>
+      <c r="F243" s="161"/>
+      <c r="G243" s="161"/>
+      <c r="H243" s="161"/>
+      <c r="J243" s="6"/>
+      <c r="K243" s="6"/>
+      <c r="L243" s="6"/>
+      <c r="M243" s="6"/>
+      <c r="N243" s="203"/>
+      <c r="O243" s="6"/>
+      <c r="P243" s="6"/>
+    </row>
+    <row r="244" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="B244" s="144"/>
+      <c r="C244" s="144"/>
+      <c r="D244" s="29"/>
+      <c r="E244" s="70"/>
+      <c r="F244" s="32"/>
+      <c r="G244" s="70"/>
+      <c r="H244" s="70"/>
+      <c r="P244" s="6"/>
+    </row>
+    <row r="245" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="P245" s="6"/>
+    </row>
+    <row r="246" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="P246" s="6"/>
+    </row>
+    <row r="247" spans="2:16" x14ac:dyDescent="0.25">
+      <c r="B247" s="151"/>
     </row>
   </sheetData>
   <mergeCells count="99">
-    <mergeCell ref="O194:O196"/>
-[...37 lines deleted...]
-    <mergeCell ref="N191:N193"/>
+    <mergeCell ref="H234:H236"/>
+    <mergeCell ref="I231:J231"/>
+    <mergeCell ref="H228:H230"/>
+    <mergeCell ref="I213:J213"/>
+    <mergeCell ref="I214:J214"/>
+    <mergeCell ref="I215:J215"/>
+    <mergeCell ref="I208:J208"/>
+    <mergeCell ref="I209:J209"/>
+    <mergeCell ref="I212:J212"/>
+    <mergeCell ref="I216:J216"/>
+    <mergeCell ref="N231:N233"/>
+    <mergeCell ref="K216:M218"/>
+    <mergeCell ref="I228:J228"/>
+    <mergeCell ref="I229:J229"/>
+    <mergeCell ref="I230:J230"/>
+    <mergeCell ref="I217:J217"/>
+    <mergeCell ref="I218:J218"/>
+    <mergeCell ref="K231:M233"/>
+    <mergeCell ref="O231:O233"/>
+    <mergeCell ref="I232:J232"/>
+    <mergeCell ref="I233:J233"/>
+    <mergeCell ref="B39:O39"/>
+    <mergeCell ref="N189:N191"/>
+    <mergeCell ref="K188:M188"/>
+    <mergeCell ref="B164:O164"/>
+    <mergeCell ref="B183:O183"/>
+    <mergeCell ref="I189:J191"/>
+    <mergeCell ref="B179:O179"/>
+    <mergeCell ref="I188:J188"/>
+    <mergeCell ref="O189:O191"/>
+    <mergeCell ref="B99:O99"/>
+    <mergeCell ref="N192:N194"/>
+    <mergeCell ref="I187:O187"/>
+    <mergeCell ref="B86:O86"/>
+    <mergeCell ref="B57:O57"/>
+    <mergeCell ref="I222:J224"/>
+    <mergeCell ref="I219:J221"/>
+    <mergeCell ref="O222:O224"/>
+    <mergeCell ref="I201:J201"/>
+    <mergeCell ref="K195:M197"/>
+    <mergeCell ref="N195:N197"/>
+    <mergeCell ref="O195:O197"/>
+    <mergeCell ref="I210:J210"/>
+    <mergeCell ref="I211:J211"/>
+    <mergeCell ref="I198:J198"/>
+    <mergeCell ref="I199:J199"/>
+    <mergeCell ref="I200:J200"/>
+    <mergeCell ref="B123:O123"/>
+    <mergeCell ref="I203:J203"/>
+    <mergeCell ref="I194:J194"/>
     <mergeCell ref="B2:O2"/>
     <mergeCell ref="B4:O4"/>
     <mergeCell ref="B14:O14"/>
     <mergeCell ref="B28:O28"/>
     <mergeCell ref="B7:O7"/>
     <mergeCell ref="B3:O3"/>
     <mergeCell ref="B12:O12"/>
     <mergeCell ref="B9:O9"/>
     <mergeCell ref="B8:O8"/>
     <mergeCell ref="B11:O11"/>
-    <mergeCell ref="B57:O57"/>
-[...20 lines deleted...]
-    <mergeCell ref="K172:M172"/>
+    <mergeCell ref="O207:O209"/>
+    <mergeCell ref="I195:J197"/>
+    <mergeCell ref="O201:O203"/>
+    <mergeCell ref="N201:N203"/>
+    <mergeCell ref="K201:M203"/>
+    <mergeCell ref="I202:J202"/>
+    <mergeCell ref="O204:O206"/>
+    <mergeCell ref="K198:M200"/>
+    <mergeCell ref="O198:O200"/>
+    <mergeCell ref="N198:N200"/>
+    <mergeCell ref="I204:J206"/>
+    <mergeCell ref="K204:M206"/>
+    <mergeCell ref="N204:N206"/>
+    <mergeCell ref="I207:J207"/>
+    <mergeCell ref="K207:M209"/>
+    <mergeCell ref="N207:N209"/>
     <mergeCell ref="B151:O151"/>
-    <mergeCell ref="B167:O167"/>
-[...7 lines deleted...]
-    <mergeCell ref="B86:O86"/>
+    <mergeCell ref="B160:O160"/>
+    <mergeCell ref="I193:J193"/>
     <mergeCell ref="I192:J192"/>
-    <mergeCell ref="I193:J193"/>
-[...15 lines deleted...]
-    <mergeCell ref="I199:J199"/>
+    <mergeCell ref="K189:M191"/>
+    <mergeCell ref="O192:O194"/>
+    <mergeCell ref="K192:M194"/>
+    <mergeCell ref="O210:O212"/>
+    <mergeCell ref="K228:M230"/>
+    <mergeCell ref="N222:N224"/>
+    <mergeCell ref="K222:M224"/>
+    <mergeCell ref="O228:O230"/>
+    <mergeCell ref="K219:M221"/>
+    <mergeCell ref="N219:N221"/>
+    <mergeCell ref="O213:O215"/>
+    <mergeCell ref="O216:O218"/>
+    <mergeCell ref="N228:N230"/>
+    <mergeCell ref="O219:O221"/>
+    <mergeCell ref="N216:N218"/>
+    <mergeCell ref="K213:M215"/>
+    <mergeCell ref="N213:N215"/>
+    <mergeCell ref="N210:N212"/>
+    <mergeCell ref="K210:M212"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="J5" r:id="rId1" xr:uid="{47298CFF-06E7-4B39-A0F6-636DD9976E37}"/>
     <hyperlink ref="B30" r:id="rId2" xr:uid="{C3791F4C-903A-4B27-A804-DB98A4607262}"/>
     <hyperlink ref="B31" r:id="rId3" xr:uid="{1EB0D253-A4D7-4B3A-ADE0-1CE8DDB9469C}"/>
     <hyperlink ref="B23" r:id="rId4" xr:uid="{1FAA1DC3-C1EB-4DF0-A6AD-1F0DC8472856}"/>
     <hyperlink ref="B24" r:id="rId5" xr:uid="{7CEB8FB5-A501-4F39-BBFA-5DE121519576}"/>
     <hyperlink ref="B25" r:id="rId6" xr:uid="{C3BC536F-2875-4D95-B469-F8DE97F2B3EA}"/>
     <hyperlink ref="B26" r:id="rId7" xr:uid="{E80877C2-7AFF-44B5-96DC-13C27F200CEC}"/>
     <hyperlink ref="B34" r:id="rId8" xr:uid="{15F899E1-652D-44B5-B5C9-C38FB6C4FB7C}"/>
     <hyperlink ref="B35" r:id="rId9" xr:uid="{DF4E0BE3-DE30-4754-9786-3BCCA43DF773}"/>
     <hyperlink ref="B37" r:id="rId10" display="J 10.1" xr:uid="{9DF3CD35-9F4D-4B9B-9743-E0BBB34FDC12}"/>
     <hyperlink ref="C32" r:id="rId11" xr:uid="{2AF37B65-F4B6-4666-BB4E-41154A6EDE3F}"/>
     <hyperlink ref="B32" r:id="rId12" xr:uid="{0BDFD18E-9E10-4620-96E5-952AF2EC1059}"/>
     <hyperlink ref="J6" r:id="rId13" xr:uid="{86FE0367-2520-43EC-95BB-6F890574597F}"/>
     <hyperlink ref="C59" r:id="rId14" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{3C258BEE-76FF-4D27-8F4A-53886FF43BA3}"/>
     <hyperlink ref="B59" r:id="rId15" xr:uid="{841FA687-BA7C-4E2C-8645-3883981E5AB4}"/>
     <hyperlink ref="B93" r:id="rId16" xr:uid="{8DE26607-D74A-49CF-9275-2C671D7397DF}"/>
     <hyperlink ref="B94" r:id="rId17" xr:uid="{501B7B77-E56F-491D-B44A-975F8C0748B8}"/>
     <hyperlink ref="B95" r:id="rId18" xr:uid="{8250DAAD-20BC-41BA-A3EE-8F6C520B625B}"/>
     <hyperlink ref="C88" r:id="rId19" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{3C77F52C-F86E-4F18-91C3-F251B1B059E2}"/>
     <hyperlink ref="B88" r:id="rId20" xr:uid="{93D305D6-80AD-4A12-B676-473E162B7975}"/>
     <hyperlink ref="B65" r:id="rId21" xr:uid="{48B6E5B0-7A15-4360-99D8-B84ADC4A5ECF}"/>
-    <hyperlink ref="C154" r:id="rId22" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{A0236471-C190-4E58-B273-13054DDECE53}"/>
-[...8 lines deleted...]
-    <hyperlink ref="B165" r:id="rId31" xr:uid="{13490D1F-E23B-45D4-8243-E5643907D2B0}"/>
+    <hyperlink ref="C170" r:id="rId22" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{A0236471-C190-4E58-B273-13054DDECE53}"/>
+    <hyperlink ref="C171" r:id="rId23" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{C2600744-2D33-4C3F-9910-4BC05AEED230}"/>
+    <hyperlink ref="C172" r:id="rId24" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{88BF3D90-9CE2-4319-A450-B7A33E5A3996}"/>
+    <hyperlink ref="B170" r:id="rId25" xr:uid="{916D7E58-E6F9-4FCB-8E44-FE94AB4DC670}"/>
+    <hyperlink ref="B171" r:id="rId26" xr:uid="{D571B30E-01C2-4E67-8CC2-FE3352A8A1ED}"/>
+    <hyperlink ref="B172" r:id="rId27" xr:uid="{207A88F3-7CE2-4C46-9DCA-089125534735}"/>
+    <hyperlink ref="C162" r:id="rId28" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" xr:uid="{5942AEE3-8102-43DA-83AC-7E8AB69AF6FC}"/>
+    <hyperlink ref="B162" r:id="rId29" xr:uid="{29D4CE01-E91A-455C-B8CF-597D80FB2F61}"/>
+    <hyperlink ref="C181" r:id="rId30" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" xr:uid="{2B5DD3D5-17A1-48B9-BE8D-F35E72680738}"/>
+    <hyperlink ref="B181" r:id="rId31" xr:uid="{13490D1F-E23B-45D4-8243-E5643907D2B0}"/>
     <hyperlink ref="C23" r:id="rId32" xr:uid="{D069B904-3B45-45B4-A27D-6F54EC8CB00B}"/>
     <hyperlink ref="C24" r:id="rId33" xr:uid="{B7E8A837-F548-4232-8D20-1C160E84FC54}"/>
     <hyperlink ref="B16" r:id="rId34" xr:uid="{C858BF4A-E082-412A-AD41-888DF52C8831}"/>
     <hyperlink ref="B17" r:id="rId35" xr:uid="{FB62ED73-32C6-424B-B288-F750338510AF}"/>
     <hyperlink ref="B18" r:id="rId36" xr:uid="{D947FBCA-D9F2-4FA2-8BFA-44EFF6F45CB7}"/>
     <hyperlink ref="B19" r:id="rId37" xr:uid="{D1320363-272A-460A-ACD0-C5B7680379AD}"/>
     <hyperlink ref="B20" r:id="rId38" xr:uid="{F4288DD8-301A-4A54-A4DF-6480FDEF3C02}"/>
     <hyperlink ref="B21" r:id="rId39" xr:uid="{94EE570F-EBC5-42F9-8CE5-3B106860885F}"/>
     <hyperlink ref="B22" r:id="rId40" xr:uid="{79E70843-DD0A-44A0-92A3-EBF315C90397}"/>
     <hyperlink ref="C16" r:id="rId41" xr:uid="{52C8AA99-686B-43E6-80DB-AC0638CCED16}"/>
     <hyperlink ref="C17" r:id="rId42" xr:uid="{DA37E4F0-6CF3-41EB-8893-A30CD88D317F}"/>
     <hyperlink ref="C18" r:id="rId43" xr:uid="{68B2793F-C1A8-48D8-984F-ECCABF49AF9E}"/>
     <hyperlink ref="C19" r:id="rId44" xr:uid="{D8663D95-23A7-4C42-8F0E-EBAA496607A7}"/>
     <hyperlink ref="C20" r:id="rId45" xr:uid="{DB57F0D5-B6E3-4B24-89E4-C216BA3BB9E2}"/>
     <hyperlink ref="C21" r:id="rId46" xr:uid="{E4A967EB-8313-4354-B1AE-58EF02B0D537}"/>
     <hyperlink ref="C22" r:id="rId47" xr:uid="{B4AB4785-3037-4075-A451-23B72A78E423}"/>
     <hyperlink ref="C30" r:id="rId48" xr:uid="{BF0AD2D0-D487-4BA3-B9DE-61FCD7D34ACF}"/>
     <hyperlink ref="C31" r:id="rId49" xr:uid="{C88498A3-C754-4251-95CB-678CA51B7BB3}"/>
     <hyperlink ref="C93" r:id="rId50" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{61381AA2-5986-42A8-A834-826D2DAA8441}"/>
     <hyperlink ref="C94" r:id="rId51" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{6C3CDF04-804B-4BD8-8E05-5A7F04DDE6BE}"/>
     <hyperlink ref="C95" r:id="rId52" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{BE8A081F-0C57-452E-BB47-B0C6A7693C59}"/>
     <hyperlink ref="B96" r:id="rId53" xr:uid="{FC63A385-1EFD-4AB4-8F75-AEBAD8A73C7B}"/>
     <hyperlink ref="C96" r:id="rId54" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{701A5897-E0B8-46BB-B22D-18276B12A0C3}"/>
-    <hyperlink ref="C161" r:id="rId55" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" xr:uid="{966A0066-08B9-4AC5-8610-E0D51596D039}"/>
-[...2 lines deleted...]
-    <hyperlink ref="B158" r:id="rId58" xr:uid="{4E817A14-5BF7-4411-A219-7CA9220EC703}"/>
+    <hyperlink ref="C177" r:id="rId55" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" xr:uid="{966A0066-08B9-4AC5-8610-E0D51596D039}"/>
+    <hyperlink ref="B177" r:id="rId56" display="HEV 15" xr:uid="{A4ACA92D-16BB-4FC7-8B81-CB6630BE55C5}"/>
+    <hyperlink ref="C174" r:id="rId57" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{4429F7FD-9E22-4904-B289-6FEF67CEEED4}"/>
+    <hyperlink ref="B174" r:id="rId58" xr:uid="{4E817A14-5BF7-4411-A219-7CA9220EC703}"/>
     <hyperlink ref="C34" r:id="rId59" xr:uid="{AD02BEF5-53A1-46C4-B074-20384787CB75}"/>
     <hyperlink ref="B36" r:id="rId60" xr:uid="{D9091BA7-BD90-4559-8916-081A3FE894A4}"/>
     <hyperlink ref="B78" r:id="rId61" xr:uid="{850C3084-8831-47BF-B5C2-C0DC5B4AE510}"/>
     <hyperlink ref="B79" r:id="rId62" xr:uid="{3B860217-325C-4644-9617-41266FC276A1}"/>
     <hyperlink ref="B80" r:id="rId63" xr:uid="{F6B3AD48-11A0-4B29-A396-7862DA1F1B22}"/>
     <hyperlink ref="B81" r:id="rId64" xr:uid="{0830FDC6-0590-48FE-87EC-E6410644C3A0}"/>
     <hyperlink ref="B82" r:id="rId65" xr:uid="{D7EA1F3F-991F-453D-8914-E68C7255034E}"/>
     <hyperlink ref="B83" r:id="rId66" xr:uid="{5190B271-47FA-43AD-A95A-A89BBAB2E471}"/>
     <hyperlink ref="B84" r:id="rId67" xr:uid="{C6B02178-E2B7-4972-87A5-1B70E2A98E84}"/>
     <hyperlink ref="C84" r:id="rId68" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{93914FBE-3967-44CA-8A3D-48FA140710DA}"/>
     <hyperlink ref="C83" r:id="rId69" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{89C386D0-D3BA-41FF-828E-3A326FEB6F69}"/>
     <hyperlink ref="C82" r:id="rId70" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{A1B323A8-7478-417A-B5B7-C42DB8A6E7EB}"/>
     <hyperlink ref="C81" r:id="rId71" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{00D5BB1F-9667-4CE3-BD2B-C41F232BD147}"/>
     <hyperlink ref="C80" r:id="rId72" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{92163448-653C-49E7-88ED-BB4D6E0BA82E}"/>
     <hyperlink ref="C79" r:id="rId73" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{BF461B76-8548-47DA-8D7F-30724E79856C}"/>
     <hyperlink ref="C78" r:id="rId74" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{F220B334-091F-4D2B-B404-82E8AC00D074}"/>
     <hyperlink ref="C77" r:id="rId75" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{0148B365-E9FB-4663-B11B-EF23E4764331}"/>
-    <hyperlink ref="B143" r:id="rId76" xr:uid="{E00B3DEE-1143-4DD3-A8BD-BAAC9B954512}"/>
-[...2 lines deleted...]
-    <hyperlink ref="C144" r:id="rId79" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{2D687E6A-898F-4C7F-96EC-B8E5AECE01E4}"/>
+    <hyperlink ref="B156" r:id="rId76" xr:uid="{E00B3DEE-1143-4DD3-A8BD-BAAC9B954512}"/>
+    <hyperlink ref="B157" r:id="rId77" xr:uid="{005F601A-2242-451E-BC05-92B9E41173CA}"/>
+    <hyperlink ref="C156" r:id="rId78" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{2483C667-848D-4F58-8A92-E9D48C180113}"/>
+    <hyperlink ref="C157" r:id="rId79" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{2D687E6A-898F-4C7F-96EC-B8E5AECE01E4}"/>
     <hyperlink ref="B111" r:id="rId80" xr:uid="{812287D2-3BC1-4862-8E8E-27A111DF689C}"/>
     <hyperlink ref="C111" r:id="rId81" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" xr:uid="{7C5A2639-36E5-4224-8356-57446A0DBE32}"/>
     <hyperlink ref="C41" r:id="rId82" xr:uid="{3F594AF7-8B8C-4494-98BE-54C6AE288B1E}"/>
     <hyperlink ref="B41" r:id="rId83" xr:uid="{0920FB35-175E-4E94-BE0C-D4243CB26C0C}"/>
     <hyperlink ref="C42" r:id="rId84" xr:uid="{4FF6E8E0-C037-47AB-8293-B4272A95ABF3}"/>
     <hyperlink ref="B42" r:id="rId85" xr:uid="{6EEC7C41-5936-4167-9259-14C6413C28AF}"/>
     <hyperlink ref="C43" r:id="rId86" xr:uid="{4A799D04-BE44-4346-9D30-3F2B908D2B92}"/>
     <hyperlink ref="B43" r:id="rId87" xr:uid="{4D7FDB0D-1F6A-4F74-AC52-1F0B2CAE77AE}"/>
     <hyperlink ref="C44" r:id="rId88" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" xr:uid="{B44F8B58-7DA5-4D0C-9D71-802D4EBBE15C}"/>
     <hyperlink ref="B44" r:id="rId89" xr:uid="{021F88DC-E926-4118-A646-FC4858D666E3}"/>
     <hyperlink ref="C45" r:id="rId90" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" xr:uid="{E94B8CF4-6AC5-4EC4-A949-4C446D74034A}"/>
     <hyperlink ref="B45" r:id="rId91" xr:uid="{3F154422-5D16-43E3-8370-B0A81A6F15ED}"/>
     <hyperlink ref="B46" r:id="rId92" xr:uid="{4797D550-4AD5-4D53-AD9F-A246DF5A70C5}"/>
     <hyperlink ref="C46" r:id="rId93" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" xr:uid="{39E6F87C-57C2-43C5-9A78-53D204FA540D}"/>
     <hyperlink ref="B55" r:id="rId94" xr:uid="{0E2E60D7-F477-475B-9264-06B70FF3FE04}"/>
     <hyperlink ref="C55" r:id="rId95" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{D2B51A13-7B47-4264-A429-D4223FE9528E}"/>
     <hyperlink ref="C54" r:id="rId96" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{95062B39-A73E-4500-8B9F-A811004F71AC}"/>
     <hyperlink ref="B54" r:id="rId97" xr:uid="{E26F964E-694B-4843-BF89-256C2A624BBC}"/>
     <hyperlink ref="B51" r:id="rId98" xr:uid="{7C2BA268-5228-4FA4-95F5-2251BA2318E3}"/>
     <hyperlink ref="B52" r:id="rId99" xr:uid="{3703F995-53C1-4C4E-8BA8-F478DA27F164}"/>
     <hyperlink ref="C51" r:id="rId100" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{6EC962A8-66D4-493F-AF0D-F557CB4A24EE}"/>
     <hyperlink ref="C52" r:id="rId101" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{AA5EE9C3-B85A-413C-920C-B49B97EDB861}"/>
     <hyperlink ref="B53" r:id="rId102" xr:uid="{EC1FFDDB-D371-496F-AA66-4B30B39535AC}"/>
     <hyperlink ref="C53" r:id="rId103" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{2AFF2241-4B65-4EF0-BBF4-28CBE3741BC6}"/>
     <hyperlink ref="C35" r:id="rId104" xr:uid="{8230E6E2-9D55-4F21-8E70-6D9612CBD5AC}"/>
     <hyperlink ref="C36" r:id="rId105" xr:uid="{C07E418D-7F04-48CE-A7E7-0BFC567E74C5}"/>
     <hyperlink ref="C37" r:id="rId106" xr:uid="{A0FE241C-335F-4822-B4F8-14FBCBC6B34F}"/>
     <hyperlink ref="C25" r:id="rId107" xr:uid="{CC4D9F31-0807-49A2-83DC-4C41DD1118C9}"/>
     <hyperlink ref="C26" r:id="rId108" xr:uid="{621C1495-A7F7-4D6F-8B66-71E788D840D4}"/>
     <hyperlink ref="C101" r:id="rId109" xr:uid="{F5D6BA3C-4D08-4A47-9AC0-DAF036C5B74D}"/>
     <hyperlink ref="B101" r:id="rId110" xr:uid="{3A5FC6AF-944B-4658-9964-C4028F99A878}"/>
     <hyperlink ref="C102" r:id="rId111" xr:uid="{F1C040DC-71CA-4B41-9A81-52D8C89D6EBC}"/>
     <hyperlink ref="B102" r:id="rId112" display="SUV 3.2" xr:uid="{C8C40BD6-9A03-4888-8B04-767057D9CBF4}"/>
     <hyperlink ref="C103" r:id="rId113" xr:uid="{C64DF370-0F67-4B9A-8825-307078898154}"/>
     <hyperlink ref="B103" r:id="rId114" xr:uid="{7A09256C-AD8B-4F3D-9D40-E4DFDB108F06}"/>
     <hyperlink ref="C104" r:id="rId115" xr:uid="{133FBDE4-D42C-43A5-AC1F-0C07AF66DFCB}"/>
     <hyperlink ref="B104" r:id="rId116" xr:uid="{AB5E9882-7BF0-457C-BE38-44AFA9BBA5F4}"/>
-    <hyperlink ref="C157" r:id="rId117" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" xr:uid="{4575EF2E-48A3-4A77-A1FA-B4E95330488A}"/>
-    <hyperlink ref="B157" r:id="rId118" xr:uid="{B9C61F0B-78B4-41D5-B306-0C75BFC5A811}"/>
+    <hyperlink ref="C173" r:id="rId117" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" xr:uid="{4575EF2E-48A3-4A77-A1FA-B4E95330488A}"/>
+    <hyperlink ref="B173" r:id="rId118" xr:uid="{B9C61F0B-78B4-41D5-B306-0C75BFC5A811}"/>
     <hyperlink ref="C105" r:id="rId119" xr:uid="{03C81048-A57E-45B0-9A28-88AFE69AB485}"/>
     <hyperlink ref="B105" r:id="rId120" xr:uid="{BE89EC86-1E14-4024-A5FE-FD5441533462}"/>
     <hyperlink ref="C106" r:id="rId121" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" xr:uid="{A97F07BC-75F6-4E0A-96B8-D5677351A211}"/>
     <hyperlink ref="B106" r:id="rId122" xr:uid="{8BDDB02A-9F34-456C-8E7F-C99945073BA2}"/>
     <hyperlink ref="C108" r:id="rId123" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" xr:uid="{8E870F40-B0B9-4479-8238-C7EC34B48F84}"/>
     <hyperlink ref="B108" r:id="rId124" display="SUV 3" xr:uid="{241DE617-3A86-4A12-9578-E8462019608E}"/>
     <hyperlink ref="B109" r:id="rId125" xr:uid="{19E642BD-5A0C-4AFE-BD0B-7E4DB9BA4F60}"/>
     <hyperlink ref="C109" r:id="rId126" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{4EFA09D7-12EC-478E-B2CC-E1D91A3B7F5C}"/>
     <hyperlink ref="C110" r:id="rId127" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{E2F00E02-7A4C-41C5-B5CD-97DDA73BE806}"/>
     <hyperlink ref="B110" r:id="rId128" xr:uid="{2C125774-B309-4F9C-A6C0-FF5AABD5583A}"/>
     <hyperlink ref="C112" r:id="rId129" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" xr:uid="{5DB33311-B8CF-4448-BD6C-BDA3859489EF}"/>
     <hyperlink ref="B112" r:id="rId130" xr:uid="{0829D447-AE62-4715-A134-6569F67D45A5}"/>
     <hyperlink ref="B113" r:id="rId131" xr:uid="{C5457CDC-9715-4554-A2B4-E78FED15EDC3}"/>
     <hyperlink ref="C113" r:id="rId132" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" xr:uid="{5F587694-275F-4976-A889-18BCE1CD68B4}"/>
     <hyperlink ref="B107" r:id="rId133" xr:uid="{AC524CA1-38D5-44FC-99E4-7DEC6FE87BFD}"/>
-    <hyperlink ref="C107" r:id="rId134" xr:uid="{E7822363-AA57-4FA2-8877-D8034F49BD4B}"/>
+    <hyperlink ref="C107" r:id="rId134" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/54362385-a5de-46e4-8beb-f623352105d8" xr:uid="{E7822363-AA57-4FA2-8877-D8034F49BD4B}"/>
     <hyperlink ref="B114" r:id="rId135" xr:uid="{E8E45E17-772D-4451-A68E-197952A7F0E4}"/>
     <hyperlink ref="C114" r:id="rId136" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" xr:uid="{1BFC74D8-D2C3-46E8-857E-B5EA0F8BB496}"/>
     <hyperlink ref="C60" r:id="rId137" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{183AD2EB-0D78-4D3C-ADB2-AA725353B826}"/>
     <hyperlink ref="B60" r:id="rId138" xr:uid="{6F30A282-80CC-403B-8929-15DB0BB4C02B}"/>
     <hyperlink ref="C61" r:id="rId139" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{7A6B465E-0872-42BD-A5E5-CDFE2C99D375}"/>
     <hyperlink ref="B61" r:id="rId140" xr:uid="{399BC73C-B484-4765-BF34-D3859DF9CBFA}"/>
     <hyperlink ref="C62" r:id="rId141" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{352A2441-EFF2-4D77-83DF-978834E511DB}"/>
     <hyperlink ref="B62" r:id="rId142" xr:uid="{32070595-C77A-4FEA-B008-F6DE99916161}"/>
     <hyperlink ref="C63" r:id="rId143" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{2AE78ECF-20C4-474B-98D2-312E220A3BE0}"/>
     <hyperlink ref="B63" r:id="rId144" xr:uid="{28A3FDC3-2939-4532-8E87-72479037FE28}"/>
     <hyperlink ref="C64" r:id="rId145" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{95B62978-FE46-4162-BE5D-B910D10157A7}"/>
     <hyperlink ref="B64" r:id="rId146" xr:uid="{E2C1B929-F4C8-465C-AE73-AC34DAA9E0EB}"/>
     <hyperlink ref="B66" r:id="rId147" xr:uid="{66EA1BAE-24D8-4DCC-90DE-FBE8FD61E18C}"/>
     <hyperlink ref="B67" r:id="rId148" xr:uid="{E88855CD-59AB-4D90-A423-5C438203B3F3}"/>
     <hyperlink ref="B68" r:id="rId149" xr:uid="{6F461AEF-0C57-4B97-869F-67B453359EAD}"/>
     <hyperlink ref="B69" r:id="rId150" xr:uid="{9A5D2B42-9958-4699-81EB-EC27D5DB89A1}"/>
     <hyperlink ref="B70" r:id="rId151" xr:uid="{276ACE61-B69F-4B41-ABC2-F03E80482B08}"/>
     <hyperlink ref="B71" r:id="rId152" xr:uid="{409CA766-F94B-47A8-B996-3D48DB598F9B}"/>
     <hyperlink ref="B72" r:id="rId153" xr:uid="{FC0FCBC1-DA64-4690-A591-546E1175F619}"/>
     <hyperlink ref="B73" r:id="rId154" xr:uid="{83FC1911-369B-48E6-9236-05AF2DE7DE3C}"/>
     <hyperlink ref="B74" r:id="rId155" xr:uid="{3FE2DC42-9EF0-4E4A-A183-D7BD68B5AA25}"/>
     <hyperlink ref="B75" r:id="rId156" xr:uid="{81030136-4E1A-401C-97A4-F2B0DE7F394C}"/>
     <hyperlink ref="C76" r:id="rId157" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{064DB998-C186-425B-B592-411F94758220}"/>
     <hyperlink ref="C89" r:id="rId158" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{CDDF670F-2F4C-42B0-BB35-27F4A9327A25}"/>
     <hyperlink ref="B89" r:id="rId159" xr:uid="{554A081E-1D8D-400E-BEDA-0B3932A954FF}"/>
     <hyperlink ref="C90" r:id="rId160" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{0929D17E-E3FE-4A2E-A6FE-0D41EC929414}"/>
     <hyperlink ref="B90" r:id="rId161" xr:uid="{1776C693-5495-40F7-9678-21D810184E8E}"/>
     <hyperlink ref="C91" r:id="rId162" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{12B88950-5EF7-4E33-8612-7F3E7AB91129}"/>
     <hyperlink ref="B91" r:id="rId163" xr:uid="{E1A43DB2-94B5-497E-AF32-A629CD813E0E}"/>
     <hyperlink ref="B92" r:id="rId164" xr:uid="{F7F09C55-2991-49FF-A201-4BB6DCCB6A01}"/>
     <hyperlink ref="C92" r:id="rId165" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{A92C57B1-B5F0-452F-9D96-8429D77A1C8C}"/>
     <hyperlink ref="C115" r:id="rId166" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{B15D0399-845A-4684-BDF8-1F50BBD0DA9C}"/>
     <hyperlink ref="B115" r:id="rId167" xr:uid="{3AA735D1-566C-4009-BC9A-6769803C09D4}"/>
     <hyperlink ref="C116" r:id="rId168" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{38A467AA-8386-46D2-BA1D-5380CC3C9B3C}"/>
     <hyperlink ref="C120" r:id="rId169" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{98361AA1-A9E3-4E72-8585-6B81C3BDAE64}"/>
     <hyperlink ref="B116" r:id="rId170" xr:uid="{2A8FF5F4-C553-41DE-BCDA-461EF68C3834}"/>
     <hyperlink ref="B120" r:id="rId171" xr:uid="{1CCC1879-F528-4969-B6C1-5970E7DF74F2}"/>
     <hyperlink ref="C125" r:id="rId172" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" xr:uid="{454D9E1F-7D9C-4999-8D96-A946FD5EFFAD}"/>
     <hyperlink ref="B125" r:id="rId173" display="VAN 01" xr:uid="{42DFC30A-F3BE-4088-B04F-291B3B6F2D77}"/>
     <hyperlink ref="C126" r:id="rId174" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" xr:uid="{13AD5561-F2A4-4743-B34A-D7FA4A0038DD}"/>
     <hyperlink ref="B126" r:id="rId175" xr:uid="{AB83C143-C4F0-421D-A15C-7105E786C17B}"/>
     <hyperlink ref="B127" r:id="rId176" xr:uid="{1FA35272-4599-4C4A-8490-27BF1EA8F4F5}"/>
     <hyperlink ref="C127" r:id="rId177" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{400FE7F3-F654-460E-8495-8D6D14E85268}"/>
     <hyperlink ref="B128" r:id="rId178" xr:uid="{1D0BA290-75AF-4EE8-B40B-2CA0FB591AFD}"/>
     <hyperlink ref="C128" r:id="rId179" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{25B58FB8-B823-49DB-AEBA-03C74B7FD560}"/>
     <hyperlink ref="B129" r:id="rId180" xr:uid="{D63C0C25-22E7-462B-8E9A-5DC34EE599A7}"/>
     <hyperlink ref="C129" r:id="rId181" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{5DBD3D61-35F0-4622-80F2-56DA46920502}"/>
     <hyperlink ref="C130" r:id="rId182" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" xr:uid="{90E17D1A-1EA5-4E99-AD4A-34E6B28CD34F}"/>
     <hyperlink ref="B130" r:id="rId183" xr:uid="{321304A9-EB8C-4E75-8657-86B7729C0449}"/>
-    <hyperlink ref="C141" r:id="rId184" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" xr:uid="{268E4349-081E-4165-98FB-A101BCB685C7}"/>
-[...6 lines deleted...]
-    <hyperlink ref="B153" r:id="rId191" xr:uid="{50FE2620-E8F2-4700-9E81-D8BCDE3573CC}"/>
+    <hyperlink ref="C153" r:id="rId184" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" xr:uid="{268E4349-081E-4165-98FB-A101BCB685C7}"/>
+    <hyperlink ref="B153" r:id="rId185" xr:uid="{32E01EB2-6BE3-435D-B5F0-1013D2AB1688}"/>
+    <hyperlink ref="B158" r:id="rId186" xr:uid="{5DF050F9-CFB2-49DF-9F3A-ABB7C1F589A2}"/>
+    <hyperlink ref="C158" r:id="rId187" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{E806FA05-D127-41B6-90E9-C15A36F22B02}"/>
+    <hyperlink ref="C154" r:id="rId188" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" xr:uid="{18EB3938-1413-459F-8173-F39E7F87FAD7}"/>
+    <hyperlink ref="B154" r:id="rId189" xr:uid="{A97A2231-5403-4108-8A19-4F46B3AFADF9}"/>
+    <hyperlink ref="C169" r:id="rId190" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{CC348130-23F8-46E3-BB21-6253FA3D8578}"/>
+    <hyperlink ref="B169" r:id="rId191" xr:uid="{50FE2620-E8F2-4700-9E81-D8BCDE3573CC}"/>
     <hyperlink ref="C68" r:id="rId192" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{A4BFB2EA-3C0C-4E26-8B57-25CCA5A4EF25}"/>
     <hyperlink ref="C65" r:id="rId193" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" xr:uid="{A8EF7849-638B-4DBB-BF79-78847279AB7B}"/>
     <hyperlink ref="C66" r:id="rId194" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" xr:uid="{672DC3DE-DE94-4532-9E83-AE2A7C34B1E5}"/>
     <hyperlink ref="C67" r:id="rId195" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" xr:uid="{4259DC40-B8A7-434A-9EEE-27EF9A40A8A3}"/>
-    <hyperlink ref="C159" r:id="rId196" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{006C8FD3-FFBA-4065-9578-4B40B4F2ED32}"/>
-    <hyperlink ref="B159" r:id="rId197" xr:uid="{D9713842-565E-4630-BA79-E4A4B5958A36}"/>
+    <hyperlink ref="C175" r:id="rId196" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{006C8FD3-FFBA-4065-9578-4B40B4F2ED32}"/>
+    <hyperlink ref="B175" r:id="rId197" xr:uid="{D9713842-565E-4630-BA79-E4A4B5958A36}"/>
     <hyperlink ref="B131" r:id="rId198" xr:uid="{96CF97B3-EA0F-483F-9398-98F2EFF0F649}"/>
     <hyperlink ref="C131" r:id="rId199" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{D2BC24C2-6C7F-4424-ADCE-09C6B45DC201}"/>
     <hyperlink ref="B132" r:id="rId200" xr:uid="{6866872F-6A2D-441E-AA5F-2643B58B26F4}"/>
     <hyperlink ref="B133" r:id="rId201" xr:uid="{E8F9ED1E-3FEC-448A-93A2-542772AF2818}"/>
     <hyperlink ref="B134" r:id="rId202" xr:uid="{0DA5AF44-FF84-4AE7-95B9-6FC0B632F498}"/>
-    <hyperlink ref="B136" r:id="rId203" display="VAN 11" xr:uid="{D8FC1041-5C94-4936-883A-BC58C9083D94}"/>
+    <hyperlink ref="B148" r:id="rId203" display="VAN 11" xr:uid="{D8FC1041-5C94-4936-883A-BC58C9083D94}"/>
     <hyperlink ref="C132" r:id="rId204" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{391546D3-F342-4C69-ABBD-D2B557286D91}"/>
     <hyperlink ref="C133" r:id="rId205" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{EECC5BB7-E00C-45F5-A203-401417BC5405}"/>
     <hyperlink ref="C134" r:id="rId206" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{00ED8282-11F8-45F9-AEA5-D8361D27C566}"/>
-    <hyperlink ref="C136" r:id="rId207" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{76499FB3-8A8F-4FF1-BE01-AD696931FC47}"/>
+    <hyperlink ref="C148" r:id="rId207" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{76499FB3-8A8F-4FF1-BE01-AD696931FC47}"/>
     <hyperlink ref="C69" r:id="rId208" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{D298E282-B59A-4C91-AE0F-1ACE421340D1}"/>
     <hyperlink ref="C70" r:id="rId209" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{78722418-4D19-4B30-8BE5-D3C405E4A3DA}"/>
     <hyperlink ref="C71" r:id="rId210" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{0E613B19-4CFF-4004-A422-B225583E060B}"/>
     <hyperlink ref="C72" r:id="rId211" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{FE687256-7619-43BB-891D-E68605819E8A}"/>
     <hyperlink ref="C73" r:id="rId212" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{62EF9F81-8BB7-426C-BABA-BF8BCAC81498}"/>
     <hyperlink ref="C74" r:id="rId213" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{EC2A8B8F-2760-4033-B14A-17F4063287D0}"/>
     <hyperlink ref="C75" r:id="rId214" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" xr:uid="{D1997D56-37F4-4BCE-97C2-A6BD04070A3A}"/>
     <hyperlink ref="B77" r:id="rId215" xr:uid="{99420E07-5026-43E7-B731-760C7169B673}"/>
     <hyperlink ref="B76" r:id="rId216" xr:uid="{599B8DD6-C5BD-47F4-AA1D-FF47885316B8}"/>
     <hyperlink ref="C117" r:id="rId217" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" xr:uid="{A9D1858E-9DA9-4A8A-B8FA-AFE94C1A75CC}"/>
     <hyperlink ref="B117" r:id="rId218" xr:uid="{0F30875A-B659-4653-A2DC-0E32029BBCCA}"/>
     <hyperlink ref="C118" r:id="rId219" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" xr:uid="{0608F25F-2E0E-4A43-B90E-D109D157E993}"/>
     <hyperlink ref="C119" r:id="rId220" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" xr:uid="{32B51CF5-3786-4B6F-A7D7-930E28F28DFB}"/>
     <hyperlink ref="B118" r:id="rId221" xr:uid="{F8D06925-D8D0-4D8A-8C81-005FC2376E60}"/>
     <hyperlink ref="B119" r:id="rId222" xr:uid="{FBF46A62-F9F2-42A5-9E9C-53AD4221248B}"/>
-    <hyperlink ref="C160" r:id="rId223" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" xr:uid="{517036DE-18AE-41EF-BCFA-A6830A6FF38A}"/>
-    <hyperlink ref="B160" r:id="rId224" xr:uid="{4A75AC91-C533-4A47-9AA7-4504E48C5448}"/>
+    <hyperlink ref="C176" r:id="rId223" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" xr:uid="{517036DE-18AE-41EF-BCFA-A6830A6FF38A}"/>
+    <hyperlink ref="B176" r:id="rId224" xr:uid="{4A75AC91-C533-4A47-9AA7-4504E48C5448}"/>
     <hyperlink ref="B135" r:id="rId225" xr:uid="{080C6572-5754-4245-9877-8DAB7CD8619B}"/>
     <hyperlink ref="C135" r:id="rId226" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{9FE77F26-9C50-40FD-99BE-4DA0D0743505}"/>
+    <hyperlink ref="C155" r:id="rId227" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dce63240-7a8e-43d9-9735-dd1384066dc7" xr:uid="{87C76701-9B15-4E53-A479-B34A387244E8}"/>
+    <hyperlink ref="B155" r:id="rId228" xr:uid="{464D21A8-100E-455B-B141-F866072E005B}"/>
+    <hyperlink ref="B168" r:id="rId229" display="HEV 4" xr:uid="{1876A6CB-CC83-4529-B2FA-1ECCF1F76474}"/>
+    <hyperlink ref="B167" r:id="rId230" display="HEV 4" xr:uid="{BF407D14-1D74-416B-9BF0-996016C1815D}"/>
+    <hyperlink ref="B166" r:id="rId231" display="HEV 4" xr:uid="{A8C962D3-B730-45DB-835D-2CCD649F43DC}"/>
+    <hyperlink ref="C168" r:id="rId232" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{B0535EB0-CEA2-41D5-8E33-E27E51205652}"/>
+    <hyperlink ref="C167" r:id="rId233" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{A9DB909B-312B-4170-9E0D-3CF55E9CE97B}"/>
+    <hyperlink ref="C166" r:id="rId234" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{0FF28D14-EDC5-4888-9C2E-F3AF2928420D}"/>
+    <hyperlink ref="B136" r:id="rId235" display="VAN 11" xr:uid="{C3C71638-62B9-480D-B7B3-3C6D10B71878}"/>
+    <hyperlink ref="C136" r:id="rId236" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" xr:uid="{F4EB5F07-A5DC-4D2E-AF1E-D74F6734B2B2}"/>
+    <hyperlink ref="C137" r:id="rId237" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9e5436ad-07ef-4668-9d65-f02be385afec" xr:uid="{FD8C3AB1-04EA-4A16-B860-F70D39E43C78}"/>
+    <hyperlink ref="C138:C147" r:id="rId238" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9e5436ad-07ef-4668-9d65-f02be385afec" xr:uid="{7FA3E5ED-682E-40F5-88A9-9DA34C5343CE}"/>
+    <hyperlink ref="B137" r:id="rId239" xr:uid="{D266FCE4-47AB-4A09-9245-2E80A66221EA}"/>
+    <hyperlink ref="B138" r:id="rId240" xr:uid="{0E76A1B7-B9CE-4006-BC91-B1DD8AF62ACE}"/>
+    <hyperlink ref="B139" r:id="rId241" xr:uid="{53561B53-89D3-41DA-934A-1BB25C025F45}"/>
+    <hyperlink ref="B140" r:id="rId242" xr:uid="{F1C8C43B-DB8E-4340-9F82-68392B71A37B}"/>
+    <hyperlink ref="B141" r:id="rId243" xr:uid="{574143DB-ECCD-49DF-B4A7-334AE01B3DF1}"/>
+    <hyperlink ref="B142" r:id="rId244" xr:uid="{10FFE2A6-1084-4EE8-AD4A-BA9A064ADCD8}"/>
+    <hyperlink ref="B143" r:id="rId245" xr:uid="{55035A3B-02D0-4356-AB36-B45E9E32D215}"/>
+    <hyperlink ref="B144" r:id="rId246" xr:uid="{960BA531-E1AC-4502-A4C8-0091401C1B47}"/>
+    <hyperlink ref="B145" r:id="rId247" xr:uid="{35992547-FBA5-4E60-A9C7-C1A832BED918}"/>
+    <hyperlink ref="B146" r:id="rId248" xr:uid="{21FEB383-C0E9-4A14-8981-C02952919CB5}"/>
+    <hyperlink ref="B147" r:id="rId249" xr:uid="{860DA720-456F-4847-97B5-B4DB9A0E0AAF}"/>
   </hyperlinks>
   <pageMargins left="0.45" right="0.25" top="0.25" bottom="0.25" header="0.5" footer="0.25"/>
-  <pageSetup scale="39" fitToHeight="0" orientation="landscape" r:id="rId227"/>
+  <pageSetup scale="39" fitToHeight="0" orientation="landscape" r:id="rId250"/>
   <headerFooter>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="56" min="1" max="14" man="1"/>
-    <brk id="138" min="1" max="14" man="1"/>
-    <brk id="170" min="1" max="14" man="1"/>
+    <brk id="150" min="1" max="14" man="1"/>
+    <brk id="186" min="1" max="14" man="1"/>
   </rowBreaks>
-  <drawing r:id="rId228"/>
+  <drawing r:id="rId251"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>