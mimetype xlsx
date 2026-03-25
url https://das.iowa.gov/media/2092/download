--- v5 (2026-03-04)
+++ v6 (2026-03-25)
@@ -3,54 +3,54 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\cpeusers\MFlower\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\iowa.gov.state.ia.us\data\CPEUsers\MFlower\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{A1ACDBA2-877A-4095-9F24-247D852C3848}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AC0DE74E-4FD4-4BED-80CC-904AD86488A1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$15:$R$15</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$1:$O$244</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
@@ -955,53 +955,50 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color rgb="FF0000FF"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Dealer</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>' name is hyperlinked to create an email to the dealers representative for the State of Iowa Contract.</t>
     </r>
   </si>
   <si>
-    <t>240051895A</t>
-[...1 lines deleted...]
-  <si>
     <t>DAS Vehicle Order Form</t>
   </si>
   <si>
     <t>C 3.1</t>
   </si>
   <si>
     <t>C 3.2</t>
   </si>
   <si>
     <t>F 6.1</t>
   </si>
   <si>
     <t>F 6.2</t>
   </si>
   <si>
     <t>I 9.1</t>
   </si>
   <si>
     <t>I 9.2</t>
   </si>
   <si>
     <t>J 10.1</t>
   </si>
   <si>
     <t>Vehicle Contracts and Specifications Website</t>
@@ -2196,50 +2193,53 @@
     <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4060 Payload, 8,550 GVWR, Low Roof Height 93"</t>
   </si>
   <si>
     <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 3800 Payload, 8,550 GVWR, High Roof Height 103.6"</t>
   </si>
   <si>
     <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4400 Payload, 8,900 GVWR, Low Roof Height 93"</t>
   </si>
   <si>
     <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4150 Payload, 8,900 GVWR, High Roof Height 103.6"</t>
   </si>
   <si>
     <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4000 Payload, 8,900 GVWR, High Roof Height 102.1"</t>
   </si>
   <si>
     <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4820 Payload, 9,350 GVWR, Low Roof Height 93"</t>
   </si>
   <si>
     <t>136" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4560 Payload, 9,350 GVWR, High Roof Height 103.6"</t>
   </si>
   <si>
     <t>159" Wheelbase Panel Cargo Van, FWD, 2 Passenger, 3.6L V6, 4430 Payload, 9,350 GVWR, High Roof Height 102.1"</t>
   </si>
   <si>
     <t>159" Wheelbase Panel Cargo Van, Extended, FWD, 2 Passenger, 3.6L V6, 4320 Payload, 9,350 GVWR, High Roof Height 102.5"</t>
+  </si>
+  <si>
+    <t>240051895B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -4021,423 +4021,423 @@
     </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="11" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...168 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...68 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="11" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...21 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FFF6F67E"/>
       <color rgb="FF0066FF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -4772,6034 +4772,6034 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e4915bdf-6e5e-4d2a-8f51-cadf95d0b90b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9e5436ad-07ef-4668-9d65-f02be385afec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9c9cb32d-80f4-431e-92be-bc71a6c13c56" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dce63240-7a8e-43d9-9735-dd1384066dc7" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1ada532-b471-4332-ba4f-c5f4750753c7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9e5436ad-07ef-4668-9d65-f02be385afec" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b56771e3-cd88-4aed-b489-4c131b9cdcd0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e9a81c5c-6807-48bd-99a9-c42be48a1e41" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/1910/download?inline" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ca641d31-750b-42ff-94e4-7ce7d5e4099c" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9291c125-194e-4cf8-be9a-e7d1d65dc1a3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/5c1b0456-5f07-4124-9c37-53a89cef61d4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/81382758-cf80-413d-b967-6b640f656575" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c9f41ed0-df3b-49d2-a562-7c65c6be693e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7ebf96-a71a-4adb-b430-7fa03bdb7dd6" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ed7a2367-2ecc-478a-806c-cf06e909ca0e" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/54362385-a5de-46e4-8beb-f623352105d8" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bbb1268f-0fa7-4217-8bf8-097f28e52573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/AwardedContracts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3fbfbec-dd34-4751-b340-35044effe9cc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/eed8637d-6148-452a-b90f-17524730c3ac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3edfcd8-ba05-4b32-99f1-47b34ad73106" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1d1dc33-15fd-4a28-81f5-e59047130ae5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/3c23876c-107b-48ca-9dfe-1810782d5968" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e4915bdf-6e5e-4d2a-8f51-cadf95d0b90b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9e5436ad-07ef-4668-9d65-f02be385afec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9c9cb32d-80f4-431e-92be-bc71a6c13c56" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dce63240-7a8e-43d9-9735-dd1384066dc7" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1ada532-b471-4332-ba4f-c5f4750753c7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7bf593b5-84a6-4c8f-b140-1ab529a3804f" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9e5436ad-07ef-4668-9d65-f02be385afec" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b56771e3-cd88-4aed-b489-4c131b9cdcd0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bfba955e-ed7e-49fc-9be8-2414d63dd040" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e9a81c5c-6807-48bd-99a9-c42be48a1e41" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/1910/download?inline" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ca641d31-750b-42ff-94e4-7ce7d5e4099c" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9291c125-194e-4cf8-be9a-e7d1d65dc1a3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/5c1b0456-5f07-4124-9c37-53a89cef61d4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/81382758-cf80-413d-b967-6b640f656575" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ab524021-68f7-4eed-914e-0393150b9e48" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/adccf555-64be-4018-9ca4-142b236df24d" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/7d3ea50c-adfd-484c-b186-0d124dd2f260" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ec0a921a-5fee-4e0f-87c6-f55edeb0bcde" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/39a59ec1-203d-4d80-9d2f-90ee657b3346" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c9f41ed0-df3b-49d2-a562-7c65c6be693e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/2f85f172-56a4-429d-977c-ccbdd0f8a994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7ebf96-a71a-4adb-b430-7fa03bdb7dd6" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ed7a2367-2ecc-478a-806c-cf06e909ca0e" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1955885a-b5cf-49bb-ac1a-7178d9e91582" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/c33d41cd-7aac-4e93-8c3a-282432123a78" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/611edc5d-f382-409f-ab57-29df54a283ae" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/54362385-a5de-46e4-8beb-f623352105d8" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/06a6892d-6913-45ef-a5bd-d8268f9be666" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/bbb1268f-0fa7-4217-8bf8-097f28e52573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/698e7d83-41ea-45f5-933a-ec265868294c" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/AwardedContracts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7b33e9f-237c-4d89-9590-09d08b9fae38" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/338fba6e-59a3-4773-b5fc-578f0d511794" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3fbfbec-dd34-4751-b340-35044effe9cc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/16cfe5c7-9a9f-408c-b3bc-f7353efc55fa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/30c06445-96c9-44ce-ab70-e80810216584" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/01e803a7-7778-4556-a807-16373390b566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/f2a5d399-0b4a-4998-aaa6-7d1af3dab789" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fa40b2b0-110b-4202-8ad7-2058a746e482" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/eed8637d-6148-452a-b90f-17524730c3ac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e3edfcd8-ba05-4b32-99f1-47b34ad73106" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/991d039c-45b9-4fa1-8455-c68afd47f11a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb906be-3ff0-4626-93d2-5ea935e5a3c6" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/83afb3a3-710b-46c6-95df-a9f2efba2684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9cb8aa9d-cd20-4e47-aa59-783a6100e755" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a51d591b-3ff2-4e0e-b1fc-2570887f4cf7" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e0d05dd3-6df4-4438-9f36-d28f305adf03" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1b4f493a-a629-4abf-8776-639adcef2b04" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e66fd3c8-33fd-4759-af0a-ade49384d530" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/fbfad88c-f32d-45fc-b2c5-14601d507e53" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/ae7bb8fd-3151-41ab-99d6-a10468e59c17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/05320cf8-7e7e-4c46-b616-7693bf9b8f0a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64ec1bbf-8818-4019-9bd3-221dec026e1b" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b7e26163-fe08-4572-8683-f72899735e5b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/4727a991-da1c-4da3-a16a-545f501eff0a" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/03d6cc6f-68cf-492a-a6f8-8836c970ebb5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dc8d1a51-9f52-4f63-888e-96ecd580706e" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/48977fa7-307f-466c-90ce-ae17016894b4" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/8d6f86cb-f281-4b7b-b696-362ba72b1da2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/59456810-20e6-40b4-842b-22a2610a310d" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/9062c3e7-41c0-4c69-a906-becb118899a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/d1d1dc33-15fd-4a28-81f5-e59047130ae5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/70f819e9-95d4-42f2-9cd0-7c7fe8bc9acb" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/90ccd18c-c3a3-476f-b24c-191dba45e1d2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bidopportunities.iowa.gov/Home/ShowContractDocument/364644b7-3f66-407a-9cdb-78ebf04837c5" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Q247"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A128" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
-      <selection activeCell="F142" sqref="F142"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A158" zoomScale="77" zoomScaleNormal="77" zoomScaleSheetLayoutView="40" workbookViewId="0">
+      <selection activeCell="H172" sqref="H172"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="18.28515625" style="146" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.28515625" style="138" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" style="26" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.42578125" style="89" customWidth="1"/>
     <col min="6" max="6" width="14.5703125" style="90" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="20.42578125" style="91" customWidth="1"/>
     <col min="9" max="9" width="18.140625" style="91" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="88.85546875" style="92" customWidth="1"/>
     <col min="11" max="11" width="16.5703125" style="91" customWidth="1"/>
     <col min="12" max="12" width="10" style="91" customWidth="1"/>
     <col min="13" max="13" width="12.42578125" style="91" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="30.140625" style="163" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="40.85546875" style="2" customWidth="1"/>
     <col min="16" max="16" width="4.140625" style="93" customWidth="1"/>
     <col min="17" max="17" width="1.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B1" s="145"/>
       <c r="C1" s="136"/>
       <c r="D1" s="25"/>
       <c r="E1" s="84"/>
       <c r="F1" s="85"/>
       <c r="G1" s="83"/>
       <c r="H1" s="83"/>
       <c r="I1" s="83"/>
       <c r="J1" s="86"/>
       <c r="K1" s="83"/>
       <c r="L1" s="83"/>
       <c r="M1" s="83"/>
       <c r="N1" s="191"/>
       <c r="O1" s="3"/>
       <c r="P1" s="87"/>
     </row>
     <row r="2" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B2" s="381" t="s">
-[...14 lines deleted...]
-      <c r="O2" s="381"/>
+      <c r="B2" s="394" t="s">
+        <v>445</v>
+      </c>
+      <c r="C2" s="394"/>
+      <c r="D2" s="394"/>
+      <c r="E2" s="394"/>
+      <c r="F2" s="394"/>
+      <c r="G2" s="394"/>
+      <c r="H2" s="394"/>
+      <c r="I2" s="394"/>
+      <c r="J2" s="394"/>
+      <c r="K2" s="394"/>
+      <c r="L2" s="394"/>
+      <c r="M2" s="394"/>
+      <c r="N2" s="394"/>
+      <c r="O2" s="394"/>
       <c r="P2" s="19"/>
     </row>
     <row r="3" spans="2:16" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B3" s="387"/>
-[...12 lines deleted...]
-      <c r="O3" s="387"/>
+      <c r="B3" s="400"/>
+      <c r="C3" s="400"/>
+      <c r="D3" s="400"/>
+      <c r="E3" s="400"/>
+      <c r="F3" s="400"/>
+      <c r="G3" s="400"/>
+      <c r="H3" s="400"/>
+      <c r="I3" s="400"/>
+      <c r="J3" s="400"/>
+      <c r="K3" s="400"/>
+      <c r="L3" s="400"/>
+      <c r="M3" s="400"/>
+      <c r="N3" s="400"/>
+      <c r="O3" s="400"/>
       <c r="P3" s="19"/>
     </row>
     <row r="4" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B4" s="382" t="s">
+      <c r="B4" s="395" t="s">
         <v>235</v>
       </c>
-      <c r="C4" s="382"/>
-[...11 lines deleted...]
-      <c r="O4" s="382"/>
+      <c r="C4" s="395"/>
+      <c r="D4" s="395"/>
+      <c r="E4" s="395"/>
+      <c r="F4" s="395"/>
+      <c r="G4" s="395"/>
+      <c r="H4" s="395"/>
+      <c r="I4" s="395"/>
+      <c r="J4" s="395"/>
+      <c r="K4" s="395"/>
+      <c r="L4" s="395"/>
+      <c r="M4" s="395"/>
+      <c r="N4" s="395"/>
+      <c r="O4" s="395"/>
       <c r="P4" s="88"/>
     </row>
     <row r="5" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B5" s="137"/>
       <c r="C5" s="137"/>
       <c r="D5" s="124"/>
       <c r="E5" s="124"/>
       <c r="F5" s="124"/>
       <c r="G5" s="124"/>
       <c r="H5" s="124"/>
       <c r="I5" s="124"/>
       <c r="J5" s="133" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="K5" s="124"/>
       <c r="L5" s="124"/>
       <c r="M5" s="124"/>
       <c r="N5" s="201"/>
       <c r="O5" s="124"/>
       <c r="P5" s="88"/>
     </row>
     <row r="6" spans="2:16" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B6" s="137"/>
       <c r="C6" s="137"/>
       <c r="D6" s="124"/>
       <c r="E6" s="124"/>
       <c r="F6" s="124"/>
       <c r="G6" s="124"/>
       <c r="H6" s="124"/>
       <c r="I6" s="124"/>
       <c r="J6" s="125" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="K6" s="124"/>
       <c r="L6" s="124"/>
       <c r="M6" s="124"/>
       <c r="N6" s="201"/>
       <c r="O6" s="124"/>
       <c r="P6" s="88"/>
     </row>
     <row r="7" spans="2:16" ht="21" x14ac:dyDescent="0.35">
-      <c r="B7" s="386" t="s">
+      <c r="B7" s="399" t="s">
         <v>236</v>
       </c>
-      <c r="C7" s="386"/>
-[...11 lines deleted...]
-      <c r="O7" s="386"/>
+      <c r="C7" s="399"/>
+      <c r="D7" s="399"/>
+      <c r="E7" s="399"/>
+      <c r="F7" s="399"/>
+      <c r="G7" s="399"/>
+      <c r="H7" s="399"/>
+      <c r="I7" s="399"/>
+      <c r="J7" s="399"/>
+      <c r="K7" s="399"/>
+      <c r="L7" s="399"/>
+      <c r="M7" s="399"/>
+      <c r="N7" s="399"/>
+      <c r="O7" s="399"/>
       <c r="P7" s="11"/>
     </row>
     <row r="8" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B8" s="391" t="s">
+      <c r="B8" s="404" t="s">
         <v>68</v>
       </c>
-      <c r="C8" s="391"/>
-[...11 lines deleted...]
-      <c r="O8" s="391"/>
+      <c r="C8" s="404"/>
+      <c r="D8" s="404"/>
+      <c r="E8" s="404"/>
+      <c r="F8" s="404"/>
+      <c r="G8" s="404"/>
+      <c r="H8" s="404"/>
+      <c r="I8" s="404"/>
+      <c r="J8" s="404"/>
+      <c r="K8" s="404"/>
+      <c r="L8" s="404"/>
+      <c r="M8" s="404"/>
+      <c r="N8" s="404"/>
+      <c r="O8" s="404"/>
       <c r="P8" s="20"/>
     </row>
     <row r="9" spans="2:16" x14ac:dyDescent="0.25">
-      <c r="B9" s="390" t="s">
+      <c r="B9" s="403" t="s">
         <v>69</v>
       </c>
-      <c r="C9" s="390"/>
-[...11 lines deleted...]
-      <c r="O9" s="390"/>
+      <c r="C9" s="403"/>
+      <c r="D9" s="403"/>
+      <c r="E9" s="403"/>
+      <c r="F9" s="403"/>
+      <c r="G9" s="403"/>
+      <c r="H9" s="403"/>
+      <c r="I9" s="403"/>
+      <c r="J9" s="403"/>
+      <c r="K9" s="403"/>
+      <c r="L9" s="403"/>
+      <c r="M9" s="403"/>
+      <c r="N9" s="403"/>
+      <c r="O9" s="403"/>
       <c r="P9" s="20"/>
     </row>
     <row r="10" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B10" s="138"/>
       <c r="G10" s="89"/>
       <c r="H10" s="89"/>
       <c r="I10" s="89"/>
       <c r="J10" s="89"/>
       <c r="K10" s="89"/>
       <c r="L10" s="89"/>
       <c r="M10" s="89"/>
       <c r="O10" s="89"/>
       <c r="P10" s="89"/>
     </row>
     <row r="11" spans="2:16" s="9" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="392" t="s">
+      <c r="B11" s="405" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="392"/>
-[...11 lines deleted...]
-      <c r="O11" s="392"/>
+      <c r="C11" s="405"/>
+      <c r="D11" s="405"/>
+      <c r="E11" s="405"/>
+      <c r="F11" s="405"/>
+      <c r="G11" s="405"/>
+      <c r="H11" s="405"/>
+      <c r="I11" s="405"/>
+      <c r="J11" s="405"/>
+      <c r="K11" s="405"/>
+      <c r="L11" s="405"/>
+      <c r="M11" s="405"/>
+      <c r="N11" s="405"/>
+      <c r="O11" s="405"/>
       <c r="P11" s="10"/>
     </row>
     <row r="12" spans="2:16" s="22" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="388" t="s">
+      <c r="B12" s="401" t="s">
         <v>73</v>
       </c>
-      <c r="C12" s="389"/>
-[...11 lines deleted...]
-      <c r="O12" s="389"/>
+      <c r="C12" s="402"/>
+      <c r="D12" s="402"/>
+      <c r="E12" s="402"/>
+      <c r="F12" s="402"/>
+      <c r="G12" s="402"/>
+      <c r="H12" s="402"/>
+      <c r="I12" s="402"/>
+      <c r="J12" s="402"/>
+      <c r="K12" s="402"/>
+      <c r="L12" s="402"/>
+      <c r="M12" s="402"/>
+      <c r="N12" s="402"/>
+      <c r="O12" s="402"/>
       <c r="P12" s="23"/>
     </row>
     <row r="13" spans="2:16" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="14" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B14" s="383" t="s">
+      <c r="B14" s="396" t="s">
         <v>66</v>
       </c>
-      <c r="C14" s="384"/>
-[...11 lines deleted...]
-      <c r="O14" s="385"/>
+      <c r="C14" s="397"/>
+      <c r="D14" s="397"/>
+      <c r="E14" s="397"/>
+      <c r="F14" s="397"/>
+      <c r="G14" s="397"/>
+      <c r="H14" s="397"/>
+      <c r="I14" s="397"/>
+      <c r="J14" s="397"/>
+      <c r="K14" s="397"/>
+      <c r="L14" s="397"/>
+      <c r="M14" s="397"/>
+      <c r="N14" s="397"/>
+      <c r="O14" s="398"/>
       <c r="P14" s="14"/>
     </row>
     <row r="15" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B15" s="205" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="206" t="s">
         <v>217</v>
       </c>
       <c r="D15" s="207" t="s">
         <v>205</v>
       </c>
       <c r="E15" s="208" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="209" t="s">
         <v>40</v>
       </c>
       <c r="G15" s="210" t="s">
         <v>2</v>
       </c>
       <c r="H15" s="210" t="s">
         <v>3</v>
       </c>
       <c r="I15" s="210" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="211" t="s">
         <v>0</v>
       </c>
       <c r="K15" s="208" t="s">
         <v>22</v>
       </c>
       <c r="L15" s="208" t="s">
         <v>76</v>
       </c>
       <c r="M15" s="208" t="s">
         <v>65</v>
       </c>
       <c r="N15" s="212" t="s">
         <v>1</v>
       </c>
       <c r="O15" s="213" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P15" s="82"/>
     </row>
     <row r="16" spans="2:16" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
       <c r="B16" s="127" t="s">
         <v>87</v>
       </c>
       <c r="C16" s="123" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D16" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E16" s="39">
         <v>2026</v>
       </c>
       <c r="F16" s="40">
         <v>46309</v>
       </c>
       <c r="G16" s="218" t="s">
         <v>8</v>
       </c>
       <c r="H16" s="216" t="s">
         <v>82</v>
       </c>
       <c r="I16" s="41" t="s">
         <v>149</v>
       </c>
       <c r="J16" s="42" t="s">
         <v>167</v>
       </c>
       <c r="K16" s="218" t="s">
         <v>83</v>
       </c>
       <c r="L16" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M16" s="216" t="s">
         <v>168</v>
       </c>
       <c r="N16" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O16" s="167">
         <v>44324</v>
       </c>
       <c r="P16" s="7"/>
     </row>
     <row r="17" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B17" s="127" t="s">
         <v>90</v>
       </c>
       <c r="C17" s="123" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D17" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E17" s="39">
         <v>2026</v>
       </c>
       <c r="F17" s="40">
         <v>46309</v>
       </c>
       <c r="G17" s="218" t="s">
         <v>8</v>
       </c>
       <c r="H17" s="216" t="s">
         <v>82</v>
       </c>
       <c r="I17" s="41" t="s">
         <v>149</v>
       </c>
       <c r="J17" s="42" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="K17" s="218" t="s">
         <v>83</v>
       </c>
       <c r="L17" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M17" s="216" t="s">
         <v>41</v>
       </c>
       <c r="N17" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O17" s="167">
         <v>52256</v>
       </c>
       <c r="P17" s="7"/>
     </row>
     <row r="18" spans="2:16" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
       <c r="B18" s="127" t="s">
         <v>91</v>
       </c>
       <c r="C18" s="123" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D18" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E18" s="39">
         <v>2026</v>
       </c>
       <c r="F18" s="40">
         <v>46309</v>
       </c>
       <c r="G18" s="218" t="s">
         <v>8</v>
       </c>
       <c r="H18" s="216" t="s">
         <v>82</v>
       </c>
       <c r="I18" s="41" t="s">
         <v>149</v>
       </c>
       <c r="J18" s="42" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="K18" s="218" t="s">
         <v>83</v>
       </c>
       <c r="L18" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M18" s="216" t="s">
         <v>168</v>
       </c>
       <c r="N18" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O18" s="167">
         <v>46235</v>
       </c>
       <c r="P18" s="7"/>
     </row>
     <row r="19" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B19" s="127" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C19" s="123" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D19" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E19" s="39">
         <v>2026</v>
       </c>
       <c r="F19" s="40">
         <v>46309</v>
       </c>
       <c r="G19" s="218" t="s">
         <v>8</v>
       </c>
       <c r="H19" s="216" t="s">
         <v>82</v>
       </c>
       <c r="I19" s="41" t="s">
         <v>149</v>
       </c>
       <c r="J19" s="42" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="K19" s="218" t="s">
         <v>83</v>
       </c>
       <c r="L19" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M19" s="216" t="s">
         <v>41</v>
       </c>
       <c r="N19" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O19" s="167">
         <v>47209</v>
       </c>
       <c r="P19" s="7"/>
     </row>
     <row r="20" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B20" s="228" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="C20" s="123" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D20" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E20" s="39">
         <v>2026</v>
       </c>
       <c r="F20" s="40">
         <v>46309</v>
       </c>
       <c r="G20" s="214" t="s">
         <v>8</v>
       </c>
       <c r="H20" s="214" t="s">
         <v>10</v>
       </c>
       <c r="I20" s="231" t="s">
         <v>30</v>
       </c>
       <c r="J20" s="43" t="s">
         <v>132</v>
       </c>
       <c r="K20" s="214" t="s">
         <v>84</v>
       </c>
       <c r="L20" s="214" t="s">
         <v>41</v>
       </c>
       <c r="M20" s="214" t="s">
         <v>41</v>
       </c>
       <c r="N20" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O20" s="168">
         <v>49024</v>
       </c>
       <c r="P20" s="7"/>
     </row>
     <row r="21" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B21" s="228" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C21" s="123" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D21" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E21" s="39">
         <v>2026</v>
       </c>
       <c r="F21" s="40">
         <v>46309</v>
       </c>
       <c r="G21" s="214" t="s">
         <v>8</v>
       </c>
       <c r="H21" s="214" t="s">
         <v>10</v>
       </c>
       <c r="I21" s="231" t="s">
         <v>30</v>
       </c>
       <c r="J21" s="43" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="K21" s="214" t="s">
         <v>84</v>
       </c>
       <c r="L21" s="214" t="s">
         <v>41</v>
       </c>
       <c r="M21" s="214" t="s">
         <v>41</v>
       </c>
       <c r="N21" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O21" s="168">
         <v>52063</v>
       </c>
       <c r="P21" s="7"/>
     </row>
     <row r="22" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B22" s="228" t="s">
+        <v>299</v>
+      </c>
+      <c r="C22" s="123" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="D22" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E22" s="39">
         <v>2026</v>
       </c>
       <c r="F22" s="40">
         <v>46309</v>
       </c>
       <c r="G22" s="214" t="s">
         <v>8</v>
       </c>
       <c r="H22" s="214" t="s">
         <v>10</v>
       </c>
       <c r="I22" s="231" t="s">
         <v>30</v>
       </c>
       <c r="J22" s="43" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="K22" s="214" t="s">
         <v>84</v>
       </c>
       <c r="L22" s="214" t="s">
         <v>41</v>
       </c>
       <c r="M22" s="214" t="s">
         <v>41</v>
       </c>
       <c r="N22" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O22" s="168">
         <v>52336</v>
       </c>
       <c r="P22" s="7"/>
     </row>
     <row r="23" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B23" s="127" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C23" s="123" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="D23" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E23" s="39">
         <v>2026</v>
       </c>
       <c r="F23" s="40">
         <v>46309</v>
       </c>
       <c r="G23" s="218" t="s">
         <v>5</v>
       </c>
       <c r="H23" s="218" t="s">
         <v>11</v>
       </c>
       <c r="I23" s="41" t="s">
         <v>150</v>
       </c>
       <c r="J23" s="42" t="s">
         <v>119</v>
       </c>
       <c r="K23" s="218" t="s">
         <v>85</v>
       </c>
       <c r="L23" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M23" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N23" s="218" t="s">
         <v>62</v>
       </c>
       <c r="O23" s="169">
         <v>40664</v>
       </c>
       <c r="P23" s="7"/>
     </row>
     <row r="24" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B24" s="127" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C24" s="219" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="D24" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E24" s="39">
         <v>2026</v>
       </c>
       <c r="F24" s="40">
         <v>46309</v>
       </c>
       <c r="G24" s="218" t="s">
         <v>5</v>
       </c>
       <c r="H24" s="218" t="s">
         <v>11</v>
       </c>
       <c r="I24" s="41" t="s">
         <v>150</v>
       </c>
       <c r="J24" s="42" t="s">
         <v>120</v>
       </c>
       <c r="K24" s="218" t="s">
         <v>85</v>
       </c>
       <c r="L24" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M24" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N24" s="218" t="s">
         <v>62</v>
       </c>
       <c r="O24" s="169">
         <v>43582</v>
       </c>
       <c r="P24" s="7"/>
     </row>
     <row r="25" spans="2:16" s="5" customFormat="1" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="127" t="s">
         <v>60</v>
       </c>
       <c r="C25" s="126" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D25" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E25" s="39">
         <v>2026</v>
       </c>
       <c r="F25" s="40">
         <v>46309</v>
       </c>
       <c r="G25" s="218" t="s">
         <v>21</v>
       </c>
       <c r="H25" s="218" t="s">
         <v>102</v>
       </c>
       <c r="I25" s="41" t="s">
         <v>150</v>
       </c>
       <c r="J25" s="42" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="K25" s="218" t="s">
         <v>103</v>
       </c>
       <c r="L25" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M25" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N25" s="202" t="s">
         <v>18</v>
       </c>
       <c r="O25" s="169">
         <v>53740.2</v>
       </c>
       <c r="P25" s="7"/>
     </row>
     <row r="26" spans="2:16" s="5" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="224" t="s">
         <v>92</v>
       </c>
       <c r="C26" s="126" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D26" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E26" s="46">
         <v>2026</v>
       </c>
       <c r="F26" s="47" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="G26" s="48" t="s">
         <v>21</v>
       </c>
       <c r="H26" s="48" t="s">
         <v>125</v>
       </c>
       <c r="I26" s="223" t="s">
         <v>30</v>
       </c>
       <c r="J26" s="49" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="K26" s="48" t="s">
         <v>124</v>
       </c>
       <c r="L26" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M26" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N26" s="152" t="s">
         <v>18</v>
       </c>
       <c r="O26" s="170">
         <v>49322.8</v>
       </c>
       <c r="P26" s="7"/>
     </row>
     <row r="27" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="P27" s="87"/>
     </row>
     <row r="28" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B28" s="383" t="s">
+      <c r="B28" s="396" t="s">
         <v>67</v>
       </c>
-      <c r="C28" s="384"/>
-[...11 lines deleted...]
-      <c r="O28" s="385"/>
+      <c r="C28" s="397"/>
+      <c r="D28" s="397"/>
+      <c r="E28" s="397"/>
+      <c r="F28" s="397"/>
+      <c r="G28" s="397"/>
+      <c r="H28" s="397"/>
+      <c r="I28" s="397"/>
+      <c r="J28" s="397"/>
+      <c r="K28" s="397"/>
+      <c r="L28" s="397"/>
+      <c r="M28" s="397"/>
+      <c r="N28" s="397"/>
+      <c r="O28" s="398"/>
       <c r="P28" s="14"/>
     </row>
     <row r="29" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B29" s="154" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="155" t="s">
         <v>217</v>
       </c>
       <c r="D29" s="78" t="s">
         <v>205</v>
       </c>
       <c r="E29" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F29" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G29" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H29" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I29" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J29" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K29" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L29" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M29" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N29" s="192" t="s">
         <v>1</v>
       </c>
       <c r="O29" s="166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P29" s="82"/>
     </row>
     <row r="30" spans="2:16" s="34" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B30" s="127" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C30" s="123" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D30" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E30" s="39">
         <v>2026</v>
       </c>
       <c r="F30" s="40">
         <v>46309</v>
       </c>
       <c r="G30" s="218" t="s">
         <v>8</v>
       </c>
       <c r="H30" s="218" t="s">
         <v>9</v>
       </c>
       <c r="I30" s="50" t="s">
         <v>150</v>
       </c>
       <c r="J30" s="42" t="s">
         <v>169</v>
       </c>
       <c r="K30" s="216" t="s">
         <v>171</v>
       </c>
       <c r="L30" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M30" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N30" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O30" s="167">
         <v>51836</v>
       </c>
       <c r="P30" s="15"/>
     </row>
     <row r="31" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B31" s="127" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C31" s="225" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D31" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E31" s="39">
         <v>2026</v>
       </c>
       <c r="F31" s="40">
         <v>46309</v>
       </c>
       <c r="G31" s="218" t="s">
         <v>8</v>
       </c>
       <c r="H31" s="218" t="s">
         <v>165</v>
       </c>
       <c r="I31" s="50" t="s">
         <v>150</v>
       </c>
       <c r="J31" s="42" t="s">
         <v>170</v>
       </c>
       <c r="K31" s="216" t="s">
         <v>166</v>
       </c>
       <c r="L31" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M31" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N31" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O31" s="167">
         <v>55991</v>
       </c>
       <c r="P31" s="7"/>
     </row>
     <row r="32" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B32" s="128" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="123" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="D32" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E32" s="39">
         <v>2026</v>
       </c>
       <c r="F32" s="40">
         <v>46309</v>
       </c>
       <c r="G32" s="218" t="s">
         <v>115</v>
       </c>
       <c r="H32" s="218">
         <v>2500</v>
       </c>
       <c r="I32" s="218" t="s">
         <v>31</v>
       </c>
       <c r="J32" s="66" t="s">
         <v>175</v>
       </c>
       <c r="K32" s="218" t="s">
         <v>53</v>
       </c>
       <c r="L32" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M32" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N32" s="218" t="s">
         <v>62</v>
       </c>
       <c r="O32" s="167">
         <v>46935</v>
       </c>
       <c r="P32" s="7"/>
     </row>
     <row r="33" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B33" s="128" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="123" t="s">
-        <v>237</v>
+        <v>576</v>
       </c>
       <c r="D33" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E33" s="39">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="F33" s="40">
         <v>46088</v>
       </c>
       <c r="G33" s="218" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="H33" s="218">
         <v>1500</v>
       </c>
       <c r="I33" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J33" s="66" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="K33" s="218" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M33" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N33" s="218" t="s">
         <v>62</v>
       </c>
       <c r="O33" s="167">
-        <v>46334</v>
+        <v>45900</v>
       </c>
       <c r="P33" s="7"/>
     </row>
     <row r="34" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B34" s="127" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C34" s="123" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D34" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E34" s="39">
         <v>2026</v>
       </c>
       <c r="F34" s="40">
         <v>46309</v>
       </c>
       <c r="G34" s="218" t="s">
         <v>21</v>
       </c>
       <c r="H34" s="218" t="s">
         <v>125</v>
       </c>
       <c r="I34" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J34" s="42" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="K34" s="218" t="s">
         <v>124</v>
       </c>
       <c r="L34" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M34" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N34" s="218" t="s">
         <v>18</v>
       </c>
       <c r="O34" s="167">
         <v>47057.2</v>
       </c>
       <c r="P34" s="15"/>
     </row>
     <row r="35" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B35" s="127" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C35" s="123" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D35" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E35" s="39">
         <v>2026</v>
       </c>
       <c r="F35" s="40">
         <v>46309</v>
       </c>
       <c r="G35" s="218" t="s">
         <v>21</v>
       </c>
       <c r="H35" s="218" t="s">
         <v>125</v>
       </c>
       <c r="I35" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J35" s="42" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="K35" s="218" t="s">
         <v>126</v>
       </c>
       <c r="L35" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M35" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N35" s="218" t="s">
         <v>18</v>
       </c>
       <c r="O35" s="167">
         <v>47314.5</v>
       </c>
       <c r="P35" s="15"/>
     </row>
     <row r="36" spans="1:16" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="127" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C36" s="123" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D36" s="303" t="s">
         <v>122</v>
       </c>
       <c r="E36" s="39">
         <v>2026</v>
       </c>
       <c r="F36" s="40">
         <v>46309</v>
       </c>
       <c r="G36" s="218" t="s">
         <v>21</v>
       </c>
       <c r="H36" s="218" t="s">
         <v>102</v>
       </c>
       <c r="I36" s="41" t="s">
         <v>150</v>
       </c>
       <c r="J36" s="42" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="K36" s="218" t="s">
         <v>103</v>
       </c>
       <c r="L36" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M36" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N36" s="218" t="s">
         <v>18</v>
       </c>
       <c r="O36" s="169">
         <v>53831.8</v>
       </c>
       <c r="P36" s="7"/>
     </row>
     <row r="37" spans="1:16" s="5" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B37" s="224" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="C37" s="126" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D37" s="153" t="s">
         <v>121</v>
       </c>
       <c r="E37" s="153">
         <v>2026</v>
       </c>
       <c r="F37" s="156">
         <v>46309</v>
       </c>
       <c r="G37" s="48" t="s">
         <v>21</v>
       </c>
       <c r="H37" s="48" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="I37" s="226" t="s">
         <v>149</v>
       </c>
       <c r="J37" s="49" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="K37" s="48" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="L37" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M37" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N37" s="48" t="s">
         <v>18</v>
       </c>
       <c r="O37" s="227">
         <v>37728.19</v>
       </c>
       <c r="P37" s="7"/>
     </row>
     <row r="38" spans="1:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="140"/>
       <c r="C38" s="134"/>
       <c r="D38" s="17"/>
       <c r="E38" s="17"/>
       <c r="F38" s="12"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="94"/>
       <c r="J38" s="97"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="193"/>
       <c r="O38" s="18"/>
       <c r="P38" s="7"/>
     </row>
     <row r="39" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B39" s="393" t="s">
+      <c r="B39" s="357" t="s">
         <v>206</v>
       </c>
-      <c r="C39" s="394"/>
-[...11 lines deleted...]
-      <c r="O39" s="395"/>
+      <c r="C39" s="358"/>
+      <c r="D39" s="358"/>
+      <c r="E39" s="358"/>
+      <c r="F39" s="358"/>
+      <c r="G39" s="358"/>
+      <c r="H39" s="358"/>
+      <c r="I39" s="358"/>
+      <c r="J39" s="358"/>
+      <c r="K39" s="358"/>
+      <c r="L39" s="358"/>
+      <c r="M39" s="358"/>
+      <c r="N39" s="358"/>
+      <c r="O39" s="359"/>
       <c r="P39" s="14"/>
     </row>
     <row r="40" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B40" s="154" t="s">
         <v>42</v>
       </c>
       <c r="C40" s="155" t="s">
         <v>217</v>
       </c>
       <c r="D40" s="78" t="s">
         <v>205</v>
       </c>
       <c r="E40" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F40" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G40" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H40" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I40" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J40" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K40" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L40" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M40" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N40" s="192" t="s">
         <v>1</v>
       </c>
       <c r="O40" s="166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P40" s="82"/>
     </row>
     <row r="41" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B41" s="230" t="s">
         <v>224</v>
       </c>
       <c r="C41" s="131" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="D41" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E41" s="63">
         <v>2026</v>
       </c>
       <c r="F41" s="64">
         <v>46224</v>
       </c>
       <c r="G41" s="214" t="s">
         <v>115</v>
       </c>
       <c r="H41" s="214">
         <v>1500</v>
       </c>
       <c r="I41" s="214" t="s">
         <v>30</v>
       </c>
       <c r="J41" s="42" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="K41" s="214" t="s">
         <v>225</v>
       </c>
       <c r="L41" s="214" t="s">
         <v>41</v>
       </c>
       <c r="M41" s="214" t="s">
         <v>41</v>
       </c>
       <c r="N41" s="218" t="s">
         <v>62</v>
       </c>
       <c r="O41" s="167">
         <v>39540</v>
       </c>
       <c r="P41" s="7"/>
     </row>
     <row r="42" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B42" s="127" t="s">
         <v>223</v>
       </c>
       <c r="C42" s="123" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="D42" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E42" s="39">
         <v>2026</v>
       </c>
       <c r="F42" s="40">
         <v>46224</v>
       </c>
       <c r="G42" s="218" t="s">
         <v>115</v>
       </c>
       <c r="H42" s="218">
         <v>1500</v>
       </c>
       <c r="I42" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J42" s="42" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="K42" s="218" t="s">
         <v>199</v>
       </c>
       <c r="L42" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M42" s="216" t="s">
         <v>41</v>
       </c>
       <c r="N42" s="218" t="s">
         <v>62</v>
       </c>
       <c r="O42" s="167">
         <v>41126</v>
       </c>
       <c r="P42" s="7"/>
     </row>
     <row r="43" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B43" s="127" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="C43" s="123" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="D43" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E43" s="39">
         <v>2026</v>
       </c>
       <c r="F43" s="40">
         <v>46224</v>
       </c>
       <c r="G43" s="218" t="s">
         <v>115</v>
       </c>
       <c r="H43" s="218">
         <v>1500</v>
       </c>
       <c r="I43" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J43" s="42" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="K43" s="218" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="L43" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M43" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N43" s="218" t="s">
         <v>62</v>
       </c>
       <c r="O43" s="167">
         <v>42753</v>
       </c>
       <c r="P43" s="7"/>
     </row>
     <row r="44" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A44" s="33"/>
       <c r="B44" s="132" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C44" s="123">
         <v>25282</v>
       </c>
       <c r="D44" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E44" s="59">
         <v>2026</v>
       </c>
       <c r="F44" s="40">
         <v>46295</v>
       </c>
       <c r="G44" s="60" t="s">
         <v>21</v>
       </c>
       <c r="H44" s="60" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="I44" s="51" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="61" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="K44" s="60" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="L44" s="60" t="s">
         <v>41</v>
       </c>
       <c r="M44" s="62" t="s">
         <v>41</v>
       </c>
       <c r="N44" s="218" t="s">
         <v>18</v>
       </c>
       <c r="O44" s="173">
         <v>31532.799999999999</v>
       </c>
       <c r="P44" s="7"/>
     </row>
     <row r="45" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A45" s="33"/>
       <c r="B45" s="132" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="C45" s="123">
         <v>25282</v>
       </c>
       <c r="D45" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="59">
         <v>2026</v>
       </c>
       <c r="F45" s="40">
         <v>46295</v>
       </c>
       <c r="G45" s="60" t="s">
         <v>21</v>
       </c>
       <c r="H45" s="60" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="I45" s="51" t="s">
         <v>29</v>
       </c>
       <c r="J45" s="61" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="K45" s="60" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="L45" s="60" t="s">
         <v>41</v>
       </c>
       <c r="M45" s="62" t="s">
         <v>41</v>
       </c>
       <c r="N45" s="218" t="s">
         <v>18</v>
       </c>
       <c r="O45" s="173">
         <v>34751.800000000003</v>
       </c>
       <c r="P45" s="7"/>
     </row>
     <row r="46" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A46" s="5"/>
       <c r="B46" s="129" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C46" s="123">
         <v>26052</v>
       </c>
       <c r="D46" s="278" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="E46" s="39">
         <v>2026</v>
       </c>
       <c r="F46" s="40">
         <v>46295</v>
       </c>
       <c r="G46" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H46" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I46" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J46" s="58" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="K46" s="51" t="s">
+        <v>302</v>
+      </c>
+      <c r="L46" s="51" t="s">
         <v>303</v>
       </c>
-      <c r="L46" s="51" t="s">
+      <c r="M46" s="51" t="s">
+        <v>41</v>
+      </c>
+      <c r="N46" s="218" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
       <c r="O46" s="172">
         <v>36250</v>
       </c>
       <c r="P46" s="94"/>
     </row>
     <row r="47" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A47" s="5"/>
       <c r="B47" s="129" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C47" s="123">
         <v>26053</v>
       </c>
       <c r="D47" s="303" t="s">
         <v>122</v>
       </c>
       <c r="E47" s="39">
         <v>2026</v>
       </c>
       <c r="F47" s="40" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="G47" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H47" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I47" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J47" s="58" t="s">
+        <v>396</v>
+      </c>
+      <c r="K47" s="51" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="L47" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M47" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N47" s="218" t="s">
         <v>18</v>
       </c>
       <c r="O47" s="172">
         <v>36605.5</v>
       </c>
       <c r="P47" s="94"/>
     </row>
     <row r="48" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A48" s="5"/>
       <c r="B48" s="129" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="C48" s="123">
         <v>26053</v>
       </c>
       <c r="D48" s="278" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="E48" s="39">
         <v>2026</v>
       </c>
       <c r="F48" s="40" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="G48" s="51" t="s">
         <v>21</v>
       </c>
       <c r="H48" s="52" t="s">
         <v>123</v>
       </c>
       <c r="I48" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J48" s="58" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="K48" s="51" t="s">
         <v>126</v>
       </c>
       <c r="L48" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M48" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N48" s="218" t="s">
         <v>18</v>
       </c>
       <c r="O48" s="172">
         <v>39019.199999999997</v>
       </c>
       <c r="P48" s="94"/>
     </row>
     <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49" s="24"/>
       <c r="B49" s="129" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="C49" s="123">
         <v>26051</v>
       </c>
       <c r="D49" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E49" s="39">
         <v>2026</v>
       </c>
       <c r="F49" s="40">
         <v>46295</v>
       </c>
       <c r="G49" s="51" t="s">
         <v>86</v>
       </c>
       <c r="H49" s="52" t="s">
         <v>136</v>
       </c>
       <c r="I49" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J49" s="58" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="K49" s="51" t="s">
         <v>135</v>
       </c>
       <c r="L49" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M49" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N49" s="218" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="O49" s="171">
         <v>41545</v>
       </c>
       <c r="P49" s="94"/>
     </row>
     <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50" s="24"/>
       <c r="B50" s="129" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C50" s="123">
         <v>26051</v>
       </c>
       <c r="D50" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E50" s="39">
         <v>2026</v>
       </c>
       <c r="F50" s="40">
         <v>46295</v>
       </c>
       <c r="G50" s="51" t="s">
         <v>86</v>
       </c>
       <c r="H50" s="52" t="s">
         <v>136</v>
       </c>
       <c r="I50" s="51" t="s">
         <v>30</v>
       </c>
       <c r="J50" s="58" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="K50" s="51" t="s">
         <v>135</v>
       </c>
       <c r="L50" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M50" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N50" s="218" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="O50" s="173">
         <v>42978</v>
       </c>
       <c r="P50" s="94"/>
     </row>
     <row r="51" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B51" s="128" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C51" s="123">
         <v>26064</v>
       </c>
       <c r="D51" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E51" s="39">
         <v>2026</v>
       </c>
       <c r="F51" s="40">
         <v>46295</v>
       </c>
       <c r="G51" s="218" t="s">
         <v>8</v>
       </c>
       <c r="H51" s="218" t="s">
         <v>10</v>
       </c>
       <c r="I51" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J51" s="42" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="K51" s="218" t="s">
         <v>182</v>
       </c>
       <c r="L51" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M51" s="218" t="s">
         <v>49</v>
       </c>
       <c r="N51" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O51" s="167">
         <v>36806</v>
       </c>
       <c r="P51" s="7"/>
     </row>
     <row r="52" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B52" s="159" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C52" s="123">
         <v>26064</v>
       </c>
       <c r="D52" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E52" s="39">
         <v>2026</v>
       </c>
       <c r="F52" s="40">
         <v>46295</v>
       </c>
       <c r="G52" s="218" t="s">
         <v>8</v>
       </c>
       <c r="H52" s="218" t="s">
         <v>10</v>
       </c>
       <c r="I52" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J52" s="42" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="K52" s="218" t="s">
         <v>184</v>
       </c>
       <c r="L52" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M52" s="218" t="s">
         <v>49</v>
       </c>
       <c r="N52" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O52" s="167">
         <v>39124</v>
       </c>
       <c r="P52" s="7"/>
     </row>
     <row r="53" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B53" s="159" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="C53" s="123">
         <v>26064</v>
       </c>
       <c r="D53" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E53" s="39">
         <v>2026</v>
       </c>
       <c r="F53" s="40">
         <v>46295</v>
       </c>
       <c r="G53" s="218" t="s">
         <v>8</v>
       </c>
       <c r="H53" s="218" t="s">
         <v>10</v>
       </c>
       <c r="I53" s="218" t="s">
         <v>30</v>
       </c>
       <c r="J53" s="42" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="K53" s="218" t="s">
         <v>183</v>
       </c>
       <c r="L53" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M53" s="218" t="s">
         <v>49</v>
       </c>
       <c r="N53" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O53" s="167">
         <v>40794</v>
       </c>
       <c r="P53" s="7"/>
     </row>
     <row r="54" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="33"/>
       <c r="B54" s="159" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="C54" s="123">
         <v>26064</v>
       </c>
       <c r="D54" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E54" s="39">
         <v>2026</v>
       </c>
       <c r="F54" s="40">
         <v>46295</v>
       </c>
       <c r="G54" s="218" t="s">
         <v>8</v>
       </c>
       <c r="H54" s="218" t="s">
         <v>74</v>
       </c>
       <c r="I54" s="218" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="42" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="K54" s="218" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="L54" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M54" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N54" s="218" t="s">
         <v>7</v>
       </c>
       <c r="O54" s="167">
         <v>33533</v>
       </c>
       <c r="P54" s="7"/>
     </row>
     <row r="55" spans="1:16" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="33"/>
       <c r="B55" s="308" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="C55" s="126">
         <v>26064</v>
       </c>
       <c r="D55" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E55" s="46">
         <v>2026</v>
       </c>
       <c r="F55" s="47">
         <v>46295</v>
       </c>
       <c r="G55" s="56" t="s">
         <v>8</v>
       </c>
       <c r="H55" s="56" t="s">
         <v>127</v>
       </c>
       <c r="I55" s="56" t="s">
         <v>30</v>
       </c>
       <c r="J55" s="234" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="K55" s="56" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="L55" s="56" t="s">
         <v>41</v>
       </c>
       <c r="M55" s="235" t="s">
         <v>41</v>
       </c>
       <c r="N55" s="45" t="s">
         <v>7</v>
       </c>
       <c r="O55" s="236">
         <v>26221</v>
       </c>
       <c r="P55" s="7"/>
     </row>
     <row r="56" spans="1:16" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B56" s="147"/>
       <c r="C56" s="134"/>
       <c r="D56" s="17"/>
       <c r="E56" s="17"/>
       <c r="F56" s="12"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="100"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
       <c r="N56" s="193"/>
       <c r="O56" s="4"/>
       <c r="P56" s="94"/>
     </row>
     <row r="57" spans="1:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B57" s="393" t="s">
-[...14 lines deleted...]
-      <c r="O57" s="395"/>
+      <c r="B57" s="357" t="s">
+        <v>404</v>
+      </c>
+      <c r="C57" s="358"/>
+      <c r="D57" s="358"/>
+      <c r="E57" s="358"/>
+      <c r="F57" s="358"/>
+      <c r="G57" s="358"/>
+      <c r="H57" s="358"/>
+      <c r="I57" s="358"/>
+      <c r="J57" s="358"/>
+      <c r="K57" s="358"/>
+      <c r="L57" s="358"/>
+      <c r="M57" s="358"/>
+      <c r="N57" s="358"/>
+      <c r="O57" s="359"/>
       <c r="P57" s="14"/>
     </row>
     <row r="58" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B58" s="154" t="s">
         <v>42</v>
       </c>
       <c r="C58" s="155" t="s">
         <v>217</v>
       </c>
       <c r="D58" s="78" t="s">
         <v>205</v>
       </c>
       <c r="E58" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F58" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G58" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H58" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I58" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J58" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K58" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L58" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M58" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N58" s="192" t="s">
         <v>1</v>
       </c>
       <c r="O58" s="166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P58" s="82"/>
     </row>
     <row r="59" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B59" s="241" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="C59" s="242">
         <v>26054</v>
       </c>
       <c r="D59" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E59" s="65">
         <v>2026</v>
       </c>
       <c r="F59" s="238">
         <v>46295</v>
       </c>
       <c r="G59" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H59" s="52">
         <v>2500</v>
       </c>
       <c r="I59" s="52" t="s">
         <v>31</v>
       </c>
       <c r="J59" s="53" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="K59" s="52" t="s">
         <v>50</v>
       </c>
       <c r="L59" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M59" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N59" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O59" s="239">
         <v>41309</v>
       </c>
       <c r="P59" s="240"/>
     </row>
     <row r="60" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B60" s="241" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="C60" s="242">
         <v>26054</v>
       </c>
       <c r="D60" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E60" s="65">
         <v>2026</v>
       </c>
       <c r="F60" s="238">
         <v>46295</v>
       </c>
       <c r="G60" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H60" s="52">
         <v>3500</v>
       </c>
       <c r="I60" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="53" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="K60" s="52" t="s">
         <v>51</v>
       </c>
       <c r="L60" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M60" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N60" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O60" s="239">
         <v>41631</v>
       </c>
       <c r="P60" s="240"/>
     </row>
     <row r="61" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B61" s="241" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="C61" s="242">
         <v>26054</v>
       </c>
       <c r="D61" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E61" s="65">
         <v>2026</v>
       </c>
       <c r="F61" s="238">
         <v>46295</v>
       </c>
       <c r="G61" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H61" s="52">
         <v>3500</v>
       </c>
       <c r="I61" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="53" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="K61" s="52" t="s">
         <v>52</v>
       </c>
       <c r="L61" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M61" s="52" t="s">
         <v>131</v>
       </c>
       <c r="N61" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O61" s="239">
         <v>42614</v>
       </c>
       <c r="P61" s="240"/>
     </row>
     <row r="62" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B62" s="241" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="C62" s="242">
         <v>26054</v>
       </c>
       <c r="D62" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E62" s="237">
         <v>2026</v>
       </c>
       <c r="F62" s="238">
         <v>46295</v>
       </c>
       <c r="G62" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H62" s="52">
         <v>2500</v>
       </c>
       <c r="I62" s="52" t="s">
         <v>31</v>
       </c>
       <c r="J62" s="53" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="K62" s="52" t="s">
         <v>53</v>
       </c>
       <c r="L62" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M62" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N62" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O62" s="239">
         <v>55711</v>
       </c>
       <c r="P62" s="240"/>
     </row>
     <row r="63" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B63" s="241" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="C63" s="242">
         <v>26054</v>
       </c>
       <c r="D63" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E63" s="65">
         <v>2026</v>
       </c>
       <c r="F63" s="238">
         <v>46295</v>
       </c>
       <c r="G63" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H63" s="52">
         <v>3500</v>
       </c>
       <c r="I63" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="53" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="K63" s="52" t="s">
         <v>78</v>
       </c>
       <c r="L63" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M63" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N63" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O63" s="239">
         <v>55833</v>
       </c>
       <c r="P63" s="240"/>
     </row>
     <row r="64" spans="1:16" s="24" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B64" s="241" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="C64" s="242">
         <v>26054</v>
       </c>
       <c r="D64" s="65" t="s">
         <v>121</v>
       </c>
       <c r="E64" s="65">
         <v>2026</v>
       </c>
       <c r="F64" s="238">
         <v>46295</v>
       </c>
       <c r="G64" s="52" t="s">
         <v>115</v>
       </c>
       <c r="H64" s="52">
         <v>3500</v>
       </c>
       <c r="I64" s="52" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="53" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="K64" s="52" t="s">
         <v>34</v>
       </c>
       <c r="L64" s="52" t="s">
         <v>41</v>
       </c>
       <c r="M64" s="52" t="s">
         <v>49</v>
       </c>
       <c r="N64" s="52" t="s">
         <v>62</v>
       </c>
       <c r="O64" s="239">
         <v>55968</v>
       </c>
       <c r="P64" s="240"/>
     </row>
     <row r="65" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B65" s="159" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="C65" s="44">
         <v>26095</v>
       </c>
       <c r="D65" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E65" s="39">
         <v>2026</v>
       </c>
       <c r="F65" s="40">
         <v>46295</v>
       </c>
       <c r="G65" s="270" t="s">
         <v>21</v>
       </c>
       <c r="H65" s="270" t="s">
         <v>104</v>
       </c>
       <c r="I65" s="270" t="s">
         <v>31</v>
       </c>
       <c r="J65" s="66" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="K65" s="270" t="s">
         <v>105</v>
       </c>
       <c r="L65" s="271" t="s">
         <v>41</v>
       </c>
       <c r="M65" s="270" t="s">
         <v>54</v>
       </c>
       <c r="N65" s="270" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="O65" s="167">
         <v>44420</v>
       </c>
       <c r="P65" s="7"/>
     </row>
     <row r="66" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B66" s="159" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="C66" s="44">
         <v>26095</v>
       </c>
       <c r="D66" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E66" s="59">
         <v>2026</v>
       </c>
       <c r="F66" s="40">
         <v>46295</v>
       </c>
       <c r="G66" s="270" t="s">
         <v>21</v>
       </c>
       <c r="H66" s="270" t="s">
         <v>106</v>
       </c>
       <c r="I66" s="270" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="66" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="K66" s="270" t="s">
         <v>107</v>
       </c>
       <c r="L66" s="271" t="s">
         <v>41</v>
       </c>
       <c r="M66" s="270" t="s">
         <v>54</v>
       </c>
       <c r="N66" s="270" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="O66" s="167">
         <v>45460</v>
       </c>
       <c r="P66" s="7"/>
     </row>
     <row r="67" spans="1:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B67" s="159" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="C67" s="44">
         <v>26095</v>
       </c>
       <c r="D67" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E67" s="59">
         <v>2026</v>
       </c>
       <c r="F67" s="40">
         <v>46295</v>
       </c>
       <c r="G67" s="270" t="s">
         <v>21</v>
       </c>
       <c r="H67" s="270" t="s">
         <v>106</v>
       </c>
       <c r="I67" s="270" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="66" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="K67" s="270" t="s">
         <v>108</v>
       </c>
       <c r="L67" s="271" t="s">
         <v>41</v>
       </c>
       <c r="M67" s="270" t="s">
         <v>54</v>
       </c>
       <c r="N67" s="270" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="O67" s="167">
         <v>46588</v>
       </c>
       <c r="P67" s="7"/>
     </row>
     <row r="68" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A68" s="272"/>
       <c r="B68" s="159" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="C68" s="44">
         <v>26170</v>
       </c>
       <c r="D68" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E68" s="39">
         <v>2026</v>
       </c>
       <c r="F68" s="40">
         <v>46295</v>
       </c>
       <c r="G68" s="269" t="s">
         <v>21</v>
       </c>
       <c r="H68" s="269" t="s">
         <v>104</v>
       </c>
       <c r="I68" s="269" t="s">
         <v>31</v>
       </c>
       <c r="J68" s="66" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="K68" s="269" t="s">
         <v>110</v>
       </c>
       <c r="L68" s="268" t="s">
         <v>41</v>
       </c>
       <c r="M68" s="269" t="s">
         <v>54</v>
       </c>
       <c r="N68" s="269" t="s">
         <v>18</v>
       </c>
       <c r="O68" s="167">
         <v>46111.4</v>
       </c>
       <c r="P68" s="7"/>
     </row>
     <row r="69" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A69" s="272"/>
       <c r="B69" s="159" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="C69" s="44">
         <v>26170</v>
       </c>
       <c r="D69" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E69" s="39">
         <v>2026</v>
       </c>
       <c r="F69" s="40">
         <v>46295</v>
       </c>
       <c r="G69" s="269" t="s">
         <v>21</v>
       </c>
       <c r="H69" s="269" t="s">
         <v>104</v>
       </c>
       <c r="I69" s="269" t="s">
         <v>31</v>
       </c>
       <c r="J69" s="66" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="K69" s="269" t="s">
         <v>109</v>
       </c>
       <c r="L69" s="268" t="s">
         <v>41</v>
       </c>
       <c r="M69" s="269" t="s">
         <v>54</v>
       </c>
       <c r="N69" s="269" t="s">
         <v>18</v>
       </c>
       <c r="O69" s="167">
         <v>46118.6</v>
       </c>
       <c r="P69" s="7"/>
     </row>
     <row r="70" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A70" s="272"/>
       <c r="B70" s="159" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C70" s="44">
         <v>26170</v>
       </c>
       <c r="D70" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E70" s="59">
         <v>2026</v>
       </c>
       <c r="F70" s="40">
         <v>46295</v>
       </c>
       <c r="G70" s="269" t="s">
         <v>21</v>
       </c>
       <c r="H70" s="269" t="s">
         <v>106</v>
       </c>
       <c r="I70" s="269" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="66" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="K70" s="269" t="s">
         <v>111</v>
       </c>
       <c r="L70" s="268" t="s">
         <v>41</v>
       </c>
       <c r="M70" s="269" t="s">
         <v>54</v>
       </c>
       <c r="N70" s="269" t="s">
         <v>18</v>
       </c>
       <c r="O70" s="167">
         <v>47217.8</v>
       </c>
       <c r="P70" s="7"/>
     </row>
     <row r="71" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A71" s="272"/>
       <c r="B71" s="159" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="C71" s="44">
         <v>26170</v>
       </c>
       <c r="D71" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E71" s="59">
         <v>2026</v>
       </c>
       <c r="F71" s="40">
         <v>46295</v>
       </c>
       <c r="G71" s="269" t="s">
         <v>21</v>
       </c>
       <c r="H71" s="269" t="s">
         <v>106</v>
       </c>
       <c r="I71" s="269" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="66" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="K71" s="269" t="s">
         <v>111</v>
       </c>
       <c r="L71" s="269" t="s">
         <v>41</v>
       </c>
       <c r="M71" s="269" t="s">
         <v>54</v>
       </c>
       <c r="N71" s="269" t="s">
         <v>18</v>
       </c>
       <c r="O71" s="167">
         <v>48031</v>
       </c>
       <c r="P71" s="7"/>
     </row>
     <row r="72" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A72" s="272"/>
       <c r="B72" s="159" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="C72" s="44">
         <v>26170</v>
       </c>
       <c r="D72" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E72" s="59">
         <v>2026</v>
       </c>
       <c r="F72" s="40">
         <v>46295</v>
       </c>
       <c r="G72" s="269" t="s">
         <v>21</v>
       </c>
       <c r="H72" s="269" t="s">
         <v>104</v>
       </c>
       <c r="I72" s="269" t="s">
         <v>31</v>
       </c>
       <c r="J72" s="66" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="K72" s="269" t="s">
         <v>112</v>
       </c>
       <c r="L72" s="269" t="s">
         <v>41</v>
       </c>
       <c r="M72" s="269" t="s">
         <v>54</v>
       </c>
       <c r="N72" s="269" t="s">
         <v>18</v>
       </c>
       <c r="O72" s="167">
         <v>47872.2</v>
       </c>
       <c r="P72" s="7"/>
     </row>
     <row r="73" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A73" s="272"/>
       <c r="B73" s="159" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="C73" s="44">
         <v>26170</v>
       </c>
       <c r="D73" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E73" s="59">
         <v>2026</v>
       </c>
       <c r="F73" s="40">
         <v>46295</v>
       </c>
       <c r="G73" s="269" t="s">
         <v>21</v>
       </c>
       <c r="H73" s="269" t="s">
         <v>106</v>
       </c>
       <c r="I73" s="269" t="s">
         <v>32</v>
       </c>
       <c r="J73" s="66" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="K73" s="269" t="s">
         <v>113</v>
       </c>
       <c r="L73" s="269" t="s">
         <v>41</v>
       </c>
       <c r="M73" s="269" t="s">
         <v>54</v>
       </c>
       <c r="N73" s="269" t="s">
         <v>18</v>
       </c>
       <c r="O73" s="167">
         <v>48795.4</v>
       </c>
       <c r="P73" s="7"/>
     </row>
     <row r="74" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A74" s="272"/>
       <c r="B74" s="159" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="C74" s="44">
         <v>26170</v>
       </c>
       <c r="D74" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E74" s="39">
         <v>2026</v>
       </c>
       <c r="F74" s="40">
         <v>46295</v>
       </c>
       <c r="G74" s="269" t="s">
         <v>21</v>
       </c>
       <c r="H74" s="269" t="s">
         <v>106</v>
       </c>
       <c r="I74" s="269" t="s">
         <v>32</v>
       </c>
       <c r="J74" s="66" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="K74" s="269" t="s">
         <v>114</v>
       </c>
       <c r="L74" s="269" t="s">
         <v>41</v>
       </c>
       <c r="M74" s="269" t="s">
         <v>54</v>
       </c>
       <c r="N74" s="269" t="s">
         <v>18</v>
       </c>
       <c r="O74" s="167">
         <v>50099.8</v>
       </c>
       <c r="P74" s="7"/>
     </row>
     <row r="75" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.3">
       <c r="A75" s="272"/>
       <c r="B75" s="159" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="C75" s="44">
         <v>26170</v>
       </c>
       <c r="D75" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E75" s="39">
         <v>2026</v>
       </c>
       <c r="F75" s="40">
         <v>46295</v>
       </c>
       <c r="G75" s="269" t="s">
         <v>21</v>
       </c>
       <c r="H75" s="269" t="s">
         <v>106</v>
       </c>
       <c r="I75" s="269" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="66" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="K75" s="269" t="s">
         <v>114</v>
       </c>
       <c r="L75" s="268" t="s">
         <v>41</v>
       </c>
       <c r="M75" s="269" t="s">
         <v>54</v>
       </c>
       <c r="N75" s="269" t="s">
         <v>18</v>
       </c>
       <c r="O75" s="167">
         <v>49154.6</v>
       </c>
       <c r="P75" s="7"/>
     </row>
     <row r="76" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B76" s="128" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C76" s="123">
         <v>26065</v>
       </c>
       <c r="D76" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E76" s="59">
         <v>2026</v>
       </c>
       <c r="F76" s="40">
         <v>46295</v>
       </c>
       <c r="G76" s="254" t="s">
         <v>6</v>
       </c>
       <c r="H76" s="254" t="s">
         <v>46</v>
       </c>
       <c r="I76" s="254" t="s">
         <v>31</v>
       </c>
       <c r="J76" s="66" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="K76" s="254" t="s">
         <v>56</v>
       </c>
       <c r="L76" s="254" t="s">
         <v>43</v>
       </c>
       <c r="M76" s="254" t="s">
         <v>54</v>
       </c>
       <c r="N76" s="254" t="s">
         <v>7</v>
       </c>
       <c r="O76" s="167">
         <v>41613</v>
       </c>
       <c r="P76" s="7"/>
     </row>
     <row r="77" spans="1:16" ht="37.5" x14ac:dyDescent="0.25">
       <c r="A77" s="5"/>
       <c r="B77" s="256" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C77" s="131">
         <v>26065</v>
       </c>
       <c r="D77" s="257" t="s">
         <v>121</v>
       </c>
       <c r="E77" s="63">
         <v>2026</v>
       </c>
       <c r="F77" s="64">
         <v>46295</v>
       </c>
       <c r="G77" s="258" t="s">
         <v>6</v>
       </c>
       <c r="H77" s="259" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="258" t="s">
         <v>32</v>
       </c>
       <c r="J77" s="260" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="K77" s="258" t="s">
         <v>57</v>
       </c>
       <c r="L77" s="258" t="s">
         <v>43</v>
       </c>
       <c r="M77" s="258" t="s">
         <v>54</v>
       </c>
       <c r="N77" s="253" t="s">
         <v>7</v>
       </c>
       <c r="O77" s="261">
         <v>43024</v>
       </c>
       <c r="P77" s="94"/>
     </row>
     <row r="78" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B78" s="128" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C78" s="123">
         <v>26065</v>
       </c>
       <c r="D78" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E78" s="39">
         <v>2026</v>
       </c>
       <c r="F78" s="40">
         <v>46295</v>
       </c>
       <c r="G78" s="189" t="s">
         <v>6</v>
       </c>
       <c r="H78" s="189" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="189" t="s">
         <v>32</v>
       </c>
       <c r="J78" s="66" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="K78" s="189" t="s">
         <v>128</v>
       </c>
       <c r="L78" s="189" t="s">
         <v>43</v>
       </c>
       <c r="M78" s="189" t="s">
         <v>54</v>
       </c>
       <c r="N78" s="189" t="s">
         <v>7</v>
       </c>
       <c r="O78" s="167">
         <v>43961</v>
       </c>
       <c r="P78" s="7"/>
     </row>
     <row r="79" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B79" s="128" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="C79" s="123">
         <v>26065</v>
       </c>
       <c r="D79" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E79" s="59">
         <v>2026</v>
       </c>
       <c r="F79" s="40" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="G79" s="189" t="s">
         <v>6</v>
       </c>
       <c r="H79" s="189" t="s">
         <v>46</v>
       </c>
       <c r="I79" s="189" t="s">
         <v>31</v>
       </c>
       <c r="J79" s="66" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="K79" s="189" t="s">
         <v>58</v>
       </c>
       <c r="L79" s="189" t="s">
         <v>43</v>
       </c>
       <c r="M79" s="189" t="s">
         <v>54</v>
       </c>
       <c r="N79" s="189" t="s">
         <v>7</v>
       </c>
       <c r="O79" s="167">
         <v>44703</v>
       </c>
       <c r="P79" s="7"/>
     </row>
     <row r="80" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B80" s="128" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C80" s="123">
         <v>26065</v>
       </c>
       <c r="D80" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E80" s="39">
         <v>2026</v>
       </c>
       <c r="F80" s="40">
         <v>46295</v>
       </c>
       <c r="G80" s="189" t="s">
         <v>6</v>
       </c>
       <c r="H80" s="189" t="s">
         <v>46</v>
       </c>
       <c r="I80" s="189" t="s">
         <v>31</v>
       </c>
       <c r="J80" s="66" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="K80" s="189" t="s">
         <v>58</v>
       </c>
       <c r="L80" s="189" t="s">
         <v>43</v>
       </c>
       <c r="M80" s="189" t="s">
         <v>54</v>
       </c>
       <c r="N80" s="189" t="s">
         <v>7</v>
       </c>
       <c r="O80" s="167">
         <v>44913</v>
       </c>
       <c r="P80" s="7"/>
     </row>
     <row r="81" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B81" s="128" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="C81" s="123">
         <v>26065</v>
       </c>
       <c r="D81" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E81" s="39">
         <v>2026</v>
       </c>
       <c r="F81" s="40">
         <v>46295</v>
       </c>
       <c r="G81" s="189" t="s">
         <v>6</v>
       </c>
       <c r="H81" s="189" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="189" t="s">
         <v>32</v>
       </c>
       <c r="J81" s="66" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="K81" s="189" t="s">
         <v>129</v>
       </c>
       <c r="L81" s="189" t="s">
         <v>43</v>
       </c>
       <c r="M81" s="189" t="s">
         <v>54</v>
       </c>
       <c r="N81" s="189" t="s">
         <v>7</v>
       </c>
       <c r="O81" s="167">
         <v>45873</v>
       </c>
       <c r="P81" s="7"/>
     </row>
     <row r="82" spans="2:16" s="5" customFormat="1" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="128" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="C82" s="123">
         <v>26065</v>
       </c>
       <c r="D82" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E82" s="59">
         <v>2026</v>
       </c>
       <c r="F82" s="40">
         <v>46295</v>
       </c>
       <c r="G82" s="189" t="s">
         <v>6</v>
       </c>
       <c r="H82" s="189" t="s">
         <v>46</v>
       </c>
       <c r="I82" s="189" t="s">
         <v>31</v>
       </c>
       <c r="J82" s="66" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="K82" s="189" t="s">
         <v>47</v>
       </c>
       <c r="L82" s="189" t="s">
         <v>43</v>
       </c>
       <c r="M82" s="189" t="s">
         <v>49</v>
       </c>
       <c r="N82" s="189" t="s">
         <v>7</v>
       </c>
       <c r="O82" s="167">
         <v>56124</v>
       </c>
       <c r="P82" s="7"/>
     </row>
     <row r="83" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B83" s="128" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="C83" s="123">
         <v>26065</v>
       </c>
       <c r="D83" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E83" s="39">
         <v>2026</v>
       </c>
       <c r="F83" s="40">
         <v>46295</v>
       </c>
       <c r="G83" s="189" t="s">
         <v>6</v>
       </c>
       <c r="H83" s="189" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="189" t="s">
         <v>32</v>
       </c>
       <c r="J83" s="66" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="K83" s="189" t="s">
         <v>48</v>
       </c>
       <c r="L83" s="189" t="s">
         <v>41</v>
       </c>
       <c r="M83" s="189" t="s">
         <v>49</v>
       </c>
       <c r="N83" s="189" t="s">
         <v>7</v>
       </c>
       <c r="O83" s="167">
         <v>57394</v>
       </c>
       <c r="P83" s="7"/>
     </row>
     <row r="84" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B84" s="128" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="C84" s="123">
         <v>26065</v>
       </c>
       <c r="D84" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E84" s="39">
         <v>2026</v>
       </c>
       <c r="F84" s="40">
         <v>46295</v>
       </c>
       <c r="G84" s="189" t="s">
         <v>6</v>
       </c>
       <c r="H84" s="189" t="s">
         <v>33</v>
       </c>
       <c r="I84" s="189" t="s">
         <v>32</v>
       </c>
       <c r="J84" s="66" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="K84" s="189" t="s">
         <v>35</v>
       </c>
       <c r="L84" s="189" t="s">
         <v>41</v>
       </c>
       <c r="M84" s="189" t="s">
         <v>49</v>
       </c>
       <c r="N84" s="189" t="s">
         <v>7</v>
       </c>
       <c r="O84" s="167">
         <v>58897</v>
       </c>
       <c r="P84" s="7"/>
     </row>
     <row r="85" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="H85" s="94"/>
     </row>
     <row r="86" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B86" s="426" t="s">
-[...14 lines deleted...]
-      <c r="O86" s="428"/>
+      <c r="B86" s="374" t="s">
+        <v>403</v>
+      </c>
+      <c r="C86" s="375"/>
+      <c r="D86" s="375"/>
+      <c r="E86" s="375"/>
+      <c r="F86" s="375"/>
+      <c r="G86" s="375"/>
+      <c r="H86" s="375"/>
+      <c r="I86" s="375"/>
+      <c r="J86" s="375"/>
+      <c r="K86" s="375"/>
+      <c r="L86" s="375"/>
+      <c r="M86" s="375"/>
+      <c r="N86" s="375"/>
+      <c r="O86" s="376"/>
       <c r="P86" s="14"/>
     </row>
     <row r="87" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B87" s="154" t="s">
         <v>42</v>
       </c>
       <c r="C87" s="155" t="s">
         <v>217</v>
       </c>
       <c r="D87" s="78" t="s">
         <v>205</v>
       </c>
       <c r="E87" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F87" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G87" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H87" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I87" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J87" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K87" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L87" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M87" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N87" s="192" t="s">
         <v>1</v>
       </c>
       <c r="O87" s="166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P87" s="82"/>
     </row>
     <row r="88" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B88" s="250" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="C88" s="44">
         <v>26055</v>
       </c>
       <c r="D88" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E88" s="39">
         <v>2026</v>
       </c>
       <c r="F88" s="40">
         <v>46295</v>
       </c>
       <c r="G88" s="233" t="s">
         <v>24</v>
       </c>
       <c r="H88" s="233">
         <v>4500</v>
       </c>
       <c r="I88" s="232" t="s">
         <v>44</v>
       </c>
       <c r="J88" s="220" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="K88" s="233" t="s">
         <v>157</v>
       </c>
       <c r="L88" s="233" t="s">
         <v>41</v>
       </c>
       <c r="M88" s="233" t="s">
         <v>131</v>
       </c>
       <c r="N88" s="233" t="s">
         <v>62</v>
       </c>
       <c r="O88" s="167">
         <v>52101</v>
       </c>
       <c r="P88" s="7"/>
     </row>
     <row r="89" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B89" s="250" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="C89" s="44">
         <v>26055</v>
       </c>
       <c r="D89" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E89" s="39">
         <v>2026</v>
       </c>
       <c r="F89" s="40">
         <v>46295</v>
       </c>
       <c r="G89" s="254" t="s">
         <v>24</v>
       </c>
       <c r="H89" s="254">
         <v>4500</v>
       </c>
       <c r="I89" s="252" t="s">
         <v>44</v>
       </c>
       <c r="J89" s="220" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="K89" s="254" t="s">
         <v>158</v>
       </c>
       <c r="L89" s="254" t="s">
         <v>41</v>
       </c>
       <c r="M89" s="254" t="s">
         <v>131</v>
       </c>
       <c r="N89" s="254" t="s">
         <v>62</v>
       </c>
       <c r="O89" s="167">
         <v>53031</v>
       </c>
       <c r="P89" s="7"/>
     </row>
     <row r="90" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B90" s="250" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="C90" s="44">
         <v>26055</v>
       </c>
       <c r="D90" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E90" s="39">
         <v>2026</v>
       </c>
       <c r="F90" s="40">
         <v>46295</v>
       </c>
       <c r="G90" s="254" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="254">
         <v>5500</v>
       </c>
       <c r="I90" s="252" t="s">
         <v>45</v>
       </c>
       <c r="J90" s="220" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="K90" s="254" t="s">
         <v>159</v>
       </c>
       <c r="L90" s="254" t="s">
         <v>41</v>
       </c>
       <c r="M90" s="254" t="s">
         <v>131</v>
       </c>
       <c r="N90" s="254" t="s">
         <v>62</v>
       </c>
       <c r="O90" s="167">
         <v>53089</v>
       </c>
       <c r="P90" s="7"/>
     </row>
     <row r="91" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B91" s="250" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="C91" s="44">
         <v>26055</v>
       </c>
       <c r="D91" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E91" s="39">
         <v>2026</v>
       </c>
       <c r="F91" s="40">
         <v>46295</v>
       </c>
       <c r="G91" s="254" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="254">
         <v>5500</v>
       </c>
       <c r="I91" s="252" t="s">
         <v>45</v>
       </c>
       <c r="J91" s="220" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="K91" s="254" t="s">
         <v>160</v>
       </c>
       <c r="L91" s="254" t="s">
         <v>41</v>
       </c>
       <c r="M91" s="254" t="s">
         <v>131</v>
       </c>
       <c r="N91" s="254" t="s">
         <v>62</v>
       </c>
       <c r="O91" s="167">
         <v>54105</v>
       </c>
       <c r="P91" s="7"/>
     </row>
     <row r="92" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B92" s="250" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C92" s="44">
         <v>26063</v>
       </c>
       <c r="D92" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E92" s="39">
         <v>2026</v>
       </c>
       <c r="F92" s="40">
         <v>46295</v>
       </c>
       <c r="G92" s="254" t="s">
         <v>8</v>
       </c>
       <c r="H92" s="254" t="s">
         <v>38</v>
       </c>
       <c r="I92" s="252" t="s">
         <v>44</v>
       </c>
       <c r="J92" s="220" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="K92" s="254" t="s">
         <v>37</v>
       </c>
       <c r="L92" s="254" t="s">
         <v>41</v>
       </c>
       <c r="M92" s="254" t="s">
         <v>54</v>
       </c>
       <c r="N92" s="254" t="s">
         <v>7</v>
       </c>
       <c r="O92" s="167">
         <v>52727</v>
       </c>
       <c r="P92" s="7"/>
     </row>
     <row r="93" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B93" s="296" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="C93" s="297">
         <v>26063</v>
       </c>
       <c r="D93" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E93" s="63">
         <v>2026</v>
       </c>
       <c r="F93" s="64">
         <v>46295</v>
       </c>
       <c r="G93" s="253" t="s">
         <v>8</v>
       </c>
       <c r="H93" s="253" t="s">
         <v>38</v>
       </c>
       <c r="I93" s="231" t="s">
         <v>44</v>
       </c>
       <c r="J93" s="262" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="K93" s="253" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="L93" s="253" t="s">
         <v>41</v>
       </c>
       <c r="M93" s="253" t="s">
         <v>54</v>
       </c>
       <c r="N93" s="253" t="s">
         <v>7</v>
       </c>
       <c r="O93" s="176">
         <v>55044</v>
       </c>
       <c r="P93" s="7"/>
     </row>
     <row r="94" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B94" s="250" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="C94" s="44">
         <v>26063</v>
       </c>
       <c r="D94" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E94" s="39">
         <v>2026</v>
       </c>
       <c r="F94" s="40">
         <v>46295</v>
       </c>
       <c r="G94" s="189" t="s">
         <v>8</v>
       </c>
       <c r="H94" s="189" t="s">
         <v>25</v>
       </c>
       <c r="I94" s="187" t="s">
         <v>45</v>
       </c>
       <c r="J94" s="220" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="K94" s="189" t="s">
         <v>36</v>
       </c>
       <c r="L94" s="189" t="s">
         <v>41</v>
       </c>
       <c r="M94" s="189" t="s">
         <v>54</v>
       </c>
       <c r="N94" s="189" t="s">
         <v>7</v>
       </c>
       <c r="O94" s="167">
         <v>53043</v>
       </c>
       <c r="P94" s="7"/>
     </row>
     <row r="95" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B95" s="250" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="C95" s="44">
         <v>26063</v>
       </c>
       <c r="D95" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E95" s="39">
         <v>2026</v>
       </c>
       <c r="F95" s="40">
         <v>46295</v>
       </c>
       <c r="G95" s="189" t="s">
         <v>8</v>
       </c>
       <c r="H95" s="189" t="s">
         <v>25</v>
       </c>
       <c r="I95" s="187" t="s">
         <v>45</v>
       </c>
       <c r="J95" s="220" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="K95" s="189" t="s">
         <v>39</v>
       </c>
       <c r="L95" s="189" t="s">
         <v>41</v>
       </c>
       <c r="M95" s="189" t="s">
         <v>54</v>
       </c>
       <c r="N95" s="189" t="s">
         <v>7</v>
       </c>
       <c r="O95" s="167">
         <v>56888</v>
       </c>
       <c r="P95" s="7"/>
     </row>
     <row r="96" spans="2:16" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B96" s="298" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="C96" s="293">
         <v>26063</v>
       </c>
       <c r="D96" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E96" s="46">
         <v>2026</v>
       </c>
       <c r="F96" s="47">
         <v>46295</v>
       </c>
       <c r="G96" s="45" t="s">
         <v>8</v>
       </c>
       <c r="H96" s="45" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="I96" s="74" t="s">
         <v>45</v>
       </c>
       <c r="J96" s="249" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="K96" s="45" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="L96" s="45" t="s">
         <v>41</v>
       </c>
       <c r="M96" s="45" t="s">
         <v>54</v>
       </c>
       <c r="N96" s="45" t="s">
         <v>7</v>
       </c>
       <c r="O96" s="174">
         <v>52762</v>
       </c>
       <c r="P96" s="7"/>
     </row>
     <row r="97" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B97" s="139"/>
       <c r="C97" s="134"/>
       <c r="D97" s="17"/>
       <c r="E97" s="96"/>
       <c r="F97" s="12"/>
       <c r="G97" s="94"/>
       <c r="H97" s="94"/>
       <c r="I97" s="101"/>
       <c r="J97" s="16"/>
       <c r="K97" s="94"/>
       <c r="L97" s="94"/>
       <c r="M97" s="94"/>
       <c r="N97" s="194"/>
       <c r="O97" s="4"/>
       <c r="P97" s="7"/>
     </row>
     <row r="98" spans="2:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B98" s="148"/>
       <c r="C98" s="139"/>
       <c r="D98" s="27"/>
       <c r="E98" s="101"/>
       <c r="F98" s="102"/>
       <c r="G98" s="94"/>
       <c r="H98" s="94"/>
       <c r="I98" s="94"/>
       <c r="J98" s="4"/>
       <c r="K98" s="94"/>
       <c r="L98" s="94"/>
       <c r="M98" s="94"/>
       <c r="N98" s="195"/>
       <c r="O98" s="4"/>
       <c r="P98" s="95"/>
     </row>
     <row r="99" spans="2:16" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B99" s="421" t="s">
+      <c r="B99" s="369" t="s">
         <v>207</v>
       </c>
-      <c r="C99" s="422"/>
-[...11 lines deleted...]
-      <c r="O99" s="423"/>
+      <c r="C99" s="370"/>
+      <c r="D99" s="370"/>
+      <c r="E99" s="370"/>
+      <c r="F99" s="370"/>
+      <c r="G99" s="370"/>
+      <c r="H99" s="370"/>
+      <c r="I99" s="370"/>
+      <c r="J99" s="370"/>
+      <c r="K99" s="370"/>
+      <c r="L99" s="370"/>
+      <c r="M99" s="370"/>
+      <c r="N99" s="370"/>
+      <c r="O99" s="371"/>
       <c r="P99" s="14"/>
     </row>
     <row r="100" spans="2:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B100" s="154" t="s">
         <v>42</v>
       </c>
       <c r="C100" s="155" t="s">
         <v>217</v>
       </c>
       <c r="D100" s="78" t="s">
         <v>205</v>
       </c>
       <c r="E100" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F100" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G100" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H100" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I100" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J100" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K100" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L100" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M100" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N100" s="192" t="s">
         <v>1</v>
       </c>
       <c r="O100" s="166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P100" s="82"/>
     </row>
     <row r="101" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B101" s="128" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="C101" s="123" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="D101" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E101" s="39">
         <v>2026</v>
       </c>
       <c r="F101" s="40">
         <v>46189</v>
       </c>
       <c r="G101" s="248" t="s">
         <v>21</v>
       </c>
       <c r="H101" s="248" t="s">
         <v>196</v>
       </c>
       <c r="I101" s="248" t="s">
         <v>145</v>
       </c>
       <c r="J101" s="42" t="s">
         <v>180</v>
       </c>
       <c r="K101" s="248" t="s">
         <v>197</v>
       </c>
       <c r="L101" s="248" t="s">
         <v>41</v>
       </c>
       <c r="M101" s="248" t="s">
         <v>41</v>
       </c>
       <c r="N101" s="248" t="s">
         <v>18</v>
       </c>
       <c r="O101" s="167">
         <v>20969.400000000001</v>
       </c>
       <c r="P101" s="7"/>
     </row>
     <row r="102" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B102" s="128" t="s">
+        <v>368</v>
+      </c>
+      <c r="C102" s="123" t="s">
         <v>369</v>
       </c>
-      <c r="C102" s="123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D102" s="278" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="E102" s="39">
         <v>2026</v>
       </c>
       <c r="F102" s="40">
         <v>46203</v>
       </c>
       <c r="G102" s="248" t="s">
         <v>21</v>
       </c>
       <c r="H102" s="248" t="s">
         <v>153</v>
       </c>
       <c r="I102" s="248" t="s">
         <v>145</v>
       </c>
       <c r="J102" s="42" t="s">
         <v>143</v>
       </c>
       <c r="K102" s="248" t="s">
         <v>198</v>
       </c>
       <c r="L102" s="248" t="s">
         <v>41</v>
       </c>
       <c r="M102" s="248" t="s">
         <v>41</v>
       </c>
       <c r="N102" s="248" t="s">
         <v>18</v>
       </c>
       <c r="O102" s="167">
         <v>26275.4</v>
       </c>
       <c r="P102" s="7"/>
     </row>
     <row r="103" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B103" s="128" t="s">
         <v>117</v>
       </c>
       <c r="C103" s="123" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="D103" s="278" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="E103" s="39">
         <v>2026</v>
       </c>
       <c r="F103" s="40">
         <v>46203</v>
       </c>
       <c r="G103" s="245" t="s">
         <v>21</v>
       </c>
       <c r="H103" s="245" t="s">
         <v>153</v>
       </c>
       <c r="I103" s="245" t="s">
         <v>145</v>
       </c>
       <c r="J103" s="69" t="s">
         <v>144</v>
       </c>
       <c r="K103" s="248" t="s">
         <v>198</v>
       </c>
       <c r="L103" s="248" t="s">
         <v>41</v>
       </c>
       <c r="M103" s="248" t="s">
         <v>41</v>
       </c>
       <c r="N103" s="248" t="s">
         <v>18</v>
       </c>
       <c r="O103" s="167">
         <v>28173.4</v>
       </c>
       <c r="P103" s="7"/>
     </row>
     <row r="104" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B104" s="128" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="C104" s="123" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="D104" s="278" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="E104" s="39">
         <v>2026</v>
       </c>
       <c r="F104" s="40">
         <v>46203</v>
       </c>
       <c r="G104" s="248" t="s">
         <v>21</v>
       </c>
       <c r="H104" s="248" t="s">
         <v>153</v>
       </c>
       <c r="I104" s="248" t="s">
         <v>145</v>
       </c>
       <c r="J104" s="42" t="s">
         <v>154</v>
       </c>
       <c r="K104" s="248" t="s">
         <v>198</v>
       </c>
       <c r="L104" s="248" t="s">
         <v>41</v>
       </c>
       <c r="M104" s="248" t="s">
         <v>41</v>
       </c>
       <c r="N104" s="248" t="s">
         <v>18</v>
       </c>
       <c r="O104" s="167">
         <v>28709.65</v>
       </c>
       <c r="P104" s="7"/>
     </row>
     <row r="105" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B105" s="230" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="131" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="D105" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E105" s="63">
         <v>2026</v>
       </c>
       <c r="F105" s="64">
         <v>46133</v>
       </c>
       <c r="G105" s="247" t="s">
         <v>8</v>
       </c>
       <c r="H105" s="247" t="s">
         <v>59</v>
       </c>
       <c r="I105" s="246" t="s">
         <v>149</v>
       </c>
       <c r="J105" s="43" t="s">
         <v>214</v>
       </c>
       <c r="K105" s="247" t="s">
         <v>188</v>
       </c>
       <c r="L105" s="247" t="s">
         <v>41</v>
       </c>
       <c r="M105" s="247" t="s">
         <v>41</v>
       </c>
       <c r="N105" s="248" t="s">
         <v>189</v>
       </c>
       <c r="O105" s="176">
         <v>38955</v>
       </c>
       <c r="P105" s="7"/>
     </row>
     <row r="106" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B106" s="159" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C106" s="44">
         <v>25146</v>
       </c>
       <c r="D106" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E106" s="39">
         <v>2026</v>
       </c>
       <c r="F106" s="40">
         <v>46412</v>
       </c>
       <c r="G106" s="245" t="s">
         <v>21</v>
       </c>
       <c r="H106" s="245" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="I106" s="245" t="s">
         <v>145</v>
       </c>
       <c r="J106" s="42" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="K106" s="248" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="L106" s="248" t="s">
         <v>41</v>
       </c>
       <c r="M106" s="248" t="s">
         <v>41</v>
       </c>
       <c r="N106" s="248" t="s">
         <v>18</v>
       </c>
       <c r="O106" s="167">
         <v>21770.400000000001</v>
       </c>
       <c r="P106" s="7"/>
     </row>
     <row r="107" spans="2:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B107" s="159" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C107" s="44">
         <v>26241</v>
       </c>
       <c r="D107" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E107" s="39">
         <v>2026</v>
       </c>
       <c r="F107" s="40">
         <v>46295</v>
       </c>
       <c r="G107" s="248" t="s">
         <v>8</v>
       </c>
       <c r="H107" s="248" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="I107" s="248" t="s">
         <v>145</v>
       </c>
       <c r="J107" s="42" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="K107" s="248" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="L107" s="248" t="s">
         <v>41</v>
       </c>
       <c r="M107" s="248" t="s">
         <v>41</v>
       </c>
       <c r="N107" s="248" t="s">
         <v>7</v>
       </c>
       <c r="O107" s="167">
         <v>28157</v>
       </c>
       <c r="P107" s="7"/>
     </row>
     <row r="108" spans="2:16" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B108" s="128" t="s">
+        <v>371</v>
+      </c>
+      <c r="C108" s="123" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="D108" s="39" t="s">
         <v>122</v>
       </c>
       <c r="E108" s="39">
         <v>2026</v>
       </c>
       <c r="F108" s="68">
         <v>46217</v>
       </c>
       <c r="G108" s="248" t="s">
         <v>8</v>
       </c>
       <c r="H108" s="248" t="s">
         <v>55</v>
       </c>
       <c r="I108" s="248" t="s">
         <v>145</v>
       </c>
       <c r="J108" s="42" t="s">
         <v>180</v>
       </c>
       <c r="K108" s="248" t="s">
         <v>204</v>
       </c>
       <c r="L108" s="248" t="s">
         <v>41</v>
       </c>
       <c r="M108" s="248" t="s">
         <v>41</v>
       </c>
       <c r="N108" s="248" t="s">
         <v>7</v>
       </c>
       <c r="O108" s="167">
         <v>26432</v>
       </c>
       <c r="P108" s="7"/>
     </row>
     <row r="109" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B109" s="128" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="C109" s="123">
         <v>26047</v>
       </c>
       <c r="D109" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E109" s="39">
         <v>2026</v>
       </c>
       <c r="F109" s="40">
         <v>46295</v>
       </c>
       <c r="G109" s="248" t="s">
         <v>137</v>
       </c>
       <c r="H109" s="248" t="s">
         <v>142</v>
       </c>
       <c r="I109" s="248" t="s">
         <v>145</v>
       </c>
       <c r="J109" s="42" t="s">
         <v>143</v>
       </c>
       <c r="K109" s="248" t="s">
         <v>141</v>
       </c>
       <c r="L109" s="248" t="s">
         <v>41</v>
       </c>
       <c r="M109" s="248" t="s">
         <v>41</v>
       </c>
       <c r="N109" s="248" t="s">
         <v>138</v>
       </c>
       <c r="O109" s="167">
         <v>36180</v>
       </c>
       <c r="P109" s="7"/>
     </row>
     <row r="110" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B110" s="251" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="C110" s="123">
         <v>26047</v>
       </c>
       <c r="D110" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E110" s="59">
         <v>2026</v>
       </c>
       <c r="F110" s="40">
         <v>46295</v>
       </c>
       <c r="G110" s="245" t="s">
         <v>137</v>
       </c>
       <c r="H110" s="245" t="s">
         <v>142</v>
       </c>
       <c r="I110" s="245" t="s">
         <v>145</v>
       </c>
       <c r="J110" s="69" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="K110" s="245" t="s">
         <v>141</v>
       </c>
       <c r="L110" s="245" t="s">
         <v>41</v>
       </c>
       <c r="M110" s="245" t="s">
         <v>41</v>
       </c>
       <c r="N110" s="248" t="s">
         <v>138</v>
       </c>
       <c r="O110" s="167">
         <v>40230</v>
       </c>
       <c r="P110" s="7"/>
     </row>
     <row r="111" spans="2:16" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B111" s="251" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="C111" s="123">
         <v>26049</v>
       </c>
       <c r="D111" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E111" s="39">
         <v>2026</v>
       </c>
       <c r="F111" s="40">
         <v>46295</v>
       </c>
       <c r="G111" s="245" t="s">
         <v>176</v>
       </c>
       <c r="H111" s="245" t="s">
         <v>177</v>
       </c>
       <c r="I111" s="245" t="s">
         <v>145</v>
       </c>
       <c r="J111" s="69" t="s">
         <v>180</v>
       </c>
       <c r="K111" s="248" t="s">
         <v>179</v>
       </c>
       <c r="L111" s="245" t="s">
         <v>41</v>
       </c>
       <c r="M111" s="245" t="s">
         <v>41</v>
       </c>
       <c r="N111" s="248" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="O111" s="167">
         <v>25944</v>
       </c>
       <c r="P111" s="7"/>
     </row>
     <row r="112" spans="2:16" s="5" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B112" s="251" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="C112" s="123">
         <v>26049</v>
       </c>
       <c r="D112" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E112" s="39">
         <v>2026</v>
       </c>
       <c r="F112" s="40">
         <v>46295</v>
       </c>
       <c r="G112" s="248" t="s">
         <v>176</v>
       </c>
       <c r="H112" s="248" t="s">
         <v>177</v>
       </c>
       <c r="I112" s="248" t="s">
         <v>145</v>
       </c>
       <c r="J112" s="42" t="s">
         <v>181</v>
       </c>
       <c r="K112" s="248" t="s">
         <v>179</v>
       </c>
       <c r="L112" s="248" t="s">
         <v>41</v>
       </c>
       <c r="M112" s="248" t="s">
         <v>41</v>
       </c>
       <c r="N112" s="248" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="O112" s="167">
         <v>27812</v>
       </c>
       <c r="P112" s="7"/>
     </row>
     <row r="113" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B113" s="128" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C113" s="123">
         <v>26049</v>
       </c>
       <c r="D113" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E113" s="39">
         <v>2026</v>
       </c>
       <c r="F113" s="40">
         <v>46295</v>
       </c>
       <c r="G113" s="248" t="s">
         <v>176</v>
       </c>
       <c r="H113" s="248" t="s">
         <v>178</v>
       </c>
       <c r="I113" s="248" t="s">
         <v>149</v>
       </c>
       <c r="J113" s="42" t="s">
         <v>215</v>
       </c>
       <c r="K113" s="302" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="L113" s="302" t="s">
         <v>41</v>
       </c>
       <c r="M113" s="302" t="s">
         <v>41</v>
       </c>
       <c r="N113" s="248" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="O113" s="167">
         <v>45944</v>
       </c>
       <c r="P113" s="7"/>
     </row>
     <row r="114" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B114" s="230" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="C114" s="123">
         <v>26066</v>
       </c>
       <c r="D114" s="303" t="s">
         <v>122</v>
       </c>
       <c r="E114" s="63">
         <v>2026</v>
       </c>
       <c r="F114" s="64">
         <v>46295</v>
       </c>
       <c r="G114" s="247" t="s">
         <v>8</v>
       </c>
       <c r="H114" s="231" t="s">
         <v>156</v>
       </c>
       <c r="I114" s="231" t="s">
         <v>150</v>
       </c>
       <c r="J114" s="43" t="s">
         <v>231</v>
       </c>
       <c r="K114" s="302" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="L114" s="302" t="s">
         <v>41</v>
       </c>
       <c r="M114" s="302" t="s">
         <v>41</v>
       </c>
       <c r="N114" s="248" t="s">
         <v>7</v>
       </c>
       <c r="O114" s="176">
         <v>57037</v>
       </c>
       <c r="P114" s="7"/>
     </row>
     <row r="115" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B115" s="159" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="C115" s="44">
         <v>26078</v>
       </c>
       <c r="D115" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E115" s="39">
         <v>2026</v>
       </c>
       <c r="F115" s="40">
         <v>46295</v>
       </c>
       <c r="G115" s="254" t="s">
         <v>21</v>
       </c>
       <c r="H115" s="254" t="s">
         <v>75</v>
       </c>
       <c r="I115" s="255" t="s">
         <v>149</v>
       </c>
       <c r="J115" s="42" t="s">
         <v>216</v>
       </c>
       <c r="K115" s="254" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="L115" s="254" t="s">
         <v>41</v>
       </c>
       <c r="M115" s="254" t="s">
         <v>41</v>
       </c>
       <c r="N115" s="254" t="s">
         <v>18</v>
       </c>
       <c r="O115" s="167">
         <v>38979.78</v>
       </c>
       <c r="P115" s="7"/>
     </row>
     <row r="116" spans="1:16" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B116" s="128" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C116" s="123">
         <v>26078</v>
       </c>
       <c r="D116" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E116" s="39">
         <v>2026</v>
       </c>
       <c r="F116" s="40">
         <v>46295</v>
       </c>
       <c r="G116" s="254" t="s">
         <v>21</v>
       </c>
       <c r="H116" s="252" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="I116" s="252" t="s">
         <v>145</v>
       </c>
       <c r="J116" s="42" t="s">
+        <v>475</v>
+      </c>
+      <c r="K116" s="254" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="L116" s="254" t="s">
         <v>41</v>
       </c>
       <c r="M116" s="254" t="s">
         <v>41</v>
       </c>
       <c r="N116" s="254" t="s">
         <v>18</v>
       </c>
       <c r="O116" s="167">
         <v>23245</v>
       </c>
       <c r="P116" s="7"/>
     </row>
     <row r="117" spans="1:16" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B117" s="128" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="C117" s="123">
         <v>26078</v>
       </c>
       <c r="D117" s="278" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="E117" s="39">
         <v>2026</v>
       </c>
       <c r="F117" s="40">
         <v>46295</v>
       </c>
       <c r="G117" s="305" t="s">
         <v>21</v>
       </c>
       <c r="H117" s="306" t="s">
         <v>23</v>
       </c>
       <c r="I117" s="306" t="s">
         <v>150</v>
       </c>
       <c r="J117" s="42" t="s">
         <v>155</v>
       </c>
       <c r="K117" s="305" t="s">
         <v>118</v>
       </c>
       <c r="L117" s="305" t="s">
         <v>41</v>
       </c>
       <c r="M117" s="305" t="s">
         <v>41</v>
       </c>
       <c r="N117" s="305" t="s">
         <v>18</v>
       </c>
       <c r="O117" s="167">
         <v>62154.98</v>
       </c>
       <c r="P117" s="7"/>
     </row>
     <row r="118" spans="1:16" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B118" s="159" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="C118" s="44">
         <v>26205</v>
       </c>
       <c r="D118" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E118" s="39">
         <v>2026</v>
       </c>
       <c r="F118" s="40">
         <v>46295</v>
       </c>
       <c r="G118" s="305" t="s">
         <v>133</v>
       </c>
       <c r="H118" s="306" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="I118" s="306" t="s">
         <v>145</v>
       </c>
       <c r="J118" s="42" t="s">
+        <v>511</v>
+      </c>
+      <c r="K118" s="305" t="s">
         <v>512</v>
       </c>
-      <c r="K118" s="305" t="s">
+      <c r="L118" s="305" t="s">
+        <v>41</v>
+      </c>
+      <c r="M118" s="305" t="s">
+        <v>41</v>
+      </c>
+      <c r="N118" s="305" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>514</v>
       </c>
       <c r="O118" s="167">
         <v>26900</v>
       </c>
       <c r="P118" s="7"/>
     </row>
     <row r="119" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B119" s="159" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="C119" s="44">
         <v>26205</v>
       </c>
       <c r="D119" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E119" s="39">
         <v>2026</v>
       </c>
       <c r="F119" s="40">
         <v>46295</v>
       </c>
       <c r="G119" s="305" t="s">
         <v>133</v>
       </c>
       <c r="H119" s="306" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="I119" s="306" t="s">
         <v>149</v>
       </c>
       <c r="J119" s="42" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="K119" s="305" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="L119" s="305" t="s">
         <v>41</v>
       </c>
       <c r="M119" s="305" t="s">
         <v>41</v>
       </c>
       <c r="N119" s="305" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O119" s="167">
         <v>36400</v>
       </c>
       <c r="P119" s="7"/>
     </row>
     <row r="120" spans="1:16" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B120" s="310" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="C120" s="309">
         <v>26205</v>
       </c>
       <c r="D120" s="153" t="s">
         <v>121</v>
       </c>
       <c r="E120" s="153">
         <v>2026</v>
       </c>
       <c r="F120" s="156">
         <v>46295</v>
       </c>
       <c r="G120" s="48" t="s">
         <v>133</v>
       </c>
       <c r="H120" s="223" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="I120" s="223" t="s">
         <v>149</v>
       </c>
       <c r="J120" s="49" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="K120" s="48" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="L120" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M120" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N120" s="48" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O120" s="170">
         <v>38200</v>
       </c>
       <c r="P120" s="7"/>
     </row>
     <row r="121" spans="1:16" x14ac:dyDescent="0.25">
       <c r="B121" s="148"/>
       <c r="C121" s="134"/>
       <c r="D121" s="17"/>
       <c r="E121" s="96"/>
       <c r="F121" s="103"/>
       <c r="G121" s="94"/>
       <c r="H121" s="101"/>
       <c r="I121" s="101"/>
       <c r="J121" s="100"/>
       <c r="K121" s="94"/>
       <c r="L121" s="94"/>
       <c r="M121" s="94"/>
       <c r="N121" s="193"/>
       <c r="O121" s="4"/>
       <c r="P121" s="95"/>
     </row>
     <row r="122" spans="1:16" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="P122" s="87"/>
     </row>
     <row r="123" spans="1:16" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B123" s="408" t="s">
-[...14 lines deleted...]
-      <c r="O123" s="410"/>
+      <c r="B123" s="387" t="s">
+        <v>246</v>
+      </c>
+      <c r="C123" s="388"/>
+      <c r="D123" s="388"/>
+      <c r="E123" s="388"/>
+      <c r="F123" s="388"/>
+      <c r="G123" s="388"/>
+      <c r="H123" s="388"/>
+      <c r="I123" s="388"/>
+      <c r="J123" s="388"/>
+      <c r="K123" s="388"/>
+      <c r="L123" s="388"/>
+      <c r="M123" s="388"/>
+      <c r="N123" s="388"/>
+      <c r="O123" s="389"/>
       <c r="P123" s="14"/>
     </row>
     <row r="124" spans="1:16" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B124" s="154" t="s">
         <v>42</v>
       </c>
       <c r="C124" s="155" t="s">
         <v>217</v>
       </c>
       <c r="D124" s="267" t="s">
         <v>205</v>
       </c>
       <c r="E124" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F124" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G124" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H124" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I124" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J124" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K124" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L124" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M124" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N124" s="192" t="s">
         <v>1</v>
       </c>
       <c r="O124" s="166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P124" s="82"/>
     </row>
     <row r="125" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B125" s="128" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="C125" s="123">
         <v>25280</v>
       </c>
       <c r="D125" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E125" s="39">
         <v>2026</v>
       </c>
       <c r="F125" s="40">
         <v>46344</v>
       </c>
       <c r="G125" s="318" t="s">
+        <v>255</v>
+      </c>
+      <c r="H125" s="318" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="I125" s="317" t="s">
         <v>151</v>
       </c>
       <c r="J125" s="42" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="K125" s="318" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="L125" s="318" t="s">
         <v>41</v>
       </c>
       <c r="M125" s="318" t="s">
         <v>41</v>
       </c>
       <c r="N125" s="318" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="O125" s="167">
         <v>81812</v>
       </c>
       <c r="P125" s="7"/>
     </row>
     <row r="126" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A126" s="5"/>
       <c r="B126" s="241" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="C126" s="44">
-        <v>26057</v>
+        <v>26260</v>
       </c>
       <c r="D126" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E126" s="39">
         <v>2026</v>
       </c>
       <c r="F126" s="40">
         <v>46295</v>
       </c>
       <c r="G126" s="51" t="s">
         <v>71</v>
       </c>
       <c r="H126" s="55" t="s">
         <v>186</v>
       </c>
       <c r="I126" s="55" t="s">
         <v>148</v>
       </c>
       <c r="J126" s="54" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="K126" s="51" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="L126" s="51" t="s">
         <v>41</v>
       </c>
       <c r="M126" s="51" t="s">
         <v>41</v>
       </c>
       <c r="N126" s="318" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="O126" s="172">
         <v>38698</v>
       </c>
       <c r="P126" s="15"/>
     </row>
     <row r="127" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B127" s="159" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="C127" s="44">
         <v>26067</v>
       </c>
       <c r="D127" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E127" s="39">
         <v>2026</v>
       </c>
       <c r="F127" s="40">
         <v>46295</v>
       </c>
       <c r="G127" s="318" t="s">
         <v>8</v>
       </c>
       <c r="H127" s="318" t="s">
         <v>77</v>
       </c>
       <c r="I127" s="317" t="s">
         <v>151</v>
       </c>
       <c r="J127" s="42" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="K127" s="318" t="s">
         <v>116</v>
       </c>
       <c r="L127" s="318" t="s">
         <v>41</v>
       </c>
       <c r="M127" s="318" t="s">
         <v>41</v>
       </c>
       <c r="N127" s="318" t="s">
         <v>7</v>
       </c>
       <c r="O127" s="167">
         <v>47732</v>
       </c>
       <c r="P127" s="7"/>
     </row>
     <row r="128" spans="1:16" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B128" s="159" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="C128" s="44">
         <v>26067</v>
       </c>
       <c r="D128" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E128" s="39">
         <v>2026</v>
       </c>
       <c r="F128" s="40">
         <v>46295</v>
       </c>
       <c r="G128" s="318" t="s">
         <v>8</v>
       </c>
       <c r="H128" s="318" t="s">
         <v>77</v>
       </c>
       <c r="I128" s="317" t="s">
         <v>151</v>
       </c>
       <c r="J128" s="42" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="K128" s="318" t="s">
         <v>130</v>
       </c>
       <c r="L128" s="318" t="s">
         <v>41</v>
       </c>
       <c r="M128" s="318" t="s">
         <v>41</v>
       </c>
       <c r="N128" s="318" t="s">
         <v>7</v>
       </c>
       <c r="O128" s="167">
         <v>50652</v>
       </c>
       <c r="P128" s="7"/>
     </row>
     <row r="129" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B129" s="159" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C129" s="44">
         <v>26067</v>
       </c>
       <c r="D129" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E129" s="39">
         <v>2026</v>
       </c>
       <c r="F129" s="40">
         <v>46295</v>
       </c>
       <c r="G129" s="318" t="s">
         <v>8</v>
       </c>
       <c r="H129" s="317" t="s">
         <v>77</v>
       </c>
       <c r="I129" s="317" t="s">
         <v>151</v>
       </c>
       <c r="J129" s="42" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="K129" s="317" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="L129" s="318" t="s">
         <v>41</v>
       </c>
       <c r="M129" s="318" t="s">
         <v>41</v>
       </c>
       <c r="N129" s="318" t="s">
         <v>7</v>
       </c>
       <c r="O129" s="167">
         <v>52703</v>
       </c>
       <c r="P129" s="7"/>
       <c r="Q129" s="7"/>
     </row>
     <row r="130" spans="1:17" s="5" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A130" s="221"/>
       <c r="B130" s="294" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="C130" s="295">
         <v>26067</v>
       </c>
       <c r="D130" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E130" s="59">
         <v>2026</v>
       </c>
       <c r="F130" s="279">
         <v>46295</v>
       </c>
       <c r="G130" s="320" t="s">
         <v>8</v>
       </c>
       <c r="H130" s="320" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="I130" s="280" t="s">
         <v>152</v>
       </c>
       <c r="J130" s="69" t="s">
+        <v>384</v>
+      </c>
+      <c r="K130" s="320" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="L130" s="320" t="s">
         <v>41</v>
       </c>
       <c r="M130" s="320" t="s">
         <v>41</v>
       </c>
       <c r="N130" s="320" t="s">
         <v>7</v>
       </c>
       <c r="O130" s="281">
         <v>56718</v>
       </c>
       <c r="P130" s="7"/>
     </row>
     <row r="131" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B131" s="291" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="C131" s="290">
         <v>26177</v>
       </c>
       <c r="D131" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E131" s="319">
         <v>2026</v>
       </c>
       <c r="F131" s="279">
         <v>46295</v>
       </c>
       <c r="G131" s="319" t="s">
         <v>21</v>
       </c>
       <c r="H131" s="319" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="I131" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J131" s="286" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="K131" s="319" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="L131" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M131" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N131" s="319" t="s">
         <v>18</v>
       </c>
       <c r="O131" s="288">
         <v>40274.35</v>
       </c>
       <c r="P131" s="240"/>
     </row>
     <row r="132" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B132" s="291" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="C132" s="290">
         <v>26177</v>
       </c>
       <c r="D132" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E132" s="319">
         <v>2026</v>
       </c>
       <c r="F132" s="279">
         <v>46295</v>
       </c>
       <c r="G132" s="319" t="s">
         <v>21</v>
       </c>
       <c r="H132" s="319" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="I132" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J132" s="286" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="K132" s="319" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="L132" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M132" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N132" s="319" t="s">
         <v>18</v>
       </c>
       <c r="O132" s="288">
         <v>42472.2</v>
       </c>
       <c r="P132" s="240"/>
     </row>
     <row r="133" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B133" s="291" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="C133" s="290">
         <v>26177</v>
       </c>
       <c r="D133" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E133" s="319">
         <v>2026</v>
       </c>
       <c r="F133" s="279">
         <v>46295</v>
       </c>
       <c r="G133" s="319" t="s">
         <v>21</v>
       </c>
       <c r="H133" s="319" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="I133" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J133" s="286" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="K133" s="319" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="L133" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M133" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N133" s="319" t="s">
         <v>18</v>
       </c>
       <c r="O133" s="288">
         <v>43805.95</v>
       </c>
       <c r="P133" s="240"/>
     </row>
     <row r="134" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B134" s="291" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="C134" s="290">
         <v>26177</v>
       </c>
       <c r="D134" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E134" s="319">
         <v>2026</v>
       </c>
       <c r="F134" s="279">
         <v>46295</v>
       </c>
       <c r="G134" s="319" t="s">
         <v>21</v>
       </c>
       <c r="H134" s="319" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="I134" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J134" s="286" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K134" s="319" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="L134" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M134" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N134" s="319" t="s">
         <v>18</v>
       </c>
       <c r="O134" s="288">
         <v>44548.6</v>
       </c>
       <c r="P134" s="240"/>
     </row>
     <row r="135" spans="1:17" s="287" customFormat="1" ht="56.25" x14ac:dyDescent="0.25">
       <c r="B135" s="323" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="C135" s="324">
         <v>26177</v>
       </c>
       <c r="D135" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E135" s="325">
         <v>2026</v>
       </c>
       <c r="F135" s="279">
         <v>46295</v>
       </c>
       <c r="G135" s="325" t="s">
         <v>21</v>
       </c>
       <c r="H135" s="325" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="I135" s="325" t="s">
         <v>152</v>
       </c>
       <c r="J135" s="326" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="K135" s="325" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="L135" s="325" t="s">
         <v>41</v>
       </c>
       <c r="M135" s="325" t="s">
         <v>41</v>
       </c>
       <c r="N135" s="325" t="s">
         <v>18</v>
       </c>
       <c r="O135" s="311">
         <v>45431.8</v>
       </c>
       <c r="P135" s="240"/>
     </row>
     <row r="136" spans="1:17" s="287" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B136" s="291" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="C136" s="290">
         <v>26205</v>
       </c>
       <c r="D136" s="303" t="s">
         <v>122</v>
       </c>
       <c r="E136" s="319">
         <v>2026</v>
       </c>
       <c r="F136" s="40">
         <v>46295</v>
       </c>
       <c r="G136" s="319" t="s">
         <v>71</v>
       </c>
       <c r="H136" s="319" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="I136" s="319" t="s">
         <v>148</v>
       </c>
       <c r="J136" s="286" t="s">
+        <v>524</v>
+      </c>
+      <c r="K136" s="319" t="s">
         <v>525</v>
       </c>
-      <c r="K136" s="319" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L136" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M136" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N136" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O136" s="288">
         <v>38103</v>
       </c>
       <c r="P136" s="240"/>
     </row>
     <row r="137" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B137" s="291" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="C137" s="290">
         <v>26247</v>
       </c>
       <c r="D137" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E137" s="325">
         <v>2026</v>
       </c>
       <c r="F137" s="279">
         <v>46295</v>
       </c>
       <c r="G137" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H137" s="319" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="I137" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J137" s="286" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="K137" s="319" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="L137" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M137" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N137" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O137" s="288">
         <v>36000</v>
       </c>
       <c r="P137" s="240"/>
     </row>
     <row r="138" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B138" s="291" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C138" s="290">
         <v>26247</v>
       </c>
       <c r="D138" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E138" s="325">
         <v>2026</v>
       </c>
       <c r="F138" s="279">
         <v>46295</v>
       </c>
       <c r="G138" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H138" s="319" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="I138" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J138" s="286" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="K138" s="319" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="L138" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M138" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N138" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O138" s="288">
         <v>38500</v>
       </c>
       <c r="P138" s="240"/>
     </row>
     <row r="139" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B139" s="291" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="C139" s="290">
         <v>26247</v>
       </c>
       <c r="D139" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E139" s="325">
         <v>2026</v>
       </c>
       <c r="F139" s="279">
         <v>46295</v>
       </c>
       <c r="G139" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H139" s="319" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="I139" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J139" s="286" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="K139" s="319" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="L139" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M139" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N139" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O139" s="288">
         <v>40000</v>
       </c>
       <c r="P139" s="240"/>
     </row>
     <row r="140" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B140" s="291" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="C140" s="290">
         <v>26247</v>
       </c>
       <c r="D140" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E140" s="325">
         <v>2026</v>
       </c>
       <c r="F140" s="279">
         <v>46295</v>
       </c>
       <c r="G140" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H140" s="319" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="I140" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J140" s="286" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="K140" s="319" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="L140" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M140" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N140" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O140" s="288">
         <v>40143</v>
       </c>
       <c r="P140" s="240"/>
     </row>
     <row r="141" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B141" s="291" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="C141" s="290">
         <v>26247</v>
       </c>
       <c r="D141" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E141" s="325">
         <v>2026</v>
       </c>
       <c r="F141" s="279">
         <v>46295</v>
       </c>
       <c r="G141" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H141" s="319" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="I141" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J141" s="286" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="K141" s="319" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="L141" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M141" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N141" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O141" s="288">
         <v>41500</v>
       </c>
       <c r="P141" s="240"/>
     </row>
     <row r="142" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B142" s="291" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="C142" s="290">
         <v>26247</v>
       </c>
       <c r="D142" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E142" s="325">
         <v>2026</v>
       </c>
       <c r="F142" s="279">
         <v>46295</v>
       </c>
       <c r="G142" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H142" s="319" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="I142" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J142" s="286" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="K142" s="319" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="L142" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M142" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N142" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O142" s="288">
         <v>42500</v>
       </c>
       <c r="P142" s="240"/>
     </row>
     <row r="143" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B143" s="291" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="C143" s="290">
         <v>26247</v>
       </c>
       <c r="D143" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E143" s="325">
         <v>2026</v>
       </c>
       <c r="F143" s="279">
         <v>46295</v>
       </c>
       <c r="G143" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H143" s="319" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="I143" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J143" s="286" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="K143" s="319" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="L143" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M143" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N143" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O143" s="288">
         <v>42000</v>
       </c>
       <c r="P143" s="240"/>
     </row>
     <row r="144" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B144" s="291" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C144" s="290">
         <v>26247</v>
       </c>
       <c r="D144" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E144" s="325">
         <v>2026</v>
       </c>
       <c r="F144" s="279">
         <v>46295</v>
       </c>
       <c r="G144" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H144" s="319" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="I144" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J144" s="286" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="K144" s="319" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="L144" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M144" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N144" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O144" s="288">
         <v>43000</v>
       </c>
       <c r="P144" s="240"/>
     </row>
     <row r="145" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B145" s="291" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="C145" s="290">
         <v>26247</v>
       </c>
       <c r="D145" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E145" s="325">
         <v>2026</v>
       </c>
       <c r="F145" s="279">
         <v>46295</v>
       </c>
       <c r="G145" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H145" s="319" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="I145" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J145" s="286" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="K145" s="319" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="L145" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M145" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N145" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O145" s="288">
         <v>43500</v>
       </c>
       <c r="P145" s="240"/>
     </row>
     <row r="146" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B146" s="291" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="C146" s="290">
         <v>26247</v>
       </c>
       <c r="D146" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E146" s="325">
         <v>2026</v>
       </c>
       <c r="F146" s="279">
         <v>46295</v>
       </c>
       <c r="G146" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H146" s="319" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="I146" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J146" s="286" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="K146" s="319" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="L146" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M146" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N146" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O146" s="288">
         <v>46100</v>
       </c>
       <c r="P146" s="240"/>
     </row>
     <row r="147" spans="1:17" s="287" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B147" s="291" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="C147" s="290">
         <v>26247</v>
       </c>
       <c r="D147" s="59" t="s">
         <v>121</v>
       </c>
       <c r="E147" s="325">
         <v>2026</v>
       </c>
       <c r="F147" s="279">
         <v>46295</v>
       </c>
       <c r="G147" s="319" t="s">
         <v>115</v>
       </c>
       <c r="H147" s="319" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="I147" s="319" t="s">
         <v>151</v>
       </c>
       <c r="J147" s="286" t="s">
+        <v>564</v>
+      </c>
+      <c r="K147" s="319" t="s">
         <v>565</v>
       </c>
-      <c r="K147" s="319" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L147" s="319" t="s">
         <v>41</v>
       </c>
       <c r="M147" s="319" t="s">
         <v>41</v>
       </c>
       <c r="N147" s="319" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O147" s="288">
         <v>47000</v>
       </c>
       <c r="P147" s="240"/>
     </row>
     <row r="148" spans="1:17" s="287" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B148" s="327" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="C148" s="328">
         <v>26205</v>
       </c>
       <c r="D148" s="300" t="s">
         <v>122</v>
       </c>
       <c r="E148" s="329">
         <v>2026</v>
       </c>
       <c r="F148" s="47">
         <v>46295</v>
       </c>
       <c r="G148" s="329" t="s">
         <v>71</v>
       </c>
       <c r="H148" s="329" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="I148" s="329" t="s">
         <v>148</v>
       </c>
       <c r="J148" s="330" t="s">
+        <v>524</v>
+      </c>
+      <c r="K148" s="329" t="s">
         <v>525</v>
       </c>
-      <c r="K148" s="329" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L148" s="329" t="s">
         <v>41</v>
       </c>
       <c r="M148" s="329" t="s">
         <v>41</v>
       </c>
       <c r="N148" s="329" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="O148" s="289">
         <v>38103</v>
       </c>
       <c r="P148" s="240"/>
     </row>
     <row r="149" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B149" s="225"/>
       <c r="C149" s="225"/>
       <c r="D149" s="282"/>
       <c r="E149" s="282"/>
       <c r="F149" s="283"/>
       <c r="G149" s="277"/>
       <c r="H149" s="277"/>
       <c r="I149" s="276"/>
       <c r="J149" s="284"/>
       <c r="K149" s="277"/>
       <c r="L149" s="277"/>
       <c r="M149" s="277"/>
       <c r="N149" s="277"/>
       <c r="O149" s="285"/>
       <c r="P149" s="7"/>
     </row>
     <row r="150" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="N150" s="203"/>
       <c r="P150" s="87"/>
     </row>
     <row r="151" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B151" s="350" t="s">
+      <c r="B151" s="425" t="s">
         <v>208</v>
       </c>
-      <c r="C151" s="351"/>
-[...11 lines deleted...]
-      <c r="O151" s="352"/>
+      <c r="C151" s="426"/>
+      <c r="D151" s="426"/>
+      <c r="E151" s="426"/>
+      <c r="F151" s="426"/>
+      <c r="G151" s="426"/>
+      <c r="H151" s="426"/>
+      <c r="I151" s="426"/>
+      <c r="J151" s="426"/>
+      <c r="K151" s="426"/>
+      <c r="L151" s="426"/>
+      <c r="M151" s="426"/>
+      <c r="N151" s="426"/>
+      <c r="O151" s="427"/>
       <c r="P151" s="14"/>
     </row>
     <row r="152" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B152" s="154" t="s">
         <v>42</v>
       </c>
       <c r="C152" s="155" t="s">
         <v>217</v>
       </c>
       <c r="D152" s="267" t="s">
         <v>205</v>
       </c>
       <c r="E152" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F152" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G152" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H152" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I152" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J152" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K152" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L152" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M152" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N152" s="192" t="s">
         <v>1</v>
       </c>
       <c r="O152" s="166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P152" s="82"/>
     </row>
     <row r="153" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="5"/>
       <c r="B153" s="241" t="s">
         <v>226</v>
       </c>
       <c r="C153" s="44">
         <v>26233</v>
       </c>
       <c r="D153" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E153" s="39">
         <v>2026</v>
       </c>
       <c r="F153" s="40">
         <v>46312</v>
       </c>
       <c r="G153" s="264" t="s">
         <v>228</v>
       </c>
       <c r="H153" s="265" t="s">
         <v>229</v>
@@ -10850,186 +10850,186 @@
       </c>
       <c r="I154" s="263" t="s">
         <v>147</v>
       </c>
       <c r="J154" s="71" t="s">
         <v>98</v>
       </c>
       <c r="K154" s="265"/>
       <c r="L154" s="265" t="s">
         <v>41</v>
       </c>
       <c r="M154" s="265" t="s">
         <v>41</v>
       </c>
       <c r="N154" s="265" t="s">
         <v>62</v>
       </c>
       <c r="O154" s="167">
         <v>27750</v>
       </c>
       <c r="P154" s="7"/>
     </row>
     <row r="155" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="5"/>
       <c r="B155" s="241" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="C155" s="44">
         <v>26245</v>
       </c>
       <c r="D155" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E155" s="39">
         <v>2026</v>
       </c>
       <c r="F155" s="40">
         <v>46295</v>
       </c>
       <c r="G155" s="316" t="s">
         <v>137</v>
       </c>
       <c r="H155" s="312" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="I155" s="315" t="s">
         <v>146</v>
       </c>
       <c r="J155" s="71" t="s">
         <v>100</v>
       </c>
       <c r="K155" s="312" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="L155" s="312" t="s">
         <v>41</v>
       </c>
       <c r="M155" s="312" t="s">
         <v>41</v>
       </c>
       <c r="N155" s="312" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="O155" s="167">
         <v>26130</v>
       </c>
       <c r="P155" s="7"/>
     </row>
     <row r="156" spans="1:17" s="5" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B156" s="128" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="C156" s="123">
         <v>26047</v>
       </c>
       <c r="D156" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E156" s="39">
         <v>2026</v>
       </c>
       <c r="F156" s="40">
         <v>46295</v>
       </c>
       <c r="G156" s="264" t="s">
         <v>137</v>
       </c>
       <c r="H156" s="265" t="s">
         <v>139</v>
       </c>
       <c r="I156" s="263" t="s">
         <v>147</v>
       </c>
       <c r="J156" s="71" t="s">
         <v>99</v>
       </c>
       <c r="K156" s="265" t="s">
         <v>140</v>
       </c>
       <c r="L156" s="265" t="s">
         <v>41</v>
       </c>
       <c r="M156" s="265" t="s">
         <v>41</v>
       </c>
       <c r="N156" s="265" t="s">
         <v>138</v>
       </c>
       <c r="O156" s="167">
         <v>29585</v>
       </c>
       <c r="P156" s="7"/>
     </row>
     <row r="157" spans="1:17" s="5" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B157" s="128" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="C157" s="123">
         <v>26047</v>
       </c>
       <c r="D157" s="38" t="s">
         <v>121</v>
       </c>
       <c r="E157" s="39">
         <v>2026</v>
       </c>
       <c r="F157" s="40">
         <v>46295</v>
       </c>
       <c r="G157" s="264" t="s">
         <v>137</v>
       </c>
       <c r="H157" s="265" t="s">
         <v>139</v>
       </c>
       <c r="I157" s="263" t="s">
         <v>147</v>
       </c>
       <c r="J157" s="71" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="K157" s="265" t="s">
         <v>140</v>
       </c>
       <c r="L157" s="265" t="s">
         <v>41</v>
       </c>
       <c r="M157" s="265" t="s">
         <v>41</v>
       </c>
       <c r="N157" s="265" t="s">
         <v>138</v>
       </c>
       <c r="O157" s="167">
         <v>31185</v>
       </c>
       <c r="P157" s="7"/>
     </row>
     <row r="158" spans="1:17" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B158" s="292" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C158" s="126">
         <v>26048</v>
       </c>
       <c r="D158" s="152" t="s">
         <v>121</v>
       </c>
       <c r="E158" s="46">
         <v>2026</v>
       </c>
       <c r="F158" s="47">
         <v>46295</v>
       </c>
       <c r="G158" s="73" t="s">
         <v>86</v>
       </c>
       <c r="H158" s="45" t="s">
         <v>88</v>
       </c>
       <c r="I158" s="74" t="s">
         <v>146</v>
       </c>
       <c r="J158" s="75" t="s">
         <v>100</v>
       </c>
@@ -11049,116 +11049,116 @@
         <v>29998</v>
       </c>
       <c r="P158" s="7"/>
     </row>
     <row r="159" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B159" s="142"/>
       <c r="C159" s="140"/>
       <c r="D159" s="28"/>
       <c r="E159" s="36"/>
       <c r="F159" s="104"/>
       <c r="G159" s="105"/>
       <c r="H159" s="106"/>
       <c r="I159" s="106"/>
       <c r="J159" s="107"/>
       <c r="K159" s="7"/>
       <c r="L159" s="7"/>
       <c r="M159" s="7"/>
       <c r="N159" s="196"/>
       <c r="O159" s="108"/>
       <c r="P159" s="95"/>
       <c r="Q159" s="6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="160" spans="1:17" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B160" s="353" t="s">
+      <c r="B160" s="428" t="s">
         <v>212</v>
       </c>
-      <c r="C160" s="354"/>
-[...11 lines deleted...]
-      <c r="O160" s="355"/>
+      <c r="C160" s="429"/>
+      <c r="D160" s="429"/>
+      <c r="E160" s="429"/>
+      <c r="F160" s="429"/>
+      <c r="G160" s="429"/>
+      <c r="H160" s="429"/>
+      <c r="I160" s="429"/>
+      <c r="J160" s="429"/>
+      <c r="K160" s="429"/>
+      <c r="L160" s="429"/>
+      <c r="M160" s="429"/>
+      <c r="N160" s="429"/>
+      <c r="O160" s="430"/>
       <c r="P160" s="95"/>
     </row>
     <row r="161" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B161" s="154" t="s">
         <v>42</v>
       </c>
       <c r="C161" s="155" t="s">
         <v>217</v>
       </c>
       <c r="D161" s="267" t="s">
         <v>205</v>
       </c>
       <c r="E161" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F161" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G161" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H161" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I161" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J161" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K161" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L161" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M161" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N161" s="192" t="s">
         <v>1</v>
       </c>
       <c r="O161" s="166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P161" s="82"/>
     </row>
     <row r="162" spans="1:17" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B162" s="130" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C162" s="126">
         <v>240051911</v>
       </c>
       <c r="D162" s="153" t="s">
         <v>121</v>
       </c>
       <c r="E162" s="46">
         <v>2026</v>
       </c>
       <c r="F162" s="47">
         <v>46101</v>
       </c>
       <c r="G162" s="56" t="s">
         <v>71</v>
       </c>
       <c r="H162" s="67" t="s">
         <v>186</v>
       </c>
       <c r="I162" s="67" t="s">
         <v>148</v>
       </c>
       <c r="J162" s="57" t="s">
         <v>187</v>
       </c>
@@ -11178,821 +11178,821 @@
         <v>62530</v>
       </c>
       <c r="P162" s="95"/>
       <c r="Q162" s="95"/>
     </row>
     <row r="163" spans="1:17" s="99" customFormat="1" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B163" s="149"/>
       <c r="C163" s="141"/>
       <c r="D163" s="21"/>
       <c r="E163" s="21"/>
       <c r="F163" s="13"/>
       <c r="G163" s="110"/>
       <c r="H163" s="110"/>
       <c r="I163" s="110"/>
       <c r="J163" s="111"/>
       <c r="K163" s="109" t="s">
         <v>93</v>
       </c>
       <c r="L163" s="109"/>
       <c r="M163" s="109"/>
       <c r="N163" s="197"/>
       <c r="O163" s="112"/>
       <c r="P163" s="7"/>
     </row>
     <row r="164" spans="1:17" s="1" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B164" s="417" t="s">
+      <c r="B164" s="362" t="s">
         <v>209</v>
       </c>
-      <c r="C164" s="418"/>
-[...11 lines deleted...]
-      <c r="O164" s="419"/>
+      <c r="C164" s="363"/>
+      <c r="D164" s="363"/>
+      <c r="E164" s="363"/>
+      <c r="F164" s="363"/>
+      <c r="G164" s="363"/>
+      <c r="H164" s="363"/>
+      <c r="I164" s="363"/>
+      <c r="J164" s="363"/>
+      <c r="K164" s="363"/>
+      <c r="L164" s="363"/>
+      <c r="M164" s="363"/>
+      <c r="N164" s="363"/>
+      <c r="O164" s="364"/>
       <c r="P164" s="14"/>
     </row>
     <row r="165" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B165" s="154" t="s">
         <v>42</v>
       </c>
       <c r="C165" s="155" t="s">
         <v>217</v>
       </c>
       <c r="D165" s="77" t="s">
         <v>205</v>
       </c>
       <c r="E165" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F165" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G165" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H165" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I165" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J165" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K165" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L165" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M165" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N165" s="192" t="s">
         <v>1</v>
       </c>
       <c r="O165" s="166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P165" s="82"/>
     </row>
     <row r="166" spans="1:17" s="76" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B166" s="256" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="C166" s="131">
         <v>26245</v>
       </c>
       <c r="D166" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E166" s="63">
         <v>2026</v>
       </c>
       <c r="F166" s="64">
         <v>46295</v>
       </c>
       <c r="G166" s="321" t="s">
         <v>137</v>
       </c>
       <c r="H166" s="314" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="I166" s="314" t="s">
         <v>145</v>
       </c>
       <c r="J166" s="322" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="K166" s="313" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="L166" s="313" t="s">
         <v>41</v>
       </c>
       <c r="M166" s="313" t="s">
         <v>41</v>
       </c>
       <c r="N166" s="313" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="O166" s="176">
         <v>32480</v>
       </c>
       <c r="P166" s="82"/>
     </row>
     <row r="167" spans="1:17" s="76" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B167" s="256" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="C167" s="131">
         <v>26245</v>
       </c>
       <c r="D167" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E167" s="63">
         <v>2026</v>
       </c>
       <c r="F167" s="64">
         <v>46295</v>
       </c>
       <c r="G167" s="321" t="s">
         <v>137</v>
       </c>
       <c r="H167" s="314" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="I167" s="314" t="s">
         <v>149</v>
       </c>
       <c r="J167" s="322" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="K167" s="313" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="L167" s="313" t="s">
         <v>41</v>
       </c>
       <c r="M167" s="313" t="s">
         <v>41</v>
       </c>
       <c r="N167" s="313" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="O167" s="176">
         <v>40880</v>
       </c>
       <c r="P167" s="82"/>
     </row>
     <row r="168" spans="1:17" s="76" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B168" s="256" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="C168" s="131">
         <v>26245</v>
       </c>
       <c r="D168" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E168" s="63">
         <v>2026</v>
       </c>
       <c r="F168" s="64">
         <v>46295</v>
       </c>
       <c r="G168" s="321" t="s">
         <v>137</v>
       </c>
       <c r="H168" s="314" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="I168" s="314" t="s">
         <v>149</v>
       </c>
       <c r="J168" s="322" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="K168" s="313" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="L168" s="313" t="s">
         <v>41</v>
       </c>
       <c r="M168" s="313" t="s">
         <v>41</v>
       </c>
       <c r="N168" s="313" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="O168" s="176">
         <v>42680</v>
       </c>
       <c r="P168" s="82"/>
     </row>
     <row r="169" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="221"/>
       <c r="B169" s="256" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="C169" s="131">
         <v>26047</v>
       </c>
       <c r="D169" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E169" s="63">
         <v>2026</v>
       </c>
       <c r="F169" s="64">
         <v>46295</v>
       </c>
       <c r="G169" s="321" t="s">
         <v>137</v>
       </c>
       <c r="H169" s="314" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I169" s="314" t="s">
         <v>150</v>
       </c>
       <c r="J169" s="322" t="s">
+        <v>268</v>
+      </c>
+      <c r="K169" s="313" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="L169" s="313" t="s">
         <v>41</v>
       </c>
       <c r="M169" s="313" t="s">
         <v>41</v>
       </c>
       <c r="N169" s="313" t="s">
         <v>138</v>
       </c>
       <c r="O169" s="176">
         <v>44685</v>
       </c>
       <c r="P169" s="266"/>
     </row>
     <row r="170" spans="1:17" s="5" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
       <c r="B170" s="299" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="C170" s="123">
         <v>26048</v>
       </c>
       <c r="D170" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E170" s="59">
         <v>2026</v>
       </c>
       <c r="F170" s="40">
         <v>46295</v>
       </c>
       <c r="G170" s="72" t="s">
         <v>86</v>
       </c>
       <c r="H170" s="113" t="s">
         <v>95</v>
       </c>
       <c r="I170" s="113" t="s">
         <v>146</v>
       </c>
       <c r="J170" s="71" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="K170" s="189" t="s">
         <v>97</v>
       </c>
       <c r="L170" s="189" t="s">
         <v>41</v>
       </c>
       <c r="M170" s="189" t="s">
         <v>41</v>
       </c>
       <c r="N170" s="189" t="s">
         <v>89</v>
       </c>
       <c r="O170" s="167">
         <v>25476</v>
       </c>
       <c r="P170" s="165"/>
     </row>
     <row r="171" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B171" s="299" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C171" s="123">
         <v>26048</v>
       </c>
       <c r="D171" s="301" t="s">
         <v>122</v>
       </c>
       <c r="E171" s="59">
         <v>2026</v>
       </c>
       <c r="F171" s="40">
         <v>46295</v>
       </c>
       <c r="G171" s="72" t="s">
         <v>86</v>
       </c>
       <c r="H171" s="113" t="s">
         <v>96</v>
       </c>
       <c r="I171" s="113" t="s">
         <v>147</v>
       </c>
       <c r="J171" s="71" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="K171" s="189" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="L171" s="189" t="s">
         <v>41</v>
       </c>
       <c r="M171" s="189" t="s">
         <v>41</v>
       </c>
       <c r="N171" s="189" t="s">
         <v>89</v>
       </c>
       <c r="O171" s="167">
         <v>31300</v>
       </c>
       <c r="P171" s="165"/>
     </row>
     <row r="172" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B172" s="299" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C172" s="123">
         <v>26048</v>
       </c>
       <c r="D172" s="301" t="s">
         <v>122</v>
       </c>
       <c r="E172" s="39">
         <v>2026</v>
       </c>
       <c r="F172" s="40">
         <v>46295</v>
       </c>
       <c r="G172" s="72" t="s">
         <v>86</v>
       </c>
       <c r="H172" s="113" t="s">
         <v>96</v>
       </c>
       <c r="I172" s="113" t="s">
         <v>147</v>
       </c>
       <c r="J172" s="71" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="K172" s="189" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="L172" s="189" t="s">
         <v>41</v>
       </c>
       <c r="M172" s="189" t="s">
         <v>41</v>
       </c>
       <c r="N172" s="189" t="s">
         <v>89</v>
       </c>
       <c r="O172" s="167">
         <v>35605</v>
       </c>
       <c r="P172" s="165"/>
     </row>
     <row r="173" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A173" s="221"/>
       <c r="B173" s="241" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="C173" s="44">
         <v>26056</v>
       </c>
       <c r="D173" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E173" s="39">
         <v>2026</v>
       </c>
       <c r="F173" s="40">
         <v>46295</v>
       </c>
       <c r="G173" s="72" t="s">
         <v>133</v>
       </c>
       <c r="H173" s="217" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="I173" s="217" t="s">
         <v>150</v>
       </c>
       <c r="J173" s="71" t="s">
+        <v>432</v>
+      </c>
+      <c r="K173" s="218" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="L173" s="218" t="s">
         <v>41</v>
       </c>
       <c r="M173" s="218" t="s">
         <v>41</v>
       </c>
       <c r="N173" s="218" t="s">
         <v>62</v>
       </c>
       <c r="O173" s="167">
         <v>35545</v>
       </c>
       <c r="P173" s="215"/>
     </row>
     <row r="174" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="5"/>
       <c r="B174" s="241" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C174" s="44">
         <v>26064</v>
       </c>
       <c r="D174" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E174" s="39">
         <v>2026</v>
       </c>
       <c r="F174" s="40">
         <v>46295</v>
       </c>
       <c r="G174" s="72" t="s">
         <v>8</v>
       </c>
       <c r="H174" s="188" t="s">
         <v>127</v>
       </c>
       <c r="I174" s="188" t="s">
         <v>29</v>
       </c>
       <c r="J174" s="58" t="s">
+        <v>326</v>
+      </c>
+      <c r="K174" s="189" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="L174" s="189" t="s">
         <v>41</v>
       </c>
       <c r="M174" s="189" t="s">
         <v>41</v>
       </c>
       <c r="N174" s="189" t="s">
         <v>7</v>
       </c>
       <c r="O174" s="167">
         <v>26659</v>
       </c>
       <c r="P174" s="165"/>
     </row>
     <row r="175" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A175" s="5"/>
       <c r="B175" s="241" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="C175" s="44">
         <v>26064</v>
       </c>
       <c r="D175" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E175" s="39">
         <v>2026</v>
       </c>
       <c r="F175" s="40">
         <v>46295</v>
       </c>
       <c r="G175" s="72" t="s">
         <v>8</v>
       </c>
       <c r="H175" s="273" t="s">
         <v>127</v>
       </c>
       <c r="I175" s="273" t="s">
         <v>29</v>
       </c>
       <c r="J175" s="58" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="K175" s="274" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="L175" s="274" t="s">
         <v>41</v>
       </c>
       <c r="M175" s="274" t="s">
         <v>41</v>
       </c>
       <c r="N175" s="274" t="s">
         <v>7</v>
       </c>
       <c r="O175" s="167">
         <v>28113</v>
       </c>
       <c r="P175" s="275"/>
     </row>
     <row r="176" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="5"/>
       <c r="B176" s="241" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="C176" s="44">
         <v>26171</v>
       </c>
       <c r="D176" s="39" t="s">
         <v>121</v>
       </c>
       <c r="E176" s="39">
         <v>2026</v>
       </c>
       <c r="F176" s="40">
         <v>46295</v>
       </c>
       <c r="G176" s="72" t="s">
         <v>8</v>
       </c>
       <c r="H176" s="307" t="s">
         <v>10</v>
       </c>
       <c r="I176" s="307" t="s">
         <v>30</v>
       </c>
       <c r="J176" s="58" t="s">
+        <v>480</v>
+      </c>
+      <c r="K176" s="305" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="L176" s="305" t="s">
         <v>41</v>
       </c>
       <c r="M176" s="305" t="s">
         <v>41</v>
       </c>
       <c r="N176" s="305" t="s">
         <v>7</v>
       </c>
       <c r="O176" s="167">
         <v>44221</v>
       </c>
       <c r="P176" s="304"/>
     </row>
     <row r="177" spans="1:17" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A177" s="5"/>
       <c r="B177" s="243" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="C177" s="244">
         <v>26205</v>
       </c>
       <c r="D177" s="153" t="s">
         <v>121</v>
       </c>
       <c r="E177" s="153">
         <v>2026</v>
       </c>
       <c r="F177" s="156">
         <v>46295</v>
       </c>
       <c r="G177" s="164" t="s">
         <v>133</v>
       </c>
       <c r="H177" s="162" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="I177" s="162" t="s">
         <v>149</v>
       </c>
       <c r="J177" s="222" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="K177" s="48" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="L177" s="48" t="s">
         <v>41</v>
       </c>
       <c r="M177" s="48" t="s">
         <v>41</v>
       </c>
       <c r="N177" s="48" t="s">
         <v>62</v>
       </c>
       <c r="O177" s="170">
         <v>44221</v>
       </c>
       <c r="P177" s="95"/>
     </row>
     <row r="178" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B178" s="147"/>
       <c r="C178" s="135"/>
       <c r="D178" s="30"/>
       <c r="E178" s="17"/>
       <c r="F178" s="12"/>
       <c r="G178" s="106"/>
       <c r="H178" s="37"/>
       <c r="I178" s="37"/>
       <c r="J178" s="115"/>
       <c r="K178" s="7"/>
       <c r="L178" s="7"/>
       <c r="M178" s="7"/>
       <c r="N178" s="198"/>
       <c r="O178" s="18"/>
       <c r="P178" s="95"/>
     </row>
     <row r="179" spans="1:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B179" s="417" t="s">
+      <c r="B179" s="362" t="s">
         <v>210</v>
       </c>
-      <c r="C179" s="418"/>
-[...11 lines deleted...]
-      <c r="O179" s="419"/>
+      <c r="C179" s="363"/>
+      <c r="D179" s="363"/>
+      <c r="E179" s="363"/>
+      <c r="F179" s="363"/>
+      <c r="G179" s="363"/>
+      <c r="H179" s="363"/>
+      <c r="I179" s="363"/>
+      <c r="J179" s="363"/>
+      <c r="K179" s="363"/>
+      <c r="L179" s="363"/>
+      <c r="M179" s="363"/>
+      <c r="N179" s="363"/>
+      <c r="O179" s="364"/>
       <c r="P179" s="95"/>
     </row>
     <row r="180" spans="1:17" s="76" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B180" s="154" t="s">
         <v>42</v>
       </c>
       <c r="C180" s="155" t="s">
         <v>217</v>
       </c>
       <c r="D180" s="78" t="s">
         <v>205</v>
       </c>
       <c r="E180" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F180" s="79" t="s">
         <v>40</v>
       </c>
       <c r="G180" s="80" t="s">
         <v>2</v>
       </c>
       <c r="H180" s="80" t="s">
         <v>3</v>
       </c>
       <c r="I180" s="80" t="s">
         <v>27</v>
       </c>
       <c r="J180" s="81" t="s">
         <v>0</v>
       </c>
       <c r="K180" s="77" t="s">
         <v>22</v>
       </c>
       <c r="L180" s="77" t="s">
         <v>76</v>
       </c>
       <c r="M180" s="77" t="s">
         <v>65</v>
       </c>
       <c r="N180" s="192" t="s">
         <v>1</v>
       </c>
       <c r="O180" s="166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="P180" s="82"/>
     </row>
     <row r="181" spans="1:17" s="5" customFormat="1" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B181" s="292" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="C181" s="293">
         <v>26180</v>
       </c>
       <c r="D181" s="300" t="s">
         <v>122</v>
       </c>
       <c r="E181" s="46">
         <v>2026</v>
       </c>
       <c r="F181" s="47">
         <v>46295</v>
       </c>
       <c r="G181" s="114" t="s">
         <v>8</v>
       </c>
       <c r="H181" s="73" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="I181" s="74" t="s">
         <v>30</v>
       </c>
       <c r="J181" s="75" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="K181" s="45" t="s">
+        <v>501</v>
+      </c>
+      <c r="L181" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="M181" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="N181" s="45" t="s">
         <v>502</v>
-      </c>
-[...7 lines deleted...]
-        <v>503</v>
       </c>
       <c r="O181" s="177">
         <v>46194</v>
       </c>
       <c r="P181" s="165"/>
       <c r="Q181" s="165"/>
     </row>
     <row r="182" spans="1:17" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B182" s="147"/>
       <c r="C182" s="142"/>
       <c r="D182" s="35"/>
       <c r="E182" s="17"/>
       <c r="F182" s="12"/>
       <c r="G182" s="106"/>
       <c r="H182" s="37"/>
       <c r="I182" s="101"/>
       <c r="J182" s="115"/>
       <c r="K182" s="7"/>
       <c r="L182" s="7"/>
       <c r="M182" s="7"/>
       <c r="N182" s="193"/>
       <c r="O182" s="116"/>
       <c r="P182" s="95"/>
       <c r="Q182" s="95"/>
     </row>
     <row r="183" spans="1:17" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B183" s="417" t="s">
+      <c r="B183" s="362" t="s">
         <v>211</v>
       </c>
-      <c r="C183" s="418"/>
-[...11 lines deleted...]
-      <c r="O183" s="419"/>
+      <c r="C183" s="363"/>
+      <c r="D183" s="363"/>
+      <c r="E183" s="363"/>
+      <c r="F183" s="363"/>
+      <c r="G183" s="363"/>
+      <c r="H183" s="363"/>
+      <c r="I183" s="363"/>
+      <c r="J183" s="363"/>
+      <c r="K183" s="363"/>
+      <c r="L183" s="363"/>
+      <c r="M183" s="363"/>
+      <c r="N183" s="363"/>
+      <c r="O183" s="364"/>
       <c r="P183" s="95"/>
     </row>
     <row r="184" spans="1:17" s="76" customFormat="1" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B184" s="178" t="s">
         <v>42</v>
       </c>
       <c r="C184" s="179" t="s">
         <v>217</v>
       </c>
       <c r="D184" s="180" t="s">
         <v>205</v>
       </c>
       <c r="E184" s="181" t="s">
         <v>64</v>
       </c>
       <c r="F184" s="182" t="s">
         <v>40</v>
       </c>
       <c r="G184" s="183" t="s">
         <v>2</v>
       </c>
       <c r="H184" s="183" t="s">
         <v>3</v>
       </c>
       <c r="I184" s="183" t="s">
@@ -12019,812 +12019,812 @@
       <c r="P184" s="82"/>
     </row>
     <row r="185" spans="1:17" x14ac:dyDescent="0.25">
       <c r="B185" s="147"/>
       <c r="C185" s="135"/>
       <c r="D185" s="17"/>
       <c r="E185" s="17"/>
       <c r="F185" s="12"/>
       <c r="G185" s="106"/>
       <c r="H185" s="37"/>
       <c r="I185" s="37"/>
       <c r="J185" s="115"/>
       <c r="K185" s="7"/>
       <c r="L185" s="7"/>
       <c r="M185" s="98"/>
       <c r="N185" s="193"/>
       <c r="O185" s="116"/>
       <c r="P185" s="95"/>
       <c r="Q185" s="95"/>
     </row>
     <row r="186" spans="1:17" x14ac:dyDescent="0.25">
       <c r="P186" s="87"/>
     </row>
     <row r="187" spans="1:17" ht="26.25" x14ac:dyDescent="0.25">
       <c r="H187" s="190"/>
-      <c r="I187" s="425" t="s">
+      <c r="I187" s="373" t="s">
         <v>17</v>
       </c>
-      <c r="J187" s="425"/>
-[...4 lines deleted...]
-      <c r="O187" s="425"/>
+      <c r="J187" s="373"/>
+      <c r="K187" s="373"/>
+      <c r="L187" s="373"/>
+      <c r="M187" s="373"/>
+      <c r="N187" s="373"/>
+      <c r="O187" s="373"/>
       <c r="P187" s="87"/>
     </row>
     <row r="188" spans="1:17" x14ac:dyDescent="0.25">
       <c r="H188" s="15"/>
-      <c r="I188" s="420" t="s">
+      <c r="I188" s="367" t="s">
         <v>1</v>
       </c>
-      <c r="J188" s="420"/>
-      <c r="K188" s="416" t="s">
+      <c r="J188" s="367"/>
+      <c r="K188" s="361" t="s">
         <v>15</v>
       </c>
-      <c r="L188" s="416"/>
-      <c r="M188" s="416"/>
+      <c r="L188" s="361"/>
+      <c r="M188" s="361"/>
       <c r="N188" s="200" t="s">
         <v>12</v>
       </c>
       <c r="O188" s="186" t="s">
         <v>13</v>
       </c>
       <c r="P188" s="87"/>
     </row>
     <row r="189" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H189" s="95"/>
-      <c r="I189" s="364" t="s">
+      <c r="I189" s="365" t="s">
         <v>218</v>
       </c>
-      <c r="J189" s="364"/>
-      <c r="K189" s="336" t="s">
+      <c r="J189" s="365"/>
+      <c r="K189" s="349" t="s">
         <v>79</v>
       </c>
-      <c r="L189" s="336"/>
-[...1 lines deleted...]
-      <c r="N189" s="335" t="s">
+      <c r="L189" s="349"/>
+      <c r="M189" s="349"/>
+      <c r="N189" s="360" t="s">
         <v>72</v>
       </c>
-      <c r="O189" s="342" t="s">
+      <c r="O189" s="368" t="s">
         <v>63</v>
       </c>
       <c r="P189" s="87"/>
     </row>
     <row r="190" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H190" s="95"/>
-      <c r="I190" s="364"/>
-[...5 lines deleted...]
-      <c r="O190" s="342"/>
+      <c r="I190" s="365"/>
+      <c r="J190" s="365"/>
+      <c r="K190" s="349"/>
+      <c r="L190" s="349"/>
+      <c r="M190" s="349"/>
+      <c r="N190" s="360"/>
+      <c r="O190" s="368"/>
       <c r="P190" s="87"/>
     </row>
     <row r="191" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H191" s="96"/>
-      <c r="I191" s="365"/>
-[...5 lines deleted...]
-      <c r="O191" s="342"/>
+      <c r="I191" s="366"/>
+      <c r="J191" s="366"/>
+      <c r="K191" s="349"/>
+      <c r="L191" s="349"/>
+      <c r="M191" s="349"/>
+      <c r="N191" s="360"/>
+      <c r="O191" s="368"/>
       <c r="P191" s="87"/>
     </row>
     <row r="192" spans="1:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H192" s="95"/>
-      <c r="I192" s="358" t="s">
+      <c r="I192" s="433" t="s">
         <v>189</v>
       </c>
-      <c r="J192" s="359"/>
-      <c r="K192" s="360" t="s">
+      <c r="J192" s="434"/>
+      <c r="K192" s="435" t="s">
         <v>16</v>
       </c>
-      <c r="L192" s="361"/>
-[...1 lines deleted...]
-      <c r="N192" s="424" t="s">
+      <c r="L192" s="436"/>
+      <c r="M192" s="436"/>
+      <c r="N192" s="372" t="s">
         <v>203</v>
       </c>
-      <c r="O192" s="341" t="s">
+      <c r="O192" s="406" t="s">
         <v>14</v>
       </c>
       <c r="P192" s="87"/>
     </row>
     <row r="193" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H193" s="117"/>
-      <c r="I193" s="356" t="s">
+      <c r="I193" s="431" t="s">
         <v>202</v>
       </c>
-      <c r="J193" s="357"/>
-[...4 lines deleted...]
-      <c r="O193" s="341"/>
+      <c r="J193" s="432"/>
+      <c r="K193" s="435"/>
+      <c r="L193" s="436"/>
+      <c r="M193" s="436"/>
+      <c r="N193" s="372"/>
+      <c r="O193" s="406"/>
       <c r="P193" s="87"/>
     </row>
     <row r="194" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H194" s="98"/>
-      <c r="I194" s="413" t="s">
+      <c r="I194" s="392" t="s">
         <v>201</v>
       </c>
-      <c r="J194" s="414"/>
-[...4 lines deleted...]
-      <c r="O194" s="341"/>
+      <c r="J194" s="393"/>
+      <c r="K194" s="435"/>
+      <c r="L194" s="436"/>
+      <c r="M194" s="436"/>
+      <c r="N194" s="372"/>
+      <c r="O194" s="406"/>
       <c r="P194" s="87"/>
     </row>
     <row r="195" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H195" s="98"/>
-      <c r="I195" s="363" t="s">
+      <c r="I195" s="408" t="s">
         <v>222</v>
       </c>
-      <c r="J195" s="363"/>
-      <c r="K195" s="336" t="s">
+      <c r="J195" s="408"/>
+      <c r="K195" s="349" t="s">
         <v>172</v>
       </c>
-      <c r="L195" s="336"/>
-[...1 lines deleted...]
-      <c r="N195" s="335" t="s">
+      <c r="L195" s="349"/>
+      <c r="M195" s="349"/>
+      <c r="N195" s="360" t="s">
         <v>173</v>
       </c>
-      <c r="O195" s="342" t="s">
+      <c r="O195" s="368" t="s">
         <v>174</v>
       </c>
       <c r="P195" s="87"/>
     </row>
     <row r="196" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H196" s="98"/>
-      <c r="I196" s="364"/>
-[...5 lines deleted...]
-      <c r="O196" s="342"/>
+      <c r="I196" s="365"/>
+      <c r="J196" s="365"/>
+      <c r="K196" s="349"/>
+      <c r="L196" s="349"/>
+      <c r="M196" s="349"/>
+      <c r="N196" s="360"/>
+      <c r="O196" s="368"/>
       <c r="P196" s="87"/>
     </row>
     <row r="197" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H197" s="98"/>
-      <c r="I197" s="365"/>
-[...5 lines deleted...]
-      <c r="O197" s="342"/>
+      <c r="I197" s="366"/>
+      <c r="J197" s="366"/>
+      <c r="K197" s="349"/>
+      <c r="L197" s="349"/>
+      <c r="M197" s="349"/>
+      <c r="N197" s="360"/>
+      <c r="O197" s="368"/>
       <c r="P197" s="87"/>
     </row>
     <row r="198" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H198" s="98"/>
-      <c r="I198" s="378" t="s">
-[...3 lines deleted...]
-      <c r="K198" s="369" t="s">
+      <c r="I198" s="385" t="s">
+        <v>279</v>
+      </c>
+      <c r="J198" s="386"/>
+      <c r="K198" s="412" t="s">
+        <v>282</v>
+      </c>
+      <c r="L198" s="412"/>
+      <c r="M198" s="413"/>
+      <c r="N198" s="419" t="s">
+        <v>284</v>
+      </c>
+      <c r="O198" s="407" t="s">
         <v>283</v>
-      </c>
-[...6 lines deleted...]
-        <v>284</v>
       </c>
       <c r="P198" s="87"/>
     </row>
     <row r="199" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H199" s="98"/>
-      <c r="I199" s="404" t="s">
-[...7 lines deleted...]
-      <c r="O199" s="374"/>
+      <c r="I199" s="339" t="s">
+        <v>280</v>
+      </c>
+      <c r="J199" s="340"/>
+      <c r="K199" s="355"/>
+      <c r="L199" s="355"/>
+      <c r="M199" s="414"/>
+      <c r="N199" s="420"/>
+      <c r="O199" s="417"/>
       <c r="P199" s="87"/>
     </row>
     <row r="200" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H200" s="98"/>
-      <c r="I200" s="406" t="s">
-[...7 lines deleted...]
-      <c r="O200" s="340"/>
+      <c r="I200" s="341" t="s">
+        <v>281</v>
+      </c>
+      <c r="J200" s="342"/>
+      <c r="K200" s="415"/>
+      <c r="L200" s="415"/>
+      <c r="M200" s="416"/>
+      <c r="N200" s="421"/>
+      <c r="O200" s="418"/>
       <c r="P200" s="87"/>
     </row>
     <row r="201" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H201" s="95"/>
-      <c r="I201" s="398" t="s">
+      <c r="I201" s="379" t="s">
         <v>18</v>
       </c>
-      <c r="J201" s="399"/>
-      <c r="K201" s="366" t="s">
+      <c r="J201" s="380"/>
+      <c r="K201" s="409" t="s">
         <v>232</v>
       </c>
-      <c r="L201" s="341"/>
-[...1 lines deleted...]
-      <c r="N201" s="341" t="s">
+      <c r="L201" s="406"/>
+      <c r="M201" s="406"/>
+      <c r="N201" s="406" t="s">
         <v>233</v>
       </c>
-      <c r="O201" s="341" t="s">
+      <c r="O201" s="406" t="s">
         <v>234</v>
       </c>
       <c r="P201" s="87"/>
     </row>
     <row r="202" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H202" s="95"/>
-      <c r="I202" s="367" t="s">
+      <c r="I202" s="410" t="s">
         <v>200</v>
       </c>
-      <c r="J202" s="368"/>
-[...4 lines deleted...]
-      <c r="O202" s="341"/>
+      <c r="J202" s="411"/>
+      <c r="K202" s="409"/>
+      <c r="L202" s="406"/>
+      <c r="M202" s="406"/>
+      <c r="N202" s="406"/>
+      <c r="O202" s="406"/>
       <c r="P202" s="87"/>
     </row>
     <row r="203" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F203" s="118"/>
       <c r="H203" s="95"/>
-      <c r="I203" s="411" t="s">
+      <c r="I203" s="390" t="s">
         <v>201</v>
       </c>
-      <c r="J203" s="412"/>
-[...4 lines deleted...]
-      <c r="O203" s="341"/>
+      <c r="J203" s="391"/>
+      <c r="K203" s="409"/>
+      <c r="L203" s="406"/>
+      <c r="M203" s="406"/>
+      <c r="N203" s="406"/>
+      <c r="O203" s="406"/>
       <c r="P203" s="87"/>
     </row>
     <row r="204" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F204" s="118"/>
       <c r="H204" s="160"/>
-      <c r="I204" s="364" t="s">
+      <c r="I204" s="365" t="s">
         <v>221</v>
       </c>
-      <c r="J204" s="364"/>
-      <c r="K204" s="336" t="s">
+      <c r="J204" s="365"/>
+      <c r="K204" s="349" t="s">
         <v>79</v>
       </c>
-      <c r="L204" s="336"/>
-[...1 lines deleted...]
-      <c r="N204" s="335" t="s">
+      <c r="L204" s="349"/>
+      <c r="M204" s="349"/>
+      <c r="N204" s="360" t="s">
         <v>72</v>
       </c>
-      <c r="O204" s="342" t="s">
+      <c r="O204" s="368" t="s">
         <v>63</v>
       </c>
       <c r="P204" s="87"/>
     </row>
     <row r="205" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B205" s="229"/>
       <c r="C205" s="229"/>
       <c r="D205" s="6"/>
       <c r="F205" s="118"/>
       <c r="H205" s="160"/>
-      <c r="I205" s="364"/>
-[...5 lines deleted...]
-      <c r="O205" s="342"/>
+      <c r="I205" s="365"/>
+      <c r="J205" s="365"/>
+      <c r="K205" s="349"/>
+      <c r="L205" s="349"/>
+      <c r="M205" s="349"/>
+      <c r="N205" s="360"/>
+      <c r="O205" s="368"/>
       <c r="P205" s="87"/>
     </row>
     <row r="206" spans="2:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B206" s="229"/>
       <c r="C206" s="229"/>
       <c r="D206" s="6"/>
       <c r="F206" s="118"/>
       <c r="H206" s="160"/>
-      <c r="I206" s="365"/>
-[...5 lines deleted...]
-      <c r="O206" s="342"/>
+      <c r="I206" s="366"/>
+      <c r="J206" s="366"/>
+      <c r="K206" s="349"/>
+      <c r="L206" s="349"/>
+      <c r="M206" s="349"/>
+      <c r="N206" s="360"/>
+      <c r="O206" s="368"/>
       <c r="P206" s="87"/>
     </row>
     <row r="207" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B207" s="229"/>
       <c r="C207" s="229"/>
       <c r="D207" s="6"/>
       <c r="F207" s="118"/>
       <c r="H207" s="160"/>
-      <c r="I207" s="378" t="s">
+      <c r="I207" s="385" t="s">
         <v>190</v>
       </c>
-      <c r="J207" s="379"/>
-      <c r="K207" s="380" t="s">
+      <c r="J207" s="386"/>
+      <c r="K207" s="422" t="s">
         <v>193</v>
       </c>
-      <c r="L207" s="338"/>
-[...1 lines deleted...]
-      <c r="N207" s="339" t="s">
+      <c r="L207" s="423"/>
+      <c r="M207" s="423"/>
+      <c r="N207" s="424" t="s">
         <v>194</v>
       </c>
-      <c r="O207" s="341" t="s">
+      <c r="O207" s="406" t="s">
         <v>195</v>
       </c>
       <c r="P207" s="87"/>
     </row>
     <row r="208" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B208" s="229"/>
       <c r="C208" s="229"/>
       <c r="D208" s="6"/>
       <c r="F208" s="118"/>
       <c r="H208" s="160"/>
-      <c r="I208" s="404" t="s">
+      <c r="I208" s="339" t="s">
         <v>191</v>
       </c>
-      <c r="J208" s="405"/>
-[...4 lines deleted...]
-      <c r="O208" s="341"/>
+      <c r="J208" s="340"/>
+      <c r="K208" s="422"/>
+      <c r="L208" s="423"/>
+      <c r="M208" s="423"/>
+      <c r="N208" s="424"/>
+      <c r="O208" s="406"/>
       <c r="P208" s="87"/>
     </row>
     <row r="209" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B209" s="229"/>
       <c r="C209" s="229"/>
       <c r="D209" s="6"/>
       <c r="F209" s="118"/>
       <c r="H209" s="160"/>
-      <c r="I209" s="406" t="s">
+      <c r="I209" s="341" t="s">
         <v>192</v>
       </c>
-      <c r="J209" s="407"/>
-[...4 lines deleted...]
-      <c r="O209" s="362"/>
+      <c r="J209" s="342"/>
+      <c r="K209" s="422"/>
+      <c r="L209" s="423"/>
+      <c r="M209" s="423"/>
+      <c r="N209" s="424"/>
+      <c r="O209" s="407"/>
       <c r="P209" s="87"/>
     </row>
     <row r="210" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B210" s="229"/>
       <c r="C210" s="229"/>
       <c r="D210" s="6"/>
       <c r="F210" s="118"/>
       <c r="H210" s="160"/>
-      <c r="I210" s="400" t="s">
+      <c r="I210" s="381" t="s">
         <v>185</v>
       </c>
-      <c r="J210" s="401"/>
-      <c r="K210" s="349" t="s">
+      <c r="J210" s="382"/>
+      <c r="K210" s="348" t="s">
+        <v>273</v>
+      </c>
+      <c r="L210" s="349"/>
+      <c r="M210" s="349"/>
+      <c r="N210" s="444" t="s">
         <v>274</v>
       </c>
-      <c r="L210" s="336"/>
-[...1 lines deleted...]
-      <c r="N210" s="348" t="s">
+      <c r="O210" s="437" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="P210" s="87"/>
     </row>
     <row r="211" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B211" s="229"/>
       <c r="C211" s="229"/>
       <c r="D211" s="6"/>
       <c r="F211" s="118"/>
       <c r="H211" s="160"/>
-      <c r="I211" s="402" t="s">
-[...7 lines deleted...]
-      <c r="O211" s="332"/>
+      <c r="I211" s="383" t="s">
+        <v>271</v>
+      </c>
+      <c r="J211" s="384"/>
+      <c r="K211" s="348"/>
+      <c r="L211" s="349"/>
+      <c r="M211" s="349"/>
+      <c r="N211" s="444"/>
+      <c r="O211" s="438"/>
       <c r="P211" s="87"/>
     </row>
     <row r="212" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B212" s="229"/>
       <c r="C212" s="229"/>
       <c r="D212" s="6"/>
       <c r="F212" s="118"/>
       <c r="H212" s="160"/>
-      <c r="I212" s="429" t="s">
-[...7 lines deleted...]
-      <c r="O212" s="333"/>
+      <c r="I212" s="343" t="s">
+        <v>272</v>
+      </c>
+      <c r="J212" s="344"/>
+      <c r="K212" s="348"/>
+      <c r="L212" s="349"/>
+      <c r="M212" s="349"/>
+      <c r="N212" s="444"/>
+      <c r="O212" s="439"/>
       <c r="P212" s="87"/>
     </row>
     <row r="213" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B213" s="229"/>
       <c r="C213" s="229"/>
       <c r="D213" s="6"/>
       <c r="F213" s="118"/>
       <c r="H213" s="160"/>
-      <c r="I213" s="439" t="s">
-[...3 lines deleted...]
-      <c r="K213" s="345" t="s">
+      <c r="I213" s="333" t="s">
+        <v>258</v>
+      </c>
+      <c r="J213" s="334"/>
+      <c r="K213" s="441" t="s">
+        <v>261</v>
+      </c>
+      <c r="L213" s="442"/>
+      <c r="M213" s="442"/>
+      <c r="N213" s="443" t="s">
         <v>262</v>
       </c>
-      <c r="L213" s="346"/>
-[...1 lines deleted...]
-      <c r="N213" s="347" t="s">
+      <c r="O213" s="418" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="P213" s="87"/>
     </row>
     <row r="214" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B214" s="229"/>
       <c r="C214" s="229"/>
       <c r="D214" s="6"/>
       <c r="F214" s="118"/>
       <c r="H214" s="160"/>
-      <c r="I214" s="441" t="s">
-[...7 lines deleted...]
-      <c r="O214" s="341"/>
+      <c r="I214" s="335" t="s">
+        <v>259</v>
+      </c>
+      <c r="J214" s="336"/>
+      <c r="K214" s="441"/>
+      <c r="L214" s="442"/>
+      <c r="M214" s="442"/>
+      <c r="N214" s="443"/>
+      <c r="O214" s="406"/>
       <c r="P214" s="87"/>
     </row>
     <row r="215" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B215" s="229"/>
       <c r="C215" s="229"/>
       <c r="D215" s="6"/>
       <c r="F215" s="118"/>
       <c r="H215" s="160"/>
-      <c r="I215" s="443" t="s">
-[...7 lines deleted...]
-      <c r="O215" s="341"/>
+      <c r="I215" s="337" t="s">
+        <v>260</v>
+      </c>
+      <c r="J215" s="338"/>
+      <c r="K215" s="441"/>
+      <c r="L215" s="442"/>
+      <c r="M215" s="442"/>
+      <c r="N215" s="443"/>
+      <c r="O215" s="406"/>
       <c r="P215" s="87"/>
     </row>
     <row r="216" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B216" s="229"/>
       <c r="C216" s="229"/>
       <c r="D216" s="6"/>
       <c r="F216" s="118"/>
       <c r="H216" s="95"/>
-      <c r="I216" s="431" t="s">
+      <c r="I216" s="345" t="s">
         <v>101</v>
       </c>
-      <c r="J216" s="432"/>
-      <c r="K216" s="349" t="s">
+      <c r="J216" s="346"/>
+      <c r="K216" s="348" t="s">
         <v>16</v>
       </c>
-      <c r="L216" s="336"/>
-[...1 lines deleted...]
-      <c r="N216" s="344" t="s">
+      <c r="L216" s="349"/>
+      <c r="M216" s="349"/>
+      <c r="N216" s="440" t="s">
         <v>20</v>
       </c>
-      <c r="O216" s="342" t="s">
+      <c r="O216" s="368" t="s">
         <v>14</v>
       </c>
       <c r="P216" s="87"/>
     </row>
     <row r="217" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B217" s="229"/>
       <c r="C217" s="229"/>
       <c r="D217" s="6"/>
       <c r="H217" s="95"/>
-      <c r="I217" s="434" t="s">
+      <c r="I217" s="351" t="s">
         <v>80</v>
       </c>
-      <c r="J217" s="435"/>
-[...4 lines deleted...]
-      <c r="O217" s="342"/>
+      <c r="J217" s="352"/>
+      <c r="K217" s="348"/>
+      <c r="L217" s="349"/>
+      <c r="M217" s="349"/>
+      <c r="N217" s="440"/>
+      <c r="O217" s="368"/>
       <c r="P217" s="87"/>
     </row>
     <row r="218" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B218" s="229"/>
       <c r="C218" s="229"/>
       <c r="D218" s="6"/>
       <c r="G218" s="83"/>
       <c r="H218" s="95"/>
-      <c r="I218" s="436" t="s">
+      <c r="I218" s="353" t="s">
         <v>81</v>
       </c>
-      <c r="J218" s="437"/>
-[...4 lines deleted...]
-      <c r="O218" s="342"/>
+      <c r="J218" s="354"/>
+      <c r="K218" s="348"/>
+      <c r="L218" s="349"/>
+      <c r="M218" s="349"/>
+      <c r="N218" s="440"/>
+      <c r="O218" s="368"/>
       <c r="P218" s="87"/>
     </row>
     <row r="219" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B219" s="229"/>
       <c r="C219" s="229"/>
       <c r="D219" s="6"/>
       <c r="H219" s="95"/>
-      <c r="I219" s="396" t="s">
+      <c r="I219" s="377" t="s">
         <v>219</v>
       </c>
-      <c r="J219" s="396"/>
-      <c r="K219" s="338" t="s">
+      <c r="J219" s="377"/>
+      <c r="K219" s="423" t="s">
         <v>161</v>
       </c>
-      <c r="L219" s="338"/>
-[...1 lines deleted...]
-      <c r="N219" s="339" t="s">
+      <c r="L219" s="423"/>
+      <c r="M219" s="423"/>
+      <c r="N219" s="424" t="s">
         <v>162</v>
       </c>
-      <c r="O219" s="341" t="s">
+      <c r="O219" s="406" t="s">
         <v>163</v>
       </c>
       <c r="P219" s="87"/>
     </row>
     <row r="220" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B220" s="229"/>
       <c r="C220" s="229"/>
       <c r="D220" s="6"/>
       <c r="G220" s="83"/>
       <c r="H220" s="95"/>
-      <c r="I220" s="397"/>
-[...5 lines deleted...]
-      <c r="O220" s="341"/>
+      <c r="I220" s="378"/>
+      <c r="J220" s="378"/>
+      <c r="K220" s="423"/>
+      <c r="L220" s="423"/>
+      <c r="M220" s="423"/>
+      <c r="N220" s="424"/>
+      <c r="O220" s="406"/>
       <c r="P220" s="87"/>
     </row>
     <row r="221" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B221" s="229"/>
       <c r="C221" s="229"/>
       <c r="D221" s="6"/>
       <c r="H221" s="95"/>
-      <c r="I221" s="397"/>
-[...5 lines deleted...]
-      <c r="O221" s="341"/>
+      <c r="I221" s="378"/>
+      <c r="J221" s="378"/>
+      <c r="K221" s="423"/>
+      <c r="L221" s="423"/>
+      <c r="M221" s="423"/>
+      <c r="N221" s="424"/>
+      <c r="O221" s="406"/>
       <c r="P221" s="87"/>
     </row>
     <row r="222" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B222" s="229"/>
       <c r="C222" s="229"/>
       <c r="D222" s="6"/>
       <c r="H222" s="95"/>
-      <c r="I222" s="364" t="s">
+      <c r="I222" s="365" t="s">
         <v>220</v>
       </c>
-      <c r="J222" s="364"/>
-      <c r="K222" s="336" t="s">
+      <c r="J222" s="365"/>
+      <c r="K222" s="349" t="s">
         <v>79</v>
       </c>
-      <c r="L222" s="336"/>
-[...1 lines deleted...]
-      <c r="N222" s="335" t="s">
+      <c r="L222" s="349"/>
+      <c r="M222" s="349"/>
+      <c r="N222" s="360" t="s">
         <v>72</v>
       </c>
-      <c r="O222" s="342" t="s">
+      <c r="O222" s="368" t="s">
         <v>63</v>
       </c>
       <c r="P222" s="87"/>
     </row>
     <row r="223" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B223" s="229"/>
       <c r="C223" s="229"/>
       <c r="D223" s="6"/>
       <c r="H223" s="95"/>
-      <c r="I223" s="364"/>
-[...5 lines deleted...]
-      <c r="O223" s="342"/>
+      <c r="I223" s="365"/>
+      <c r="J223" s="365"/>
+      <c r="K223" s="349"/>
+      <c r="L223" s="349"/>
+      <c r="M223" s="349"/>
+      <c r="N223" s="360"/>
+      <c r="O223" s="368"/>
       <c r="P223" s="87"/>
     </row>
     <row r="224" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B224" s="229"/>
       <c r="C224" s="229"/>
       <c r="D224" s="6"/>
       <c r="E224" s="101"/>
       <c r="F224" s="102"/>
       <c r="G224" s="94"/>
       <c r="H224" s="95"/>
-      <c r="I224" s="364"/>
-[...5 lines deleted...]
-      <c r="O224" s="342"/>
+      <c r="I224" s="365"/>
+      <c r="J224" s="365"/>
+      <c r="K224" s="349"/>
+      <c r="L224" s="349"/>
+      <c r="M224" s="349"/>
+      <c r="N224" s="360"/>
+      <c r="O224" s="368"/>
       <c r="P224" s="87"/>
     </row>
     <row r="225" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B225" s="229"/>
       <c r="C225" s="229"/>
       <c r="D225" s="6"/>
       <c r="E225" s="101"/>
       <c r="F225" s="119"/>
       <c r="G225" s="94"/>
       <c r="H225" s="98"/>
       <c r="I225" s="6"/>
       <c r="J225" s="6"/>
       <c r="K225" s="6"/>
       <c r="L225" s="6"/>
       <c r="M225" s="6"/>
       <c r="N225" s="203"/>
       <c r="O225" s="6"/>
       <c r="P225" s="87"/>
     </row>
     <row r="226" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B226" s="229"/>
       <c r="C226" s="229"/>
       <c r="D226" s="6"/>
       <c r="E226" s="101"/>
       <c r="F226" s="102"/>
       <c r="G226" s="7"/>
       <c r="H226" s="95"/>
       <c r="I226" s="6"/>
       <c r="J226" s="6"/>
       <c r="K226" s="6"/>
       <c r="L226" s="6"/>
       <c r="M226" s="6"/>
       <c r="N226" s="203"/>
       <c r="O226" s="6"/>
       <c r="P226" s="87"/>
     </row>
     <row r="227" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H227" s="96"/>
       <c r="I227" s="6"/>
       <c r="J227" s="6"/>
       <c r="K227" s="6"/>
       <c r="L227" s="6"/>
       <c r="M227" s="6"/>
       <c r="N227" s="203"/>
       <c r="O227" s="6"/>
       <c r="P227" s="87"/>
     </row>
     <row r="228" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H228" s="438"/>
-[...6 lines deleted...]
-      <c r="O228" s="337"/>
+      <c r="H228" s="331"/>
+      <c r="I228" s="332"/>
+      <c r="J228" s="332"/>
+      <c r="K228" s="355"/>
+      <c r="L228" s="355"/>
+      <c r="M228" s="355"/>
+      <c r="N228" s="347"/>
+      <c r="O228" s="356"/>
       <c r="P228" s="87"/>
     </row>
     <row r="229" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H229" s="438"/>
-[...6 lines deleted...]
-      <c r="O229" s="337"/>
+      <c r="H229" s="331"/>
+      <c r="I229" s="350"/>
+      <c r="J229" s="350"/>
+      <c r="K229" s="355"/>
+      <c r="L229" s="355"/>
+      <c r="M229" s="355"/>
+      <c r="N229" s="347"/>
+      <c r="O229" s="356"/>
       <c r="P229" s="87"/>
     </row>
     <row r="230" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H230" s="438"/>
-[...6 lines deleted...]
-      <c r="O230" s="337"/>
+      <c r="H230" s="331"/>
+      <c r="I230" s="350"/>
+      <c r="J230" s="350"/>
+      <c r="K230" s="355"/>
+      <c r="L230" s="355"/>
+      <c r="M230" s="355"/>
+      <c r="N230" s="347"/>
+      <c r="O230" s="356"/>
       <c r="P230" s="87"/>
     </row>
     <row r="231" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H231" s="98"/>
-      <c r="I231" s="433"/>
-[...5 lines deleted...]
-      <c r="O231" s="337"/>
+      <c r="I231" s="332"/>
+      <c r="J231" s="332"/>
+      <c r="K231" s="355"/>
+      <c r="L231" s="355"/>
+      <c r="M231" s="355"/>
+      <c r="N231" s="347"/>
+      <c r="O231" s="356"/>
       <c r="P231" s="87"/>
     </row>
     <row r="232" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H232" s="95"/>
-      <c r="I232" s="415"/>
-[...5 lines deleted...]
-      <c r="O232" s="337"/>
+      <c r="I232" s="350"/>
+      <c r="J232" s="350"/>
+      <c r="K232" s="355"/>
+      <c r="L232" s="355"/>
+      <c r="M232" s="355"/>
+      <c r="N232" s="347"/>
+      <c r="O232" s="356"/>
       <c r="P232" s="87"/>
     </row>
     <row r="233" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H233" s="98"/>
-      <c r="I233" s="415"/>
-[...5 lines deleted...]
-      <c r="O233" s="337"/>
+      <c r="I233" s="350"/>
+      <c r="J233" s="350"/>
+      <c r="K233" s="355"/>
+      <c r="L233" s="355"/>
+      <c r="M233" s="355"/>
+      <c r="N233" s="347"/>
+      <c r="O233" s="356"/>
       <c r="P233" s="87"/>
     </row>
     <row r="234" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H234" s="438"/>
+      <c r="H234" s="331"/>
       <c r="I234" s="161"/>
       <c r="J234" s="161"/>
       <c r="K234" s="161"/>
       <c r="L234" s="161"/>
       <c r="M234" s="161"/>
       <c r="O234" s="161"/>
       <c r="P234" s="87"/>
     </row>
     <row r="235" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H235" s="438"/>
+      <c r="H235" s="331"/>
       <c r="I235" s="70"/>
       <c r="J235" s="70"/>
       <c r="K235" s="70"/>
       <c r="L235" s="70"/>
       <c r="M235" s="70"/>
       <c r="O235" s="8"/>
       <c r="P235" s="87"/>
     </row>
     <row r="236" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="H236" s="438"/>
+      <c r="H236" s="331"/>
       <c r="P236" s="87"/>
     </row>
     <row r="237" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H237" s="98"/>
       <c r="J237" s="24"/>
       <c r="K237" s="24"/>
       <c r="L237" s="24"/>
       <c r="M237" s="24"/>
       <c r="N237" s="204"/>
       <c r="O237" s="24"/>
       <c r="P237" s="87"/>
     </row>
     <row r="238" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H238" s="95"/>
       <c r="J238" s="24"/>
       <c r="K238" s="24"/>
       <c r="L238" s="24"/>
       <c r="M238" s="24"/>
       <c r="N238" s="204"/>
       <c r="O238" s="24"/>
       <c r="P238" s="87"/>
     </row>
     <row r="239" spans="2:16" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H239" s="98"/>
       <c r="J239" s="24"/>
@@ -12900,149 +12900,149 @@
       <c r="N243" s="203"/>
       <c r="O243" s="6"/>
       <c r="P243" s="6"/>
     </row>
     <row r="244" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B244" s="144"/>
       <c r="C244" s="144"/>
       <c r="D244" s="29"/>
       <c r="E244" s="70"/>
       <c r="F244" s="32"/>
       <c r="G244" s="70"/>
       <c r="H244" s="70"/>
       <c r="P244" s="6"/>
     </row>
     <row r="245" spans="2:16" x14ac:dyDescent="0.25">
       <c r="P245" s="6"/>
     </row>
     <row r="246" spans="2:16" x14ac:dyDescent="0.25">
       <c r="P246" s="6"/>
     </row>
     <row r="247" spans="2:16" x14ac:dyDescent="0.25">
       <c r="B247" s="151"/>
     </row>
   </sheetData>
   <mergeCells count="99">
-    <mergeCell ref="H234:H236"/>
-[...16 lines deleted...]
-    <mergeCell ref="K231:M233"/>
+    <mergeCell ref="O210:O212"/>
+    <mergeCell ref="K228:M230"/>
+    <mergeCell ref="N222:N224"/>
+    <mergeCell ref="K222:M224"/>
+    <mergeCell ref="O228:O230"/>
+    <mergeCell ref="K219:M221"/>
+    <mergeCell ref="N219:N221"/>
+    <mergeCell ref="O213:O215"/>
+    <mergeCell ref="O216:O218"/>
+    <mergeCell ref="N228:N230"/>
+    <mergeCell ref="O219:O221"/>
+    <mergeCell ref="N216:N218"/>
+    <mergeCell ref="K213:M215"/>
+    <mergeCell ref="N213:N215"/>
+    <mergeCell ref="N210:N212"/>
+    <mergeCell ref="K210:M212"/>
+    <mergeCell ref="B151:O151"/>
+    <mergeCell ref="B160:O160"/>
+    <mergeCell ref="I193:J193"/>
+    <mergeCell ref="I192:J192"/>
+    <mergeCell ref="K189:M191"/>
+    <mergeCell ref="O192:O194"/>
+    <mergeCell ref="K192:M194"/>
+    <mergeCell ref="O207:O209"/>
+    <mergeCell ref="I195:J197"/>
+    <mergeCell ref="O201:O203"/>
+    <mergeCell ref="N201:N203"/>
+    <mergeCell ref="K201:M203"/>
+    <mergeCell ref="I202:J202"/>
+    <mergeCell ref="O204:O206"/>
+    <mergeCell ref="K198:M200"/>
+    <mergeCell ref="O198:O200"/>
+    <mergeCell ref="N198:N200"/>
+    <mergeCell ref="I204:J206"/>
+    <mergeCell ref="K204:M206"/>
+    <mergeCell ref="N204:N206"/>
+    <mergeCell ref="I207:J207"/>
+    <mergeCell ref="K207:M209"/>
+    <mergeCell ref="N207:N209"/>
+    <mergeCell ref="B2:O2"/>
+    <mergeCell ref="B4:O4"/>
+    <mergeCell ref="B14:O14"/>
+    <mergeCell ref="B28:O28"/>
+    <mergeCell ref="B7:O7"/>
+    <mergeCell ref="B3:O3"/>
+    <mergeCell ref="B12:O12"/>
+    <mergeCell ref="B9:O9"/>
+    <mergeCell ref="B8:O8"/>
+    <mergeCell ref="B11:O11"/>
+    <mergeCell ref="B57:O57"/>
+    <mergeCell ref="I222:J224"/>
+    <mergeCell ref="I219:J221"/>
+    <mergeCell ref="O222:O224"/>
+    <mergeCell ref="I201:J201"/>
+    <mergeCell ref="K195:M197"/>
+    <mergeCell ref="N195:N197"/>
+    <mergeCell ref="O195:O197"/>
+    <mergeCell ref="I210:J210"/>
+    <mergeCell ref="I211:J211"/>
+    <mergeCell ref="I198:J198"/>
+    <mergeCell ref="I199:J199"/>
+    <mergeCell ref="I200:J200"/>
+    <mergeCell ref="B123:O123"/>
+    <mergeCell ref="I203:J203"/>
+    <mergeCell ref="I194:J194"/>
     <mergeCell ref="O231:O233"/>
     <mergeCell ref="I232:J232"/>
     <mergeCell ref="I233:J233"/>
     <mergeCell ref="B39:O39"/>
     <mergeCell ref="N189:N191"/>
     <mergeCell ref="K188:M188"/>
     <mergeCell ref="B164:O164"/>
     <mergeCell ref="B183:O183"/>
     <mergeCell ref="I189:J191"/>
     <mergeCell ref="B179:O179"/>
     <mergeCell ref="I188:J188"/>
     <mergeCell ref="O189:O191"/>
     <mergeCell ref="B99:O99"/>
     <mergeCell ref="N192:N194"/>
     <mergeCell ref="I187:O187"/>
     <mergeCell ref="B86:O86"/>
-    <mergeCell ref="B57:O57"/>
-[...63 lines deleted...]
-    <mergeCell ref="K210:M212"/>
+    <mergeCell ref="I208:J208"/>
+    <mergeCell ref="I209:J209"/>
+    <mergeCell ref="I212:J212"/>
+    <mergeCell ref="I216:J216"/>
+    <mergeCell ref="N231:N233"/>
+    <mergeCell ref="K216:M218"/>
+    <mergeCell ref="I228:J228"/>
+    <mergeCell ref="I229:J229"/>
+    <mergeCell ref="I230:J230"/>
+    <mergeCell ref="I217:J217"/>
+    <mergeCell ref="I218:J218"/>
+    <mergeCell ref="K231:M233"/>
+    <mergeCell ref="H234:H236"/>
+    <mergeCell ref="I231:J231"/>
+    <mergeCell ref="H228:H230"/>
+    <mergeCell ref="I213:J213"/>
+    <mergeCell ref="I214:J214"/>
+    <mergeCell ref="I215:J215"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="J5" r:id="rId1" xr:uid="{47298CFF-06E7-4B39-A0F6-636DD9976E37}"/>
     <hyperlink ref="B30" r:id="rId2" xr:uid="{C3791F4C-903A-4B27-A804-DB98A4607262}"/>
     <hyperlink ref="B31" r:id="rId3" xr:uid="{1EB0D253-A4D7-4B3A-ADE0-1CE8DDB9469C}"/>
     <hyperlink ref="B23" r:id="rId4" xr:uid="{1FAA1DC3-C1EB-4DF0-A6AD-1F0DC8472856}"/>
     <hyperlink ref="B24" r:id="rId5" xr:uid="{7CEB8FB5-A501-4F39-BBFA-5DE121519576}"/>
     <hyperlink ref="B25" r:id="rId6" xr:uid="{C3BC536F-2875-4D95-B469-F8DE97F2B3EA}"/>
     <hyperlink ref="B26" r:id="rId7" xr:uid="{E80877C2-7AFF-44B5-96DC-13C27F200CEC}"/>
     <hyperlink ref="B34" r:id="rId8" xr:uid="{15F899E1-652D-44B5-B5C9-C38FB6C4FB7C}"/>
     <hyperlink ref="B35" r:id="rId9" xr:uid="{DF4E0BE3-DE30-4754-9786-3BCCA43DF773}"/>
     <hyperlink ref="B37" r:id="rId10" display="J 10.1" xr:uid="{9DF3CD35-9F4D-4B9B-9743-E0BBB34FDC12}"/>
     <hyperlink ref="C32" r:id="rId11" xr:uid="{2AF37B65-F4B6-4666-BB4E-41154A6EDE3F}"/>
     <hyperlink ref="B32" r:id="rId12" xr:uid="{0BDFD18E-9E10-4620-96E5-952AF2EC1059}"/>
     <hyperlink ref="J6" r:id="rId13" xr:uid="{86FE0367-2520-43EC-95BB-6F890574597F}"/>
     <hyperlink ref="C59" r:id="rId14" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/82895fc5-b873-4640-9f84-d4419333e181" xr:uid="{3C258BEE-76FF-4D27-8F4A-53886FF43BA3}"/>
     <hyperlink ref="B59" r:id="rId15" xr:uid="{841FA687-BA7C-4E2C-8645-3883981E5AB4}"/>
     <hyperlink ref="B93" r:id="rId16" xr:uid="{8DE26607-D74A-49CF-9275-2C671D7397DF}"/>
     <hyperlink ref="B94" r:id="rId17" xr:uid="{501B7B77-E56F-491D-B44A-975F8C0748B8}"/>
     <hyperlink ref="B95" r:id="rId18" xr:uid="{8250DAAD-20BC-41BA-A3EE-8F6C520B625B}"/>
     <hyperlink ref="C88" r:id="rId19" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/b2326ac4-34f1-49dd-b1b0-baca6cc4e3fd" xr:uid="{3C77F52C-F86E-4F18-91C3-F251B1B059E2}"/>
     <hyperlink ref="B88" r:id="rId20" xr:uid="{93D305D6-80AD-4A12-B676-473E162B7975}"/>
     <hyperlink ref="B65" r:id="rId21" xr:uid="{48B6E5B0-7A15-4360-99D8-B84ADC4A5ECF}"/>
     <hyperlink ref="C170" r:id="rId22" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{A0236471-C190-4E58-B273-13054DDECE53}"/>
     <hyperlink ref="C171" r:id="rId23" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/22797f19-9e9f-48c7-9751-9de381944d25" xr:uid="{C2600744-2D33-4C3F-9910-4BC05AEED230}"/>
@@ -13055,52 +13055,52 @@
     <hyperlink ref="C181" r:id="rId30" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/1132b526-bfce-49f3-a318-c5e1a9655347" xr:uid="{2B5DD3D5-17A1-48B9-BE8D-F35E72680738}"/>
     <hyperlink ref="B181" r:id="rId31" xr:uid="{13490D1F-E23B-45D4-8243-E5643907D2B0}"/>
     <hyperlink ref="C23" r:id="rId32" xr:uid="{D069B904-3B45-45B4-A27D-6F54EC8CB00B}"/>
     <hyperlink ref="C24" r:id="rId33" xr:uid="{B7E8A837-F548-4232-8D20-1C160E84FC54}"/>
     <hyperlink ref="B16" r:id="rId34" xr:uid="{C858BF4A-E082-412A-AD41-888DF52C8831}"/>
     <hyperlink ref="B17" r:id="rId35" xr:uid="{FB62ED73-32C6-424B-B288-F750338510AF}"/>
     <hyperlink ref="B18" r:id="rId36" xr:uid="{D947FBCA-D9F2-4FA2-8BFA-44EFF6F45CB7}"/>
     <hyperlink ref="B19" r:id="rId37" xr:uid="{D1320363-272A-460A-ACD0-C5B7680379AD}"/>
     <hyperlink ref="B20" r:id="rId38" xr:uid="{F4288DD8-301A-4A54-A4DF-6480FDEF3C02}"/>
     <hyperlink ref="B21" r:id="rId39" xr:uid="{94EE570F-EBC5-42F9-8CE5-3B106860885F}"/>
     <hyperlink ref="B22" r:id="rId40" xr:uid="{79E70843-DD0A-44A0-92A3-EBF315C90397}"/>
     <hyperlink ref="C16" r:id="rId41" xr:uid="{52C8AA99-686B-43E6-80DB-AC0638CCED16}"/>
     <hyperlink ref="C17" r:id="rId42" xr:uid="{DA37E4F0-6CF3-41EB-8893-A30CD88D317F}"/>
     <hyperlink ref="C18" r:id="rId43" xr:uid="{68B2793F-C1A8-48D8-984F-ECCABF49AF9E}"/>
     <hyperlink ref="C19" r:id="rId44" xr:uid="{D8663D95-23A7-4C42-8F0E-EBAA496607A7}"/>
     <hyperlink ref="C20" r:id="rId45" xr:uid="{DB57F0D5-B6E3-4B24-89E4-C216BA3BB9E2}"/>
     <hyperlink ref="C21" r:id="rId46" xr:uid="{E4A967EB-8313-4354-B1AE-58EF02B0D537}"/>
     <hyperlink ref="C22" r:id="rId47" xr:uid="{B4AB4785-3037-4075-A451-23B72A78E423}"/>
     <hyperlink ref="C30" r:id="rId48" xr:uid="{BF0AD2D0-D487-4BA3-B9DE-61FCD7D34ACF}"/>
     <hyperlink ref="C31" r:id="rId49" xr:uid="{C88498A3-C754-4251-95CB-678CA51B7BB3}"/>
     <hyperlink ref="C93" r:id="rId50" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{61381AA2-5986-42A8-A834-826D2DAA8441}"/>
     <hyperlink ref="C94" r:id="rId51" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{6C3CDF04-804B-4BD8-8E05-5A7F04DDE6BE}"/>
     <hyperlink ref="C95" r:id="rId52" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{BE8A081F-0C57-452E-BB47-B0C6A7693C59}"/>
     <hyperlink ref="B96" r:id="rId53" xr:uid="{FC63A385-1EFD-4AB4-8F75-AEBAD8A73C7B}"/>
     <hyperlink ref="C96" r:id="rId54" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/12960f60-268c-4ff9-98af-e9cba342e3f7" xr:uid="{701A5897-E0B8-46BB-B22D-18276B12A0C3}"/>
-    <hyperlink ref="C177" r:id="rId55" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/576e99b2-3c90-4afa-bd75-97516a6e447b" xr:uid="{966A0066-08B9-4AC5-8610-E0D51596D039}"/>
-    <hyperlink ref="B177" r:id="rId56" display="HEV 15" xr:uid="{A4ACA92D-16BB-4FC7-8B81-CB6630BE55C5}"/>
+    <hyperlink ref="C177" r:id="rId55" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/50d325fa-c220-40f5-90ab-ab3893eaf01f" xr:uid="{966A0066-08B9-4AC5-8610-E0D51596D039}"/>
+    <hyperlink ref="B177" r:id="rId56" xr:uid="{A4ACA92D-16BB-4FC7-8B81-CB6630BE55C5}"/>
     <hyperlink ref="C174" r:id="rId57" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/e591c138-4f35-470d-8b7b-cb9841514cf4" xr:uid="{4429F7FD-9E22-4904-B289-6FEF67CEEED4}"/>
     <hyperlink ref="B174" r:id="rId58" xr:uid="{4E817A14-5BF7-4411-A219-7CA9220EC703}"/>
     <hyperlink ref="C34" r:id="rId59" xr:uid="{AD02BEF5-53A1-46C4-B074-20384787CB75}"/>
     <hyperlink ref="B36" r:id="rId60" xr:uid="{D9091BA7-BD90-4559-8916-081A3FE894A4}"/>
     <hyperlink ref="B78" r:id="rId61" xr:uid="{850C3084-8831-47BF-B5C2-C0DC5B4AE510}"/>
     <hyperlink ref="B79" r:id="rId62" xr:uid="{3B860217-325C-4644-9617-41266FC276A1}"/>
     <hyperlink ref="B80" r:id="rId63" xr:uid="{F6B3AD48-11A0-4B29-A396-7862DA1F1B22}"/>
     <hyperlink ref="B81" r:id="rId64" xr:uid="{0830FDC6-0590-48FE-87EC-E6410644C3A0}"/>
     <hyperlink ref="B82" r:id="rId65" xr:uid="{D7EA1F3F-991F-453D-8914-E68C7255034E}"/>
     <hyperlink ref="B83" r:id="rId66" xr:uid="{5190B271-47FA-43AD-A95A-A89BBAB2E471}"/>
     <hyperlink ref="B84" r:id="rId67" xr:uid="{C6B02178-E2B7-4972-87A5-1B70E2A98E84}"/>
     <hyperlink ref="C84" r:id="rId68" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{93914FBE-3967-44CA-8A3D-48FA140710DA}"/>
     <hyperlink ref="C83" r:id="rId69" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{89C386D0-D3BA-41FF-828E-3A326FEB6F69}"/>
     <hyperlink ref="C82" r:id="rId70" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{A1B323A8-7478-417A-B5B7-C42DB8A6E7EB}"/>
     <hyperlink ref="C81" r:id="rId71" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{00D5BB1F-9667-4CE3-BD2B-C41F232BD147}"/>
     <hyperlink ref="C80" r:id="rId72" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{92163448-653C-49E7-88ED-BB4D6E0BA82E}"/>
     <hyperlink ref="C79" r:id="rId73" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{BF461B76-8548-47DA-8D7F-30724E79856C}"/>
     <hyperlink ref="C78" r:id="rId74" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{F220B334-091F-4D2B-B404-82E8AC00D074}"/>
     <hyperlink ref="C77" r:id="rId75" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/a890980e-a5af-4935-b0c4-0aa3e3e4062b" xr:uid="{0148B365-E9FB-4663-B11B-EF23E4764331}"/>
     <hyperlink ref="B156" r:id="rId76" xr:uid="{E00B3DEE-1143-4DD3-A8BD-BAAC9B954512}"/>
     <hyperlink ref="B157" r:id="rId77" xr:uid="{005F601A-2242-451E-BC05-92B9E41173CA}"/>
     <hyperlink ref="C156" r:id="rId78" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{2483C667-848D-4F58-8A92-E9D48C180113}"/>
     <hyperlink ref="C157" r:id="rId79" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/64f6e7e4-8369-4910-a074-d41133a561ad" xr:uid="{2D687E6A-898F-4C7F-96EC-B8E5AECE01E4}"/>
     <hyperlink ref="B111" r:id="rId80" xr:uid="{812287D2-3BC1-4862-8E8E-27A111DF689C}"/>
     <hyperlink ref="C111" r:id="rId81" display="https://bidopportunities.iowa.gov/Home/ShowContractDocument/dfb65b01-ac0e-4113-9b09-b65a3aae6017" xr:uid="{7C5A2639-36E5-4224-8356-57446A0DBE32}"/>