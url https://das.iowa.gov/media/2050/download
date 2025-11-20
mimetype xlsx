--- v0 (2025-10-10)
+++ v1 (2025-11-20)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MOU Project Improvements (R23M 0506\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A981310C-0530-406D-95F3-FDC77D990C95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6FA90B6-EF59-4763-BACE-FA8B0385CD10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
   </bookViews>
   <sheets>
     <sheet name="FINANCIAL" sheetId="1" r:id="rId1"/>
     <sheet name="Funds Rec'd" sheetId="3" r:id="rId2"/>
     <sheet name="RECAP #Overhead" sheetId="5" r:id="rId3"/>
     <sheet name="#Overhead Funds Rec'd" sheetId="6" r:id="rId4"/>
     <sheet name="#Overhead" sheetId="7" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">FINANCIAL!$A$13:$X$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">FINANCIAL!$A$1:$M$33</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">FINANCIAL!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>