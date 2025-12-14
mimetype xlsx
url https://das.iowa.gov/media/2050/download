--- v1 (2025-11-20)
+++ v2 (2025-12-14)
@@ -11,53 +11,53 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MOU Project Improvements (R23M 0506\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6FA90B6-EF59-4763-BACE-FA8B0385CD10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FBAFB31-BBB1-4F9E-A021-961B9287271B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
+    <workbookView xWindow="-28920" yWindow="-135" windowWidth="29040" windowHeight="15720" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
   </bookViews>
   <sheets>
     <sheet name="FINANCIAL" sheetId="1" r:id="rId1"/>
     <sheet name="Funds Rec'd" sheetId="3" r:id="rId2"/>
     <sheet name="RECAP #Overhead" sheetId="5" r:id="rId3"/>
     <sheet name="#Overhead Funds Rec'd" sheetId="6" r:id="rId4"/>
     <sheet name="#Overhead" sheetId="7" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">FINANCIAL!$A$13:$X$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">FINANCIAL!$A$1:$M$33</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">FINANCIAL!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
@@ -3324,51 +3324,51 @@
       <c r="I45" s="77"/>
       <c r="J45" s="77"/>
       <c r="K45" s="77"/>
     </row>
     <row r="46" spans="1:22" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B46" s="74"/>
       <c r="D46" s="76"/>
     </row>
     <row r="47" spans="1:22" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B47" s="74"/>
       <c r="D47" s="76"/>
     </row>
     <row r="48" spans="1:22" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B48" s="74"/>
       <c r="D48" s="76"/>
     </row>
     <row r="49" spans="2:4" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B49" s="74"/>
       <c r="D49" s="76"/>
     </row>
     <row r="50" spans="2:4" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B50" s="74"/>
       <c r="D50" s="76"/>
     </row>
   </sheetData>
-  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.25" right="0.25" top="0.94291666666666663" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="62" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 MOU Project Improvements R23M
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0506-335-R23M
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{094EE78B-9A2A-40D3-8297-ED6DD5F8919B}">
   <sheetPr codeName="Sheet236">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K3954"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
@@ -17254,72 +17254,72 @@
     <row r="3947" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3947" s="121"/>
     </row>
     <row r="3948" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3948" s="121"/>
     </row>
     <row r="3949" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3949" s="121"/>
     </row>
     <row r="3950" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3950" s="121"/>
     </row>
     <row r="3951" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3951" s="121"/>
     </row>
     <row r="3952" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3952" s="121"/>
     </row>
     <row r="3953" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3953" s="121"/>
     </row>
     <row r="3954" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3954" s="121"/>
     </row>
   </sheetData>
-  <pageMargins left="0" right="0" top="0.75" bottom="0.75" header="0.05" footer="0.3"/>
+  <pageMargins left="0" right="0" top="0.84218749999999998" bottom="0.75" header="0.05" footer="0.3"/>
   <pageSetup scale="77" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
 MOU Project Improvements R23M
 &amp;A
 &amp;D</oddHeader>
     <oddFooter>&amp;LAcct Codes 0506-335-R23M
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9FE34E9C-A9AE-400C-BF1C-1553082A0516}">
   <sheetPr codeName="Sheet252">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G26"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M17" sqref="M17"/>
+      <selection activeCell="D48" sqref="D48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="150" customWidth="1"/>
     <col min="2" max="2" width="25" style="148" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" style="148" customWidth="1"/>
     <col min="4" max="4" width="17" style="149" customWidth="1"/>
     <col min="5" max="5" width="13.42578125" style="149" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.42578125" style="149" customWidth="1"/>
     <col min="7" max="7" width="16.42578125" style="149" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="11.42578125" style="148"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B1" s="180" t="s">
         <v>49</v>
       </c>
       <c r="C1" s="179"/>
     </row>
     <row r="2" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="178" t="s">
         <v>48</v>
       </c>
     </row>
@@ -17561,72 +17561,72 @@
     <row r="23" spans="1:7" s="151" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="153"/>
       <c r="B23" s="148"/>
       <c r="C23" s="148"/>
       <c r="D23" s="152"/>
       <c r="E23" s="152"/>
       <c r="F23" s="152"/>
       <c r="G23" s="152"/>
     </row>
     <row r="24" spans="1:7" s="151" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="153"/>
       <c r="B24" s="148"/>
       <c r="C24" s="148"/>
       <c r="D24" s="152"/>
       <c r="E24" s="152"/>
       <c r="F24" s="152"/>
       <c r="G24" s="152"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="D25" s="81"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="D26" s="81"/>
     </row>
   </sheetData>
-  <pageMargins left="0.25" right="0.25" top="0.85" bottom="0.75" header="0.08" footer="0.3"/>
+  <pageMargins left="0.25" right="0.25" top="1.0171874999999999" bottom="0.75" header="0.08" footer="0.3"/>
   <pageSetup scale="93" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
-MOU Project Improvements R22M
+MOU Project Improvements R23M
 &amp;A
 &amp;D</oddHeader>
-    <oddFooter>&amp;LAcct Codes 0506-335-R22M
+    <oddFooter>&amp;LAcct Codes 0506-335-R23M
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8CB4C9FA-D919-4D4E-86CC-3B869D0144FC}">
   <sheetPr codeName="Sheet253">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K3955"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F11" sqref="F11"/>
+      <selection activeCell="C56" sqref="C56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.5703125" style="95" customWidth="1"/>
     <col min="2" max="2" width="20.5703125" style="93" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" style="97" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25.140625" style="95" customWidth="1"/>
     <col min="5" max="5" width="25.42578125" style="93" customWidth="1"/>
     <col min="6" max="6" width="10.42578125" style="95" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.7109375" style="97" customWidth="1"/>
     <col min="8" max="8" width="14" style="97" customWidth="1"/>
     <col min="9" max="9" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="15.42578125" style="98" customWidth="1"/>
     <col min="11" max="11" width="10.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="83" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="82" t="str">
         <f>'RECAP #Overhead'!B1</f>
         <v>Overhead</v>
       </c>
       <c r="C1" s="84"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
@@ -30882,67 +30882,69 @@
       <c r="A3949" s="121"/>
     </row>
     <row r="3950" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3950" s="121"/>
     </row>
     <row r="3951" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3951" s="121"/>
     </row>
     <row r="3952" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3952" s="121"/>
     </row>
     <row r="3953" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3953" s="121"/>
     </row>
     <row r="3954" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3954" s="121"/>
     </row>
     <row r="3955" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A3955" s="121"/>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.85" bottom="0.75" header="0.08" footer="0.3"/>
   <pageSetup scale="73" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
-MOU Project Improvements R22M
+MOU Project Improvements R23M
 &amp;A
 &amp;D</oddHeader>
-    <oddFooter>&amp;LAcct Codes 0506-335-R22M
+    <oddFooter>&amp;LAcct Codes 0506-335-R23M
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{549D08EB-5B28-4A58-A962-A678045C5A12}">
   <sheetPr codeName="Sheet254">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I631"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C82" sqref="C82"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="25.140625" style="191" customWidth="1"/>
     <col min="2" max="2" width="9.42578125" style="190" customWidth="1"/>
     <col min="3" max="3" width="66.28515625" style="189" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" style="187" customWidth="1"/>
     <col min="5" max="5" width="13.5703125" style="188" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" style="188" customWidth="1"/>
     <col min="7" max="7" width="10.5703125" style="188" customWidth="1"/>
     <col min="8" max="8" width="10.5703125" style="187" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="187"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="212" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="180" t="str">
         <f>'RECAP #Overhead'!B1</f>
         <v>Overhead</v>
       </c>
       <c r="B1" s="179"/>
       <c r="C1" s="149"/>
       <c r="D1" s="149"/>
       <c r="E1" s="149"/>
       <c r="F1" s="230"/>
       <c r="G1" s="230"/>
@@ -33347,54 +33349,54 @@
       <c r="E625" s="192"/>
     </row>
     <row r="626" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E626" s="192"/>
     </row>
     <row r="627" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E627" s="192"/>
     </row>
     <row r="628" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E628" s="192"/>
     </row>
     <row r="629" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E629" s="192"/>
     </row>
     <row r="630" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E630" s="192"/>
     </row>
     <row r="631" spans="5:5" x14ac:dyDescent="0.2">
       <c r="E631" s="192"/>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.85" bottom="0.75" header="0.08" footer="0.3"/>
   <pageSetup scale="58" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;CDepartment of Administrative Services
-MOU Project Improvements R22M
+MOU Project Improvements R23M
 &amp;A
 &amp;D</oddHeader>
-    <oddFooter>&amp;LAcct Codes 0506-335-R22M
+    <oddFooter>&amp;LAcct Codes 0506-335-R23M
 &amp;C&amp;Z&amp;F&amp;R&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>