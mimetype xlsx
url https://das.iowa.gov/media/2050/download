--- v2 (2025-12-14)
+++ v3 (2026-02-08)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MOU Project Improvements (R23M 0506\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FBAFB31-BBB1-4F9E-A021-961B9287271B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E383E60E-B67E-497C-97F2-C034FC81DFCF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-135" windowWidth="29040" windowHeight="15720" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
   </bookViews>
   <sheets>
     <sheet name="FINANCIAL" sheetId="1" r:id="rId1"/>
     <sheet name="Funds Rec'd" sheetId="3" r:id="rId2"/>
     <sheet name="RECAP #Overhead" sheetId="5" r:id="rId3"/>
     <sheet name="#Overhead Funds Rec'd" sheetId="6" r:id="rId4"/>
     <sheet name="#Overhead" sheetId="7" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">FINANCIAL!$A$13:$X$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">FINANCIAL!$A$1:$M$33</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">FINANCIAL!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>