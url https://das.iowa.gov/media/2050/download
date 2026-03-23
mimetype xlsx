--- v3 (2026-02-08)
+++ v4 (2026-03-23)
@@ -11,53 +11,53 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DAS Shared Perm\GSE Infrastructure\MOU Project Improvements (R23M 0506\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E383E60E-B67E-497C-97F2-C034FC81DFCF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{393319A8-94B1-4535-8900-97EE0F53BC22}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-135" windowWidth="29040" windowHeight="15720" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2383436A-F73A-4368-99FA-337686EB2B2F}"/>
   </bookViews>
   <sheets>
     <sheet name="FINANCIAL" sheetId="1" r:id="rId1"/>
     <sheet name="Funds Rec'd" sheetId="3" r:id="rId2"/>
     <sheet name="RECAP #Overhead" sheetId="5" r:id="rId3"/>
     <sheet name="#Overhead Funds Rec'd" sheetId="6" r:id="rId4"/>
     <sheet name="#Overhead" sheetId="7" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">FINANCIAL!$A$13:$X$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">FINANCIAL!$A$1:$M$33</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">FINANCIAL!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>