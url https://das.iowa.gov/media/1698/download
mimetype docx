--- v0 (2025-10-01)
+++ v1 (2025-11-20)
@@ -1,176 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00BD0C96" w:rsidRPr="0070119F" w:rsidRDefault="005F3870" w:rsidP="00F62411">
+    <w:p w14:paraId="30DF9018" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="0070119F" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>[Employer letterhead]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F3870" w:rsidRDefault="005F3870" w:rsidP="00F62411">
+    <w:p w14:paraId="0BA7B4B3" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00875278" w:rsidRPr="00B42CEA" w:rsidRDefault="00044E62" w:rsidP="00F62411">
+    <w:p w14:paraId="3BCBF18C" w14:textId="685A96D8" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D515D2">
+        <w:t xml:space="preserve">2026 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Eligibility Notice </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:br/>
-      </w:r>
-[...29 lines deleted...]
-    <w:p w:rsidR="00C84FA4" w:rsidRPr="00B42CEA" w:rsidRDefault="00C84FA4" w:rsidP="00F62411">
+        <w:t>Iowa Retirement Investors’ Club (RIC) 403b Plan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FE5C62" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB2BD1" w:rsidRPr="00B42CEA" w:rsidRDefault="00AB2BD1" w:rsidP="00F62411">
+    <w:p w14:paraId="4E2ACAE1" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F010C4" w:rsidRPr="00B42CEA" w:rsidRDefault="005F3870" w:rsidP="00F62411">
+    <w:p w14:paraId="5AB60B2E" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F3870">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">What is the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -187,6107 +139,1350 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>403(b) retirement savings plan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> benefit</w:t>
       </w:r>
       <w:r w:rsidRPr="005F3870">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A65C36" w:rsidRPr="00B42CEA" w:rsidRDefault="00C84FA4" w:rsidP="00F62411">
+    <w:p w14:paraId="14D7BDB4" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">You have the opportunity to save for retirement by participating in </w:t>
-[...7 lines deleted...]
-        <w:t>our</w:t>
+        <w:t>You have the opportunity to save for retirement by participating in our 403b plan offered through the Iowa Retirement Investors’ Club (RIC). You may participate by making pretax contributions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (and post-tax Roth if allowed)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 403b </w:t>
-[...130 lines deleted...]
-    <w:p w:rsidR="00F010C4" w:rsidRPr="00B42CEA" w:rsidRDefault="00F010C4" w:rsidP="00F62411">
+        <w:t xml:space="preserve"> to one of the RIC investment providers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33955BA3" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C84FA4" w:rsidRPr="00B42CEA" w:rsidRDefault="00514180" w:rsidP="00F62411">
+    <w:p w14:paraId="03E94D5E" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>How do I</w:t>
       </w:r>
-      <w:r w:rsidR="00C84FA4" w:rsidRPr="00B42CEA">
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contribute to </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B42CEA">
+        <w:t xml:space="preserve"> contribute to th</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>th</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>e</w:t>
+        <w:t xml:space="preserve"> 403b plan?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2849B7C3" w14:textId="31011041" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To contribute, y</w:t>
       </w:r>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ou must open an account with one of the RIC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C84FA4" w:rsidRPr="00B42CEA">
-[...62 lines deleted...]
-      <w:r w:rsidR="00CB2CD7">
+      <w:r w:rsidRPr="00B42CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">investment providers and submit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A77C9" w:rsidRPr="00B42CEA">
-[...32 lines deleted...]
-        <w:r w:rsidR="00C17D25" w:rsidRPr="005859C3">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="005859C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve">403b </w:t>
-[...9 lines deleted...]
-          <w:t>Salary Reduction Form</w:t>
+          <w:t>403b Salary Reduction Form</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00AC183D" w:rsidRPr="00B42CEA">
-[...15 lines deleted...]
-      <w:r w:rsidR="003D109F">
+      <w:r w:rsidRPr="00B42CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to our payroll office.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00514180" w:rsidRPr="00514180">
+      <w:r w:rsidRPr="00514180">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provider information is available</w:t>
       </w:r>
-      <w:r w:rsidR="00327992">
-[...16 lines deleted...]
-        <w:r w:rsidR="005859C3" w:rsidRPr="005859C3">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="005859C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>RIC website</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005859C3">
-[...16 lines deleted...]
-    <w:p w:rsidR="00D515D2" w:rsidRDefault="00D515D2" w:rsidP="00F62411">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F1B788D" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD3DD1" w:rsidRPr="00B42CEA" w:rsidRDefault="00AD3DD1" w:rsidP="00F62411">
+    <w:p w14:paraId="4BEC825A" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>How much may I contribute?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D515D2" w:rsidRDefault="00B0447D" w:rsidP="005A35F6">
+    <w:p w14:paraId="4B519B53" w14:textId="4934B6E9" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...41 lines deleted...]
-      <w:r w:rsidR="00AD3DD1" w:rsidRPr="00B42CEA">
+        <w:t xml:space="preserve">The 2026 regular contribution limit is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="00044E62">
-[...63 lines deleted...]
-      <w:r w:rsidR="00AD3DD1" w:rsidRPr="00B42CEA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>24,500. I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">f you are </w:t>
       </w:r>
-      <w:r w:rsidR="00D515D2">
-[...15 lines deleted...]
-      <w:r w:rsidR="00AD3DD1" w:rsidRPr="00B42CEA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">turning age </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>50 or older</w:t>
       </w:r>
-      <w:r w:rsidR="00D515D2">
-[...55 lines deleted...]
-      <w:r w:rsidR="00AD3DD1" w:rsidRPr="00B42CEA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in 2026, the limit is $32,500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00D515D2">
-[...8 lines deleted...]
-    <w:p w:rsidR="00D515D2" w:rsidRDefault="00D515D2" w:rsidP="005A35F6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If you are turning age 60-63 in 2026, the limit is $35,750.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C096D2" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005859C3" w:rsidRDefault="00812C88" w:rsidP="005A35F6">
+    <w:p w14:paraId="3B66BDB2" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00812C88">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A catch-up contribution option (up to an additional $3,000 per year for 5 years) may be available if you have </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">been our employee for </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">at least </w:t>
+        <w:t xml:space="preserve">been our employee for at least </w:t>
       </w:r>
       <w:r w:rsidRPr="00812C88">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>15 years</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and your average annual contributions </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> $5,000 or less.</w:t>
+        <w:t xml:space="preserve"> and your average annual contributions have been $5,000 or less.</w:t>
       </w:r>
       <w:r w:rsidRPr="00812C88">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005859C3" w:rsidRDefault="005859C3" w:rsidP="005A35F6">
+    <w:p w14:paraId="6F883379" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005859C3" w:rsidRPr="005859C3" w:rsidRDefault="00812C88" w:rsidP="005A35F6">
+    <w:p w14:paraId="572B92AE" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="005859C3" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00812C88">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Salary reductions may be changed or stopped at any time by completing </w:t>
       </w:r>
-      <w:r w:rsidR="00C17D25">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00B0447D" w:rsidRPr="00AC1E77">
+      <w:r w:rsidRPr="00AC1E77">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>403b Salary Reduction Form</w:t>
       </w:r>
-      <w:r w:rsidR="00D21E13">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You can find additional contribution information on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1E77">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>RIC website</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005859C3">
-[...33 lines deleted...]
-    <w:p w:rsidR="00C17D25" w:rsidRDefault="00C17D25" w:rsidP="00F62411">
+    </w:p>
+    <w:p w14:paraId="3DA70271" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00812C88" w:rsidRDefault="00812C88" w:rsidP="00F62411">
+    <w:p w14:paraId="4B156BBD" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003A77C9" w:rsidRPr="00B42CEA" w:rsidRDefault="003A77C9" w:rsidP="00F62411">
+    <w:p w14:paraId="0FD2FE77" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>What if I am already contributing?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE0650" w:rsidRDefault="00AD3DD1" w:rsidP="009E755D">
+    <w:p w14:paraId="2C78D5AD" w14:textId="4C40C146" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Take full advantage of your benefit! Consider increasing the amount you are saving for retirement (up to the maximum limits). If you wish to change the amount you are contributing, simply complete and submit a</w:t>
       </w:r>
-      <w:r w:rsidR="003D109F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D109F" w:rsidRPr="003B75F4">
+      <w:r w:rsidRPr="003B75F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>403b</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>403b Salary Reduction Form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C0490" w:rsidRPr="003B75F4">
-[...51 lines deleted...]
-        <w:t>orm</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">our payroll office. </w:t>
       </w:r>
-      <w:r w:rsidR="00D707E6" w:rsidRPr="002D078B">
+      <w:r w:rsidRPr="002D078B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="006B2727">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="00D707E6" w:rsidRPr="002D078B">
+      <w:r w:rsidRPr="002D078B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">ptional sentence </w:t>
       </w:r>
-      <w:r w:rsidR="006859E4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">to consider </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E01AC">
+        <w:t xml:space="preserve">to consider using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D078B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>using</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006859E4">
+        <w:t xml:space="preserve">if you also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006859E4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D707E6" w:rsidRPr="002D078B">
+        <w:t>offer the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D078B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">if you also </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006859E4" w:rsidRPr="006859E4">
+        <w:t xml:space="preserve"> RIC 457 plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006859E4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>offer the</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D707E6" w:rsidRPr="002D078B">
+        <w:t xml:space="preserve"> option to your employees</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D078B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> RIC 457 plan</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D078B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> option to your employees</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006859E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D707E6" w:rsidRPr="002D078B">
+        <w:t xml:space="preserve">As an additional benefit, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">– </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006859E4" w:rsidRPr="006859E4">
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006859E4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">As an additional benefit, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B63AF4">
+        <w:t xml:space="preserve"> also have the option to save in our RIC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D078B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>you</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006859E4" w:rsidRPr="006859E4">
+        <w:t xml:space="preserve">457 plan.  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> also have the option to save in our RIC </w:t>
-[...44 lines deleted...]
-        <w:r w:rsidR="00F85EBD">
+        <w:t xml:space="preserve">For more information, visit the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>RIC 457 website</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009E755D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009E755D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE0650" w:rsidRPr="00B42CEA" w:rsidRDefault="00CE0650" w:rsidP="00F62411">
+    <w:p w14:paraId="32AA1B66" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00846542" w:rsidRPr="00B42CEA" w:rsidRDefault="00846542" w:rsidP="00F62411">
+    <w:p w14:paraId="42E9F1D2" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How can I </w:t>
       </w:r>
-      <w:r w:rsidR="00812C88">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>find out more</w:t>
       </w:r>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE0650" w:rsidRDefault="00846542" w:rsidP="00F62411">
+    <w:p w14:paraId="23EECFFF" w14:textId="0659D706" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Information is </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD0C96" w:rsidRPr="00B42CEA">
+        <w:t>Information is available</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="005859C3" w:rsidRPr="005859C3">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="005859C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>RIC website</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00812C88">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D34C58" w:rsidRPr="00B42CEA">
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00812C88">
-[...16 lines deleted...]
-        <w:r w:rsidR="00CB2CD7" w:rsidRPr="005859C3">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You may also contact the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="005859C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>RIC provider</w:t>
-[...8 lines deleted...]
-          <w:t>s</w:t>
+          <w:t>RIC providers</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CB2CD7">
-[...7 lines deleted...]
-      <w:r w:rsidR="00BD0C96" w:rsidRPr="00B42CEA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RIC</w:t>
       </w:r>
-      <w:r w:rsidR="00946BB1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> toll-free</w:t>
       </w:r>
-      <w:r w:rsidR="00BD0C96" w:rsidRPr="00B42CEA">
+      <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at 866-460-4692</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A65C36" w:rsidRPr="00B42CEA">
+        <w:t xml:space="preserve"> at 866-460-4692, option 1.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, option 1.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008E01AC">
+        <w:t xml:space="preserve"> If you currently participate, you can c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all your investment advisor to review your </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accoun</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t and retirement income </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>goal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CE0650">
-[...58 lines deleted...]
-    <w:p w:rsidR="00CE0650" w:rsidRPr="00B42CEA" w:rsidRDefault="00CE0650" w:rsidP="00F62411">
+    </w:p>
+    <w:p w14:paraId="1BAE20C9" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00CE0650" w:rsidRPr="00B42CEA" w:rsidSect="009C62C4">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId13"/>
+    <w:p w14:paraId="7283682E" w14:textId="77777777" w:rsidR="00B35C92" w:rsidRDefault="00B35C92"/>
+    <w:sectPr w:rsidR="00B35C92" w:rsidSect="000A53AA">
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00866F04" w:rsidRDefault="00866F04">
+    <w:p w14:paraId="78870977" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00866F04" w:rsidRDefault="00866F04">
+    <w:p w14:paraId="7FD56692" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-    <w:family w:val="auto"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...14 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00DD1C44" w:rsidRDefault="005F2749" w:rsidP="00C9475A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="022C8CE0" w14:textId="77777777" w:rsidR="00463685" w:rsidRDefault="00463685" w:rsidP="00C9475A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00DD1C44">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00DD1C44" w:rsidRDefault="00DD1C44" w:rsidP="00DB30DF">
+  <w:p w14:paraId="0225164A" w14:textId="77777777" w:rsidR="00463685" w:rsidRDefault="00463685" w:rsidP="00DB30DF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00DD1C44" w:rsidRPr="00B42CEA" w:rsidRDefault="00DD1F49" w:rsidP="00DB30DF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="761A0E73" w14:textId="1A5501FF" w:rsidR="00463685" w:rsidRPr="00B42CEA" w:rsidRDefault="00463685" w:rsidP="00DB30DF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B42CEA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:r w:rsidR="00AC6F77">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="14"/>
       </w:rPr>
-      <w:t>12/</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="005859C3">
+    <w:r w:rsidR="000A53AA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="14"/>
       </w:rPr>
-      <w:t>2024</w:t>
+      <w:t>1/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00866F04" w:rsidRDefault="00866F04">
+    <w:p w14:paraId="3DA40EB9" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00866F04" w:rsidRDefault="00866F04">
+    <w:p w14:paraId="796CB1D4" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...3599 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000421F7"/>
-[...575 lines deleted...]
-    <w:rsid w:val="00FF5C17"/>
+    <w:rsidRoot w:val="000A53AA"/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rsid w:val="0016230B"/>
+    <w:rsid w:val="001F0BAA"/>
+    <w:rsid w:val="002A4DDF"/>
+    <w:rsid w:val="003C5E5C"/>
+    <w:rsid w:val="00463685"/>
+    <w:rsid w:val="006B34D9"/>
+    <w:rsid w:val="00B151C7"/>
+    <w:rsid w:val="00B35C92"/>
+    <w:rsid w:val="00D13D9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="40A5BA7E"/>
-  <w15:docId w15:val="{E6EC01D4-6D51-4780-BE17-B09D72CC263F}"/>
+  <w14:docId w14:val="54B6A5B0"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{05585431-BEBF-4DAA-8830-F19C3222DBF2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6312,51 +1507,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -6533,1053 +1728,1021 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00410AC1"/>
-    <w:rPr>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Salutation">
-    <w:name w:val="Salutation"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:rsid w:val="00273E82"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
     <w:pPr>
-      <w:spacing w:before="220" w:after="220" w:line="220" w:lineRule="atLeast"/>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...70 lines deleted...]
-    <w:name w:val="Inside Address Name"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:rsid w:val="00273E82"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
     <w:pPr>
-      <w:spacing w:before="220" w:line="220" w:lineRule="atLeast"/>
-      <w:jc w:val="both"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...7 lines deleted...]
-    <w:basedOn w:val="Signature"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:rsid w:val="00273E82"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
     <w:pPr>
-      <w:spacing w:before="0"/>
+      <w:spacing w:before="160" w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
     </w:pPr>
-  </w:style>
-[...31 lines deleted...]
-      <w:szCs w:val="18"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00DB30DF"/>
+    <w:link w:val="FooterChar"/>
+    <w:rsid w:val="000A53AA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00DB30DF"/>
-[...55 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000A53AA"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00846542"/>
+    <w:rsid w:val="000A53AA"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...33 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:uiPriority w:val="99"/>
-[...9 lines deleted...]
-    <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CB61BC"/>
-[...6 lines deleted...]
-    <w:name w:val="Unresolved Mention"/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000A53AA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...4 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    <w:rsid w:val="000A53AA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...263 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/ric/ric-ere/403b-providers" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/media/3828/download?inline" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/ric/ric-ere/403b-providers" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/ric/ric-ere" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/ric/pse/your-employer-plan-details-pse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/ric/pse/your-employer-plan-details-pse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/ric/ric-ere/403b-providers" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/ric/education-related-employees-ere/forms-documents-ere" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/ric/ric-ere/403b-providers" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://das.iowa.gov/ric/ric-ere" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>342</Words>
-  <Characters>2029</Characters>
+  <Characters>1692</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Inventory of forms/letters/confirms that need to be created:</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ING</Company>
+  <Company>DOM DoIT - State of Iowa</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2367</CharactersWithSpaces>
+  <CharactersWithSpaces>2029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...92 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Inventory of forms/letters/confirms that need to be created:</dc:title>
-  <dc:creator>A642162</dc:creator>
+  <dc:title>Universal Availability Notice</dc:title>
+  <dc:subject/>
+  <dc:creator>Potter, Danielle [DAS]</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>86bc995c-1dcc-495f-980c-3ac921066741</vt:lpwstr>
+  </property>
+</Properties>
+</file>