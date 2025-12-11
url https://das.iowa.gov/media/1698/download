--- v1 (2025-11-20)
+++ v2 (2025-12-11)
@@ -695,228 +695,105 @@
         </w:rPr>
         <w:t>403b Salary Reduction Form</w:t>
       </w:r>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B42CEA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">our payroll office. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002D078B">
+        <w:t>our payroll office</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F15F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F15F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="002D078B">
+        </w:rPr>
+        <w:t>[O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F15F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...6 lines deleted...]
-          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">ptional sentence to consider using if you also offer the RIC 457 plan option to your employees </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F15F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
-[...116 lines deleted...]
-        <w:t xml:space="preserve">For more information, visit the </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">– As an additional benefit, you also have the option to save in our RIC 457 plan.  For more information, visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="007F15F6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-            <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>RIC 457 website</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="007F15F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32AA1B66" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42E9F1D2" w14:textId="77777777" w:rsidR="000A53AA" w:rsidRPr="00B42CEA" w:rsidRDefault="000A53AA" w:rsidP="000A53AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1299,52 +1176,54 @@
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A53AA"/>
     <w:rsid w:val="000A53AA"/>
     <w:rsid w:val="0016230B"/>
     <w:rsid w:val="001F0BAA"/>
     <w:rsid w:val="002A4DDF"/>
     <w:rsid w:val="003C5E5C"/>
+    <w:rsid w:val="00441C5B"/>
     <w:rsid w:val="00463685"/>
     <w:rsid w:val="006B34D9"/>
+    <w:rsid w:val="007F15F6"/>
     <w:rsid w:val="00B151C7"/>
     <w:rsid w:val="00B35C92"/>
     <w:rsid w:val="00D13D9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2673,74 +2552,74 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>342</Words>
-  <Characters>1692</Characters>
+  <Characters>2054</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DOM DoIT - State of Iowa</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2029</CharactersWithSpaces>
+  <CharactersWithSpaces>2392</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Universal Availability Notice</dc:title>
   <dc:subject/>
   <dc:creator>Potter, Danielle [DAS]</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>86bc995c-1dcc-495f-980c-3ac921066741</vt:lpwstr>
   </property>